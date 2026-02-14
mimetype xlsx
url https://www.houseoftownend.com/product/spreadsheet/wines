--- v4 (2026-01-25)
+++ v5 (2026-02-14)
@@ -5,91 +5,85 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="House of Townend" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2766" uniqueCount="2766">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2746" uniqueCount="2746">
   <si>
     <t>Category</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>SubRegion</t>
   </si>
   <si>
     <t>SubSubRegion</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>ProductCode</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Champagne</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
     <t>Aÿ</t>
   </si>
   <si>
-    <t>Ayala Brut Majeur NV Champagne</t>
-[...4 lines deleted...]
-  <si>
     <t>Ayala Brut Nature Champagne (Zero Dosage)</t>
   </si>
   <si>
     <t>AYAL015</t>
   </si>
   <si>
     <t>Billecart Salmon Brut Blanc des Blancs Grand Cru</t>
   </si>
   <si>
     <t>BILL010</t>
   </si>
   <si>
     <t>Billecart Salmon Brut Vintage 2009 Magnum</t>
   </si>
   <si>
     <t>BILL080</t>
   </si>
   <si>
     <t>Billecart Salmon Clos Saint-Hillaire 2006</t>
   </si>
   <si>
     <t>BILL055</t>
   </si>
   <si>
     <t>Billecart Salmon Cuvée Nicolas François Billecart 2008</t>
@@ -157,56 +151,50 @@
   <si>
     <t>BOLL085</t>
   </si>
   <si>
     <t>Gosset Celebris Blanc de Blancs 2012 Champagne</t>
   </si>
   <si>
     <t>GOSS050</t>
   </si>
   <si>
     <t>Gosset Grand Rosé Champagne</t>
   </si>
   <si>
     <t>GOSS015</t>
   </si>
   <si>
     <t>Gosset Grande Reserve Brut Champagne</t>
   </si>
   <si>
     <t>GOSS001</t>
   </si>
   <si>
     <t>Chigny-les-Roses</t>
   </si>
   <si>
-    <t>2015 Champagne Gardet Extra Brut 130 Anniversary Magnum</t>
-[...4 lines deleted...]
-  <si>
     <t>Gardet Blanc de Noirs Premier Cru</t>
   </si>
   <si>
     <t>GARD180</t>
   </si>
   <si>
     <t>Gardet Brut Rosé</t>
   </si>
   <si>
     <t>GARD195</t>
   </si>
   <si>
     <t>Gardet Brut Tradition</t>
   </si>
   <si>
     <t>GARD165</t>
   </si>
   <si>
     <t>Gardet Brut Tradition, Half Bottle</t>
   </si>
   <si>
     <t>GARD175</t>
   </si>
   <si>
     <t>Gardet Brut Tradition, Jeroboam</t>
@@ -316,116 +304,113 @@
   <si>
     <t>POLR245</t>
   </si>
   <si>
     <t>Ludes</t>
   </si>
   <si>
     <t>Ployez Jacquemart Extra Quality Brut</t>
   </si>
   <si>
     <t>PLOY001</t>
   </si>
   <si>
     <t>Ployez Jacquemart Extra Quality Brut Half Bottle</t>
   </si>
   <si>
     <t>PLOY065</t>
   </si>
   <si>
     <t>Ployez-Jacquemart Blanc de Blancs Extra Brut Vintage</t>
   </si>
   <si>
     <t>PLOY010</t>
   </si>
   <si>
+    <t>Ployez-Jacquemart Blanc de Noirs 2015</t>
+  </si>
+  <si>
+    <t>PLOY045</t>
+  </si>
+  <si>
     <t>Ployez-Jacquemart Cuvée Granite 90ème Anniversaire</t>
   </si>
   <si>
     <t>PLOY050</t>
   </si>
   <si>
     <t>Ployez-Jacquemart Extra Brut Passion Blanc de Blanc</t>
   </si>
   <si>
     <t>PLOY005</t>
   </si>
   <si>
     <t>Ployez-Jacquemart Extra Brut Rosé</t>
   </si>
   <si>
     <t>PLOY060</t>
   </si>
   <si>
     <t>Reims</t>
   </si>
   <si>
-    <t>Infinite 8 Champagne Skull Edition</t>
-[...4 lines deleted...]
-  <si>
     <t>Krug Grande Cuvée NV</t>
   </si>
   <si>
     <t>KRUG001</t>
   </si>
   <si>
+    <t>Louis Roederer Cristal 2015</t>
+  </si>
+  <si>
+    <t>ROED140</t>
+  </si>
+  <si>
+    <t>Louis Roederer Cristal Rosé 2012</t>
+  </si>
+  <si>
+    <t>ROED115</t>
+  </si>
+  <si>
     <t>Ruinart Blanc de Blancs</t>
   </si>
   <si>
     <t>RUIN015</t>
   </si>
   <si>
     <t>Ruinart NV</t>
   </si>
   <si>
     <t>RUIN001</t>
   </si>
   <si>
     <t>Ruinart Rosé</t>
   </si>
   <si>
     <t>RUIN020</t>
   </si>
   <si>
-    <t>Rheims</t>
-[...13 lines deleted...]
-  <si>
     <t>Tours-sur-Marne</t>
   </si>
   <si>
     <t>Laurent Perrier Blanc de Blancs Brut Nature</t>
   </si>
   <si>
     <t>LAUR235</t>
   </si>
   <si>
     <t>Laurent Perrier Grand Siècle La Cuvée</t>
   </si>
   <si>
     <t>LAUR035</t>
   </si>
   <si>
     <t>Laurent Perrier Harmony</t>
   </si>
   <si>
     <t>LAUR095</t>
   </si>
   <si>
     <t>Laurent Perrier La Cuvée Brut NV, Half Bottle</t>
   </si>
   <si>
     <t>LAUR002</t>
@@ -556,5774 +541,5732 @@
   <si>
     <t>Hungary</t>
   </si>
   <si>
     <t>Tokay</t>
   </si>
   <si>
     <t>Tokaji Aszu 5 Puttonyos, Tokajbor-Bene</t>
   </si>
   <si>
     <t>TOKA060</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
     <t>Veneto</t>
   </si>
   <si>
     <t>Recioto Della Valpolicella Classico 'Le Arle', 50cl</t>
   </si>
   <si>
     <t>VALP010</t>
   </si>
   <si>
+    <t>Spain</t>
+  </si>
+  <si>
+    <t>Navarra</t>
+  </si>
+  <si>
+    <t>Principe de Viana Late Harvest Chardonnay</t>
+  </si>
+  <si>
+    <t>VIAN005</t>
+  </si>
+  <si>
+    <t>USA</t>
+  </si>
+  <si>
+    <t>California</t>
+  </si>
+  <si>
+    <t>Elysium Black Muscat, Andrew Quady, Half Bottle</t>
+  </si>
+  <si>
+    <t>ELYS005</t>
+  </si>
+  <si>
+    <t>Fortified Wine</t>
+  </si>
+  <si>
+    <t>Portugal</t>
+  </si>
+  <si>
+    <t>Douro</t>
+  </si>
+  <si>
+    <t>Poças Fora da Série Bonificador Tawny Port</t>
+  </si>
+  <si>
+    <t>POCA430</t>
+  </si>
+  <si>
+    <t>Douro Valley</t>
+  </si>
+  <si>
+    <t>Cockburn's 2017 Vintage Port</t>
+  </si>
+  <si>
+    <t>COCK075</t>
+  </si>
+  <si>
+    <t>Croft 2017 Vintage Port</t>
+  </si>
+  <si>
+    <t>CROF070</t>
+  </si>
+  <si>
+    <t>Croft Vintage Port 2009</t>
+  </si>
+  <si>
+    <t>CROF045</t>
+  </si>
+  <si>
+    <t>Croft Vintage Port 2016</t>
+  </si>
+  <si>
+    <t>CROF060</t>
+  </si>
+  <si>
+    <t>Delaforce Quinta Da Corte 1997</t>
+  </si>
+  <si>
+    <t>DELA025</t>
+  </si>
+  <si>
+    <t>Delaforce Vintage Port 2000</t>
+  </si>
+  <si>
+    <t>DELA030</t>
+  </si>
+  <si>
+    <t>Fonseca 2017 Vintage Port</t>
+  </si>
+  <si>
+    <t>FONS100</t>
+  </si>
+  <si>
+    <t>Fonseca Vintage Port 2003</t>
+  </si>
+  <si>
+    <t>FONS060</t>
+  </si>
+  <si>
+    <t>Fonseca Vintage Port 2009, Half Bottle</t>
+  </si>
+  <si>
+    <t>FONS075</t>
+  </si>
+  <si>
+    <t>Fonseca Vintage Port 2016</t>
+  </si>
+  <si>
+    <t>FONS090</t>
+  </si>
+  <si>
+    <t>FONS095</t>
+  </si>
+  <si>
+    <t>Graham's 2017 Vintage Port</t>
+  </si>
+  <si>
+    <t>GRAH085</t>
+  </si>
+  <si>
+    <t>Graham's Vintage Port 2003</t>
+  </si>
+  <si>
+    <t>GRAH035</t>
+  </si>
+  <si>
+    <t>Graham's Vintage Port 2016,</t>
+  </si>
+  <si>
+    <t>GRAH080</t>
+  </si>
+  <si>
+    <t>Pocas 2017 Vintage Port</t>
+  </si>
+  <si>
+    <t>POCA230</t>
+  </si>
+  <si>
+    <t>Pocas 2018 Vintage Port</t>
+  </si>
+  <si>
+    <t>POCA375</t>
+  </si>
+  <si>
+    <t>Poças Vintage Port 2016</t>
+  </si>
+  <si>
+    <t>POCA165</t>
+  </si>
+  <si>
+    <t>Porto Poças 10 Year Old Tawny Port</t>
+  </si>
+  <si>
+    <t>POPO015</t>
+  </si>
+  <si>
+    <t>Porto Pocas 10 Year Old White Port</t>
+  </si>
+  <si>
+    <t>POCA190</t>
+  </si>
+  <si>
+    <t>Porto Poças 20 Year Old Tawny Port</t>
+  </si>
+  <si>
+    <t>POCA130</t>
+  </si>
+  <si>
+    <t>Porto Poças 30 Year Old Tawny Port</t>
+  </si>
+  <si>
+    <t>POCA140</t>
+  </si>
+  <si>
+    <t>Porto Poças 30 Year Old Tawny Port, Half Bottle</t>
+  </si>
+  <si>
+    <t>POCA145</t>
+  </si>
+  <si>
+    <t>Porto Poças 40 Year Old Tawny Port</t>
+  </si>
+  <si>
+    <t>POCA150</t>
+  </si>
+  <si>
+    <t>Porto Poças Colheita 1996 Port</t>
+  </si>
+  <si>
+    <t>POCA195</t>
+  </si>
+  <si>
+    <t>Porto Poças Colheita 2000 Port</t>
+  </si>
+  <si>
+    <t>POCA205</t>
+  </si>
+  <si>
+    <t>Porto Poças Colheita 2001 Port</t>
+  </si>
+  <si>
+    <t>POCA210</t>
+  </si>
+  <si>
+    <t>Porto Poças Colheita 2003 Port</t>
+  </si>
+  <si>
+    <t>POCA215</t>
+  </si>
+  <si>
+    <t>Porto Poças Late Bottled Vintage Port</t>
+  </si>
+  <si>
+    <t>POCA125</t>
+  </si>
+  <si>
+    <t>Porto Poças Vintage Port 2009</t>
+  </si>
+  <si>
+    <t>POCA095</t>
+  </si>
+  <si>
+    <t>Porto Poças White Port</t>
+  </si>
+  <si>
+    <t>POPO010</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Smith Woodhouse Vintage Port  2011</t>
+  </si>
+  <si>
+    <t>SMIT070</t>
+  </si>
+  <si>
+    <t>Smith Woodhouse Vintage Port 2007</t>
+  </si>
+  <si>
+    <t>SMIT050</t>
+  </si>
+  <si>
+    <t>Smith Woodhouse Vintage Port 2016,</t>
+  </si>
+  <si>
+    <t>SMIT095</t>
+  </si>
+  <si>
+    <t>Taylor's 2017 Vintage Port</t>
+  </si>
+  <si>
+    <t>TAYL195</t>
+  </si>
+  <si>
+    <t>Taylors LBV Port</t>
+  </si>
+  <si>
+    <t>TAYL125</t>
+  </si>
+  <si>
+    <t>Taylor's Vintage Port 2003</t>
+  </si>
+  <si>
+    <t>TAYL090</t>
+  </si>
+  <si>
+    <t>Taylor's Vintage Port 2009, Half Bottle</t>
+  </si>
+  <si>
+    <t>TAYL130</t>
+  </si>
+  <si>
+    <t>Taylor's Vintage Port 2016,</t>
+  </si>
+  <si>
+    <t>TAYL185</t>
+  </si>
+  <si>
+    <t>Warres 2017 Vintage Port</t>
+  </si>
+  <si>
+    <t>WARR100</t>
+  </si>
+  <si>
+    <t>Warres Vintage Port 2011</t>
+  </si>
+  <si>
+    <t>WARR085</t>
+  </si>
+  <si>
+    <t>Warre's Vintage Port 2016,</t>
+  </si>
+  <si>
+    <t>WARR095</t>
+  </si>
+  <si>
+    <t>Quinta dos Canais, Quinta do Vale Coelho, Quinta do Cachão de Arnozelo</t>
+  </si>
+  <si>
+    <t>Cockburn's 2015 Vintage Port</t>
+  </si>
+  <si>
+    <t>COCK060</t>
+  </si>
+  <si>
+    <t>Cockburn's Vintage Port 2016,</t>
+  </si>
+  <si>
+    <t>COCK070</t>
+  </si>
+  <si>
+    <t>Madeira</t>
+  </si>
+  <si>
+    <t>3 Year Old d'Oliveira Sweet Madeira</t>
+  </si>
+  <si>
+    <t>MDRA005</t>
+  </si>
+  <si>
+    <t>Jerez</t>
+  </si>
+  <si>
+    <t>Croft Original Pale Cream Sherry</t>
+  </si>
+  <si>
+    <t>CROF001</t>
+  </si>
+  <si>
+    <t>Gutierrez Colosia Amontillado del Puerto</t>
+  </si>
+  <si>
+    <t>GUTI005</t>
+  </si>
+  <si>
+    <t>Gutierrez Colosia Fino Puerto</t>
+  </si>
+  <si>
+    <t>GUTI001</t>
+  </si>
+  <si>
+    <t>Gutierrez Colosia Oloroso del Puerto</t>
+  </si>
+  <si>
+    <t>GUTI010</t>
+  </si>
+  <si>
+    <t>Gutierrez Colosia Pedro Ximénez, Half Bottle</t>
+  </si>
+  <si>
+    <t>GUTI020</t>
+  </si>
+  <si>
+    <t>Tio Pepe</t>
+  </si>
+  <si>
+    <t>TIOP001</t>
+  </si>
+  <si>
+    <t>Orange Wine</t>
+  </si>
+  <si>
+    <t>Languedoc-Roussillon</t>
+  </si>
+  <si>
+    <t>When Life Gives You Oranges</t>
+  </si>
+  <si>
+    <t>ORAN055</t>
+  </si>
+  <si>
+    <t>Prosecco</t>
+  </si>
+  <si>
+    <t>Prosecco Asolo DOCG, "Il Nero" Villa Sandi</t>
+  </si>
+  <si>
+    <t>VILL325</t>
+  </si>
+  <si>
+    <t>Prosecco Il Fresco Organic DOC, Villa Sandi</t>
+  </si>
+  <si>
+    <t>VILL335</t>
+  </si>
+  <si>
+    <t>Prosecco Il Fresco, Villa Sandi</t>
+  </si>
+  <si>
+    <t>PROS015</t>
+  </si>
+  <si>
+    <t>Prosecco Il Fresco, Villa Sandi 20cl</t>
+  </si>
+  <si>
+    <t>PROS040</t>
+  </si>
+  <si>
+    <t>Prosecco Valdobbiadene DOCG Superiore di Cartizze Brut</t>
+  </si>
+  <si>
+    <t>VILL220</t>
+  </si>
+  <si>
+    <t>Prosecco Valdobbiadene Millesimato DOCG, Villa Sandi</t>
+  </si>
+  <si>
+    <t>PROS090</t>
+  </si>
+  <si>
+    <t>Villa Sandi Prosecco Rosé</t>
+  </si>
+  <si>
+    <t>VILL340</t>
+  </si>
+  <si>
+    <t>Villa Sandi, Magnum</t>
+  </si>
+  <si>
+    <t>VILL215</t>
+  </si>
+  <si>
+    <t>Trento</t>
+  </si>
+  <si>
+    <t>Amori Prosecco</t>
+  </si>
+  <si>
+    <t>AMOR001</t>
+  </si>
+  <si>
+    <t>Amori Prosecco 20cl</t>
+  </si>
+  <si>
+    <t>AMOR015</t>
+  </si>
+  <si>
+    <t>Treviso</t>
+  </si>
+  <si>
+    <t>Floralba Prosecco</t>
+  </si>
+  <si>
+    <t>PROS140</t>
+  </si>
+  <si>
+    <t>Pure Prosecco</t>
+  </si>
+  <si>
+    <t>PURE035</t>
+  </si>
+  <si>
+    <t>Pure Prosecco 20cl</t>
+  </si>
+  <si>
+    <t>PURE075</t>
+  </si>
+  <si>
+    <t>Pure Prosecco Rosé</t>
+  </si>
+  <si>
+    <t>PURE080</t>
+  </si>
+  <si>
+    <t>Pure Prosecco Rosé 20cl</t>
+  </si>
+  <si>
+    <t>PURE085</t>
+  </si>
+  <si>
+    <t>Red Wine</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>Mulled Wine Bottle</t>
+  </si>
+  <si>
+    <t>MULL001</t>
+  </si>
+  <si>
+    <t>Catamarca</t>
+  </si>
+  <si>
+    <t>Calchaquí Valley</t>
+  </si>
+  <si>
+    <t>Vallisto Barbera</t>
+  </si>
+  <si>
+    <t>VALL020</t>
+  </si>
+  <si>
+    <t>Bodegas Gouguenheim 'Blue Melosa' Flores Malbec</t>
+  </si>
+  <si>
+    <t>GOUG105</t>
+  </si>
+  <si>
+    <t>Centro Mendoza</t>
+  </si>
+  <si>
+    <t>Las Pampas Malbec</t>
+  </si>
+  <si>
+    <t>PAMP015</t>
+  </si>
+  <si>
+    <t>Las Pampas Shiraz Malbec</t>
+  </si>
+  <si>
+    <t>PAMP006</t>
+  </si>
+  <si>
+    <t>Luján de Cuyo</t>
+  </si>
+  <si>
+    <t>Mendel Finca Los Andes Malbec</t>
+  </si>
+  <si>
+    <t>MEND115</t>
+  </si>
+  <si>
+    <t>Agrelo</t>
+  </si>
+  <si>
+    <t>Mendel Finca Remota</t>
+  </si>
+  <si>
+    <t>MEND085</t>
+  </si>
+  <si>
+    <t>Mendel Lunta Malbec</t>
+  </si>
+  <si>
+    <t>MEND075</t>
+  </si>
+  <si>
+    <t>Mendel Malbec</t>
+  </si>
+  <si>
+    <t>MEND070</t>
+  </si>
+  <si>
+    <t>Mendel Unus</t>
+  </si>
+  <si>
+    <t>MEND080</t>
+  </si>
+  <si>
+    <t>Perdriel</t>
+  </si>
+  <si>
+    <t>Mendel Cabernet Sauvignon</t>
+  </si>
+  <si>
+    <t>MEND105</t>
+  </si>
+  <si>
+    <t>Uco Valley</t>
+  </si>
+  <si>
+    <t>Bodegas Gouguenheim Cabernet Sauvignon Reserva</t>
+  </si>
+  <si>
+    <t>GOUG095</t>
+  </si>
+  <si>
+    <t>Bodegas Gouguenheim Malbec</t>
+  </si>
+  <si>
+    <t>GOUG070</t>
+  </si>
+  <si>
+    <t>Bodegas Gouguenheim Malbec Reserva</t>
+  </si>
+  <si>
+    <t>GOUG080</t>
+  </si>
+  <si>
+    <t>Bodegas Gouguenheim Pinot Noir</t>
+  </si>
+  <si>
+    <t>GOUG035</t>
+  </si>
+  <si>
+    <t>Valle de Uco</t>
+  </si>
+  <si>
+    <t>Mendel Cabernet Franc</t>
+  </si>
+  <si>
+    <t>MEND110</t>
+  </si>
+  <si>
+    <t>Geelong</t>
+  </si>
+  <si>
+    <t>Bellarine Peninsula</t>
+  </si>
+  <si>
+    <t>Shiraz 2020 Scotchmans Hill</t>
+  </si>
+  <si>
+    <t>SCOT030</t>
+  </si>
+  <si>
+    <t>Penfolds Bin 707 Cabernet Sauvignon 2021</t>
+  </si>
+  <si>
+    <t>PENF050</t>
+  </si>
+  <si>
+    <t>Penfolds Bin 707 Cabernet Sauvignon 2022</t>
+  </si>
+  <si>
+    <t>PENF070</t>
+  </si>
+  <si>
+    <t>Penfolds Grange Bin 95 2019</t>
+  </si>
+  <si>
+    <t>PENF060</t>
+  </si>
+  <si>
+    <t>Penfolds Grange Bin 95 2020</t>
+  </si>
+  <si>
+    <t>PENF065</t>
+  </si>
+  <si>
+    <t>Penfolds St Henri Shiraz 2021</t>
+  </si>
+  <si>
+    <t>PENF085</t>
+  </si>
+  <si>
+    <t>Barossa Valley</t>
+  </si>
+  <si>
+    <t>Barossa &amp; Eden Valley Shiraz 2014, Powell &amp; Son</t>
+  </si>
+  <si>
+    <t>POWE045</t>
+  </si>
+  <si>
+    <t>Barossa Valley Grenache Shiraz Mataro 2014, Powell &amp; Son</t>
+  </si>
+  <si>
+    <t>POWE040</t>
+  </si>
+  <si>
+    <t>Penfolds RWT Bin 798 Shiraz 2018</t>
+  </si>
+  <si>
+    <t>PENF045</t>
+  </si>
+  <si>
+    <t>Penfolds Rwt Bin 798 Shiraz 2022</t>
+  </si>
+  <si>
+    <t>PENF080</t>
+  </si>
+  <si>
+    <t>Riverside Grenache Mataro Shiraz 2015, Powell &amp; Son</t>
+  </si>
+  <si>
+    <t>POWE035</t>
+  </si>
+  <si>
+    <t>Yalumba The Caley 2015</t>
+  </si>
+  <si>
+    <t>YALU075</t>
+  </si>
+  <si>
+    <t>Yalumba The Caley 2016</t>
+  </si>
+  <si>
+    <t>YALU085</t>
+  </si>
+  <si>
+    <t>Nuriootpa</t>
+  </si>
+  <si>
+    <t>Peritas Zinfandel 2017, Joanne Irvine</t>
+  </si>
+  <si>
+    <t>IRVI300</t>
+  </si>
+  <si>
+    <t>Kingston Estate Cabernet Sauvignon</t>
+  </si>
+  <si>
+    <t>KING045</t>
+  </si>
+  <si>
+    <t>Kingston Estate Shiraz</t>
+  </si>
+  <si>
+    <t>KING050</t>
+  </si>
+  <si>
+    <t>Coonawarra</t>
+  </si>
+  <si>
+    <t>Penfolds Bin 169 Cabernet Sauvignon 2021</t>
+  </si>
+  <si>
+    <t>PENF055</t>
+  </si>
+  <si>
+    <t>Penfolds Bin 169 Cabernet Sauvignon 2022</t>
+  </si>
+  <si>
+    <t>PENF075</t>
+  </si>
+  <si>
+    <t>Eden Valley</t>
+  </si>
+  <si>
+    <t>Argos Shiraz 2015, Joanne Irvine</t>
+  </si>
+  <si>
+    <t>IRVI295</t>
+  </si>
+  <si>
+    <t>Irvine Grand Merlot 2006, Magnum</t>
+  </si>
+  <si>
+    <t>IRVI130</t>
+  </si>
+  <si>
+    <t>Irvine Springhill Merlot</t>
+  </si>
+  <si>
+    <t>IRVI160</t>
+  </si>
+  <si>
+    <t>South Eastern Australia</t>
+  </si>
+  <si>
+    <t>Pitchfork Shiraz</t>
+  </si>
+  <si>
+    <t>PITC005</t>
+  </si>
+  <si>
+    <t>Chile</t>
+  </si>
+  <si>
+    <t>Central Valley</t>
+  </si>
+  <si>
+    <t>Alto Los Romeros Gran Reserva Carignan</t>
+  </si>
+  <si>
+    <t>ROME001</t>
+  </si>
+  <si>
+    <t>El Picador Cabernet Sauvignon</t>
+  </si>
+  <si>
+    <t>ELPI080</t>
+  </si>
+  <si>
+    <t>El Picador Merlot</t>
+  </si>
+  <si>
+    <t>ELPI100</t>
+  </si>
+  <si>
+    <t>Ladera Merlot, Quarter Bottle</t>
+  </si>
+  <si>
+    <t>LADE025</t>
+  </si>
+  <si>
+    <t>Ladera Verde Merlot, Half Bottle</t>
+  </si>
+  <si>
+    <t>LADE005</t>
+  </si>
+  <si>
+    <t>Las Manitos Malbec Shiraz</t>
+  </si>
+  <si>
+    <t>LASM045</t>
+  </si>
+  <si>
+    <t>Pato Torronte Merlot</t>
+  </si>
+  <si>
+    <t>PATO010</t>
+  </si>
+  <si>
+    <t>Tonada Merlot</t>
+  </si>
+  <si>
+    <t>TONA070</t>
+  </si>
+  <si>
+    <t>Leyda Valley</t>
+  </si>
+  <si>
+    <t>San Antonio</t>
+  </si>
+  <si>
+    <t>Dancing Flame Gran Reserva Pinot Noir</t>
+  </si>
+  <si>
+    <t>DANC001</t>
+  </si>
+  <si>
+    <t>England</t>
+  </si>
+  <si>
+    <t>Sussex</t>
+  </si>
+  <si>
+    <t>West Sussex</t>
+  </si>
+  <si>
+    <t>Bolney</t>
+  </si>
+  <si>
+    <t>Bolney Estate Lychgate Red</t>
+  </si>
+  <si>
+    <t>BOLN025</t>
+  </si>
+  <si>
+    <t>Château La Mission Haut Brion 2018, Grand Cru Classé, Pessac Leognan</t>
+  </si>
+  <si>
+    <t>MISS050</t>
+  </si>
+  <si>
+    <t>Château Moulin de Mallet 2022</t>
+  </si>
+  <si>
+    <t>MOUL255</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chateau Odyssee  Red Blend, Pierre Graffeuille</t>
+  </si>
+  <si>
+    <t>ODYS001</t>
+  </si>
+  <si>
+    <t>Château Tour de Luchey 2022, Bordeaux</t>
+  </si>
+  <si>
+    <t>TOUR205</t>
+  </si>
+  <si>
+    <t>Château Tour St Bonnet. Medoc 2018</t>
+  </si>
+  <si>
+    <t>TOUR145</t>
+  </si>
+  <si>
+    <t>Clos de L'Oratoire 2018, St Emilion Grand Cru</t>
+  </si>
+  <si>
+    <t>ORAT001</t>
+  </si>
+  <si>
+    <t>House of Townend Claret</t>
+  </si>
+  <si>
+    <t>HOUS045</t>
+  </si>
+  <si>
+    <t>Bordeaux Superieur</t>
+  </si>
+  <si>
+    <t>2019 Chateau d’Argadens Magnum</t>
+  </si>
+  <si>
+    <t>ARGA150</t>
+  </si>
+  <si>
+    <t>Château d’Argadens 2018</t>
+  </si>
+  <si>
+    <t>ARGA105</t>
+  </si>
+  <si>
+    <t>Château d’Argadens 2020</t>
+  </si>
+  <si>
+    <t>ARGA125</t>
+  </si>
+  <si>
+    <t>Côtes de Bourg</t>
+  </si>
+  <si>
+    <t>2022 Chateau Roc de Breuil Cotes du Bourg</t>
+  </si>
+  <si>
+    <t>ROC005</t>
+  </si>
+  <si>
+    <t>Fronsac</t>
+  </si>
+  <si>
+    <t>Château La Vieille Cure 2019, Fronsac</t>
+  </si>
+  <si>
+    <t>CURE020</t>
+  </si>
+  <si>
+    <t>Château La Vieille Cure 2020, Fronsac</t>
+  </si>
+  <si>
+    <t>CURE025</t>
+  </si>
+  <si>
+    <t>Haut-Médoc</t>
+  </si>
+  <si>
+    <t>Château Beaumont 2016, Haut-Médoc</t>
+  </si>
+  <si>
+    <t>BEAU510</t>
+  </si>
+  <si>
+    <t>Château Beaumont 2022, Haut-Médoc</t>
+  </si>
+  <si>
+    <t>BEAU720</t>
+  </si>
+  <si>
+    <t>Château Cantemerle 2020 5ème Cru Classé, Haut-Médoc</t>
+  </si>
+  <si>
+    <t>CANT180</t>
+  </si>
+  <si>
+    <t>Château Cantemerle 2021 5ème Cru Classé, Haut-Médoc</t>
+  </si>
+  <si>
+    <t>CANT235</t>
+  </si>
+  <si>
+    <t>Château Cantemerle 2022 5ème Cru Classé, Haut-Médoc</t>
+  </si>
+  <si>
+    <t>CANT245</t>
+  </si>
+  <si>
+    <t>Château Caronne Ste Gemme 2021, Haut-Médoc</t>
+  </si>
+  <si>
+    <t>CARO110</t>
+  </si>
+  <si>
+    <t>Château Cissac 2022, Haut-Médoc, Half Bottle</t>
+  </si>
+  <si>
+    <t>CISS095</t>
+  </si>
+  <si>
+    <t>Château Clément-Pichon 2016, Haut-Médoc</t>
+  </si>
+  <si>
+    <t>CLEM010</t>
+  </si>
+  <si>
+    <t>Château Clément-Pichon 2020, Haut-Médoc</t>
+  </si>
+  <si>
+    <t>CLEM005</t>
+  </si>
+  <si>
+    <t>Château Clément-Pichon 2022, Haut-Médoc</t>
+  </si>
+  <si>
+    <t>CLEM015</t>
+  </si>
+  <si>
+    <t>Château de Malleret 2018, Haut-Médoc</t>
+  </si>
+  <si>
+    <t>MALL020</t>
+  </si>
+  <si>
+    <t>Château de Malleret 2020, Haut-Médoc</t>
+  </si>
+  <si>
+    <t>MALL025</t>
+  </si>
+  <si>
+    <t>Château La Lagune 2017, 3ème Cru, Haut-Médoc</t>
+  </si>
+  <si>
+    <t>LAGU110</t>
+  </si>
+  <si>
+    <t>Château Lagune 2020, 3ème Cru Classé Haut-Médoc</t>
+  </si>
+  <si>
+    <t>LAGU115</t>
+  </si>
+  <si>
+    <t>Château Lamothe-Bergeron 2020, Haut-Médoc</t>
+  </si>
+  <si>
+    <t>LAMO015</t>
+  </si>
+  <si>
+    <t>Château Potensac 2015, Medoc</t>
+  </si>
+  <si>
+    <t>POTE035</t>
+  </si>
+  <si>
+    <t>Château Potensac 2018, Medoc</t>
+  </si>
+  <si>
+    <t>POTE055</t>
+  </si>
+  <si>
+    <t>Château Potensac 2020, Medoc</t>
+  </si>
+  <si>
+    <t>POTE065</t>
+  </si>
+  <si>
+    <t>Château Potensac 2021, Medoc</t>
+  </si>
+  <si>
+    <t>POTE070</t>
+  </si>
+  <si>
+    <t>Château Potensac 2022, Medoc</t>
+  </si>
+  <si>
+    <t>POTE075</t>
+  </si>
+  <si>
+    <t>Chateau Sociando-Mallet 2018</t>
+  </si>
+  <si>
+    <t>SOCI045</t>
+  </si>
+  <si>
+    <t>Listrac</t>
+  </si>
+  <si>
+    <t>Château Fourcas-Hosten 2019</t>
+  </si>
+  <si>
+    <t>FOUR065</t>
+  </si>
+  <si>
+    <t>Château Fourcas-Hosten 2020</t>
+  </si>
+  <si>
+    <t>FOUR075</t>
+  </si>
+  <si>
+    <t>Lussac St Emilion</t>
+  </si>
+  <si>
+    <t>2020 Château du Courlat, Lussac Saint Emilion</t>
+  </si>
+  <si>
+    <t>COUR200</t>
+  </si>
+  <si>
+    <t>Château du Courlat 2021 Cuvee Jean-Baptiste, Lussac St Emilion</t>
+  </si>
+  <si>
+    <t>COUR150</t>
+  </si>
+  <si>
+    <t>Château du Courlat 2021, Lussac St Emilion</t>
+  </si>
+  <si>
+    <t>COUR165</t>
+  </si>
+  <si>
+    <t>Château du Courlat 2022 Cuvee Jean-Baptiste, Lussac St Emilion</t>
+  </si>
+  <si>
+    <t>COUR180</t>
+  </si>
+  <si>
+    <t>Château du Courlat 2022, Lussac St Emilion</t>
+  </si>
+  <si>
+    <t>COUR175</t>
+  </si>
+  <si>
+    <t>Margaux</t>
+  </si>
+  <si>
+    <t>Brio De Cantenac Brown</t>
+  </si>
+  <si>
+    <t>BRIO115</t>
+  </si>
+  <si>
+    <t>Château Angludet 2009, Margaux</t>
+  </si>
+  <si>
+    <t>DANG140</t>
+  </si>
+  <si>
+    <t>Château Angludet 2020</t>
+  </si>
+  <si>
+    <t>DANG245</t>
+  </si>
+  <si>
+    <t>Château Angludet 2021, Margaux</t>
+  </si>
+  <si>
+    <t>DANG250</t>
+  </si>
+  <si>
+    <t>Château Angludet 2022, Margaux</t>
+  </si>
+  <si>
+    <t>DANG255</t>
+  </si>
+  <si>
+    <t>Château Brane Cantenac 2016, 2ème Cru Classé, Margaux</t>
+  </si>
+  <si>
+    <t>BRANE045</t>
+  </si>
+  <si>
+    <t>Château Brane Cantenac 2021, 2ème Grand Cru Classe, Margaux</t>
+  </si>
+  <si>
+    <t>BRAN065</t>
+  </si>
+  <si>
+    <t>Château Giscours, 2016 3ème Cru Classé Margaux</t>
+  </si>
+  <si>
+    <t>GISC055</t>
+  </si>
+  <si>
+    <t>Château Giscours, 2017 3ème Cru Classé Margaux</t>
+  </si>
+  <si>
+    <t>GISC060</t>
+  </si>
+  <si>
+    <t>Château Giscours, 2018 3ème Cru Classé Margaux</t>
+  </si>
+  <si>
+    <t>GISC065</t>
+  </si>
+  <si>
+    <t>Château Giscours, 2021 3ème Cru Classé Margaux</t>
+  </si>
+  <si>
+    <t>GISC095</t>
+  </si>
+  <si>
+    <t>Château Kirwan 2020, 3ème Cru Classé Margaux</t>
+  </si>
+  <si>
+    <t>KIRW020</t>
+  </si>
+  <si>
+    <t>Château Kirwan 2022, 3ème Cru Classé Margaux</t>
+  </si>
+  <si>
+    <t>KIRW030</t>
+  </si>
+  <si>
+    <t>Château Palmer 2011 3ème Cru, Margaux</t>
+  </si>
+  <si>
+    <t>PALM150</t>
+  </si>
+  <si>
+    <t>Château Palmer 2012 3eme Cru Margaux</t>
+  </si>
+  <si>
+    <t>PALM160</t>
+  </si>
+  <si>
+    <t>Château Palmer 2015, 3ème Cru, Margaux</t>
+  </si>
+  <si>
+    <t>PALM175</t>
+  </si>
+  <si>
+    <t>Château Palmer 2016, 3ème Grand Cru Classé</t>
+  </si>
+  <si>
+    <t>PALM180</t>
+  </si>
+  <si>
+    <t>Château Palmer 2017, 3ème Grand Cru Classé</t>
+  </si>
+  <si>
+    <t>PALM185</t>
+  </si>
+  <si>
+    <t>Château Palmer 2021, 3ème Grand Cru Classé Margaux</t>
+  </si>
+  <si>
+    <t>PALM205</t>
+  </si>
+  <si>
+    <t>Margaux 2020 Grand Vin de Bordeaux</t>
+  </si>
+  <si>
+    <t>MARG175</t>
+  </si>
+  <si>
+    <t>Margaux 2023 Grand Vin de Bordeaux</t>
+  </si>
+  <si>
+    <t>MARG195</t>
+  </si>
+  <si>
+    <t>Montagne St Emilion</t>
+  </si>
+  <si>
+    <t>Château Corbin 2021, Montagne St Emilion</t>
+  </si>
+  <si>
+    <t>CORB140</t>
+  </si>
+  <si>
+    <t>Moulis-en-Médoc</t>
+  </si>
+  <si>
+    <t>Château Chasse-Spleen 2017 Cru Bourgeois Exceptionnel, Moulis-en-Médoc</t>
+  </si>
+  <si>
+    <t>CHAS540</t>
+  </si>
+  <si>
+    <t>Château Chasse-Spleen 2019 Cru Bourgeois Exceptionnel, Moulis-en-Médoc</t>
+  </si>
+  <si>
+    <t>CHAS635</t>
+  </si>
+  <si>
+    <t>Château Chasse-Spleen 2020 Cru Bourgeois Exceptionnel, Moulis-en-Médoc</t>
+  </si>
+  <si>
+    <t>CHAS660</t>
+  </si>
+  <si>
+    <t>Château Chasse-Spleen 2022 Cru Bourgeois Exceptionnel, Moulis-en-Médoc</t>
+  </si>
+  <si>
+    <t>CHAS730</t>
+  </si>
+  <si>
+    <t>Château Mauvesin Barton 2018, Moulis en Médoc</t>
+  </si>
+  <si>
+    <t>MAUV005</t>
+  </si>
+  <si>
+    <t>Pauillac</t>
+  </si>
+  <si>
+    <t>Château Batailley 2021, 5ème Cru Classé, Pauillac,</t>
+  </si>
+  <si>
+    <t>BATA145</t>
+  </si>
+  <si>
+    <t>Château Clerc Milon 2010 5eme Cru Pauillac</t>
+  </si>
+  <si>
+    <t>CLER025</t>
+  </si>
+  <si>
+    <t>Château Clerc Milon 2016, 5ème Cru Classé, Pauillac</t>
+  </si>
+  <si>
+    <t>CLER065</t>
+  </si>
+  <si>
+    <t>Château Clerc-Milon 2022, 5ème Grand Cru Classé Pauillac</t>
+  </si>
+  <si>
+    <t>CLER090</t>
+  </si>
+  <si>
+    <t>Château Clerc-Milon, 5ème Grand Cru Classé Pauillac</t>
+  </si>
+  <si>
+    <t>CLER075</t>
+  </si>
+  <si>
+    <t>Château d'Armailhac 2015, 5ème Cru Classé Pauillac</t>
+  </si>
+  <si>
+    <t>DARM025</t>
+  </si>
+  <si>
+    <t>Château d'Armailhac 2017, 5ème Cru Classé, Pauillac</t>
+  </si>
+  <si>
+    <t>DARM035</t>
+  </si>
+  <si>
+    <t>Château d'Armailhac 2018, 5ème Cru Classé, Pauillac</t>
+  </si>
+  <si>
+    <t>DARM040</t>
+  </si>
+  <si>
+    <t>Château d'Armailhac 2021, 5ème Cru Classé, Pauillac</t>
+  </si>
+  <si>
+    <t>DARM065</t>
+  </si>
+  <si>
+    <t>Château Duhart Milon Rothschild 2015, 4ème Cru Classé, Pauillac</t>
+  </si>
+  <si>
+    <t>DUHA040</t>
+  </si>
+  <si>
+    <t>Château Duhart Milon Rothschild 2016, 4ème Cru Classé, Pauillac</t>
+  </si>
+  <si>
+    <t>DUHA045</t>
+  </si>
+  <si>
+    <t>Château Duhart Milon Rothschild 2017, 4ème Cru Classé, Pauillac</t>
+  </si>
+  <si>
+    <t>DUHA055</t>
+  </si>
+  <si>
+    <t>Château Duhart Milon Rothschild 2018, 4ème Cru Classé, Pauillac</t>
+  </si>
+  <si>
+    <t>DUHA060</t>
+  </si>
+  <si>
+    <t>Château Duhart Milon Rothschild 2020, 4ème Cru Classé, Pauillac</t>
+  </si>
+  <si>
+    <t>DUHA070</t>
+  </si>
+  <si>
+    <t>Château Duhart Milon Rothschild 2021, 4ème Cru Classé, Pauillac</t>
+  </si>
+  <si>
+    <t>DUHA075</t>
+  </si>
+  <si>
+    <t>Château Grand-Puy-Lacoste 2016, 5ème Cru, Pauillac</t>
+  </si>
+  <si>
+    <t>LACO001</t>
+  </si>
+  <si>
+    <t>Château Grand-Puy-Lacoste 2017, 5ème Cru, Pauillac</t>
+  </si>
+  <si>
+    <t>GRAN150</t>
+  </si>
+  <si>
+    <t>Château Grand-Puy-Lacoste 2018, 5ème Cru, Pauillac</t>
+  </si>
+  <si>
+    <t>GRAN160</t>
+  </si>
+  <si>
+    <t>Château Grand-Puy-Lacoste 2021, 5ème Cru, Pauillac</t>
+  </si>
+  <si>
+    <t>GRAN195</t>
+  </si>
+  <si>
+    <t>Château Grand-Puy-Lacoste 2022, 5ème Cru, Pauillac</t>
+  </si>
+  <si>
+    <t>GRAN205</t>
+  </si>
+  <si>
+    <t>Château Lacoste-Borie 2018, Pauillac</t>
+  </si>
+  <si>
+    <t>LACO015</t>
+  </si>
+  <si>
+    <t>Château Lafite Rothschild 2006 1er Cru Pauillac</t>
+  </si>
+  <si>
+    <t>LAFI120</t>
+  </si>
+  <si>
+    <t>Château Lafite Rothschild 2011 1er Cru Pauillac</t>
+  </si>
+  <si>
+    <t>LAFI150</t>
+  </si>
+  <si>
+    <t>Château Lynch-Bages 2015, 5ème Cru Classé</t>
+  </si>
+  <si>
+    <t>LYNC115</t>
+  </si>
+  <si>
+    <t>Château Lynch-Bages 2017, 5ème Cru Classé</t>
+  </si>
+  <si>
+    <t>LYNC130</t>
+  </si>
+  <si>
+    <t>Château Lynch-Bages 2021, 5ème Cru Classé Pauillac</t>
+  </si>
+  <si>
+    <t>LYNC160</t>
+  </si>
+  <si>
+    <t>Château Lynch-Bages 2022, 5ème Cru Classé Pauillac</t>
+  </si>
+  <si>
+    <t>LYNC165</t>
+  </si>
+  <si>
+    <t>Château Mouton Rothschild 2012 1er Cru Pauillac</t>
+  </si>
+  <si>
+    <t>MOUT085</t>
+  </si>
+  <si>
+    <t>Château Pedesclaux 2016, 5ème Cru Pauillac</t>
+  </si>
+  <si>
+    <t>PEDE015</t>
+  </si>
+  <si>
+    <t>Château Pichon Longueville Comtesse de Lalande 2021, 2ème Grand, Pauillac</t>
+  </si>
+  <si>
+    <t>PICH150</t>
+  </si>
+  <si>
+    <t>Château Pontet-Canet 2016 5ème Cru Classé, Pauillac</t>
+  </si>
+  <si>
+    <t>PONT035</t>
+  </si>
+  <si>
+    <t>Château Pontet-Canet 2017 5ème Cru Classé, Pauillac</t>
+  </si>
+  <si>
+    <t>PONT040</t>
+  </si>
+  <si>
+    <t>Château Pontet-Canet 2021 5ème Cru Classé, Pauillac</t>
+  </si>
+  <si>
+    <t>PONT055</t>
+  </si>
+  <si>
+    <t>Pauillac 2022 Grand Vin de Bordeaux</t>
+  </si>
+  <si>
+    <t>PAUI320</t>
+  </si>
+  <si>
+    <t>Pessac-Léognan</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Château Haut Brion  2012 1er Cru Pessac Leognan</t>
+  </si>
+  <si>
+    <t>HAUT190</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Château Haut Brion 2011 1er Cru  Pessac Leognan</t>
+  </si>
+  <si>
+    <t>HAUT185</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Château Haut Brion 2014 1er Cru  Pessac Leognan</t>
+  </si>
+  <si>
+    <t>HAUT220</t>
+  </si>
+  <si>
+    <t>Château Haut Brion 2017, 1èr Grand Cru Classé, Pessac Leognan</t>
+  </si>
+  <si>
+    <t>HAUT280</t>
+  </si>
+  <si>
+    <t>Château La Mission Haut-Brion 2012 Pessac Leognon</t>
+  </si>
+  <si>
+    <t>MISS025</t>
+  </si>
+  <si>
+    <t>Château Olivier 2020 Grand Cru Classé, Pessac Leognan</t>
+  </si>
+  <si>
+    <t>OLIV060</t>
+  </si>
+  <si>
+    <t>Château Olivier 2021 Grand Cru Classé, Pessac-Leognan</t>
+  </si>
+  <si>
+    <t>OLIV075</t>
+  </si>
+  <si>
+    <t>Château Olivier 2022 Grand Cru Classé, Pessac-Leognan</t>
+  </si>
+  <si>
+    <t>OLIV080</t>
+  </si>
+  <si>
+    <t>Pomerol</t>
+  </si>
+  <si>
+    <t>Château Bonalgue 2015, Pomerol Half Bottle</t>
+  </si>
+  <si>
+    <t>BONA030</t>
+  </si>
+  <si>
+    <t>Château Bonalgue 2021, Pomerol</t>
+  </si>
+  <si>
+    <t>BONA175</t>
+  </si>
+  <si>
+    <t>Château Bonalgue 2022, Pomerol</t>
+  </si>
+  <si>
+    <t>BONA180</t>
+  </si>
+  <si>
+    <t>Château Chantalouette 2016, Half Bottle</t>
+  </si>
+  <si>
+    <t>CHAN035</t>
+  </si>
+  <si>
+    <t>Château L'Enclos 2020</t>
+  </si>
+  <si>
+    <t>ENCL001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Château Les Hauts Conseillants 2021,  Lalande de Pomerol</t>
+  </si>
+  <si>
+    <t>HAUT360</t>
+  </si>
+  <si>
+    <t>Château Les Hauts Conseillants 2022, Lalande de Pomerol</t>
+  </si>
+  <si>
+    <t>HAUT365</t>
+  </si>
+  <si>
+    <t>Château L'Evangile 2010 Pomerol</t>
+  </si>
+  <si>
+    <t>EVAN020</t>
+  </si>
+  <si>
+    <t>Clos du Clocher 2020, Pomerol</t>
+  </si>
+  <si>
+    <t>CLOS315</t>
+  </si>
+  <si>
+    <t>Clos du Clocher 2021, Pomerol</t>
+  </si>
+  <si>
+    <t>CLOS335</t>
+  </si>
+  <si>
+    <t>Clos du Clocher 2022, Pomerol</t>
+  </si>
+  <si>
+    <t>CLOS345</t>
+  </si>
+  <si>
+    <t>Esprit de Clocher 2020</t>
+  </si>
+  <si>
+    <t>ESPI001</t>
+  </si>
+  <si>
+    <t>Pomerol 2021 Grand Vin de Bordeaux</t>
+  </si>
+  <si>
+    <t>POME005</t>
+  </si>
+  <si>
+    <t>Vieux Château Certan 2019, Pomerol</t>
+  </si>
+  <si>
+    <t>VIEU035</t>
+  </si>
+  <si>
+    <t>Saint-Émilion</t>
+  </si>
+  <si>
+    <t>Château Capet Duverger 2019, Saint Emilion Grand Cru</t>
+  </si>
+  <si>
+    <t>CAPE095</t>
+  </si>
+  <si>
+    <t>Château Fonplegade 2018, Grand Cru St Emilion</t>
+  </si>
+  <si>
+    <t>FONP025</t>
+  </si>
+  <si>
+    <t>Château Fonplegade 2019, Grand Cru St Emilion</t>
+  </si>
+  <si>
+    <t>FONP030</t>
+  </si>
+  <si>
+    <t>Château Fonplegade 2020, Grand Cru St Emilion</t>
+  </si>
+  <si>
+    <t>FONP035</t>
+  </si>
+  <si>
+    <t>Château Fonplegade 2021, Grand Cru St Emilion</t>
+  </si>
+  <si>
+    <t>FONP040</t>
+  </si>
+  <si>
+    <t>Château Fonplegade 2022, Grand Cru St Emilion</t>
+  </si>
+  <si>
+    <t>FONP045</t>
+  </si>
+  <si>
+    <t>Château Grand Mayne 2018, Grand Cru St Emilion</t>
+  </si>
+  <si>
+    <t>GRAN155</t>
+  </si>
+  <si>
+    <t>Château Grand Mayne 2020, Grand Cru St Emilion</t>
+  </si>
+  <si>
+    <t>GRAN175</t>
+  </si>
+  <si>
+    <t>Château Grand Mayne 2021, Grand Cru St Emilion</t>
+  </si>
+  <si>
+    <t>GRAN200</t>
+  </si>
+  <si>
+    <t>Château Grand Mayne 2022, Grand Cru St Emilion</t>
+  </si>
+  <si>
+    <t>GRAN210</t>
+  </si>
+  <si>
+    <t>Château Puy-Razac Grand Cru St Emilion, 2020</t>
+  </si>
+  <si>
+    <t>PUY075</t>
+  </si>
+  <si>
+    <t>Château Tour de Yon 2019 , Saint Emilion Grand Cru</t>
+  </si>
+  <si>
+    <t>TOUR190</t>
+  </si>
+  <si>
+    <t>Saint-Estèphe</t>
+  </si>
+  <si>
+    <t>Château Lilian-Ladouys 2020, Saint-Estèphe</t>
+  </si>
+  <si>
+    <t>LILI005</t>
+  </si>
+  <si>
+    <t>Château Montrose 2017 2ème Cru Classé, Saint-Estèphe</t>
+  </si>
+  <si>
+    <t>MONT375</t>
+  </si>
+  <si>
+    <t>Château Montrose 2018 2ème Cru Classé, Saint-Estèphe</t>
+  </si>
+  <si>
+    <t>MONT385</t>
+  </si>
+  <si>
+    <t>Château Montrose 2021 2ème Cru Classé, Saint-Estèphe</t>
+  </si>
+  <si>
+    <t>MONT460</t>
+  </si>
+  <si>
+    <t>Château Ormes de Pez 2018, Saint Estephe</t>
+  </si>
+  <si>
+    <t>ORME070</t>
+  </si>
+  <si>
+    <t>Château Ormes de Pez 2018, St Estephe</t>
+  </si>
+  <si>
+    <t>ORME050</t>
+  </si>
+  <si>
+    <t>Château Ormes de Pez 2019, St Estephe</t>
+  </si>
+  <si>
+    <t>ORME055</t>
+  </si>
+  <si>
+    <t>Château Ormes de Pez 2020, St Estephe</t>
+  </si>
+  <si>
+    <t>ORME060</t>
+  </si>
+  <si>
+    <t>Château Phelan Segur 2020, St Estephe</t>
+  </si>
+  <si>
+    <t>PHEL040</t>
+  </si>
+  <si>
+    <t>Château Phelan Segur 2021, St Estephe</t>
+  </si>
+  <si>
+    <t>PHEL045</t>
+  </si>
+  <si>
+    <t>Château Tronquoy-Lalande 2016</t>
+  </si>
+  <si>
+    <t>TRON010</t>
+  </si>
+  <si>
+    <t>Saint-Estèphe 2020 Grand Vin de Bordeaux</t>
+  </si>
+  <si>
+    <t>ESTE015</t>
+  </si>
+  <si>
+    <t>Saint-Julien</t>
+  </si>
+  <si>
+    <t>Château Beychevelle 2001 4ème Cru St-Julien</t>
+  </si>
+  <si>
+    <t>BEYC035</t>
+  </si>
+  <si>
+    <t>Château Beychevelle 2015, 4ème Cru Classé Saint-Julien</t>
+  </si>
+  <si>
+    <t>BEYC075</t>
+  </si>
+  <si>
+    <t>Château du Glana 2015</t>
+  </si>
+  <si>
+    <t>GLAN001</t>
+  </si>
+  <si>
+    <t>Château Ducru Beaucaillou 2009 2eme Cru St Julien</t>
+  </si>
+  <si>
+    <t>DUCR065</t>
+  </si>
+  <si>
+    <t>Château Ducru-Beaucaillou 2015, 2éme Grand Cru Classé</t>
+  </si>
+  <si>
+    <t>DUCR085</t>
+  </si>
+  <si>
+    <t>Château Ducru-Beaucaillou 2016, 2éme Grand Cru Classé</t>
+  </si>
+  <si>
+    <t>DUCR095</t>
+  </si>
+  <si>
+    <t>Château Ducru-Beaucaillou 2018, 2éme Grand Cru Classé</t>
+  </si>
+  <si>
+    <t>DUCR105</t>
+  </si>
+  <si>
+    <t>Château Ducru-Beaucaillou 2021, 2éme Grand Cru Classé St Julien</t>
+  </si>
+  <si>
+    <t>DUCR120</t>
+  </si>
+  <si>
+    <t>Château Gloria 2019, St Julien</t>
+  </si>
+  <si>
+    <t>GLOR090</t>
+  </si>
+  <si>
+    <t>Château Gloria 2020, St Julien</t>
+  </si>
+  <si>
+    <t>GLOR095</t>
+  </si>
+  <si>
+    <t>Château Gruaud Larose 2016, 2ème Cru, Saint-Julien</t>
+  </si>
+  <si>
+    <t>GRUA165</t>
+  </si>
+  <si>
+    <t>Château Gruaud Larose 2017, 2ème Cru, Saint-Julien</t>
+  </si>
+  <si>
+    <t>GRUA180</t>
+  </si>
+  <si>
+    <t>Château Gruaud Larose 2018, 2ème Cru, Saint-Julien</t>
+  </si>
+  <si>
+    <t>GRUA190</t>
+  </si>
+  <si>
+    <t>Château Gruaud Larose 2021, 2ème Cru, Saint-Julien</t>
+  </si>
+  <si>
+    <t>GRUA225</t>
+  </si>
+  <si>
+    <t>Château Gruaud Larose 2022, 2ème Cru, Saint-Julien</t>
+  </si>
+  <si>
+    <t>GRUA235</t>
+  </si>
+  <si>
+    <t>Château Lalande-Borie 2016, Saint-Julien</t>
+  </si>
+  <si>
+    <t>LALA020</t>
+  </si>
+  <si>
+    <t>Château Lalande-Borie 2017, Saint-Julien</t>
+  </si>
+  <si>
+    <t>LALA025</t>
+  </si>
+  <si>
+    <t>Château Langoa Barton 2011 3ème Cru St Julien</t>
+  </si>
+  <si>
+    <t>LANG100</t>
+  </si>
+  <si>
+    <t>Château Langoa Barton 2016, 3ème Cru Classé Saint-Julien</t>
+  </si>
+  <si>
+    <t>LANG150</t>
+  </si>
+  <si>
+    <t>Château Langoa Barton 2017, 3ème Cru Classé Saint-Julien</t>
+  </si>
+  <si>
+    <t>LANG155</t>
+  </si>
+  <si>
+    <t>Château Langoa Barton 2021, 3ème Cru Classé Saint-Julien</t>
+  </si>
+  <si>
+    <t>LANG175</t>
+  </si>
+  <si>
+    <t>Château Léoville Barton 2017, 2ème Grand Cru Classé</t>
+  </si>
+  <si>
+    <t>LEOV310</t>
+  </si>
+  <si>
+    <t>Château Léoville Barton 2019, 2ème Grand Cru Classé</t>
+  </si>
+  <si>
+    <t>LEOV350</t>
+  </si>
+  <si>
+    <t>Château Léoville Barton 2021, 2ème Grand Cru Classé St Julien</t>
+  </si>
+  <si>
+    <t>LEOV375</t>
+  </si>
+  <si>
+    <t>Château Léoville Poyferré 2010, 2ème Cru St Julien</t>
+  </si>
+  <si>
+    <t>LEOV215</t>
+  </si>
+  <si>
+    <t>Château Léoville Poyferré 2016, 2ème Cru Classé</t>
+  </si>
+  <si>
+    <t>LEOV290</t>
+  </si>
+  <si>
+    <t>Château Léoville Poyferré 2017, 2ème Cru Classé</t>
+  </si>
+  <si>
+    <t>LEOV305</t>
+  </si>
+  <si>
+    <t>Château Léoville Poyferré 2021, 2ème Cru Classé St Julien</t>
+  </si>
+  <si>
+    <t>LEOV380</t>
+  </si>
+  <si>
+    <t>Château Léoville Poyferré 2022, 2ème Cru Classé St Julien</t>
+  </si>
+  <si>
+    <t>LEOV390</t>
+  </si>
+  <si>
+    <t>Château Talbot 2016, 4ème Grand Cru Classé , Saint-Julien</t>
+  </si>
+  <si>
+    <t>TALB135</t>
+  </si>
+  <si>
+    <t>Château Talbot 2018, 4ème Grand Cru Classé , Saint-Julien</t>
+  </si>
+  <si>
+    <t>TALB120</t>
+  </si>
+  <si>
+    <t>Château Talbot 2021, 4ème Grand Cru Classé Saint-Julien</t>
+  </si>
+  <si>
+    <t>TALB140</t>
+  </si>
+  <si>
+    <t>Château Talbot 2022, 4ème Grand Cru Classé Saint-Julien</t>
+  </si>
+  <si>
+    <t>TALB145</t>
+  </si>
+  <si>
+    <t>La Croix de Beaucaillou 2015</t>
+  </si>
+  <si>
+    <t>CROI020</t>
+  </si>
+  <si>
+    <t>La Croix de Beaucaillou 2016</t>
+  </si>
+  <si>
+    <t>BEAU515</t>
+  </si>
+  <si>
+    <t>La Réserve de Léoville Barton 2018, Saint Julien</t>
+  </si>
+  <si>
+    <t>RESE005</t>
+  </si>
+  <si>
+    <t>Les Fiefs de Lagrange 2020 Saint-Julien</t>
+  </si>
+  <si>
+    <t>FIEF050</t>
+  </si>
+  <si>
+    <t>Les Fiefs de Lagrange 2022 Saint-Julien</t>
+  </si>
+  <si>
+    <t>FIEF060</t>
+  </si>
+  <si>
+    <t>Saint Julien 2021 Grand Vin de Bordeaux</t>
+  </si>
+  <si>
+    <t>JULI020</t>
+  </si>
+  <si>
+    <t>Sarget de Gruaud Larose 2017, Saint-Julien</t>
+  </si>
+  <si>
+    <t>GRUA175</t>
+  </si>
+  <si>
+    <t>Sarget de Gruaud Larose 2019, Saint-Julien</t>
+  </si>
+  <si>
+    <t>GRUA200</t>
+  </si>
+  <si>
+    <t>Sarget de Gruaud Larose 2020, Saint-Julien</t>
+  </si>
+  <si>
+    <t>GRUA210</t>
+  </si>
+  <si>
+    <t>St Estephe</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Château Tours des Termes  2018, St Estephe</t>
+  </si>
+  <si>
+    <t>TOUR150</t>
+  </si>
+  <si>
+    <t>Burgundy</t>
+  </si>
+  <si>
+    <t>Bourgogne Cesar Amphore 2019, Domaine Ternynck</t>
+  </si>
+  <si>
+    <t>BOUR039</t>
+  </si>
+  <si>
+    <t>Beaujolais</t>
+  </si>
+  <si>
+    <t>Fleurie</t>
+  </si>
+  <si>
+    <t>Beaujolais Villages half bottle, Domaine Pardon</t>
+  </si>
+  <si>
+    <t>BEAU660</t>
+  </si>
+  <si>
+    <t>Beaujolais Villages, Domaine Pardon</t>
+  </si>
+  <si>
+    <t>BEAU655</t>
+  </si>
+  <si>
+    <t>Fleurie, Domaine Pardon</t>
+  </si>
+  <si>
+    <t>FLEU195</t>
+  </si>
+  <si>
+    <t>Fleurie, Domaine Pardon, Half Bottle</t>
+  </si>
+  <si>
+    <t>FLEU205</t>
+  </si>
+  <si>
+    <t>Fleurie, Domaine Pardon, Magnum</t>
+  </si>
+  <si>
+    <t>FLEU220</t>
+  </si>
+  <si>
+    <t>Morgon "La Croix Gaillard'', Domaine Pardon</t>
+  </si>
+  <si>
+    <t>MORG130</t>
+  </si>
+  <si>
+    <t>Juliénas</t>
+  </si>
+  <si>
+    <t>Julienas "Les Mouilles", Cuvée Les Deux Lions, Domaine Pardon et Fils</t>
+  </si>
+  <si>
+    <t>JULI010</t>
+  </si>
+  <si>
+    <t>Moulin-a Vent</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Moulin à Vent  La Rochelle 2019, Domaine Merlin</t>
+  </si>
+  <si>
+    <t>MOUL215</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Moulin à Vent  La Rochelle 2020, Domaine Merlin</t>
+  </si>
+  <si>
+    <t>MOUL235</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Moulin à Vent  La Rochelle 2021, Domaine Merlin</t>
+  </si>
+  <si>
+    <t>MOUL245</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Moulin à Vent  La Rochelle 2022, Domaine Merlin</t>
+  </si>
+  <si>
+    <t>MOUL265</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Moulin-à-Vent  'La Rochelle' 2018, Domaine Merlin</t>
+  </si>
+  <si>
+    <t>MOUL200</t>
+  </si>
+  <si>
+    <t>Moulin-à-Vent 'La Rochelle' 2013, Domaine Merlin</t>
+  </si>
+  <si>
+    <t>MOUL115</t>
+  </si>
+  <si>
+    <t>Moulin-a-Vent 'La Rochelle' 2016 Olivier Merlin</t>
+  </si>
+  <si>
+    <t>MOUL165</t>
+  </si>
+  <si>
+    <t>Côte Chalonnaise</t>
+  </si>
+  <si>
+    <t>Mercurey</t>
+  </si>
+  <si>
+    <t>Mercurey 1er Cru Les Puillets Rouge 2019, Château de Chamilly,</t>
+  </si>
+  <si>
+    <t>MERC040</t>
+  </si>
+  <si>
+    <t>Mercurey 1er Cru Les Puillets Rouge 2020, Château de Chamilly,</t>
+  </si>
+  <si>
+    <t>MERC055</t>
+  </si>
+  <si>
+    <t>Mercurey 1er Cru Les Puillets Rouge 2022, Château de Chamilly</t>
+  </si>
+  <si>
+    <t>MERC065</t>
+  </si>
+  <si>
+    <t>Mercurey 1er Cru Les Puillets Rouge 2023, Château de Chamilly</t>
+  </si>
+  <si>
+    <t>MERC070</t>
+  </si>
+  <si>
+    <t>Côte de Beaune</t>
+  </si>
+  <si>
+    <t>Bourgogne Côte d'Or Pinot Noir 2023, Domaine Tollot-Beaut</t>
+  </si>
+  <si>
+    <t>BOUR044</t>
+  </si>
+  <si>
+    <t>Bourgogne Pinot Noir 2023, Domaine Joseph Voillot</t>
+  </si>
+  <si>
+    <t>BOUR054</t>
+  </si>
+  <si>
+    <t>Bourgogne Rouge "Le Chapitre" 2023, Domaine Machard de Gramont</t>
+  </si>
+  <si>
+    <t>BOUR043</t>
+  </si>
+  <si>
+    <t>Aloxe-Corton</t>
+  </si>
+  <si>
+    <t>Aloxe Corton 2021, Domaine Tollot Beaut</t>
+  </si>
+  <si>
+    <t>ALOX105</t>
+  </si>
+  <si>
+    <t>Aloxe Corton 2022, Domaine Tollot Beaut</t>
+  </si>
+  <si>
+    <t>ALOX110</t>
+  </si>
+  <si>
+    <t>Aloxe Corton 2023, Domaine Tollot-Beaut</t>
+  </si>
+  <si>
+    <t>ALOX115</t>
+  </si>
+  <si>
+    <t>Beaune</t>
+  </si>
+  <si>
+    <t>Beaune "Les Epenottes" 2022, Domaine Machard de Gramont</t>
+  </si>
+  <si>
+    <t>BEAU700</t>
+  </si>
+  <si>
+    <t>Beaune "Les Epenottes" 2023, Domaine Machard de Gramont</t>
+  </si>
+  <si>
+    <t>BEAU765</t>
+  </si>
+  <si>
+    <t>Beaune 1er Cru Coucherias 2021, Domaine Voillot</t>
+  </si>
+  <si>
+    <t>BEAU685</t>
+  </si>
+  <si>
+    <t>Beaune 1er Cru 'Les Tuvilains' 2021, Domaine Denis Carré</t>
+  </si>
+  <si>
+    <t>BEAU710</t>
+  </si>
+  <si>
+    <t>Beaune 1er Cru 'Les Tuvilains' 2022, Domaine Denis Carré</t>
+  </si>
+  <si>
+    <t>BEAU740</t>
+  </si>
+  <si>
+    <t>Beaune 1er Cru</t>
+  </si>
+  <si>
+    <t>Beaune 1er Cru "Aux Coucherias" 2019, Domaine Joseph Voillot</t>
+  </si>
+  <si>
+    <t>BEAU625</t>
+  </si>
+  <si>
+    <t>Beaune 1er Cru "Aux Coucherias" 2019, Domaine Machard de Gramont</t>
+  </si>
+  <si>
+    <t>BEAU605</t>
+  </si>
+  <si>
+    <t>Beaune 1er Cru "Aux Coucherias" 2020, Domaine Joseph Voillot</t>
+  </si>
+  <si>
+    <t>BEAU675</t>
+  </si>
+  <si>
+    <t>Beaune 1er Cru "Aux Coucherias" 2020, Domaine Machard de Gramont</t>
+  </si>
+  <si>
+    <t>BEAU640</t>
+  </si>
+  <si>
+    <t>Beaune 1er Cru "Aux Coucherias" 2022, Domaine Machard de Gramont</t>
+  </si>
+  <si>
+    <t>BEAU695</t>
+  </si>
+  <si>
+    <t>Beaune 1er Cru "Aux Coucherias" 2023, Domaine Machard de Gramont</t>
+  </si>
+  <si>
+    <t>BEAU770</t>
+  </si>
+  <si>
+    <t>Beaune 1er Cru Clos du Roi 2023, Domaine Tollot-Beaut</t>
+  </si>
+  <si>
+    <t>BEAU775</t>
+  </si>
+  <si>
+    <t>Beaune 1er Cru Les Tuvilains 2020, Domaine Denis Carré</t>
+  </si>
+  <si>
+    <t>BEAU680</t>
+  </si>
+  <si>
+    <t>Bourgogne</t>
+  </si>
+  <si>
+    <t>Bourgogne Côte d'Or 2022, Domaine Tollot Beaut</t>
+  </si>
+  <si>
+    <t>BOUR023</t>
+  </si>
+  <si>
+    <t>Bourgogne Pinot Noir 2021, Domaine Voillot</t>
+  </si>
+  <si>
+    <t>BOUR002</t>
+  </si>
+  <si>
+    <t>Bourgogne Pinot Noir 2022, Domaine Voillot</t>
+  </si>
+  <si>
+    <t>BOUR033</t>
+  </si>
+  <si>
+    <t>Bourgogne Rouge 2021, Domaine Sérafin</t>
+  </si>
+  <si>
+    <t>BOUR014</t>
+  </si>
+  <si>
+    <t>Bourgogne Rouge 2021, Domaine Tollot Beaut</t>
+  </si>
+  <si>
+    <t>BOUR013</t>
+  </si>
+  <si>
+    <t>Bourgogne Rouge 2022, Domaine Merlin</t>
+  </si>
+  <si>
+    <t>BOUR036</t>
+  </si>
+  <si>
+    <t>Bourgogne Rouge 2022, Domaine Sérafin</t>
+  </si>
+  <si>
+    <t>BOUR032</t>
+  </si>
+  <si>
+    <t>Chassagne-Montrachet</t>
+  </si>
+  <si>
+    <t>Chassagne-Montrachet 1er Cru Clos St Jean Rouge 2021, Domaine Guy Amiot</t>
+  </si>
+  <si>
+    <t>CHAS725</t>
+  </si>
+  <si>
+    <t>Chassagne-Montrachet Vieilles Vignes Rouge 2021, Domaine Guy Amiot</t>
+  </si>
+  <si>
+    <t>CHAS720</t>
+  </si>
+  <si>
+    <t>Chorey-lès-Beaune</t>
+  </si>
+  <si>
+    <t>Chorey-Lès-Beaune 2021, Domaine Tollot Beaut</t>
+  </si>
+  <si>
+    <t>CHOR180</t>
+  </si>
+  <si>
+    <t>Chorey-Lès-Beaune 2023, Domaine Tollot-Beaut</t>
+  </si>
+  <si>
+    <t>CHOR200</t>
+  </si>
+  <si>
+    <t>Coteaux Bourguignons</t>
+  </si>
+  <si>
+    <t>Coteaux Bourguignons Le P’tit Bonheur Rouge 2023, Domaine Prunier-Bonheur</t>
+  </si>
+  <si>
+    <t>COTE210</t>
+  </si>
+  <si>
+    <t>Hautes Côtes de Beaune</t>
+  </si>
+  <si>
+    <t>Bourgogne Hautes Côtes de Beaune ' La Perrière' Rouge 2020, Domaine Denis Carré</t>
+  </si>
+  <si>
+    <t>HAUT340</t>
+  </si>
+  <si>
+    <t>Bourgogne Hautes Côtes de Beaune 2023, Domaine Machard de Gramont</t>
+  </si>
+  <si>
+    <t>BOUR042</t>
+  </si>
+  <si>
+    <t>Hautes Côtes de Beaune La Perrière 2021, Domaine Denis Carré</t>
+  </si>
+  <si>
+    <t>HAUT370</t>
+  </si>
+  <si>
+    <t>Hautes Côtes de Beaune La Perrière 2022, Domaine Denis Carré</t>
+  </si>
+  <si>
+    <t>HAUT380</t>
+  </si>
+  <si>
+    <t>Maranges</t>
+  </si>
+  <si>
+    <t>Maranges 1er Cru La Boutière Rouge 2022, Domaine Bachelet-Monnot</t>
+  </si>
+  <si>
+    <t>MARA070</t>
+  </si>
+  <si>
+    <t>Maranges 1er Cru La Boutière Rouge 2023, Domaine Bachelet-Monnot</t>
+  </si>
+  <si>
+    <t>MARA075</t>
+  </si>
+  <si>
+    <t>Monthelie</t>
+  </si>
+  <si>
+    <t>Monthelie Rouge 2020, Domaine Prunier-Bonheur</t>
+  </si>
+  <si>
+    <t>MONT475</t>
+  </si>
+  <si>
+    <t>Monthelie Rouge 2021, Domaine Prunier-Bonheur</t>
+  </si>
+  <si>
+    <t>MONT480</t>
+  </si>
+  <si>
+    <t>Monthelie rouge 2022, Domaine Prunier-Bonheur</t>
+  </si>
+  <si>
+    <t>MONT510</t>
+  </si>
+  <si>
+    <t>Monthelie rouge 2023, Domaine Prunier-Bonheur</t>
+  </si>
+  <si>
+    <t>MONT530</t>
+  </si>
+  <si>
+    <t>Pommard</t>
+  </si>
+  <si>
+    <t>Pommard 1er Cru Epenots 2017, Domaine Joseph Voillot</t>
+  </si>
+  <si>
+    <t>POMM200</t>
+  </si>
+  <si>
+    <t>Pommard 1er Cru Les Epenots 2018, Domaine Joseph Voillot</t>
+  </si>
+  <si>
+    <t>POMM210</t>
+  </si>
+  <si>
+    <t>Pommard 1er Cru Les Epenots 2021, Domaine Voillot</t>
+  </si>
+  <si>
+    <t>POMM245</t>
+  </si>
+  <si>
+    <t>Pommard 1er Cru Les Epenots 2022, Domaine Voillot</t>
+  </si>
+  <si>
+    <t>POMM255</t>
+  </si>
+  <si>
+    <t>Pommard 1er Cru Les Epenots 2023, Domaine Joseph Voillot</t>
+  </si>
+  <si>
+    <t>POMM265</t>
+  </si>
+  <si>
+    <t>Pommard 2013, Domaine Joseph Voillot</t>
+  </si>
+  <si>
+    <t>POMM155</t>
+  </si>
+  <si>
+    <t>Pommard Village 2019, Domaine Joseph Voillot</t>
+  </si>
+  <si>
+    <t>POMM215</t>
+  </si>
+  <si>
+    <t>Pommard Village 2020, Domaine Joseph Voillot</t>
+  </si>
+  <si>
+    <t>POMM225</t>
+  </si>
+  <si>
+    <t>Pommard Village 2021, Domaine Voillot</t>
+  </si>
+  <si>
+    <t>POMM240</t>
+  </si>
+  <si>
+    <t>Pommard Village 2022, Domaine Voillot</t>
+  </si>
+  <si>
+    <t>POMM250</t>
+  </si>
+  <si>
+    <t>Pommard Village 2023, Domaine Joseph Voillot</t>
+  </si>
+  <si>
+    <t>POMM260</t>
+  </si>
+  <si>
+    <t>Santenay</t>
+  </si>
+  <si>
+    <t>Santenay 1er Cru La Comme 2020, Domaine Michelot</t>
+  </si>
+  <si>
+    <t>SANT280</t>
+  </si>
+  <si>
+    <t>Savigny-lès-Beaune</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Savigny  Champ  Chevrey 1er Cru 2022, Domaine Tollot Beaut</t>
+  </si>
+  <si>
+    <t>SAVI325</t>
+  </si>
+  <si>
+    <t>Savigny 1er Cru "Champ Chevrey" 2020, Domaine Tollot Beaut</t>
+  </si>
+  <si>
+    <t>SAVI305</t>
+  </si>
+  <si>
+    <t>Savigny 1er Cru "Champ Chevrey" 2021, Domaine Tollot Beaut</t>
+  </si>
+  <si>
+    <t>SAVI315</t>
+  </si>
+  <si>
+    <t>Savigny Champ Chevrey 2017, Domaine Tollot-Beaut</t>
+  </si>
+  <si>
+    <t>SAVI275</t>
+  </si>
+  <si>
+    <t>Savigny-Champ-Chevrey 1er Cru 2023 MAGNUM, Domaine Tollot-Beaut</t>
+  </si>
+  <si>
+    <t>SAVI350</t>
+  </si>
+  <si>
+    <t>Savigny-lès-Beaune Cuveé Reine Joly 2021, Domaine Camus-Bruchon</t>
+  </si>
+  <si>
+    <t>SAVI320</t>
+  </si>
+  <si>
+    <t>Savigny-lès-Beaune Cuveé Reine Joly 2022, Domaine Camus-Bruchon</t>
+  </si>
+  <si>
+    <t>SAVI335</t>
+  </si>
+  <si>
+    <t>Savigny-lès-Beaune, La Reine Joly 2016, Domaine Camus Bruchon</t>
+  </si>
+  <si>
+    <t>SAVI265</t>
+  </si>
+  <si>
+    <t>Volnay</t>
+  </si>
+  <si>
+    <t>Volnay 1er Cru Champans 2016, Domaine Joseph Voillot</t>
+  </si>
+  <si>
+    <t>VOLN305</t>
+  </si>
+  <si>
+    <t>Volnay 1er Cru Les Champans 2013, Domaine Joseph Voillot</t>
+  </si>
+  <si>
+    <t>VOLN245</t>
+  </si>
+  <si>
+    <t>Volnay 1er Cru Les Champans 2018, Domaine Joseph Voillot</t>
+  </si>
+  <si>
+    <t>VOLN345</t>
+  </si>
+  <si>
+    <t>Volnay 1er Cru Les Champans 2019, Domaine Joseph Voillot</t>
+  </si>
+  <si>
+    <t>VOLN375</t>
+  </si>
+  <si>
+    <t>Volnay 1er Cru Les Champans 2020, Domaine Joseph Voillot</t>
+  </si>
+  <si>
+    <t>VOLN400</t>
+  </si>
+  <si>
+    <t>Volnay 1er Cru Les Champans 2021, Domaine Voillot</t>
+  </si>
+  <si>
+    <t>VOLN430</t>
+  </si>
+  <si>
+    <t>Volnay 1er Cru Les Champans 2022, Domaine Voillot</t>
+  </si>
+  <si>
+    <t>VOLN470</t>
+  </si>
+  <si>
+    <t>Volnay 1er Cru Les Champans 2023, Domaine Joseph Voillot</t>
+  </si>
+  <si>
+    <t>VOLN490</t>
+  </si>
+  <si>
+    <t>Volnay 1er Cru Les Fremiets 2016, Domaine Joseph Voillot</t>
+  </si>
+  <si>
+    <t>VOLN310</t>
+  </si>
+  <si>
+    <t>Volnay 1er Cru Les Fremiets 2017, Domaine Joseph Voillot</t>
+  </si>
+  <si>
+    <t>VOLN320</t>
+  </si>
+  <si>
+    <t>Volnay 1er Cru Les Fremiets 2018, Domaine Joseph Voillot</t>
+  </si>
+  <si>
+    <t>VOLN340</t>
+  </si>
+  <si>
+    <t>Volnay 1er Cru Les Fremiets 2019, Domaine Joseph Voillot</t>
+  </si>
+  <si>
+    <t>VOLN370</t>
+  </si>
+  <si>
+    <t>Volnay 1er Cru Les Fremiets 2020, Domaine Joseph Voillot</t>
+  </si>
+  <si>
+    <t>VOLN395</t>
+  </si>
+  <si>
+    <t>Volnay 1er Cru Les Fremiets 2021, Domaine Voillot</t>
+  </si>
+  <si>
+    <t>VOLN425</t>
+  </si>
+  <si>
+    <t>Volnay 1er Cru Les Fremiets 2022, Domaine Voillot</t>
+  </si>
+  <si>
+    <t>VOLN465</t>
+  </si>
+  <si>
+    <t>Volnay 1er Cru Les Fremiets 2023, Domaine Joseph Voillot</t>
+  </si>
+  <si>
+    <t>VOLN485</t>
+  </si>
+  <si>
+    <t>Volnay 2014 Domaine Lafarge</t>
+  </si>
+  <si>
+    <t>VOLN250</t>
+  </si>
+  <si>
+    <t>Volnay 2014, Domaine Joseph Voillot</t>
+  </si>
+  <si>
+    <t>VOLN260</t>
+  </si>
+  <si>
+    <t>Volnay 2016 Domaine Lafarge</t>
+  </si>
+  <si>
+    <t>VOLN295</t>
+  </si>
+  <si>
+    <t>Volnay 2017 Domaine Lafarge</t>
+  </si>
+  <si>
+    <t>VOLN325</t>
+  </si>
+  <si>
+    <t>Volnay 2017, Domaine Joseph Voillot</t>
+  </si>
+  <si>
+    <t>VOLN315</t>
+  </si>
+  <si>
+    <t>Volnay 2018, Domaine Lafarge</t>
+  </si>
+  <si>
+    <t>VOLN350</t>
+  </si>
+  <si>
+    <t>Volnay 2022, Domaine Lafarge</t>
+  </si>
+  <si>
+    <t>VOLN445</t>
+  </si>
+  <si>
+    <t>Volnay 'Vieilles Vignes' 2022, Domaine Voillot</t>
+  </si>
+  <si>
+    <t>VOLN460</t>
+  </si>
+  <si>
+    <t>Volnay Vieilles Vignes 2023, Domaine Joseph Voillot</t>
+  </si>
+  <si>
+    <t>VOLN480</t>
+  </si>
+  <si>
+    <t>Volnay Village 2016, Domaine Joseph Voillot</t>
+  </si>
+  <si>
+    <t>VOLN300</t>
+  </si>
+  <si>
+    <t>Volnay Village 2018, Domaine Joseph Voillot</t>
+  </si>
+  <si>
+    <t>VOLN335</t>
+  </si>
+  <si>
+    <t>Volnay Village 2019, Domaine Joseph Voillot</t>
+  </si>
+  <si>
+    <t>VOLN365</t>
+  </si>
+  <si>
+    <t>Volnay Village 2020, Domaine Joseph Voillot</t>
+  </si>
+  <si>
+    <t>VOLN390</t>
+  </si>
+  <si>
+    <t>Volnay Village 2021, Domaine Voillot</t>
+  </si>
+  <si>
+    <t>VOLN420</t>
+  </si>
+  <si>
+    <t>Côte de Nuits</t>
+  </si>
+  <si>
+    <t>Bourgogne Pinot Noir</t>
+  </si>
+  <si>
+    <t>Bourgogne Pinot Noir 2020, Domaine Lécheneaut</t>
+  </si>
+  <si>
+    <t>BOUR940</t>
+  </si>
+  <si>
+    <t>Bourgogne Rouge "Le Chapitre" 2020, Domaine Machard de Gramont</t>
+  </si>
+  <si>
+    <t>BOUR910</t>
+  </si>
+  <si>
+    <t>Bourgogne Rouge 2020, Domaine Sérafin</t>
+  </si>
+  <si>
+    <t>BOUR965</t>
+  </si>
+  <si>
+    <t>Chambolle-Musigny</t>
+  </si>
+  <si>
+    <t>Chambolle Musigny "Les Nazoires" 2022 Domaine Machard de Gramont</t>
+  </si>
+  <si>
+    <t>CHAM275</t>
+  </si>
+  <si>
+    <t>Chambolle Musigny 1er Cru Les Baudes 2007, Domaine Sérafin</t>
+  </si>
+  <si>
+    <t>CHAM065</t>
+  </si>
+  <si>
+    <t>Chambolle Musigny 1er Cru Les Baudes 2008, Domaine Sérafin</t>
+  </si>
+  <si>
+    <t>CHAM085</t>
+  </si>
+  <si>
+    <t>Chambolle Musigny 1er Cru Les Baudes 2009, Domaine Sérafin</t>
+  </si>
+  <si>
+    <t>CHAM090</t>
+  </si>
+  <si>
+    <t>Chambolle Musigny 1er Cru Les Baudes 2010, Domaine Sérafin</t>
+  </si>
+  <si>
+    <t>CHAM100</t>
+  </si>
+  <si>
+    <t>Chambolle Musigny 1er Cru Les Baudes 2011, Domaine Sérafin</t>
+  </si>
+  <si>
+    <t>CHAM115</t>
+  </si>
+  <si>
+    <t>Chambolle Musigny 1er Cru Les Baudes 2012, Domaine Sérafin</t>
+  </si>
+  <si>
+    <t>CHAM130</t>
+  </si>
+  <si>
+    <t>Chambolle Musigny 1er Cru Les Baudes 2013, Domaine Sérafin</t>
+  </si>
+  <si>
+    <t>CHAM150</t>
+  </si>
+  <si>
+    <t>Chambolle Musigny 1er Cru Les Baudes 2014, Domaine Sérafin</t>
+  </si>
+  <si>
+    <t>CHAM170</t>
+  </si>
+  <si>
+    <t>Chambolle Musigny 1er Cru Les Baudes 2015, Domaine Christian Sérafin</t>
+  </si>
+  <si>
+    <t>CHAM195</t>
+  </si>
+  <si>
+    <t>Chambolle Musigny 1er Cru Les Baudes 2016, Domaine Sérafin</t>
+  </si>
+  <si>
+    <t>CHAM210</t>
+  </si>
+  <si>
+    <t>Chambolle Musigny 1er Cru Les Baudes 2017, Domaine Sérafin</t>
+  </si>
+  <si>
+    <t>CHAM220</t>
+  </si>
+  <si>
+    <t>Chambolle Musigny 1er Cru Les Baudes 2018, Domaine Sérafin</t>
+  </si>
+  <si>
+    <t>CHAM235</t>
+  </si>
+  <si>
+    <t>Chambolle Musigny 1er Cru Les Baudes 2019, Domaine Sérafin</t>
+  </si>
+  <si>
+    <t>CHAM245</t>
+  </si>
+  <si>
+    <t>Chambolle Musigny 2023, Domaine Lécheneaut</t>
+  </si>
+  <si>
+    <t>CHAM310</t>
+  </si>
+  <si>
+    <t>Charmes Chambertin Grand Cru 2018, Domaine Sérafin</t>
+  </si>
+  <si>
+    <t>CHAR230</t>
+  </si>
+  <si>
+    <t>Gevrey-Chambertin 1er Cru Corbeaux 2018, Domaine Sérafin</t>
+  </si>
+  <si>
+    <t>GEVR900</t>
+  </si>
+  <si>
+    <t>Gevrey-Chambertin 1er Cru Fonteny 2018, Domaine Sérafin</t>
+  </si>
+  <si>
+    <t>GEVR905</t>
+  </si>
+  <si>
+    <t>Gevrey-Chambertin 2018, Domaine Sérafin</t>
+  </si>
+  <si>
+    <t>GEVR890</t>
+  </si>
+  <si>
+    <t>Gevrey-Chambertin Vieilles Vignes 2018, Domaine Sérafin</t>
+  </si>
+  <si>
+    <t>GEVR895</t>
+  </si>
+  <si>
+    <t>Côte de Nuits Villages</t>
+  </si>
+  <si>
+    <t>Cotes du Nuits Clos Magny, Domaine Lécheneaut</t>
+  </si>
+  <si>
+    <t>COTE170</t>
+  </si>
+  <si>
+    <t>Gevrey-Chambertin</t>
+  </si>
+  <si>
+    <t>Charmes Chambertin Grand Cru 2004, Domaine Sérafin</t>
+  </si>
+  <si>
+    <t>CHAR125</t>
+  </si>
+  <si>
+    <t>Charmes Chambertin Grand Cru 2007 Domaine Serafin</t>
+  </si>
+  <si>
+    <t>CHAR135</t>
+  </si>
+  <si>
+    <t>Charmes Chambertin Grand Cru 2008, Domaine Sérafin</t>
+  </si>
+  <si>
+    <t>CHAR145</t>
+  </si>
+  <si>
+    <t>Charmes Chambertin Grand Cru 2011 Domaine Serafin</t>
+  </si>
+  <si>
+    <t>CHAR195</t>
+  </si>
+  <si>
+    <t>Charmes Chambertin Grand Cru 2012 Domaine Serafin</t>
+  </si>
+  <si>
+    <t>CHAR200</t>
+  </si>
+  <si>
+    <t>Charmes Chambertin Grand Cru 2013 Domaine Serafin</t>
+  </si>
+  <si>
+    <t>CHAR205</t>
+  </si>
+  <si>
+    <t>Charmes Chambertin Grand Cru 2014, Domaine Sérafin</t>
+  </si>
+  <si>
+    <t>CHAR210</t>
+  </si>
+  <si>
+    <t>Charmes Chambertin Grand Cru 2016, Domaine Sérafin</t>
+  </si>
+  <si>
+    <t>CHAR220</t>
+  </si>
+  <si>
+    <t>Gevrey Chambertin 1er Cru Cazetiers 2011, Domaine Sérafin</t>
+  </si>
+  <si>
+    <t>GEVR610</t>
+  </si>
+  <si>
+    <t>Gevrey Chambertin 1er Cru Cazetiers 2012, Domaine Sérafin</t>
+  </si>
+  <si>
+    <t>GEVR650</t>
+  </si>
+  <si>
+    <t>Gevrey Chambertin 1er Cru Cazetiers 2013, Domaine Sérafin</t>
+  </si>
+  <si>
+    <t>GEVR695</t>
+  </si>
+  <si>
+    <t>Gevrey Chambertin 1er Cru Corbeaux 2010, Domaine Sérafin</t>
+  </si>
+  <si>
+    <t>GEVR545</t>
+  </si>
+  <si>
+    <t>Gevrey Chambertin 1er Cru Corbeaux 2011 Domaine Sérafin</t>
+  </si>
+  <si>
+    <t>GEVR600</t>
+  </si>
+  <si>
+    <t>Gevrey Chambertin 1er Cru Corbeaux 2012, Domaine Sérafin</t>
+  </si>
+  <si>
+    <t>GEVR640</t>
+  </si>
+  <si>
+    <t>Gevrey Chambertin 1er Cru Corbeaux 2016, Domaine Sérafin</t>
+  </si>
+  <si>
+    <t>GEVR810</t>
+  </si>
+  <si>
+    <t>Gevrey Chambertin 1er Cru Fonteny 2012, Domaine Sérafin</t>
+  </si>
+  <si>
+    <t>GEVR645</t>
+  </si>
+  <si>
+    <t>Gevrey Chambertin 1er Cru Le Fonteny 2010, Domaine Sérafin</t>
+  </si>
+  <si>
+    <t>GEVR550</t>
+  </si>
+  <si>
+    <t>Gevrey Chambertin 1er Cru Le Fonteny 2011, Domaine Sérafin</t>
+  </si>
+  <si>
+    <t>GEVR605</t>
+  </si>
+  <si>
+    <t>Gevrey Chambertin 1er Cru Le Fonteny 2013, Domaine Sérafin</t>
+  </si>
+  <si>
+    <t>GEVR690</t>
+  </si>
+  <si>
+    <t>Gevrey Chambertin 1er Cru Le Fonteny 2016 Domaine Sérafin</t>
+  </si>
+  <si>
+    <t>GEVR815</t>
+  </si>
+  <si>
+    <t>Gevrey Chambertin 1er Cru Le Fonteny 2017 Domaine Sérafin</t>
+  </si>
+  <si>
+    <t>GEVR860</t>
+  </si>
+  <si>
+    <t>Gevrey Chambertin 1er Cru Les Cazetiers 2016, Domaine Sérafin</t>
+  </si>
+  <si>
+    <t>GEVR820</t>
+  </si>
+  <si>
+    <t>Gevrey Chambertin 1er Cru Les Cazetiers 2017, Domaine Sérafin</t>
+  </si>
+  <si>
+    <t>GEVR865</t>
+  </si>
+  <si>
+    <t>Gevrey Chambertin 1er Cru Les Corbeaux 2009, Domaine Sérafin</t>
+  </si>
+  <si>
+    <t>GEVR510</t>
+  </si>
+  <si>
+    <t>Gevrey Chambertin 1er Cru Les Corbeaux 2013, Domaine Sérafin</t>
+  </si>
+  <si>
+    <t>GEVR685</t>
+  </si>
+  <si>
+    <t>Gevrey Chambertin 1er Cru Les Corbeaux 2017, Domaine Sérafin</t>
+  </si>
+  <si>
+    <t>GEVR855</t>
+  </si>
+  <si>
+    <t>Gevrey Chambertin 2017, Domaine Sérafin</t>
+  </si>
+  <si>
+    <t>GEVR845</t>
+  </si>
+  <si>
+    <t>Gevrey Chambertin Vieilles Vignes 2010, Domaine Sérafin</t>
+  </si>
+  <si>
+    <t>GEVR540</t>
+  </si>
+  <si>
+    <t>Gevrey Chambertin Vieilles Vignes 2011 Domaine Sérafin</t>
+  </si>
+  <si>
+    <t>GEVR595</t>
+  </si>
+  <si>
+    <t>Gevrey Chambertin Vieilles Vignes 2012,Domaine Sérafin</t>
+  </si>
+  <si>
+    <t>GEVR635</t>
+  </si>
+  <si>
+    <t>Gevrey Chambertin Vieilles Vignes 2016, Domaine Sérafin</t>
+  </si>
+  <si>
+    <t>GEVR805</t>
+  </si>
+  <si>
+    <t>Gevrey Chambertin Vieilles Vignes 2017, Domaine Sérafin</t>
+  </si>
+  <si>
+    <t>GEVR850</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gevrey-Chambertin  1er Cru Corbeaux 2020, Domaine Sérafin,</t>
+  </si>
+  <si>
+    <t>GEVR980</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gevrey-Chambertin  1er Cru Corbeaux 2022, Domaine Sérafin</t>
+  </si>
+  <si>
+    <t>GEVR014</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gevrey-Chambertin  1er Cru Fonteny 2022, Domaine Sérafin</t>
+  </si>
+  <si>
+    <t>GEVR016</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gevrey-Chambertin  Vieilles Vignes 2020, Domaine Sérafin,</t>
+  </si>
+  <si>
+    <t>GEVR975</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gevrey-Chambertin  Vieilles Vignes 2021, Domaine Sérafin,</t>
+  </si>
+  <si>
+    <t>GEVR007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gevrey-Chambertin  Vieilles Vignes 2022, Domaine Sérafin</t>
+  </si>
+  <si>
+    <t>GEVR013</t>
+  </si>
+  <si>
+    <t>Gevrey-Chambertin 1er Cru Cazetiers 2008, Domaine Sérafin</t>
+  </si>
+  <si>
+    <t>GEVR475</t>
+  </si>
+  <si>
+    <t>Gevrey-Chambertin 1er Cru Cazetiers 2019, Domaine Sérafin</t>
+  </si>
+  <si>
+    <t>GEVR945</t>
+  </si>
+  <si>
+    <t>Gevrey-Chambertin 1er Cru Corbeaux 2019, Domaine Sérafin</t>
+  </si>
+  <si>
+    <t>GEVR935</t>
+  </si>
+  <si>
+    <t>Gevrey-Chambertin 1er Cru Fonteny 2015, Domaine Christian Sérafin</t>
+  </si>
+  <si>
+    <t>GEVR775</t>
+  </si>
+  <si>
+    <t>Gevrey-Chambertin 1er Cru Fonteny 2019, Domaine Sérafin</t>
+  </si>
+  <si>
+    <t>GEVR940</t>
+  </si>
+  <si>
+    <t>Gevrey-Chambertin 1er Cru Le Fonteny 2014, Domaine Sérafin</t>
+  </si>
+  <si>
+    <t>GEVR735</t>
+  </si>
+  <si>
+    <t>Gevrey-Chambertin 1er Cru Les Cazetières 2014, Domaine Sérafin</t>
+  </si>
+  <si>
+    <t>GEVR740</t>
+  </si>
+  <si>
+    <t>Gevrey-Chambertin 1er Cru Les Corbeaux 2014, Domaine Sérafin</t>
+  </si>
+  <si>
+    <t>GEVR730</t>
+  </si>
+  <si>
+    <t>Gevrey-Chambertin 1er Cru Les Corbeaux 2015, Domaine Christian Sérafin</t>
+  </si>
+  <si>
+    <t>GEVR770</t>
+  </si>
+  <si>
+    <t>Gevrey-Chambertin 2019, Domaine Sérafin</t>
+  </si>
+  <si>
+    <t>GEVR925</t>
+  </si>
+  <si>
+    <t>Gevrey-Chambertin 2020, Domaine Sérafin,</t>
+  </si>
+  <si>
+    <t>GEVR970</t>
+  </si>
+  <si>
+    <t>Gevrey-Chambertin 2021, Domaine Sérafin,</t>
+  </si>
+  <si>
+    <t>GEVR006</t>
+  </si>
+  <si>
+    <t>Gevrey-Chambertin 2022, Domaine Sérafin</t>
+  </si>
+  <si>
+    <t>GEVR012</t>
+  </si>
+  <si>
+    <t>Gevrey-Chambertin Vieilles Vignes 2014, Domaine Sérafin</t>
+  </si>
+  <si>
+    <t>GEVR725</t>
+  </si>
+  <si>
+    <t>Gevrey-Chambertin Vieilles Vignes 2019, Domaine Sérafin</t>
+  </si>
+  <si>
+    <t>GEVR930</t>
+  </si>
+  <si>
+    <t>Latricières-Chambertin Grand Cru 2013, Domaine Arnoux-Lachaux</t>
+  </si>
+  <si>
+    <t>LATR005</t>
+  </si>
+  <si>
+    <t>Mazoyères-Chambertin 2013, Domaine Taupenot-Merme</t>
+  </si>
+  <si>
+    <t>MAZO001</t>
+  </si>
+  <si>
+    <t>Marsannay</t>
+  </si>
+  <si>
+    <t>Marsannay Les Longeroies 2010, Domaine Mortet</t>
+  </si>
+  <si>
+    <t>MARS030</t>
+  </si>
+  <si>
+    <t>Morey-Saint-Denis</t>
+  </si>
+  <si>
+    <t>Clos de Tart Grand Cru 2000, Domaine Mommessin</t>
+  </si>
+  <si>
+    <t>CLOS065</t>
+  </si>
+  <si>
+    <t>Clos de Tart Grand Cru 2003, Domaine Mommessin</t>
+  </si>
+  <si>
+    <t>CLOS145</t>
+  </si>
+  <si>
+    <t>Morey Saint Denis 1er Cru Les Millandes 2016, Domaine Sérafin</t>
+  </si>
+  <si>
+    <t>MORE085</t>
+  </si>
+  <si>
+    <t>Morey Saint Denis 1er Cru Les Millandes 2017, Domaine Sérafin</t>
+  </si>
+  <si>
+    <t>MORE095</t>
+  </si>
+  <si>
+    <t>Morey Saint Denis 1er Cru Millandes 2018, Domaine Sérafin</t>
+  </si>
+  <si>
+    <t>MORE100</t>
+  </si>
+  <si>
+    <t>Morey Saint Denis 1er Cru Millandes 2019, Domaine Sérafin</t>
+  </si>
+  <si>
+    <t>MORE105</t>
+  </si>
+  <si>
+    <t>Morey Saint Denis 1er Cru Millandes 2021, Domaine Sérafin</t>
+  </si>
+  <si>
+    <t>MORE115</t>
+  </si>
+  <si>
+    <t>Morey Saint Denis 1er Cru Millandes 2022, Domaine Sérafin</t>
+  </si>
+  <si>
+    <t>MORE120</t>
+  </si>
+  <si>
+    <t>Morey St Denis 1er Cru Les Millandes 2015, Domaine Christian Sérafin</t>
+  </si>
+  <si>
+    <t>MORE080</t>
+  </si>
+  <si>
+    <t>Morey-St-Denis 1er Cru Les Millandes 2010, Domaine Sérafin</t>
+  </si>
+  <si>
+    <t>MORE045</t>
+  </si>
+  <si>
+    <t>Morey-St-Denis 1er Cru Les Millandes 2011, Domaine Sérafin</t>
+  </si>
+  <si>
+    <t>MORE050</t>
+  </si>
+  <si>
+    <t>Morey-St-Denis 1er Cru Les Millandes 2012, Domaine Sérafin</t>
+  </si>
+  <si>
+    <t>MORE055</t>
+  </si>
+  <si>
+    <t>Morey-St-Denis 1er Cru Les Millandes 2013, Domaine Sérafin</t>
+  </si>
+  <si>
+    <t>MORE065</t>
+  </si>
+  <si>
+    <t>Morey-St-Denis 1er Cru Les Millandes 2014, Domaine Sérafin</t>
+  </si>
+  <si>
+    <t>MORE075</t>
+  </si>
+  <si>
+    <t>Nuits-Saint-Georges</t>
+  </si>
+  <si>
+    <t>Bourgogne Hautes Côtes de Nuits, Domaine Lécheneaut</t>
+  </si>
+  <si>
+    <t>BOUR009</t>
+  </si>
+  <si>
+    <t>Bourgogne Pinot Noir 2022, Domaine Lécheneaut</t>
+  </si>
+  <si>
+    <t>BOUR031</t>
+  </si>
+  <si>
+    <t>Bourgogne Pinot Noir 2022, Lécheneaut et Fils</t>
+  </si>
+  <si>
+    <t>BOUR038</t>
+  </si>
+  <si>
+    <t>Bourgogne Pinot Noir 2023, Domaine Lécheneaut</t>
+  </si>
+  <si>
+    <t>BOUR048</t>
+  </si>
+  <si>
+    <t>Bourgogne Pinot Noir, Domaine Lécheneaut</t>
+  </si>
+  <si>
+    <t>BOUR008</t>
+  </si>
+  <si>
+    <t>Chambolle Musigny 2022, Domaine Lécheneaut</t>
+  </si>
+  <si>
+    <t>CHAM285</t>
+  </si>
+  <si>
+    <t>Nuits St Georges 'Aux Lavières' 2018, Domaine Grivot</t>
+  </si>
+  <si>
+    <t>NUIT590</t>
+  </si>
+  <si>
+    <t>Nuits St Georges Aux Lavières 2019, Domaine Grivot</t>
+  </si>
+  <si>
+    <t>NUIT595</t>
+  </si>
+  <si>
+    <t>Nuits St Georges Aux Lavières 2021, Domaine Grivot</t>
+  </si>
+  <si>
+    <t>NUIT680</t>
+  </si>
+  <si>
+    <t>Nuits St Georges Aux Lavières 2022, Domaine Grivot</t>
+  </si>
+  <si>
+    <t>NUIT685</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nuits-Saint-Georges  "En La Perrière Noblot" 2021, Domaine Machard de Gramont</t>
+  </si>
+  <si>
+    <t>NUIT650</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nuits-Saint-Georges  "En La Perrière Noblot" 2022, Domaine Machard de Gramont</t>
+  </si>
+  <si>
+    <t>NUIT660</t>
+  </si>
+  <si>
+    <t>Nuits-Saint-Georges 'Aux Lavières' 2017, Domaine Grivot</t>
+  </si>
+  <si>
+    <t>NUIT565</t>
+  </si>
+  <si>
+    <t>Nuits-St-Georges 1er Cru Les Corvées Pagets 2021, Domaine Lécheneaut</t>
+  </si>
+  <si>
+    <t>NUIT675</t>
+  </si>
+  <si>
+    <t>Nuits-St-Georges 1er Cru Les Corvées Pagets 2022, Domaine Lécheneaut</t>
+  </si>
+  <si>
+    <t>NUIT700</t>
+  </si>
+  <si>
+    <t>Nuits-St-Georges 1er Cru Les Corvées Pagets 2023, Lécheneaut Père &amp; Fils</t>
+  </si>
+  <si>
+    <t>NUIT725</t>
+  </si>
+  <si>
+    <t>Nuits-St-Georges 2015, Domaine Arnoux-Lachaux</t>
+  </si>
+  <si>
+    <t>NUIT505</t>
+  </si>
+  <si>
+    <t>Nuits-St-Georges 2020, Domaine Lécheneaut</t>
+  </si>
+  <si>
+    <t>NUIT625</t>
+  </si>
+  <si>
+    <t>Nuits-St-Georges 2021, Domaine Lécheneaut</t>
+  </si>
+  <si>
+    <t>NUIT665</t>
+  </si>
+  <si>
+    <t>Nuits-St-Georges 2022, Domaine Lécheneaut</t>
+  </si>
+  <si>
+    <t>NUIT690</t>
+  </si>
+  <si>
+    <t>Nuits-St-Georges 2023, Domaine Lécheneaut</t>
+  </si>
+  <si>
+    <t>NUIT715</t>
+  </si>
+  <si>
+    <t>Nuits-St-Georges Au Chouillet 2021, Domaine Lécheneaut</t>
+  </si>
+  <si>
+    <t>NUIT670</t>
+  </si>
+  <si>
+    <t>Nuits-St-Georges Au Chouillet 2022, Domaine Lécheneaut</t>
+  </si>
+  <si>
+    <t>NUIT695</t>
+  </si>
+  <si>
+    <t>Nuits-St-Georges Au Chouillet 2023, Domaine Lécheneaut</t>
+  </si>
+  <si>
+    <t>NUIT720</t>
+  </si>
+  <si>
+    <t>Vosne Romanée 2022, Domaine Lécheneaut</t>
+  </si>
+  <si>
+    <t>VOSN325</t>
+  </si>
+  <si>
+    <t>Vosne Romanée 2023, Domaine Lécheneaut</t>
+  </si>
+  <si>
+    <t>VOSN335</t>
+  </si>
+  <si>
+    <t>Vosne-Romanée</t>
+  </si>
+  <si>
+    <t>Vosne Romanée 2021, Domaine Grivot</t>
+  </si>
+  <si>
+    <t>VOSN315</t>
+  </si>
+  <si>
+    <t>Vosne Romanée 2022, Domaine Grivot</t>
+  </si>
+  <si>
+    <t>VOSN320</t>
+  </si>
+  <si>
+    <t>Mâconnais</t>
+  </si>
+  <si>
+    <t>Bourgogne Rouge 2023, Domaine Merlin</t>
+  </si>
+  <si>
+    <t>BOUR053</t>
+  </si>
+  <si>
+    <t>Cahors</t>
+  </si>
+  <si>
+    <t>Château de Flore Cahors Malbec</t>
+  </si>
+  <si>
+    <t>CAHO001</t>
+  </si>
+  <si>
+    <t>Corbière</t>
+  </si>
+  <si>
+    <t>Cucugnan</t>
+  </si>
+  <si>
+    <t>Domaine Peter Sichel Red</t>
+  </si>
+  <si>
+    <t>SICH010</t>
+  </si>
+  <si>
+    <t>Domaine Peter Sichel Vin Nature</t>
+  </si>
+  <si>
+    <t>SICH020</t>
+  </si>
+  <si>
+    <t>Corsica</t>
+  </si>
+  <si>
+    <t>Ile de Beaute Rouge, Domaine Barcelo</t>
+  </si>
+  <si>
+    <t>BARC010</t>
+  </si>
+  <si>
+    <t>French Regional</t>
+  </si>
+  <si>
+    <t>Marquis de Ciceron Merlot, 10ltr</t>
+  </si>
+  <si>
+    <t>MARQU050</t>
+  </si>
+  <si>
+    <t>Pays du Gers</t>
+  </si>
+  <si>
+    <t>Saint Mont</t>
+  </si>
+  <si>
+    <t>Le Faîte Rouge</t>
+  </si>
+  <si>
+    <t>FAIT005</t>
+  </si>
+  <si>
+    <t>Domaine St André Folie d’Ines Rouge</t>
+  </si>
+  <si>
+    <t>ANDR045</t>
+  </si>
+  <si>
+    <t>Elaboration GSM (Grenache, Syrah, Mourvèdre)</t>
+  </si>
+  <si>
+    <t>GSM001</t>
+  </si>
+  <si>
+    <t>Jean Didier Rouge Grande Reserve GCM</t>
+  </si>
+  <si>
+    <t>JEAN030</t>
+  </si>
+  <si>
+    <t>Jean Didier Rouge Grande Reserve GCM (Plastic Bottles)</t>
+  </si>
+  <si>
+    <t>JEAN050</t>
+  </si>
+  <si>
+    <t>Le Bon Papa 2023, Pierre Cros</t>
+  </si>
+  <si>
+    <t>CROS225</t>
+  </si>
+  <si>
+    <t>Le Charme Merlot, Philippe Lebrun</t>
+  </si>
+  <si>
+    <t>CHAR275</t>
+  </si>
+  <si>
+    <t>Le Professeur Marselan</t>
+  </si>
+  <si>
+    <t>PROF015</t>
+  </si>
+  <si>
+    <t>Les Argelières Cabernet Franc</t>
+  </si>
+  <si>
+    <t>ARGE010</t>
+  </si>
+  <si>
+    <t>Les Argelières Pinot Noir</t>
+  </si>
+  <si>
+    <t>ARGE015</t>
+  </si>
+  <si>
+    <t>Old Vines Carignan, Coquille de Terre</t>
+  </si>
+  <si>
+    <t>COQU005</t>
+  </si>
+  <si>
+    <t>Richelieu GCM, Plastic Bottle</t>
+  </si>
+  <si>
+    <t>DUKE090</t>
+  </si>
+  <si>
+    <t>Shiraz, Deux Grives</t>
+  </si>
+  <si>
+    <t>DEUX005</t>
+  </si>
+  <si>
+    <t>Languedoc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bruno Andreu,  De-alcoholised Merlot Vin de France</t>
+  </si>
+  <si>
+    <t>BRUN065</t>
+  </si>
+  <si>
+    <t>Minervois</t>
+  </si>
+  <si>
+    <t>Les Aspres 2020, Domaine Pierre Cros</t>
+  </si>
+  <si>
+    <t>CROS170</t>
+  </si>
+  <si>
+    <t>Les Aspres 2021, Domaine Pierre Cros</t>
+  </si>
+  <si>
+    <t>CROS195</t>
+  </si>
+  <si>
+    <t>Les Aspres 2023, Pierre Cros</t>
+  </si>
+  <si>
+    <t>CROS230</t>
+  </si>
+  <si>
+    <t>Pays D'Oc</t>
+  </si>
+  <si>
+    <t>Grenache Le Cayre 2023, Château Grand Moulin</t>
+  </si>
+  <si>
+    <t>MOUL280</t>
+  </si>
+  <si>
+    <t>Hornhead Malbec</t>
+  </si>
+  <si>
+    <t>HORN005</t>
+  </si>
+  <si>
+    <t>Nuit de Lumieres Petit Verdot</t>
+  </si>
+  <si>
+    <t>LUMI005</t>
+  </si>
+  <si>
+    <t>Loire Valley</t>
+  </si>
+  <si>
+    <t>Chinon La Noblaie, Domaine de La Noblaie</t>
+  </si>
+  <si>
+    <t>CHIN030</t>
+  </si>
+  <si>
+    <t>Sancerre Rouge, Domaine Bailly</t>
+  </si>
+  <si>
+    <t>SANC385</t>
+  </si>
+  <si>
+    <t>Anjou</t>
+  </si>
+  <si>
+    <t>Anjou Village Brissac, Château Prince</t>
+  </si>
+  <si>
+    <t>PRIN150</t>
+  </si>
+  <si>
+    <t>Saumur</t>
+  </si>
+  <si>
+    <t>Saumur Champigny, Clos du Château de Parnay</t>
+  </si>
+  <si>
+    <t>PARN010</t>
+  </si>
+  <si>
+    <t>Saumur-Champigny</t>
+  </si>
+  <si>
+    <t>Saumur Champigny, Château de Parnay</t>
+  </si>
+  <si>
+    <t>PARN015</t>
+  </si>
+  <si>
+    <t>Madiran</t>
+  </si>
+  <si>
+    <t>Madiran Plénitude, Plaimont</t>
+  </si>
+  <si>
+    <t>MADI040</t>
+  </si>
+  <si>
+    <t>Madiran, Néomad</t>
+  </si>
+  <si>
+    <t>NEOM001</t>
+  </si>
+  <si>
+    <t>Provence</t>
+  </si>
+  <si>
+    <t>Bandol</t>
+  </si>
+  <si>
+    <t>Domaine de Terrebrune Rouge</t>
+  </si>
+  <si>
+    <t>TERR170</t>
+  </si>
+  <si>
+    <t>Chateauneuf-du-pape les Sinards 2022, Domaine Famille Perrin</t>
+  </si>
+  <si>
+    <t>NEUF130</t>
+  </si>
+  <si>
+    <t>Châteauneuf-du-Pape</t>
+  </si>
+  <si>
+    <t>Château de Beaucastel 2018</t>
+  </si>
+  <si>
+    <t>BCAS250</t>
+  </si>
+  <si>
+    <t>Château de Beaucastel 2019, Châteauneuf-du-Pape</t>
+  </si>
+  <si>
+    <t>BCAS255</t>
+  </si>
+  <si>
+    <t>Château de Beaucastel 2021, Châteauneuf-du-Pape</t>
+  </si>
+  <si>
+    <t>BCAS270</t>
+  </si>
+  <si>
+    <t>Châteauneuf-du-Pape 2013, Château de Beaucastel</t>
+  </si>
+  <si>
+    <t>BCAS225</t>
+  </si>
+  <si>
+    <t>Châteauneuf-du-Pape 2017, Château de Beaucastel</t>
+  </si>
+  <si>
+    <t>BCAS245</t>
+  </si>
+  <si>
+    <t>Châteauneuf-du-Pape 2020, Château de Beaucastel</t>
+  </si>
+  <si>
+    <t>BCAS260</t>
+  </si>
+  <si>
+    <t>Châteauneuf-du-Pape 'La Crau' 2020, Domaine du Vieux Télégraphe</t>
+  </si>
+  <si>
+    <t>VTEL310</t>
+  </si>
+  <si>
+    <t>Châteauneuf-du-Pape 'La Crau' 2016, Domaine du Vieux Télégraphe</t>
+  </si>
+  <si>
+    <t>VTEL275</t>
+  </si>
+  <si>
+    <t>Châteauneuf-du-Pape 'La Crau' 2018, Domaine du Vieux Télégraphe</t>
+  </si>
+  <si>
+    <t>VTEL300</t>
+  </si>
+  <si>
+    <t>Châteauneuf-du-Pape 'La Crau' 2019, Domaine du Vieux Télégraphe</t>
+  </si>
+  <si>
+    <t>VTEL305</t>
+  </si>
+  <si>
+    <t>Châteauneuf-du-Pape, Les Galets de la Berthaude, Domaine Perrin</t>
+  </si>
+  <si>
+    <t>NEUF110</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Domaine du Vieux Télégraphe 'La Crau'  2021, Châteauneuf-du-Pape</t>
+  </si>
+  <si>
+    <t>VTEL315</t>
+  </si>
+  <si>
+    <t>Hommage à Jacques Perrin 2001, Château de Beaucastel</t>
+  </si>
+  <si>
+    <t>BEAU070</t>
+  </si>
+  <si>
+    <t>Hommage à Jacques Perrin 2007, Château de Beaucastel, Magnum</t>
+  </si>
+  <si>
+    <t>BEAU280</t>
+  </si>
+  <si>
+    <t>Hommage à Jacques Perrin 2009, Château de Beaucastel</t>
+  </si>
+  <si>
+    <t>BEAU380</t>
+  </si>
+  <si>
+    <t>Hommage à Jacques Perrin 2009, Château de Beaucastel, Magnum</t>
+  </si>
+  <si>
+    <t>BEAU385</t>
+  </si>
+  <si>
+    <t>Hommage à Jacques Perrin 2011, Château de Beaucastel</t>
+  </si>
+  <si>
+    <t>BEAU440</t>
+  </si>
+  <si>
+    <t>Hommage à Jacques Perrin 2014, Château de Beaucastel</t>
+  </si>
+  <si>
+    <t>BEAU490</t>
+  </si>
+  <si>
+    <t>Côtes du Rhône</t>
+  </si>
+  <si>
+    <t>Côtes du Rhône Vieilles Vignes, Les Côteaux du Rhône</t>
+  </si>
+  <si>
+    <t>COTE115</t>
+  </si>
+  <si>
+    <t>Côtes du Rhône Villages, Les Arbouzes</t>
+  </si>
+  <si>
+    <t>COTE090</t>
+  </si>
+  <si>
+    <t>Crozes Hemitage</t>
+  </si>
+  <si>
+    <t>Crozes-Hermitage 2020, Domaine Yann Chave</t>
+  </si>
+  <si>
+    <t>CROZ495</t>
+  </si>
+  <si>
+    <t>Crozes-Hermitage 'Clos des Grives' 2019, Domaine Combier</t>
+  </si>
+  <si>
+    <t>CROZ490</t>
+  </si>
+  <si>
+    <t>Crozes-Hermitage 'Clos des Grives' 2020, Domaine Laurent Combier</t>
+  </si>
+  <si>
+    <t>CROZ505</t>
+  </si>
+  <si>
+    <t>Crozes-Hermitage 'Clos des Grives' 2021, Domaine Laurent Combier</t>
+  </si>
+  <si>
+    <t>CROZ530</t>
+  </si>
+  <si>
+    <t>Crozes-Hermitage 'Le Rouvre' 2021, Domaine Yann Chave</t>
+  </si>
+  <si>
+    <t>CROZ535</t>
+  </si>
+  <si>
+    <t>Crozes Hermitage</t>
+  </si>
+  <si>
+    <t>Cap Nord Crozes Hermitage 2017, Domaine Combier</t>
+  </si>
+  <si>
+    <t>CROZ460</t>
+  </si>
+  <si>
+    <t>Crozes-Hermitage 'Cuvée L' 2021, Domaine Combier</t>
+  </si>
+  <si>
+    <t>CROZ525</t>
+  </si>
+  <si>
+    <t>Gigondas</t>
+  </si>
+  <si>
+    <t>Gigondas 'Racines' 2017, Domaine Les Pallières</t>
+  </si>
+  <si>
+    <t>PALL100</t>
+  </si>
+  <si>
+    <t>Gigondas 'Racines' 2019, Domaine Les Pallieres</t>
+  </si>
+  <si>
+    <t>PALL120</t>
+  </si>
+  <si>
+    <t>Gigondas 'Racines' 2020, Domaine Les Pallières</t>
+  </si>
+  <si>
+    <t>PALL135</t>
+  </si>
+  <si>
+    <t>Gigondas 'Racines' 2021, Domaine Les Pallières</t>
+  </si>
+  <si>
+    <t>PALL145</t>
+  </si>
+  <si>
+    <t>Gigondas 'Racines' 2022, Domaine Les Pallières</t>
+  </si>
+  <si>
+    <t>PALL150</t>
+  </si>
+  <si>
+    <t>Gigondas 'Terrasse du Diable' 2015, Domaine Les Pallières</t>
+  </si>
+  <si>
+    <t>PALL080</t>
+  </si>
+  <si>
+    <t>Gigondas 'Terrasse du Diable' 2016, Domaine Les Pallières</t>
+  </si>
+  <si>
+    <t>PALL095</t>
+  </si>
+  <si>
+    <t>Gigondas 'Terrasse du Diable' 2017, Domaine Les Pallières</t>
+  </si>
+  <si>
+    <t>PALL105</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gigondas 'Terrasse du Diable' 2018,  Domaine Les Pallières</t>
+  </si>
+  <si>
+    <t>PALL110</t>
+  </si>
+  <si>
+    <t>Gigondas 'Terrasse du Diable' 2019, Domaine Les Pallieres</t>
+  </si>
+  <si>
+    <t>PALL125</t>
+  </si>
+  <si>
+    <t>Gigondas 'Terrasse du Diable' 2020, Domaine Les Pallières</t>
+  </si>
+  <si>
+    <t>PALL130</t>
+  </si>
+  <si>
+    <t>Gigondas 'Terrasse du Diable' 2021, Domaine Les Pallières</t>
+  </si>
+  <si>
+    <t>PALL140</t>
+  </si>
+  <si>
+    <t>Gigondas 'Terrasse du Diable' 2022, Domaine Les Pallières</t>
+  </si>
+  <si>
+    <t>PALL155</t>
+  </si>
+  <si>
+    <t>Hemitage</t>
+  </si>
+  <si>
+    <t>Hermitage 2020, Domaine Yann Chave</t>
+  </si>
+  <si>
+    <t>HERM200</t>
+  </si>
+  <si>
+    <t>Hermitage 2021, Domaine Yann Chave</t>
+  </si>
+  <si>
+    <t>HERM210</t>
+  </si>
+  <si>
+    <t>Luberon</t>
+  </si>
+  <si>
+    <t>Chateau de Sannes 1603 Rouge</t>
+  </si>
+  <si>
+    <t>SANN005</t>
+  </si>
+  <si>
+    <t>Chateau de Sannes Terre de Sannes Rouge</t>
+  </si>
+  <si>
+    <t>SANN025</t>
+  </si>
+  <si>
+    <t>Vaucluse</t>
+  </si>
+  <si>
+    <t>Pigeoulet 2023, Ventoux, Vignobles Brunier</t>
+  </si>
+  <si>
+    <t>PIGE095</t>
+  </si>
+  <si>
+    <t>Ventoux</t>
+  </si>
+  <si>
+    <t>Mégaphone 2022, Ventoux, Vignobles Brunier</t>
+  </si>
+  <si>
+    <t>MEGA040</t>
+  </si>
+  <si>
+    <t>Mégaphone 2023, Ventoux, Vignobles Brunier</t>
+  </si>
+  <si>
+    <t>MEGA045</t>
+  </si>
+  <si>
+    <t>Georgia</t>
+  </si>
+  <si>
+    <t>Kakheti</t>
+  </si>
+  <si>
+    <t>#22 Saperavi, Solomnishvili</t>
+  </si>
+  <si>
+    <t>SOLO001</t>
+  </si>
+  <si>
+    <t>Napareuli</t>
+  </si>
+  <si>
+    <t>Vismino Grand Saperavi, Napareuli</t>
+  </si>
+  <si>
+    <t>VISM001</t>
+  </si>
+  <si>
+    <t>Shalauri</t>
+  </si>
+  <si>
+    <t>'1984' Saperavi Budeshuri, Solomnishvili</t>
+  </si>
+  <si>
+    <t>SOLO010</t>
+  </si>
+  <si>
+    <t>'WE' Saperavi, Solomnishvili</t>
+  </si>
+  <si>
+    <t>SOLO005</t>
+  </si>
+  <si>
+    <t>Germany</t>
+  </si>
+  <si>
+    <t>Pfalz</t>
+  </si>
+  <si>
+    <t>Villa Wolf Pinot Noir, Dr Loosen</t>
+  </si>
+  <si>
+    <t>VILL150</t>
+  </si>
+  <si>
+    <t>Israel</t>
+  </si>
+  <si>
+    <t>Galilee</t>
+  </si>
+  <si>
+    <t>Har'el Syrah, Clos de Gat</t>
+  </si>
+  <si>
+    <t>HARE015</t>
+  </si>
+  <si>
+    <t>Abruzzo</t>
+  </si>
+  <si>
+    <t>Montepulciano d'Abruzzo, Noi Cento, Roxan</t>
+  </si>
+  <si>
+    <t>MONT360</t>
+  </si>
+  <si>
+    <t>Campania</t>
+  </si>
+  <si>
+    <t>Benevento</t>
+  </si>
+  <si>
+    <t>Aglianico, Fremondo, La Guardiense</t>
+  </si>
+  <si>
+    <t>AGLI001</t>
+  </si>
+  <si>
+    <t>Emilia-Romagna</t>
+  </si>
+  <si>
+    <t>Sangiovese, Amanti</t>
+  </si>
+  <si>
+    <t>AMAN020</t>
+  </si>
+  <si>
+    <t>Rubicone</t>
+  </si>
+  <si>
+    <t>Tenuta Gacci 2016</t>
+  </si>
+  <si>
+    <t>GACC001</t>
+  </si>
+  <si>
+    <t>Tenuta Gacci 2017</t>
+  </si>
+  <si>
+    <t>GACC002</t>
+  </si>
+  <si>
+    <t>Piedmont</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Barbera D'Alba,  Mario Giribaldi</t>
+  </si>
+  <si>
+    <t>BARB095</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nebbiolo D'Alba,  Mario Giribaldi</t>
+  </si>
+  <si>
+    <t>NEBB005</t>
+  </si>
+  <si>
+    <t>Barolo</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Barolo DOCG Cerviano Merli,  Mario Giribaldi</t>
+  </si>
+  <si>
+    <t>BARO105</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Barolo DOCG,  Mario Giribaldi</t>
+  </si>
+  <si>
+    <t>BARO080</t>
+  </si>
+  <si>
+    <t>Puglia</t>
+  </si>
+  <si>
+    <t>Primitivo Appassimento, Carlomagno</t>
+  </si>
+  <si>
+    <t>CARL095</t>
+  </si>
+  <si>
+    <t>Primitivo Appassimento, Preciso</t>
+  </si>
+  <si>
+    <t>PREC001</t>
+  </si>
+  <si>
+    <t>Primitivo Salento Amanti</t>
+  </si>
+  <si>
+    <t>AMAN010</t>
+  </si>
+  <si>
+    <t>Salento</t>
+  </si>
+  <si>
+    <t>Salice Salentino DOC Riserva, Paolo Leo</t>
+  </si>
+  <si>
+    <t>SALI015</t>
+  </si>
+  <si>
+    <t>Sicily</t>
+  </si>
+  <si>
+    <t>Lombardo Marsala Cucino (Cooking Marsala)</t>
+  </si>
+  <si>
+    <t>MDRA020</t>
+  </si>
+  <si>
+    <t>Lombardo Marsala Superior Secco</t>
+  </si>
+  <si>
+    <t>MALA010</t>
+  </si>
+  <si>
+    <t>Nero d'Avola, Rupe Secca</t>
+  </si>
+  <si>
+    <t>SECC005</t>
+  </si>
+  <si>
+    <t>Trapani</t>
+  </si>
+  <si>
+    <t>Nero d'Avola, Fedele</t>
+  </si>
+  <si>
+    <t>FEDE005</t>
+  </si>
+  <si>
+    <t>Vitorria</t>
+  </si>
+  <si>
+    <t>Frappato, Feudo di Santa Tresa</t>
+  </si>
+  <si>
+    <t>SANT235</t>
+  </si>
+  <si>
+    <t>Trentino</t>
+  </si>
+  <si>
+    <t>Marzemino I Classici, Cantina Lavis</t>
+  </si>
+  <si>
+    <t>CANT265</t>
+  </si>
+  <si>
+    <t>Pinot Nero I Classici Cantina Lavis</t>
+  </si>
+  <si>
+    <t>CANT225</t>
+  </si>
+  <si>
+    <t>Avisio Hills</t>
+  </si>
+  <si>
+    <t>Ritratto Rosso, Cantina Lavis</t>
+  </si>
+  <si>
+    <t>CANT200</t>
+  </si>
+  <si>
+    <t>Lavis</t>
+  </si>
+  <si>
+    <t>Teroldego Vigneti Cantina Lavis</t>
+  </si>
+  <si>
+    <t>CANT190</t>
+  </si>
+  <si>
+    <t>Tuscany</t>
+  </si>
+  <si>
+    <t>Brunello di Montalcino Riserva 2016, Col di Lamo</t>
+  </si>
+  <si>
+    <t>BRUN050</t>
+  </si>
+  <si>
+    <t>Brunello di Montalcino, Col di Lamo</t>
+  </si>
+  <si>
+    <t>LAMO020</t>
+  </si>
+  <si>
+    <t>Rosso di Montepulciano Barbanera</t>
+  </si>
+  <si>
+    <t>BARB075</t>
+  </si>
+  <si>
+    <t>Toscana Rosso Nove Legni, Le Forconate</t>
+  </si>
+  <si>
+    <t>FORC005</t>
+  </si>
+  <si>
+    <t>Vino Nobile di Montepulciano Barbanera</t>
+  </si>
+  <si>
+    <t>BARB080</t>
+  </si>
+  <si>
+    <t>Chianti</t>
+  </si>
+  <si>
+    <t>Altore IGT Toscana, Chioccioli Altadonna</t>
+  </si>
+  <si>
+    <t>CHIO010</t>
+  </si>
+  <si>
+    <t>Chianti Duca di Saragnano Barbanera</t>
+  </si>
+  <si>
+    <t>CHIA190</t>
+  </si>
+  <si>
+    <t>Valpolicella Classico Lonardi</t>
+  </si>
+  <si>
+    <t>VALP125</t>
+  </si>
+  <si>
+    <t>Verona</t>
+  </si>
+  <si>
+    <t>Amarone della Valpolicella Riserva “Nino Zeni” Docg Classico, Zeni</t>
+  </si>
+  <si>
+    <t>ZENI065</t>
+  </si>
+  <si>
+    <t>Corvina i.g.t., Zeni</t>
+  </si>
+  <si>
+    <t>ZENI035</t>
+  </si>
+  <si>
+    <t>Bardolino</t>
+  </si>
+  <si>
+    <t>Bardolino doc Classico Vigne Alte, Zeni</t>
+  </si>
+  <si>
+    <t>ZENI010</t>
+  </si>
+  <si>
+    <t>Bardolino Superiore DOCG Classico, Zeni</t>
+  </si>
+  <si>
+    <t>ZENI040</t>
+  </si>
+  <si>
+    <t>Valpolicella</t>
+  </si>
+  <si>
+    <t>Amarone della Valpolicella, Lonardi</t>
+  </si>
+  <si>
+    <t>AMAR060</t>
+  </si>
+  <si>
+    <t>Valpolicella Ripasso, Lonardi</t>
+  </si>
+  <si>
+    <t>VALP085</t>
+  </si>
+  <si>
+    <t>Lebanon</t>
+  </si>
+  <si>
+    <t>Bekka Valley</t>
+  </si>
+  <si>
+    <t>Château Musar, Gaston Hochar</t>
+  </si>
+  <si>
+    <t>MUSA070</t>
+  </si>
+  <si>
+    <t>Mexico</t>
+  </si>
+  <si>
+    <t>Baja California</t>
+  </si>
+  <si>
+    <t>LA Cetto Petite Sirah</t>
+  </si>
+  <si>
+    <t>CETT001</t>
+  </si>
+  <si>
+    <t>New Zealand</t>
+  </si>
+  <si>
+    <t>Central Otago</t>
+  </si>
+  <si>
+    <t>Domain Road Pinot Noir</t>
+  </si>
+  <si>
+    <t>PINO025</t>
+  </si>
+  <si>
+    <t>Bannockburn</t>
+  </si>
+  <si>
+    <t>Felton Road Bannockburn Pinot Noir 2018</t>
+  </si>
+  <si>
+    <t>FELT345</t>
+  </si>
+  <si>
+    <t>Felton Road Bannockburn Pinot Noir 2021</t>
+  </si>
+  <si>
+    <t>FELT475</t>
+  </si>
+  <si>
+    <t>Felton Road Bannockburn Pinot Noir 2022</t>
+  </si>
+  <si>
+    <t>FELT535</t>
+  </si>
+  <si>
+    <t>Felton Road Bannockburn Pinot Noir 2023</t>
+  </si>
+  <si>
+    <t>FELT590</t>
+  </si>
+  <si>
+    <t>Felton Road Block 3 Pinot Noir 2023</t>
+  </si>
+  <si>
+    <t>FELT605</t>
+  </si>
+  <si>
+    <t>Felton Road Block 5 Pinot Noir 2023</t>
+  </si>
+  <si>
+    <t>FELT615</t>
+  </si>
+  <si>
+    <t>Felton Road Calvert Pinot Noir 2021</t>
+  </si>
+  <si>
+    <t>FELT485</t>
+  </si>
+  <si>
+    <t>Felton Road Calvert Pinot Noir 2023</t>
+  </si>
+  <si>
+    <t>FELT610</t>
+  </si>
+  <si>
+    <t>Felton Road Cornish Point Pinot Noir 2023</t>
+  </si>
+  <si>
+    <t>FELT595</t>
+  </si>
+  <si>
+    <t>Felton Road MacMuir Pinot Noir 2023</t>
+  </si>
+  <si>
+    <t>FELT600</t>
+  </si>
+  <si>
+    <t>Hawkes Bay</t>
+  </si>
+  <si>
+    <t>Pask Declaration Range Syrah</t>
+  </si>
+  <si>
+    <t>CJPA001</t>
+  </si>
+  <si>
+    <t>Radburnd Cellars Merlot Cabernet</t>
+  </si>
+  <si>
+    <t>RADB010</t>
+  </si>
+  <si>
+    <t>Radburnd Cellars Syrah</t>
+  </si>
+  <si>
+    <t>RADB005</t>
+  </si>
+  <si>
+    <t>Marlborough</t>
+  </si>
+  <si>
+    <t>Cloudy Bay Pinot Noir</t>
+  </si>
+  <si>
+    <t>CLOU235</t>
+  </si>
+  <si>
+    <t>Pask Instinct Pinot Noir</t>
+  </si>
+  <si>
+    <t>PASK085</t>
+  </si>
+  <si>
+    <t>Alentejo</t>
+  </si>
+  <si>
+    <t>Smart Dog Syrah</t>
+  </si>
+  <si>
+    <t>SMAR001</t>
+  </si>
+  <si>
+    <t>Dão</t>
+  </si>
+  <si>
+    <t>Dao Tinto Gandarada</t>
+  </si>
+  <si>
+    <t>DAOG001</t>
+  </si>
+  <si>
+    <t>Poças Fora da Série Red Roga</t>
+  </si>
+  <si>
+    <t>POCA350</t>
+  </si>
+  <si>
+    <t>Poças Fora da Série Red Throwback</t>
+  </si>
+  <si>
+    <t>POCA360</t>
+  </si>
+  <si>
+    <t>Coroa d'Ouro Tinto</t>
+  </si>
+  <si>
+    <t>CORO040</t>
+  </si>
+  <si>
+    <t>Reserva, Manoel Poças</t>
+  </si>
+  <si>
+    <t>POCA180</t>
+  </si>
+  <si>
+    <t>Numão</t>
+  </si>
+  <si>
+    <t>Poças Tinto, Manoel Poças</t>
+  </si>
+  <si>
+    <t>POCA400</t>
+  </si>
+  <si>
+    <t>Ribatejo</t>
+  </si>
+  <si>
+    <t>Terra de Lobos Castelâo Cabernet</t>
+  </si>
+  <si>
+    <t>TERR175</t>
+  </si>
+  <si>
+    <t>Romania</t>
+  </si>
+  <si>
+    <t>Recas/Banat</t>
+  </si>
+  <si>
+    <t>Recas</t>
+  </si>
+  <si>
+    <t>Banat</t>
+  </si>
+  <si>
+    <t>Lautarul Pinot Noir</t>
+  </si>
+  <si>
+    <t>LAUT005</t>
+  </si>
+  <si>
+    <t>Slovenia</t>
+  </si>
+  <si>
+    <t>Styria</t>
+  </si>
+  <si>
+    <t>Doppler Winery Efekt Rdece</t>
+  </si>
+  <si>
+    <t>DOPP025</t>
+  </si>
+  <si>
     <t>South Africa</t>
   </si>
   <si>
-    <t>Constantia</t>
-[...17 lines deleted...]
-    <t>VIAN005</t>
+    <t>Darling Hills</t>
+  </si>
+  <si>
+    <t>Groote Post Vineyards Merlot</t>
+  </si>
+  <si>
+    <t>GROO020</t>
+  </si>
+  <si>
+    <t>Hemel-en-Aarde Valley</t>
+  </si>
+  <si>
+    <t>Hamilton Russell Pinot Noir 2022</t>
+  </si>
+  <si>
+    <t>HAMI075</t>
+  </si>
+  <si>
+    <t>Hamilton Russell Pinot Noir 2023</t>
+  </si>
+  <si>
+    <t>HAMI085</t>
+  </si>
+  <si>
+    <t>Hamilton Russell Pinot Noir 2024</t>
+  </si>
+  <si>
+    <t>HAMI095</t>
+  </si>
+  <si>
+    <t>Robertson</t>
+  </si>
+  <si>
+    <t>Kingklip Bay Pinotage</t>
+  </si>
+  <si>
+    <t>KING140</t>
+  </si>
+  <si>
+    <t>Shiraz Wide River</t>
+  </si>
+  <si>
+    <t>WIDE015</t>
+  </si>
+  <si>
+    <t>Western Cape</t>
+  </si>
+  <si>
+    <t>Paarl</t>
+  </si>
+  <si>
+    <t>Avondale La Luna</t>
+  </si>
+  <si>
+    <t>AVON370</t>
+  </si>
+  <si>
+    <t>Avondale Pekin Red Jonty's Ducks</t>
+  </si>
+  <si>
+    <t>AVON415</t>
+  </si>
+  <si>
+    <t>Avondale Qvevri</t>
+  </si>
+  <si>
+    <t>AVON405</t>
+  </si>
+  <si>
+    <t>Avondale Samsara Syrah</t>
+  </si>
+  <si>
+    <t>AVON365</t>
+  </si>
+  <si>
+    <t>Vilafonté Series C</t>
+  </si>
+  <si>
+    <t>VILA015</t>
+  </si>
+  <si>
+    <t>Aragon</t>
+  </si>
+  <si>
+    <t>Canned Wine Company No. 5 Old Vine Garnacha 18.75cl Can</t>
+  </si>
+  <si>
+    <t>CANN040</t>
+  </si>
+  <si>
+    <t>Canned Wine Company No. 5 Old Vine Garnacha 250ml Can</t>
+  </si>
+  <si>
+    <t>CANN020</t>
+  </si>
+  <si>
+    <t>Benavente</t>
+  </si>
+  <si>
+    <t>Otero Reserva</t>
+  </si>
+  <si>
+    <t>OTER001</t>
+  </si>
+  <si>
+    <t>Castilla y León</t>
+  </si>
+  <si>
+    <t>Finca Pedraza</t>
+  </si>
+  <si>
+    <t>Clunia Malbec</t>
+  </si>
+  <si>
+    <t>CLUN010</t>
+  </si>
+  <si>
+    <t>Toro</t>
+  </si>
+  <si>
+    <t>Aier, Rejadorada</t>
+  </si>
+  <si>
+    <t>REJA010</t>
+  </si>
+  <si>
+    <t>Antona Garcia, Rejadorada</t>
+  </si>
+  <si>
+    <t>REJA005</t>
+  </si>
+  <si>
+    <t>Novellum Crianza, Rejadorada</t>
+  </si>
+  <si>
+    <t>REJA001</t>
+  </si>
+  <si>
+    <t>Sango, Rejadorada</t>
+  </si>
+  <si>
+    <t>REJA015</t>
+  </si>
+  <si>
+    <t>Catalunya</t>
+  </si>
+  <si>
+    <t>Priorat</t>
+  </si>
+  <si>
+    <t>Cuvée "Riu" Rouge Priorat</t>
+  </si>
+  <si>
+    <t>PRIO020</t>
+  </si>
+  <si>
+    <t>Jumilla</t>
+  </si>
+  <si>
+    <t>Goru Jumilla</t>
+  </si>
+  <si>
+    <t>GORU001</t>
+  </si>
+  <si>
+    <t>La Mancha</t>
+  </si>
+  <si>
+    <t>Wallflower Red Wine Can Single Serve</t>
+  </si>
+  <si>
+    <t>WALL025</t>
+  </si>
+  <si>
+    <t>Campo Nuevo Tempranillo</t>
+  </si>
+  <si>
+    <t>CAMP080</t>
+  </si>
+  <si>
+    <t>Garnacha, Príncipe de Viana</t>
+  </si>
+  <si>
+    <t>PRIN125</t>
+  </si>
+  <si>
+    <t>Perdido Tempranillo, Vino de la Tierra 3 Riberas</t>
+  </si>
+  <si>
+    <t>PERD001</t>
+  </si>
+  <si>
+    <t>Principe de Viana Crianza</t>
+  </si>
+  <si>
+    <t>PRIN075</t>
+  </si>
+  <si>
+    <t>Principe de Viana Pleno Tempranillo</t>
+  </si>
+  <si>
+    <t>PLEN065</t>
+  </si>
+  <si>
+    <t>Principe de Viana Reserva</t>
+  </si>
+  <si>
+    <t>PRIN165</t>
+  </si>
+  <si>
+    <t>Trashumante Tinto</t>
+  </si>
+  <si>
+    <t>TRAS001</t>
+  </si>
+  <si>
+    <t>Ribera del Duero</t>
+  </si>
+  <si>
+    <t>Crianza, Oro de Castilla</t>
+  </si>
+  <si>
+    <t>CAST145</t>
+  </si>
+  <si>
+    <t>Gaudeamus Roble</t>
+  </si>
+  <si>
+    <t>CAST140</t>
+  </si>
+  <si>
+    <t>Ribero del Duero</t>
+  </si>
+  <si>
+    <t>Valledolid</t>
+  </si>
+  <si>
+    <t>Pesquera de Duero</t>
+  </si>
+  <si>
+    <t>Tinto Pesquera Crianza , Bodegas Alejandro Fernández</t>
+  </si>
+  <si>
+    <t>PESQ075</t>
+  </si>
+  <si>
+    <t>Rioja</t>
+  </si>
+  <si>
+    <t>2021 Maturana Rioja Vega</t>
+  </si>
+  <si>
+    <t>RIOJ485</t>
+  </si>
+  <si>
+    <t>Muerza Crianza, Bodegas Ugalde</t>
+  </si>
+  <si>
+    <t>MUER001</t>
+  </si>
+  <si>
+    <t>Muerza Tempranillo, Bodegas Ugalde</t>
+  </si>
+  <si>
+    <t>MUER005</t>
+  </si>
+  <si>
+    <t>Navajas Gustales Red Crianza</t>
+  </si>
+  <si>
+    <t>NAVA015</t>
+  </si>
+  <si>
+    <t>Reserva, Rioja Vega</t>
+  </si>
+  <si>
+    <t>RIOJ460</t>
+  </si>
+  <si>
+    <t>Rioja Vega &amp; House of Townend 20th Anniversary Collaboration</t>
+  </si>
+  <si>
+    <t>RIOJ390</t>
+  </si>
+  <si>
+    <t>Rioja Vega Crianza, Half Bottle</t>
+  </si>
+  <si>
+    <t>RIOJ160</t>
+  </si>
+  <si>
+    <t>Rioja Vega Crianza, Magnum</t>
+  </si>
+  <si>
+    <t>RIOJ165</t>
+  </si>
+  <si>
+    <t>Rioja Vega Gran Reserva</t>
+  </si>
+  <si>
+    <t>RIOJ325</t>
+  </si>
+  <si>
+    <t>Rioja Vega Gran Reserva 2011, Anadas Miticas</t>
+  </si>
+  <si>
+    <t>RIOJ395</t>
+  </si>
+  <si>
+    <t>Rioja Vega Reserva 135 Aniversario 2011</t>
+  </si>
+  <si>
+    <t>RIOJ345</t>
+  </si>
+  <si>
+    <t>Rioja Vega Tempranillo</t>
+  </si>
+  <si>
+    <t>RIOJ300</t>
+  </si>
+  <si>
+    <t>Rioja Vega Venta Jalón Reserva 2014</t>
+  </si>
+  <si>
+    <t>RIOJ360</t>
+  </si>
+  <si>
+    <t>Rioja Vega, Crianza</t>
+  </si>
+  <si>
+    <t>RIOJ455</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Don Muang</t>
   </si>
   <si>
-    <t>Monsoon Valley Chenin Blanc, Half Bottle</t>
-[...794 lines deleted...]
-    <t>TONA070</t>
+    <t>Monsoon Pokdum Shiraz</t>
+  </si>
+  <si>
+    <t>MONS015</t>
+  </si>
+  <si>
+    <t>Monsoon Valley Shiraz Premium</t>
+  </si>
+  <si>
+    <t>MONS035</t>
+  </si>
+  <si>
+    <t>Smoking Loon Old Vine Zinfandel</t>
+  </si>
+  <si>
+    <t>SMOK001</t>
+  </si>
+  <si>
+    <t>770 Miles Zinfandel</t>
+  </si>
+  <si>
+    <t>MILE005</t>
+  </si>
+  <si>
+    <t>Clarksburg</t>
+  </si>
+  <si>
+    <t>The Crusher Petite Syrah</t>
+  </si>
+  <si>
+    <t>CRUS010</t>
+  </si>
+  <si>
+    <t>The Crusher Pinot Noir</t>
+  </si>
+  <si>
+    <t>CRUS005</t>
+  </si>
+  <si>
+    <t>Napa Valley</t>
+  </si>
+  <si>
+    <t>Priest Ranch Petite Sirah</t>
+  </si>
+  <si>
+    <t>PRIE025</t>
+  </si>
+  <si>
+    <t>Rutherford</t>
+  </si>
+  <si>
+    <t>Inglenook Cabernet Sauvignon 2017</t>
+  </si>
+  <si>
+    <t>INGL015</t>
+  </si>
+  <si>
+    <t>Inglenook Rubicon 2015</t>
+  </si>
+  <si>
+    <t>INGL020</t>
+  </si>
+  <si>
+    <t>Sonoma</t>
+  </si>
+  <si>
+    <t>Longboard Point Break 2022</t>
+  </si>
+  <si>
+    <t>LONG210</t>
+  </si>
+  <si>
+    <t>Alexander Valley</t>
+  </si>
+  <si>
+    <t>Jordan Cabernet Sauvignon 2013, Magnum</t>
+  </si>
+  <si>
+    <t>JORD040</t>
+  </si>
+  <si>
+    <t>Jordan Cabernet Sauvignon 2017</t>
+  </si>
+  <si>
+    <t>JORD085</t>
+  </si>
+  <si>
+    <t>Longboard Mavericks Cabernet Sauvignon 2021</t>
+  </si>
+  <si>
+    <t>LONG225</t>
+  </si>
+  <si>
+    <t>Longboard Rhino Chaser Cabernet Sauvignon 2022</t>
+  </si>
+  <si>
+    <t>LONG230</t>
+  </si>
+  <si>
+    <t>Russian River Valley</t>
+  </si>
+  <si>
+    <t>Longboard Merlot "Dakine Vineyard" 2019</t>
+  </si>
+  <si>
+    <t>LONG185</t>
+  </si>
+  <si>
+    <t>Longboard Merlot Dakine Vineyard 2022</t>
+  </si>
+  <si>
+    <t>LONG220</t>
+  </si>
+  <si>
+    <t>Longboard Pinot Noir 'Mystos' 2019</t>
+  </si>
+  <si>
+    <t>LONG200</t>
+  </si>
+  <si>
+    <t>Longboard Pinot Noir Russian River Valley 2022</t>
+  </si>
+  <si>
+    <t>LONG235</t>
+  </si>
+  <si>
+    <t>Longboard Savage Coast Syrah 2019</t>
+  </si>
+  <si>
+    <t>LONG205</t>
+  </si>
+  <si>
+    <t>Oregon</t>
+  </si>
+  <si>
+    <t>Willamette</t>
+  </si>
+  <si>
+    <t>Cristom 'Mount Jefferson' Pinot Noir</t>
+  </si>
+  <si>
+    <t>CRIS080</t>
+  </si>
+  <si>
+    <t>Rosé Wine</t>
+  </si>
+  <si>
+    <t>Mendel Rosadia</t>
+  </si>
+  <si>
+    <t>MEND120</t>
+  </si>
+  <si>
+    <t>Santa Rosa Malbec Rosé</t>
+  </si>
+  <si>
+    <t>SANT295</t>
+  </si>
+  <si>
+    <t>Pato Torrente Rosé</t>
+  </si>
+  <si>
+    <t>PATO020</t>
+  </si>
+  <si>
+    <t>Bolney Estate Lychgate Rosé</t>
+  </si>
+  <si>
+    <t>BOLN020</t>
+  </si>
+  <si>
+    <t>Domaine Petroni Rosé</t>
+  </si>
+  <si>
+    <t>PETR090</t>
+  </si>
+  <si>
+    <t>Coquille de Fleur, Cinsault Rosé</t>
+  </si>
+  <si>
+    <t>COQU010</t>
+  </si>
+  <si>
+    <t>Domaine St André Folie d’Ines Rosé</t>
+  </si>
+  <si>
+    <t>ANDR050</t>
+  </si>
+  <si>
+    <t>Granbeau Rosé</t>
+  </si>
+  <si>
+    <t>GRAN145</t>
+  </si>
+  <si>
+    <t>Jean Didier Grande Reserve Cinsault Rosé</t>
+  </si>
+  <si>
+    <t>JEAN035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jean Didier Grande Reserve Cinsault Rosé  (Plastic Bottles)</t>
+  </si>
+  <si>
+    <t>JEAN055</t>
+  </si>
+  <si>
+    <t>Canned Wine Company No. 3 Grenache Rosé 18.75cl Can</t>
+  </si>
+  <si>
+    <t>CANN035</t>
+  </si>
+  <si>
+    <t>Sancerre Rosé La Louée, Domaine Bailly</t>
+  </si>
+  <si>
+    <t>SANC370</t>
+  </si>
+  <si>
+    <t>AIX Rosé</t>
+  </si>
+  <si>
+    <t>AIX001</t>
+  </si>
+  <si>
+    <t>Côtes de Provence Rosé, Château Terrebonne</t>
+  </si>
+  <si>
+    <t>TERR160</t>
+  </si>
+  <si>
+    <t>Whispering Angel Rosé, Côtes de Provence</t>
+  </si>
+  <si>
+    <t>WHIS005</t>
+  </si>
+  <si>
+    <t>Whispering Angel Rosé, Côtes de Provence, Magnum</t>
+  </si>
+  <si>
+    <t>WHIS010</t>
+  </si>
+  <si>
+    <t>Pinot Grigio Rosé Ca'Tesore</t>
+  </si>
+  <si>
+    <t>PIGI115</t>
+  </si>
+  <si>
+    <t>Pinot Grigio Rosé, Amori</t>
+  </si>
+  <si>
+    <t>AMOR010</t>
+  </si>
+  <si>
+    <t>Pinot Grigio Rosé Amanti del Vino</t>
+  </si>
+  <si>
+    <t>AMAN030</t>
+  </si>
+  <si>
+    <t>Pure Pinot Grigio Rosé</t>
+  </si>
+  <si>
+    <t>PURE055</t>
+  </si>
+  <si>
+    <t>Douro Superior</t>
+  </si>
+  <si>
+    <t>Poças Rosé, Manoel Poças</t>
+  </si>
+  <si>
+    <t>POCA440</t>
+  </si>
+  <si>
+    <t>Avondale Camissa Rosé</t>
+  </si>
+  <si>
+    <t>AVON360</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wallflower Rosé  Wine Can Single Serve</t>
+  </si>
+  <si>
+    <t>WALL020</t>
+  </si>
+  <si>
+    <t>Campo Nuevo Garnacha Rosé</t>
+  </si>
+  <si>
+    <t>CAMP085</t>
+  </si>
+  <si>
+    <t>Principe de Viana Pleno Garnacha Rosé</t>
+  </si>
+  <si>
+    <t>PLEN070</t>
+  </si>
+  <si>
+    <t>Trashumante Garnacha Rosé</t>
+  </si>
+  <si>
+    <t>TRAS010</t>
+  </si>
+  <si>
+    <t>Andosilla</t>
+  </si>
+  <si>
+    <t>Bagordi Rosado, Rioja</t>
+  </si>
+  <si>
+    <t>RIOJ315</t>
+  </si>
+  <si>
+    <t>Monsoon Valley Rosé</t>
+  </si>
+  <si>
+    <t>MONS025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Monsoon Valley Shiraz Rosé  Premium</t>
+  </si>
+  <si>
+    <t>MONS010</t>
+  </si>
+  <si>
+    <t>Angels Flight Zinfandel Rosé</t>
+  </si>
+  <si>
+    <t>ANGE085</t>
+  </si>
+  <si>
+    <t>Route 6o6 Boulevard Blush</t>
+  </si>
+  <si>
+    <t>ROUT005</t>
+  </si>
+  <si>
+    <t>Sparkling Wine</t>
+  </si>
+  <si>
+    <t>Bodegas Gouguenheim Malbec Rosé Sparkling</t>
+  </si>
+  <si>
+    <t>GOUG100</t>
+  </si>
+  <si>
+    <t>2018 The Weyborne Estate Family Reserve</t>
+  </si>
+  <si>
+    <t>WEYB001</t>
+  </si>
+  <si>
+    <t>2019 Oriana, Weyborne Estate</t>
+  </si>
+  <si>
+    <t>ORIA001</t>
+  </si>
+  <si>
+    <t>Roebuck Estate Blanc de Noirs</t>
+  </si>
+  <si>
+    <t>ROEB010</t>
+  </si>
+  <si>
+    <t>Roebuck Estate Classic Cuvée, Magnum</t>
+  </si>
+  <si>
+    <t>ROEB025</t>
+  </si>
+  <si>
+    <t>Roebuck Estate House of Townend 120th Anniversary Classic Cuvée</t>
+  </si>
+  <si>
+    <t>ROEB035</t>
+  </si>
+  <si>
+    <t>Roebuck Estate Rare Expressions No.19 2015</t>
+  </si>
+  <si>
+    <t>ROEB020</t>
+  </si>
+  <si>
+    <t>Roebuck Estate Rare Expressions No.96 2014</t>
+  </si>
+  <si>
+    <t>ROEB030</t>
+  </si>
+  <si>
+    <t>Roebuck Estate Rosé de Noirs</t>
+  </si>
+  <si>
+    <t>ROEB005</t>
+  </si>
+  <si>
+    <t>Wiston Estate Blanc de Blanc</t>
+  </si>
+  <si>
+    <t>WIST005</t>
+  </si>
+  <si>
+    <t>Wiston Estate Brut NV</t>
+  </si>
+  <si>
+    <t>WIST001</t>
+  </si>
+  <si>
+    <t>Bolney Estate Bolney Bubbly NV</t>
+  </si>
+  <si>
+    <t>BOLN001</t>
+  </si>
+  <si>
+    <t>Bolney Estate Classic Cuvée</t>
+  </si>
+  <si>
+    <t>BOLN005</t>
+  </si>
+  <si>
+    <t>West Chiltington</t>
+  </si>
+  <si>
+    <t>Nyetimber 1086 Prestige Cuvée 2014</t>
+  </si>
+  <si>
+    <t>NYET065</t>
+  </si>
+  <si>
+    <t>Nyetimber Classic Cuvée</t>
+  </si>
+  <si>
+    <t>NYET001</t>
+  </si>
+  <si>
+    <t>Nyetimber Classic Cuvée Magnum</t>
+  </si>
+  <si>
+    <t>NYET030</t>
+  </si>
+  <si>
+    <t>Nyetimber Classic Cuvée, Half Bottle</t>
+  </si>
+  <si>
+    <t>NYET020</t>
+  </si>
+  <si>
+    <t>Nyetimber Cuvee Chérie Demi-Sec</t>
+  </si>
+  <si>
+    <t>NYET045</t>
+  </si>
+  <si>
+    <t>Nyetimber Rosé Multi-Vintage Brut</t>
+  </si>
+  <si>
+    <t>NYET005</t>
+  </si>
+  <si>
+    <t>Nyetimber Tillington Single Vineyard 2014</t>
+  </si>
+  <si>
+    <t>NYET060</t>
+  </si>
+  <si>
+    <t>Alsace</t>
+  </si>
+  <si>
+    <t>Riquewihr</t>
+  </si>
+  <si>
+    <t>Dopff &amp; Irion Crémant Brut Blanc de Blancs</t>
+  </si>
+  <si>
+    <t>DOPF020</t>
+  </si>
+  <si>
+    <t>Dopff &amp; Irion Cremant D'Alsace Brut Rosé</t>
+  </si>
+  <si>
+    <t>DOPF001</t>
+  </si>
+  <si>
+    <t>Jules Larose Blanc de Blancs Brut N.V.</t>
+  </si>
+  <si>
+    <t>JULE005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bruno Andreu,  De-alcoholised Chardonnay Sparkling Vin de France</t>
+  </si>
+  <si>
+    <t>BRUN055</t>
+  </si>
+  <si>
+    <t>Vouvray</t>
+  </si>
+  <si>
+    <t>Alchimiste - Pet'Nat', Domaine Alain Robert</t>
+  </si>
+  <si>
+    <t>ALCH015</t>
+  </si>
+  <si>
+    <t>Le Funambule, Crémant de Loire, Domaine Alain Robert</t>
+  </si>
+  <si>
+    <t>CREM065</t>
+  </si>
+  <si>
+    <t>Santa Tresa Grillo Spumante Brut</t>
+  </si>
+  <si>
+    <t>SANT240</t>
+  </si>
+  <si>
+    <t>Prosecco Valdobbiadene Superiore DOCG Extra Brut La Rivetta 120, Villa Sandi</t>
+  </si>
+  <si>
+    <t>VILL365</t>
+  </si>
+  <si>
+    <t>Bardolino Chiaretto Spumante Doc Brut, Zeni</t>
+  </si>
+  <si>
+    <t>ZENI070</t>
+  </si>
+  <si>
+    <t>Avondale Armilla Blanc de Blanc</t>
+  </si>
+  <si>
+    <t>AVON380</t>
+  </si>
+  <si>
+    <t>Catalonia</t>
+  </si>
+  <si>
+    <t>Penedés</t>
+  </si>
+  <si>
+    <t>Can Xa Cava Brut, Emendis Estate</t>
+  </si>
+  <si>
+    <t>CANX001</t>
+  </si>
+  <si>
+    <t>Can Xa Cava Rosé, Emendis Estate</t>
+  </si>
+  <si>
+    <t>CANX005</t>
+  </si>
+  <si>
+    <t>White Wine</t>
+  </si>
+  <si>
+    <t>Las Pampas Chenin Torrontes</t>
+  </si>
+  <si>
+    <t>PAMP030</t>
+  </si>
+  <si>
+    <t>Las Pampas White Malbec</t>
+  </si>
+  <si>
+    <t>PAMP060</t>
+  </si>
+  <si>
+    <t>Bodegas Gouguenheim Torrontes</t>
+  </si>
+  <si>
+    <t>GOUG085</t>
+  </si>
+  <si>
+    <t>Chardonnay 2020 Scotchmans Hill</t>
+  </si>
+  <si>
+    <t>SCOT020</t>
+  </si>
+  <si>
+    <t>Pinot Gris 2021 Scotchmans Hill</t>
+  </si>
+  <si>
+    <t>SCOT025</t>
+  </si>
+  <si>
+    <t>Sauvignon Blanc 2021, Scotchmans Hill</t>
+  </si>
+  <si>
+    <t>SCOT035</t>
+  </si>
+  <si>
+    <t>Penfolds Yattarna Chardonnay 2022</t>
+  </si>
+  <si>
+    <t>PENF090</t>
+  </si>
+  <si>
+    <t>Irvine Springhill Pinot Gris</t>
+  </si>
+  <si>
+    <t>IRVI215</t>
+  </si>
+  <si>
+    <t>Limestone Coast</t>
+  </si>
+  <si>
+    <t>Kingston Estate Chardonnay</t>
+  </si>
+  <si>
+    <t>KING040</t>
+  </si>
+  <si>
+    <t>Pitchfork Chardonnay</t>
+  </si>
+  <si>
+    <t>PITC001</t>
+  </si>
+  <si>
+    <t>Rowlands Brook Chardonnay</t>
+  </si>
+  <si>
+    <t>ROWL015</t>
+  </si>
+  <si>
+    <t>Western Australia</t>
+  </si>
+  <si>
+    <t>Capel Vale Debut Semillon Sauvignon</t>
+  </si>
+  <si>
+    <t>CAPE105</t>
+  </si>
+  <si>
+    <t>Austria</t>
+  </si>
+  <si>
+    <t>Niederösterreich</t>
+  </si>
+  <si>
+    <t>Canned Wine Company No. 1 Grüner Veltliner 18.75cl Can</t>
+  </si>
+  <si>
+    <t>CANN025</t>
+  </si>
+  <si>
+    <t>Weinviertel</t>
+  </si>
+  <si>
+    <t>Grüner Veltliner, Domäne Baumgartner</t>
+  </si>
+  <si>
+    <t>GRUN470</t>
+  </si>
+  <si>
+    <t>El Picador Sauvignon Blanc</t>
+  </si>
+  <si>
+    <t>ELPI105</t>
+  </si>
+  <si>
+    <t>Ladera Sauvignon Blanc, Quarter Bottle</t>
+  </si>
+  <si>
+    <t>LADE020</t>
+  </si>
+  <si>
+    <t>Ladera Verde Sauvignon Blanc</t>
+  </si>
+  <si>
+    <t>LADE010</t>
+  </si>
+  <si>
+    <t>Ladera Verde Sauvignon Blanc, Half Bottle</t>
+  </si>
+  <si>
+    <t>LADE001</t>
+  </si>
+  <si>
+    <t>Las Manitos Chardonnay</t>
+  </si>
+  <si>
+    <t>LASM050</t>
+  </si>
+  <si>
+    <t>Los Coches Viognier</t>
+  </si>
+  <si>
+    <t>COCH005</t>
+  </si>
+  <si>
+    <t>Pato Torronte Sauvignon Blanc</t>
+  </si>
+  <si>
+    <t>PATO015</t>
+  </si>
+  <si>
+    <t>Tonada Sauvignon Blanc</t>
+  </si>
+  <si>
+    <t>TONA065</t>
   </si>
   <si>
     <t>Colchagua Valley</t>
   </si>
   <si>
-    <t>Rapel</t>
-[...4891 lines deleted...]
-  <si>
     <t>Alto Los Romeros Reserva Gewurztraminer</t>
   </si>
   <si>
     <t>ROME005</t>
   </si>
   <si>
     <t>Alto Los Romeros Reserva Sauvignon Blanc</t>
   </si>
   <si>
     <t>ROME025</t>
   </si>
   <si>
     <t>Leyda</t>
   </si>
   <si>
     <t>Dancing Flame Sauvignon Blanc Gran Reserva</t>
   </si>
   <si>
     <t>DANC005</t>
   </si>
   <si>
     <t>Devon</t>
   </si>
   <si>
     <t>Dart Valley</t>
@@ -6337,50 +6280,56 @@
   <si>
     <t>Bolney Estate Lychgate Bacchus</t>
   </si>
   <si>
     <t>BOLN015</t>
   </si>
   <si>
     <t>Bolney Pinot Gris 2017</t>
   </si>
   <si>
     <t>BOLN030</t>
   </si>
   <si>
     <t>Gentil, Hugel &amp; Fils</t>
   </si>
   <si>
     <t>HUGE040</t>
   </si>
   <si>
     <t>Gewürztraminer Classic, Hugel &amp; Fils</t>
   </si>
   <si>
     <t>HUGE055</t>
   </si>
   <si>
+    <t>Gewürztraminer Classic, Hugel &amp; Fils, half bottle</t>
+  </si>
+  <si>
+    <t>HUGE080</t>
+  </si>
+  <si>
     <t>Gewurztraminer Dopff &amp; Irion</t>
   </si>
   <si>
     <t>GEWU065</t>
   </si>
   <si>
     <t>Hugel Classic Pinot Blanc</t>
   </si>
   <si>
     <t>PINO195</t>
   </si>
   <si>
     <t>Hugel Grossi Laue Grand Cru Riesling</t>
   </si>
   <si>
     <t>HUGE060</t>
   </si>
   <si>
     <t>Pinot Gris Classic, Hugel &amp; Fils</t>
   </si>
   <si>
     <t>HUGE050</t>
   </si>
   <si>
     <t>Riesling Dopff &amp; Irion</t>
@@ -6457,56 +6406,50 @@
   <si>
     <t>DOIS001</t>
   </si>
   <si>
     <t>2022 Pouilly Fuisse 1er Cru Clos de Quarts Monopole Magnum</t>
   </si>
   <si>
     <t>POUI265</t>
   </si>
   <si>
     <t>Chablis</t>
   </si>
   <si>
     <t>Chablis 1er Cru Côte de Léchet 2023, Daniel Dampt</t>
   </si>
   <si>
     <t>CHAB136</t>
   </si>
   <si>
     <t>Chablis 1er Cru Montée de Tonnerre 2022, Domaine Samuel Billaud</t>
   </si>
   <si>
     <t>CHAB112</t>
   </si>
   <si>
-    <t>Chablis 1er Cru Montée de Tonnerre 2022, Domaine Testut</t>
-[...4 lines deleted...]
-  <si>
     <t>Chablis 1er Cru Montée de Tonnerre 2023, Domaine Testut</t>
   </si>
   <si>
     <t>CHAB131</t>
   </si>
   <si>
     <t xml:space="preserve">Chablis 1er Cru Montmains Vieilles Vignes 2022,  Samuel Billaud</t>
   </si>
   <si>
     <t>CHAB108</t>
   </si>
   <si>
     <t xml:space="preserve">Chablis 1er Cru Montmains Vieilles Vignes 2023,  Samuel Billaud</t>
   </si>
   <si>
     <t>CHAB123</t>
   </si>
   <si>
     <t xml:space="preserve">Chablis 1er Cru Séchet Vieilles Vignes 2021,  Samuel Billaud</t>
   </si>
   <si>
     <t>CHAB082</t>
   </si>
   <si>
     <t xml:space="preserve">Chablis 1er Cru Séchet Vieilles Vignes 2022,  Samuel Billaud</t>
@@ -6715,50 +6658,98 @@
   <si>
     <t>Auxey Duresses Vieilles Vignes 2022, Domaine Prunier-Bonheur</t>
   </si>
   <si>
     <t>AUXE050</t>
   </si>
   <si>
     <t>Auxey Duresses Vieilles Vignes Blanc 2021, Domaine Prunier-Bonheur</t>
   </si>
   <si>
     <t>AUXE040</t>
   </si>
   <si>
     <t>Auxey-Duresses 2020, Domaine Denis Carré</t>
   </si>
   <si>
     <t>AUXE025</t>
   </si>
   <si>
     <t>Auxey-Duresses 'Vieilles Vignes' 2023, Domaine Prunier-Bonheur</t>
   </si>
   <si>
     <t>AUXE060</t>
   </si>
   <si>
+    <t xml:space="preserve">Bourgogne  Côtes d'Or Chardonnay 2022, Domaine Michelot</t>
+  </si>
+  <si>
+    <t>BOUR034</t>
+  </si>
+  <si>
+    <t>Bourgogne Blanc 2021, Domaine Michelot</t>
+  </si>
+  <si>
+    <t>BOUR019</t>
+  </si>
+  <si>
+    <t>Bourgogne Blanc La Tufera 2022, Domaine Etienne Sauzet</t>
+  </si>
+  <si>
+    <t>BOUR024</t>
+  </si>
+  <si>
+    <t>Bourgogne Chardonnay 2021, Domaine Jean Louis Chavy</t>
+  </si>
+  <si>
+    <t>BOUR012</t>
+  </si>
+  <si>
+    <t>Bourgogne Chardonnay 2022, Domaine Jean Louis Chavy</t>
+  </si>
+  <si>
+    <t>BOUR026</t>
+  </si>
+  <si>
+    <t>Bourgogne Chardonnay Cuvée Flavie 2021, Domaine Amiot</t>
+  </si>
+  <si>
+    <t>BOUR017</t>
+  </si>
+  <si>
+    <t>Bourgogne Chardonnay Cuvée Flavie 2022, Domaine Amiot</t>
+  </si>
+  <si>
+    <t>BOUR027</t>
+  </si>
+  <si>
+    <t>Bourgogne Chardonnay 'La Tufera' 2021, Domaine E Sauzet</t>
+  </si>
+  <si>
+    <t>BOUR995</t>
+  </si>
+  <si>
     <t>Bourgogne Chardonnay</t>
   </si>
   <si>
     <t>Bourgogne Blanc 2020, Domaine Michelot</t>
   </si>
   <si>
     <t>BOUR930</t>
   </si>
   <si>
     <t>Bourgogne Chardonnay Cuvée Flavie 2020, Domaine Amiot</t>
   </si>
   <si>
     <t>BOUR955</t>
   </si>
   <si>
     <t>Bourgogne Chardonnay 'Les Chataigniers' 2020 Domaine Hubert Lamy</t>
   </si>
   <si>
     <t>BOUR960</t>
   </si>
   <si>
     <t>Bourgogne Chardonnay 'Les Chataigniers' 2021, Domaine Hubert Lamy</t>
   </si>
   <si>
     <t>BOUR022</t>
@@ -6796,56 +6787,50 @@
   <si>
     <t>Chassagne-Montrachet 1er Cru 'Les Vergers' 2018, Domaine Amiot</t>
   </si>
   <si>
     <t>CHAS620</t>
   </si>
   <si>
     <t>Chassagne-Montrachet 1er Cru Les Vergers 2019, Domaine Amiot</t>
   </si>
   <si>
     <t>CHAS645</t>
   </si>
   <si>
     <t>Chassagne-Montrachet 1er Cru Les Vergers 2020, Domaine Amiot</t>
   </si>
   <si>
     <t>CHAS675</t>
   </si>
   <si>
     <t>Chassagne-Montrachet 1er Cru Les Vergers 2021, Domaine Amiot</t>
   </si>
   <si>
     <t>CHAS710</t>
   </si>
   <si>
-    <t>Chassagne-Montrachet Vieilles Vignes 2019, Domaine Amiot</t>
-[...4 lines deleted...]
-  <si>
     <t>Chassagne-Montrachet Vieilles Vignes 2021, Domaine Amiot</t>
   </si>
   <si>
     <t>CHAS700</t>
   </si>
   <si>
     <t>Chassagne-Montrachet Vieilles Vignes 2022, Domaine Amiot</t>
   </si>
   <si>
     <t>CHAS750</t>
   </si>
   <si>
     <t>Le Montrachet 2020, Domaine Guy Amiot</t>
   </si>
   <si>
     <t>MONT450</t>
   </si>
   <si>
     <t>Le Montrachet 2021, Domaine Guy Amiot</t>
   </si>
   <si>
     <t>MONT465</t>
   </si>
   <si>
     <t>Le Montrachet Grand Cru 2011, Domaine Amiot</t>
@@ -7096,98 +7081,50 @@
   <si>
     <t>Saint Romain La Combe Bazin Blanc 2021, Domaine Prunier-Bonheur</t>
   </si>
   <si>
     <t>SAIN085</t>
   </si>
   <si>
     <t>Saint-Romain ‘La Combe Bazin’ 2022, Domaine Prunier-Bonheur</t>
   </si>
   <si>
     <t>SAIN090</t>
   </si>
   <si>
     <t>Saint-Romain ‘La Combe Bazin’ 2023, Domaine Prunier-Bonheur</t>
   </si>
   <si>
     <t>SAIN095</t>
   </si>
   <si>
     <t>Bourgogne Aligoté, ‘Le Chapitre’2023, Domaine Machard de Gramont</t>
   </si>
   <si>
     <t>ALIG090</t>
   </si>
   <si>
-    <t xml:space="preserve">Bourgogne  Côtes d'Or Chardonnay 2022, Domaine Michelot</t>
-[...46 lines deleted...]
-  <si>
     <t>Nuits-Saint-Georges "Creux Fraiche Eau" 2021, Domaine Machard de Gramont</t>
   </si>
   <si>
     <t>NUIT645</t>
   </si>
   <si>
     <t>Nuits-Saint-Georges "Creux Fraiche Eau" 2022, Domaine Machard de Gramont</t>
   </si>
   <si>
     <t>NUIT655</t>
   </si>
   <si>
     <t>Nuits-St-Georges Blanc "Creux Fraiche Eau" 2023, Domaine Machard de Gramont</t>
   </si>
   <si>
     <t>NUIT710</t>
   </si>
   <si>
     <t>Mâcon</t>
   </si>
   <si>
     <t>Macon Azé 2023, Jules Richard, Cave de Buxy</t>
   </si>
   <si>
     <t>MACO415</t>
@@ -7690,80 +7627,89 @@
   <si>
     <t>MOSE001</t>
   </si>
   <si>
     <t>Piesporter Michelsberg, Moselland</t>
   </si>
   <si>
     <t>MOSE015</t>
   </si>
   <si>
     <t>Rheingau</t>
   </si>
   <si>
     <t>Guts Riesling VDP, Domdechant Werner</t>
   </si>
   <si>
     <t>RIES205</t>
   </si>
   <si>
     <t>Hochheimer Hölle Riesling, Domdechant Werner</t>
   </si>
   <si>
     <t>HOCH005</t>
   </si>
   <si>
+    <t>Riesling Classic QBA 2017 Domdechant Werner</t>
+  </si>
+  <si>
+    <t>RIES200</t>
+  </si>
+  <si>
     <t>Talisman Grüner Veltliner</t>
   </si>
   <si>
     <t>TALI035</t>
   </si>
   <si>
+    <t>Judean Hills</t>
+  </si>
+  <si>
+    <t>Clos de Gat Chardonnay</t>
+  </si>
+  <si>
+    <t>CLOS230</t>
+  </si>
+  <si>
     <t>Pecorino Noi Cento, Roxan</t>
   </si>
   <si>
     <t>PECO010</t>
   </si>
   <si>
     <t>Falanghina di Sannio, Fremondo</t>
   </si>
   <si>
     <t>GUAR015</t>
   </si>
   <si>
     <t>Greco di Sannio, Fremondo</t>
   </si>
   <si>
     <t>GREC001</t>
   </si>
   <si>
-    <t>Trebbiano, Rubicone IGT Amanti del Vino</t>
-[...4 lines deleted...]
-  <si>
     <t>Marche</t>
   </si>
   <si>
     <t>Verdicchio Dei Castelli di Jesi, Pontemagno</t>
   </si>
   <si>
     <t>VERD010</t>
   </si>
   <si>
     <t xml:space="preserve">Arneis Langhe,  Mario Giribaldi</t>
   </si>
   <si>
     <t>ARNE001</t>
   </si>
   <si>
     <t>Novi Ligure</t>
   </si>
   <si>
     <t>Gavi I Risi, Giribaldi</t>
   </si>
   <si>
     <t>GAVI010</t>
   </si>
   <si>
     <t>Fiano, Carlomagno</t>
@@ -7825,113 +7771,119 @@
   <si>
     <t>Pinot Grigio Ca' Tesore</t>
   </si>
   <si>
     <t>PIGI110</t>
   </si>
   <si>
     <t>Pinot Grigio, Amori</t>
   </si>
   <si>
     <t>AMOR005</t>
   </si>
   <si>
     <t>Pinot Grigio, Villa Sandi</t>
   </si>
   <si>
     <t>VILL033</t>
   </si>
   <si>
     <t>Pure Pinot Grigio</t>
   </si>
   <si>
     <t>PURE025</t>
   </si>
   <si>
-    <t>Soave doc Classico Vigne Alte, Zeni</t>
-[...4 lines deleted...]
-  <si>
     <t>Venezie</t>
   </si>
   <si>
     <t>Pinot Grigio I Classici, Zeni</t>
   </si>
   <si>
     <t>ZENI050</t>
   </si>
   <si>
     <t>Domain Road Pinot Gris</t>
   </si>
   <si>
     <t>PINO185</t>
   </si>
   <si>
     <t>Domain Road Sauvignon Blanc</t>
   </si>
   <si>
     <t>PINO180</t>
   </si>
   <si>
     <t>Domain Road Water Race Riesling</t>
   </si>
   <si>
     <t>RIES170</t>
   </si>
   <si>
+    <t>Felton Road Bannockburn Chardonnay 2021</t>
+  </si>
+  <si>
+    <t>FELT460</t>
+  </si>
+  <si>
     <t>Felton Road Bannockburn Chardonnay 2022</t>
   </si>
   <si>
     <t>FELT530</t>
   </si>
   <si>
     <t>Felton Road Bannockburn Chardonnay 2023</t>
   </si>
   <si>
     <t>FELT585</t>
   </si>
   <si>
     <t>Felton Road Bannockburn Riesling 2023</t>
   </si>
   <si>
     <t>FELT580</t>
   </si>
   <si>
     <t>Felton Road Bannockburn Riesling 2024</t>
   </si>
   <si>
     <t>FELT635</t>
   </si>
   <si>
     <t>Felton Road Block 2 Chardonnay 2022</t>
   </si>
   <si>
     <t>FELT555</t>
   </si>
   <si>
+    <t>Felton Road Block 6 Chardonnay 2020</t>
+  </si>
+  <si>
+    <t>FELT430</t>
+  </si>
+  <si>
     <t>Felton Road Block 6 Chardonnay 2022</t>
   </si>
   <si>
     <t>FELT550</t>
   </si>
   <si>
     <t>Felton Road Block 6 Chardonnay 2023</t>
   </si>
   <si>
     <t>FELT625</t>
   </si>
   <si>
     <t>Felton Road Dry Riesling 2022</t>
   </si>
   <si>
     <t>FELT505</t>
   </si>
   <si>
     <t>Felton Road Dry Riesling 2023</t>
   </si>
   <si>
     <t>FELT575</t>
   </si>
   <si>
     <t>Felton Road Riesling 2021</t>
@@ -7942,92 +7894,80 @@
   <si>
     <t>Felton Road Riesling 2024</t>
   </si>
   <si>
     <t>FELT630</t>
   </si>
   <si>
     <t>Felton Road Vin Gris 2021</t>
   </si>
   <si>
     <t>FELT500</t>
   </si>
   <si>
     <t>Felton Road Vin Gris 2022</t>
   </si>
   <si>
     <t>FELT525</t>
   </si>
   <si>
     <t>Pask Declaration Range Chardonnay</t>
   </si>
   <si>
     <t>PASK060</t>
   </si>
   <si>
-    <t>Pask Gimblett Gravels Chardonnay</t>
-[...4 lines deleted...]
-  <si>
     <t>Pask Gimblett Gravels Sauvignon Blanc</t>
   </si>
   <si>
     <t>PASK070</t>
   </si>
   <si>
     <t>Pask Gimblett Gravels Sauvignon Blanc, Half Bottle</t>
   </si>
   <si>
     <t>PASK005</t>
   </si>
   <si>
     <t>Cloudy Bay Sauvignon Blanc</t>
   </si>
   <si>
     <t>CLOU245</t>
   </si>
   <si>
     <t>Kuki Marlborough Riesling</t>
   </si>
   <si>
     <t>KUKI040</t>
   </si>
   <si>
     <t>Kuki Marlborough Sauvignon</t>
   </si>
   <si>
     <t>KUKI045</t>
   </si>
   <si>
-    <t>Kuraka Sauvignon Blanc</t>
-[...4 lines deleted...]
-  <si>
     <t>Mahi Marlborough Sauvignon Blanc</t>
   </si>
   <si>
     <t>MAHI005</t>
   </si>
   <si>
     <t>Sauvignon Blanc Te Koko, Cloudy Bay</t>
   </si>
   <si>
     <t>TEKO010</t>
   </si>
   <si>
     <t>Shelter Bay Marlborough Sauvignon Blanc</t>
   </si>
   <si>
     <t>SHEL001</t>
   </si>
   <si>
     <t>Coroa d'Ouro Branco</t>
   </si>
   <si>
     <t>CORO045</t>
   </si>
   <si>
     <t>Branco da Ribeira, Manoel Poças</t>
@@ -8083,56 +8023,50 @@
   <si>
     <t>Doppler Winery Traminec</t>
   </si>
   <si>
     <t>DOPP001</t>
   </si>
   <si>
     <t>Doppler Winery Zeleni Silvanec (Sylvaner)</t>
   </si>
   <si>
     <t>DOPP015</t>
   </si>
   <si>
     <t>Groote Post Chenin Blanc</t>
   </si>
   <si>
     <t>GROO001</t>
   </si>
   <si>
     <t>Groote Post Sauvignon Blanc</t>
   </si>
   <si>
     <t>GROO010</t>
   </si>
   <si>
-    <t>Hamilton Russell Chardonnay 2021</t>
-[...4 lines deleted...]
-  <si>
     <t>Hamilton Russell Chardonnay 2022</t>
   </si>
   <si>
     <t>HAMI070</t>
   </si>
   <si>
     <t>Hamilton Russell Chardonnay 2023</t>
   </si>
   <si>
     <t>HAMI080</t>
   </si>
   <si>
     <t>Hamilton Russell Chardonnay 2024</t>
   </si>
   <si>
     <t>HAMI090</t>
   </si>
   <si>
     <t>Wide River Chenin Blanc</t>
   </si>
   <si>
     <t>WIDE005</t>
   </si>
   <si>
     <t>Avondale Anima Chenin Blanc</t>
@@ -8177,50 +8111,56 @@
     <t>Campo Nuevo Viura</t>
   </si>
   <si>
     <t>CAMP075</t>
   </si>
   <si>
     <t>Principe de Viana Chardonnay</t>
   </si>
   <si>
     <t>PRIN023</t>
   </si>
   <si>
     <t>Princípe de Viana Pleno Viura</t>
   </si>
   <si>
     <t>PLEN060</t>
   </si>
   <si>
     <t>Trashumante Blanco</t>
   </si>
   <si>
     <t>TRAS005</t>
   </si>
   <si>
     <t>Rias Baixas</t>
+  </si>
+  <si>
+    <t>Albariño ‘Alba Vega’, Bouza do Rei</t>
+  </si>
+  <si>
+    <t>RIOJ220</t>
   </si>
   <si>
     <t>Val do Sainés</t>
   </si>
   <si>
     <t>Albariño 'Bernon' Bodegas Aquitania, Rias Baixas</t>
   </si>
   <si>
     <t>ALBA040</t>
   </si>
   <si>
     <t>Muerza Blanco, Bodegas Ugalde</t>
   </si>
   <si>
     <t>MUER010</t>
   </si>
   <si>
     <t>Rioja Bianai Blanco</t>
   </si>
   <si>
     <t>BIAN020</t>
   </si>
   <si>
     <t>Rioja Vega Blanco</t>
   </si>
@@ -8359,72 +8299,72 @@
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="164" applyNumberFormat="1" fontId="1" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:H1236">
-  <autoFilter ref="A1:H1236"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:H1229">
+  <autoFilter ref="A1:H1229"/>
   <tableColumns count="8">
     <tableColumn id="1" name="Category"/>
     <tableColumn id="2" name="Country"/>
     <tableColumn id="3" name="Region"/>
     <tableColumn id="4" name="SubRegion"/>
     <tableColumn id="5" name="SubSubRegion"/>
     <tableColumn id="6" name="Name"/>
     <tableColumn id="7" name="ProductCode"/>
     <tableColumn id="8" name="Price"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight1" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H1236"/>
+  <dimension ref="A1:H1229"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.3967481613159" customWidth="1"/>
     <col min="2" max="2" width="11.8240190505981" customWidth="1"/>
     <col min="3" max="3" width="20.0569034576416" customWidth="1"/>
     <col min="4" max="4" width="27" customWidth="1"/>
     <col min="5" max="5" width="20.8827949523926" customWidth="1"/>
     <col min="6" max="6" width="55" customWidth="1"/>
     <col min="7" max="7" width="14.0665775299072" customWidth="1"/>
     <col min="8" max="8" width="9.240625" customWidth="1" style="2"/>
     <col min="9" max="9" width="9.240625" customWidth="1"/>
     <col min="10" max="10" width="9.240625" customWidth="1"/>
     <col min="11" max="11" width="9.240625" customWidth="1"/>
     <col min="12" max="12" width="9.240625" customWidth="1"/>
     <col min="13" max="13" width="9.240625" customWidth="1"/>
     <col min="14" max="14" width="9.240625" customWidth="1"/>
     <col min="15" max="15" width="9.240625" customWidth="1"/>
     <col min="16" max="16" width="9.240625" customWidth="1"/>
     <col min="17" max="17" width="9.240625" customWidth="1"/>
     <col min="18" max="18" width="9.240625" customWidth="1"/>
     <col min="19" max="19" width="9.240625" customWidth="1"/>
     <col min="20" max="20" width="9.240625" customWidth="1"/>
@@ -8534,29739 +8474,29571 @@
       <c r="H1" s="3" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E2" s="1"/>
       <c r="F2" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H2" s="3">
-        <v>28.99</v>
+        <v>37.49</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E3" s="1"/>
       <c r="F3" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H3" s="3">
-        <v>37.49</v>
+        <v>84.99</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E4" s="1"/>
       <c r="F4" s="1" t="s">
         <v>15</v>
       </c>
       <c r="G4" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H4" s="3">
-        <v>84.99</v>
+        <v>155</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E5" s="1"/>
       <c r="F5" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>18</v>
       </c>
       <c r="H5" s="3">
-        <v>155</v>
+        <v>350</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E6" s="1"/>
       <c r="F6" s="1" t="s">
         <v>19</v>
       </c>
       <c r="G6" s="1" t="s">
         <v>20</v>
       </c>
       <c r="H6" s="3">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E7" s="1"/>
       <c r="F7" s="1" t="s">
         <v>21</v>
       </c>
       <c r="G7" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H7" s="3">
-        <v>160</v>
+        <v>43.99</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E8" s="1"/>
       <c r="F8" s="1" t="s">
         <v>23</v>
       </c>
       <c r="G8" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H8" s="3">
-        <v>43.99</v>
+        <v>27.7</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E9" s="1"/>
       <c r="F9" s="1" t="s">
         <v>25</v>
       </c>
       <c r="G9" s="1" t="s">
         <v>26</v>
       </c>
       <c r="H9" s="3">
-        <v>27.7</v>
+        <v>63.95</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E10" s="1"/>
       <c r="F10" s="1" t="s">
         <v>27</v>
       </c>
       <c r="G10" s="1" t="s">
         <v>28</v>
       </c>
       <c r="H10" s="3">
-        <v>63.95</v>
+        <v>155</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E11" s="1"/>
       <c r="F11" s="1" t="s">
         <v>29</v>
       </c>
       <c r="G11" s="1" t="s">
         <v>30</v>
       </c>
       <c r="H11" s="3">
-        <v>155</v>
+        <v>135</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E12" s="1"/>
       <c r="F12" s="1" t="s">
         <v>31</v>
       </c>
       <c r="G12" s="1" t="s">
         <v>32</v>
       </c>
       <c r="H12" s="3">
-        <v>135</v>
+        <v>94.99</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B13" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E13" s="1"/>
       <c r="F13" s="1" t="s">
         <v>33</v>
       </c>
       <c r="G13" s="1" t="s">
         <v>34</v>
       </c>
       <c r="H13" s="3">
-        <v>94.99</v>
+        <v>95.49</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E14" s="1"/>
       <c r="F14" s="1" t="s">
         <v>35</v>
       </c>
       <c r="G14" s="1" t="s">
         <v>36</v>
       </c>
       <c r="H14" s="3">
-        <v>95.49</v>
+        <v>259</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B15" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E15" s="1"/>
       <c r="F15" s="1" t="s">
         <v>37</v>
       </c>
       <c r="G15" s="1" t="s">
         <v>38</v>
       </c>
       <c r="H15" s="3">
-        <v>259</v>
+        <v>54.89</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B16" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E16" s="1"/>
       <c r="F16" s="1" t="s">
         <v>39</v>
       </c>
       <c r="G16" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H16" s="3">
-        <v>54.89</v>
+        <v>45.49</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B17" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E17" s="1"/>
       <c r="F17" s="1" t="s">
         <v>41</v>
       </c>
       <c r="G17" s="1" t="s">
         <v>42</v>
       </c>
       <c r="H17" s="3">
-        <v>45.49</v>
+        <v>225</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B18" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E18" s="1"/>
       <c r="F18" s="1" t="s">
         <v>43</v>
       </c>
       <c r="G18" s="1" t="s">
         <v>44</v>
       </c>
       <c r="H18" s="3">
-        <v>225</v>
+        <v>58</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B19" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E19" s="1"/>
       <c r="F19" s="1" t="s">
         <v>45</v>
       </c>
       <c r="G19" s="1" t="s">
         <v>46</v>
       </c>
       <c r="H19" s="3">
-        <v>58</v>
+        <v>44.99</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>10</v>
+        <v>47</v>
       </c>
       <c r="E20" s="1"/>
       <c r="F20" s="1" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="H20" s="3">
-        <v>44.99</v>
+        <v>39.99</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B21" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="E21" s="1"/>
       <c r="F21" s="1" t="s">
         <v>50</v>
       </c>
       <c r="G21" s="1" t="s">
         <v>51</v>
       </c>
       <c r="H21" s="3">
-        <v>89.89</v>
+        <v>38.99</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B22" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="E22" s="1"/>
       <c r="F22" s="1" t="s">
         <v>52</v>
       </c>
       <c r="G22" s="1" t="s">
         <v>53</v>
       </c>
       <c r="H22" s="3">
-        <v>38.99</v>
+        <v>32.99</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B23" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="E23" s="1"/>
       <c r="F23" s="1" t="s">
         <v>54</v>
       </c>
       <c r="G23" s="1" t="s">
         <v>55</v>
       </c>
       <c r="H23" s="3">
-        <v>37.99</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B24" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="E24" s="1"/>
       <c r="F24" s="1" t="s">
         <v>56</v>
       </c>
       <c r="G24" s="1" t="s">
         <v>57</v>
       </c>
       <c r="H24" s="3">
-        <v>32.99</v>
+        <v>162</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="E25" s="1"/>
       <c r="F25" s="1" t="s">
         <v>58</v>
       </c>
       <c r="G25" s="1" t="s">
         <v>59</v>
       </c>
       <c r="H25" s="3">
-        <v>19.99</v>
+        <v>69.99</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="E26" s="1"/>
       <c r="F26" s="1" t="s">
         <v>60</v>
       </c>
       <c r="G26" s="1" t="s">
         <v>61</v>
       </c>
       <c r="H26" s="3">
-        <v>162</v>
+        <v>32.99</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="E27" s="1"/>
       <c r="F27" s="1" t="s">
         <v>62</v>
       </c>
       <c r="G27" s="1" t="s">
         <v>63</v>
       </c>
       <c r="H27" s="3">
-        <v>69.99</v>
+        <v>23.49</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B28" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="E28" s="1"/>
       <c r="F28" s="1" t="s">
         <v>64</v>
       </c>
       <c r="G28" s="1" t="s">
         <v>65</v>
       </c>
       <c r="H28" s="3">
-        <v>32.99</v>
+        <v>26.49</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B29" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="E29" s="1"/>
       <c r="F29" s="1" t="s">
         <v>66</v>
       </c>
       <c r="G29" s="1" t="s">
         <v>67</v>
       </c>
       <c r="H29" s="3">
-        <v>23.49</v>
+        <v>71.99</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B30" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="E30" s="1"/>
       <c r="F30" s="1" t="s">
         <v>68</v>
       </c>
       <c r="G30" s="1" t="s">
         <v>69</v>
       </c>
       <c r="H30" s="3">
-        <v>26.49</v>
+        <v>68.99</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B31" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>49</v>
+        <v>70</v>
       </c>
       <c r="E31" s="1"/>
       <c r="F31" s="1" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="H31" s="3">
-        <v>71.99</v>
+        <v>38.49</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B32" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>49</v>
+        <v>73</v>
       </c>
       <c r="E32" s="1"/>
       <c r="F32" s="1" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="H32" s="3">
-        <v>68.99</v>
+        <v>196</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B33" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="E33" s="1"/>
       <c r="F33" s="1" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="H33" s="3">
-        <v>38.49</v>
+        <v>32.99</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B34" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E34" s="1"/>
       <c r="F34" s="1" t="s">
         <v>78</v>
       </c>
       <c r="G34" s="1" t="s">
         <v>79</v>
       </c>
       <c r="H34" s="3">
-        <v>196</v>
+        <v>70.49</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B35" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E35" s="1"/>
       <c r="F35" s="1" t="s">
         <v>80</v>
       </c>
       <c r="G35" s="1" t="s">
         <v>81</v>
       </c>
       <c r="H35" s="3">
-        <v>32.99</v>
+        <v>85</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B36" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E36" s="1"/>
       <c r="F36" s="1" t="s">
         <v>82</v>
       </c>
       <c r="G36" s="1" t="s">
         <v>83</v>
       </c>
       <c r="H36" s="3">
-        <v>70.49</v>
+        <v>230</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B37" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E37" s="1"/>
       <c r="F37" s="1" t="s">
         <v>84</v>
       </c>
       <c r="G37" s="1" t="s">
         <v>85</v>
       </c>
       <c r="H37" s="3">
-        <v>85</v>
+        <v>89</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B38" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E38" s="1"/>
       <c r="F38" s="1" t="s">
         <v>86</v>
       </c>
       <c r="G38" s="1" t="s">
         <v>87</v>
       </c>
       <c r="H38" s="3">
-        <v>230</v>
+        <v>39.95</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B39" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E39" s="1"/>
       <c r="F39" s="1" t="s">
         <v>88</v>
       </c>
       <c r="G39" s="1" t="s">
         <v>89</v>
       </c>
       <c r="H39" s="3">
-        <v>89</v>
+        <v>41.5</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B40" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="E40" s="1"/>
       <c r="F40" s="1" t="s">
         <v>90</v>
       </c>
       <c r="G40" s="1" t="s">
         <v>91</v>
       </c>
       <c r="H40" s="3">
-        <v>39.95</v>
+        <v>205</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B41" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>77</v>
+        <v>92</v>
       </c>
       <c r="E41" s="1"/>
       <c r="F41" s="1" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="H41" s="3">
-        <v>41.5</v>
+        <v>29.99</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B42" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>77</v>
+        <v>92</v>
       </c>
       <c r="E42" s="1"/>
       <c r="F42" s="1" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="H42" s="3">
-        <v>205</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B43" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="E43" s="1"/>
       <c r="F43" s="1" t="s">
         <v>97</v>
       </c>
       <c r="G43" s="1" t="s">
         <v>98</v>
       </c>
       <c r="H43" s="3">
-        <v>29.99</v>
+        <v>69.99</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B44" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="E44" s="1"/>
       <c r="F44" s="1" t="s">
         <v>99</v>
       </c>
       <c r="G44" s="1" t="s">
         <v>100</v>
       </c>
       <c r="H44" s="3">
-        <v>19.99</v>
+        <v>61.99</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B45" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="E45" s="1"/>
       <c r="F45" s="1" t="s">
         <v>101</v>
       </c>
       <c r="G45" s="1" t="s">
         <v>102</v>
       </c>
       <c r="H45" s="3">
-        <v>69.99</v>
+        <v>110</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B46" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="E46" s="1"/>
       <c r="F46" s="1" t="s">
         <v>103</v>
       </c>
       <c r="G46" s="1" t="s">
         <v>104</v>
       </c>
       <c r="H46" s="3">
-        <v>110</v>
+        <v>32.99</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B47" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="E47" s="1"/>
       <c r="F47" s="1" t="s">
         <v>105</v>
       </c>
       <c r="G47" s="1" t="s">
         <v>106</v>
       </c>
       <c r="H47" s="3">
-        <v>32.99</v>
+        <v>41.99</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B48" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>96</v>
+        <v>107</v>
       </c>
       <c r="E48" s="1"/>
       <c r="F48" s="1" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="H48" s="3">
-        <v>41.99</v>
+        <v>210</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B49" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="E49" s="1"/>
       <c r="F49" s="1" t="s">
         <v>110</v>
       </c>
       <c r="G49" s="1" t="s">
         <v>111</v>
       </c>
       <c r="H49" s="3">
-        <v>38</v>
+        <v>269</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B50" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="E50" s="1"/>
       <c r="F50" s="1" t="s">
         <v>112</v>
       </c>
       <c r="G50" s="1" t="s">
         <v>113</v>
       </c>
       <c r="H50" s="3">
-        <v>210</v>
+        <v>569</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B51" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="E51" s="1"/>
       <c r="F51" s="1" t="s">
         <v>114</v>
       </c>
       <c r="G51" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H51" s="3">
         <v>90</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B52" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="E52" s="1"/>
       <c r="F52" s="1" t="s">
         <v>116</v>
       </c>
       <c r="G52" s="1" t="s">
         <v>117</v>
       </c>
       <c r="H52" s="3">
         <v>66</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B53" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C53" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="E53" s="1"/>
       <c r="F53" s="1" t="s">
         <v>118</v>
       </c>
       <c r="G53" s="1" t="s">
         <v>119</v>
       </c>
       <c r="H53" s="3">
-        <v>92.99</v>
+        <v>95</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B54" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D54" s="1" t="s">
         <v>120</v>
       </c>
       <c r="E54" s="1"/>
       <c r="F54" s="1" t="s">
         <v>121</v>
       </c>
       <c r="G54" s="1" t="s">
         <v>122</v>
       </c>
       <c r="H54" s="3">
-        <v>269</v>
+        <v>99.99</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B55" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D55" s="1" t="s">
         <v>120</v>
       </c>
       <c r="E55" s="1"/>
       <c r="F55" s="1" t="s">
         <v>123</v>
       </c>
       <c r="G55" s="1" t="s">
         <v>124</v>
       </c>
       <c r="H55" s="3">
-        <v>569</v>
+        <v>198</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B56" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C56" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="E56" s="1"/>
       <c r="F56" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="G56" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="G56" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H56" s="3">
-        <v>99.99</v>
+        <v>54</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B57" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="E57" s="1"/>
       <c r="F57" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="G57" s="1" t="s">
         <v>128</v>
       </c>
-      <c r="G57" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H57" s="3">
-        <v>192</v>
+        <v>31.99</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B58" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C58" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="E58" s="1"/>
       <c r="F58" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="G58" s="1" t="s">
         <v>130</v>
       </c>
-      <c r="G58" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H58" s="3">
-        <v>51.99</v>
+        <v>89.89</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B59" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C59" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="E59" s="1"/>
       <c r="F59" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="G59" s="1" t="s">
         <v>132</v>
       </c>
-      <c r="G59" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H59" s="3">
-        <v>30.49</v>
+        <v>67.75</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B60" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C60" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="E60" s="1"/>
       <c r="F60" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="G60" s="1" t="s">
         <v>134</v>
       </c>
-      <c r="G60" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H60" s="3">
-        <v>89.89</v>
+        <v>76</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B61" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C61" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>125</v>
+        <v>135</v>
       </c>
       <c r="E61" s="1"/>
       <c r="F61" s="1" t="s">
         <v>136</v>
       </c>
       <c r="G61" s="1" t="s">
         <v>137</v>
       </c>
       <c r="H61" s="3">
-        <v>65.99</v>
+        <v>90.49</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B62" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C62" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>125</v>
+        <v>135</v>
       </c>
       <c r="E62" s="1"/>
       <c r="F62" s="1" t="s">
         <v>138</v>
       </c>
       <c r="G62" s="1" t="s">
         <v>139</v>
       </c>
       <c r="H62" s="3">
-        <v>74</v>
+        <v>37.49</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="1" t="s">
-        <v>8</v>
+        <v>140</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>9</v>
+        <v>141</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>8</v>
+        <v>142</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="E63" s="1"/>
       <c r="F63" s="1" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="H63" s="3">
-        <v>90.49</v>
+        <v>6.99</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="1" t="s">
-        <v>8</v>
+        <v>140</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>9</v>
+        <v>146</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>8</v>
+        <v>147</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>140</v>
+        <v>148</v>
       </c>
       <c r="E64" s="1"/>
       <c r="F64" s="1" t="s">
-        <v>143</v>
+        <v>149</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>144</v>
+        <v>150</v>
       </c>
       <c r="H64" s="3">
-        <v>37.49</v>
+        <v>12.19</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="1" t="s">
-        <v>145</v>
+        <v>140</v>
       </c>
       <c r="B65" s="1" t="s">
         <v>146</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="E65" s="1"/>
       <c r="F65" s="1" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="H65" s="3">
-        <v>6.99</v>
+        <v>18.49</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="1" t="s">
-        <v>145</v>
+        <v>140</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>151</v>
+        <v>9</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="E66" s="1"/>
       <c r="F66" s="1" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="H66" s="3">
-        <v>12.19</v>
+        <v>89</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="1" t="s">
-        <v>145</v>
+        <v>140</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>151</v>
+        <v>9</v>
       </c>
       <c r="C67" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="D67" s="1" t="s">
         <v>156</v>
-      </c>
-[...1 lines deleted...]
-        <v>157</v>
       </c>
       <c r="E67" s="1"/>
       <c r="F67" s="1" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="H67" s="3">
-        <v>17.99</v>
+        <v>14.19</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="1" t="s">
-        <v>145</v>
+        <v>140</v>
       </c>
       <c r="B68" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="E68" s="1"/>
       <c r="F68" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="G68" s="1" t="s">
         <v>162</v>
       </c>
-      <c r="G68" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H68" s="3">
-        <v>89</v>
+        <v>15.99</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="1" t="s">
-        <v>145</v>
+        <v>140</v>
       </c>
       <c r="B69" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>160</v>
-[...3 lines deleted...]
-      </c>
+        <v>163</v>
+      </c>
+      <c r="D69" s="1"/>
       <c r="E69" s="1"/>
       <c r="F69" s="1" t="s">
         <v>164</v>
       </c>
       <c r="G69" s="1" t="s">
         <v>165</v>
       </c>
       <c r="H69" s="3">
-        <v>14.19</v>
+        <v>11.49</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="1" t="s">
-        <v>145</v>
+        <v>140</v>
       </c>
       <c r="B70" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="E70" s="1"/>
       <c r="F70" s="1" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="H70" s="3">
         <v>15.99</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="1" t="s">
-        <v>145</v>
+        <v>140</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>9</v>
+        <v>170</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="D71" s="1"/>
       <c r="E71" s="1"/>
       <c r="F71" s="1" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="H71" s="3">
-        <v>11.49</v>
+        <v>25.99</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="1" t="s">
-        <v>145</v>
+        <v>140</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>9</v>
+        <v>174</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>171</v>
-[...3 lines deleted...]
-      </c>
+        <v>175</v>
+      </c>
+      <c r="D72" s="1"/>
       <c r="E72" s="1"/>
       <c r="F72" s="1" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="H72" s="3">
-        <v>15.99</v>
+        <v>33.49</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="1" t="s">
-        <v>145</v>
+        <v>140</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="D73" s="1"/>
       <c r="E73" s="1"/>
       <c r="F73" s="1" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="H73" s="3">
-        <v>25.99</v>
+        <v>17.99</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="1" t="s">
-        <v>145</v>
+        <v>140</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="D74" s="1"/>
       <c r="E74" s="1"/>
       <c r="F74" s="1" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="H74" s="3">
-        <v>33.49</v>
+        <v>16.5</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="1" t="s">
-        <v>145</v>
+        <v>186</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>183</v>
+        <v>187</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="D75" s="1"/>
       <c r="E75" s="1"/>
       <c r="F75" s="1" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="H75" s="3">
-        <v>56</v>
+        <v>59.99</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="1" t="s">
-        <v>145</v>
+        <v>186</v>
       </c>
       <c r="B76" s="1" t="s">
         <v>187</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="D76" s="1"/>
       <c r="E76" s="1"/>
       <c r="F76" s="1" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="H76" s="3">
-        <v>17.99</v>
+        <v>68</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="1" t="s">
-        <v>145</v>
+        <v>186</v>
       </c>
       <c r="B77" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="C77" s="1" t="s">
         <v>191</v>
-      </c>
-[...1 lines deleted...]
-        <v>192</v>
       </c>
       <c r="D77" s="1"/>
       <c r="E77" s="1"/>
       <c r="F77" s="1" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="H77" s="3">
-        <v>13.99</v>
+        <v>66</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="1" t="s">
-        <v>145</v>
+        <v>186</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>195</v>
+        <v>187</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>196</v>
+        <v>191</v>
       </c>
       <c r="D78" s="1"/>
       <c r="E78" s="1"/>
       <c r="F78" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="G78" s="1" t="s">
         <v>197</v>
       </c>
-      <c r="G78" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H78" s="3">
-        <v>15.99</v>
+        <v>55</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="1" t="s">
-        <v>199</v>
+        <v>186</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>200</v>
+        <v>187</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>201</v>
+        <v>191</v>
       </c>
       <c r="D79" s="1"/>
       <c r="E79" s="1"/>
       <c r="F79" s="1" t="s">
-        <v>202</v>
+        <v>198</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>203</v>
+        <v>199</v>
       </c>
       <c r="H79" s="3">
-        <v>59.99</v>
+        <v>66</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="1" t="s">
-        <v>199</v>
+        <v>186</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>200</v>
+        <v>187</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>204</v>
+        <v>191</v>
       </c>
       <c r="D80" s="1"/>
       <c r="E80" s="1"/>
       <c r="F80" s="1" t="s">
-        <v>205</v>
+        <v>200</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>206</v>
+        <v>201</v>
       </c>
       <c r="H80" s="3">
-        <v>65.99</v>
+        <v>57.5</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="1" t="s">
-        <v>199</v>
+        <v>186</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>200</v>
+        <v>187</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>204</v>
+        <v>191</v>
       </c>
       <c r="D81" s="1"/>
       <c r="E81" s="1"/>
       <c r="F81" s="1" t="s">
-        <v>207</v>
+        <v>202</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>208</v>
+        <v>203</v>
       </c>
       <c r="H81" s="3">
-        <v>71.99</v>
+        <v>66</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="1" t="s">
-        <v>199</v>
+        <v>186</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>200</v>
+        <v>187</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>204</v>
+        <v>191</v>
       </c>
       <c r="D82" s="1"/>
       <c r="E82" s="1"/>
       <c r="F82" s="1" t="s">
-        <v>209</v>
+        <v>204</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>210</v>
+        <v>205</v>
       </c>
       <c r="H82" s="3">
-        <v>54.99</v>
+        <v>87.99</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="1" t="s">
-        <v>199</v>
+        <v>186</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>200</v>
+        <v>187</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>204</v>
+        <v>191</v>
       </c>
       <c r="D83" s="1"/>
       <c r="E83" s="1"/>
       <c r="F83" s="1" t="s">
-        <v>211</v>
+        <v>206</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="H83" s="3">
-        <v>70.99</v>
+        <v>98</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="1" t="s">
-        <v>199</v>
+        <v>186</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>200</v>
+        <v>187</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>204</v>
+        <v>191</v>
       </c>
       <c r="D84" s="1"/>
       <c r="E84" s="1"/>
       <c r="F84" s="1" t="s">
-        <v>213</v>
+        <v>208</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>214</v>
+        <v>209</v>
       </c>
       <c r="H84" s="3">
-        <v>57.49</v>
+        <v>45</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="1" t="s">
-        <v>199</v>
+        <v>186</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>200</v>
+        <v>187</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>204</v>
+        <v>191</v>
       </c>
       <c r="D85" s="1"/>
       <c r="E85" s="1"/>
       <c r="F85" s="1" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>216</v>
+        <v>211</v>
       </c>
       <c r="H85" s="3">
-        <v>65.99</v>
+        <v>87</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="1" t="s">
-        <v>199</v>
+        <v>186</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>200</v>
+        <v>187</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>204</v>
+        <v>191</v>
       </c>
       <c r="D86" s="1"/>
       <c r="E86" s="1"/>
       <c r="F86" s="1" t="s">
-        <v>217</v>
+        <v>210</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>218</v>
+        <v>212</v>
       </c>
       <c r="H86" s="3">
-        <v>87.99</v>
+        <v>79.5</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="1" t="s">
-        <v>199</v>
+        <v>186</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>200</v>
+        <v>187</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>204</v>
+        <v>191</v>
       </c>
       <c r="D87" s="1"/>
       <c r="E87" s="1"/>
       <c r="F87" s="1" t="s">
-        <v>219</v>
+        <v>213</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>220</v>
+        <v>214</v>
       </c>
       <c r="H87" s="3">
-        <v>96.99</v>
+        <v>88</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="1" t="s">
-        <v>199</v>
+        <v>186</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>200</v>
+        <v>187</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>204</v>
+        <v>191</v>
       </c>
       <c r="D88" s="1"/>
       <c r="E88" s="1"/>
       <c r="F88" s="1" t="s">
-        <v>221</v>
+        <v>215</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>222</v>
+        <v>216</v>
       </c>
       <c r="H88" s="3">
-        <v>44.99</v>
+        <v>80</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="1" t="s">
-        <v>199</v>
+        <v>186</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>200</v>
+        <v>187</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>204</v>
+        <v>191</v>
       </c>
       <c r="D89" s="1"/>
       <c r="E89" s="1"/>
       <c r="F89" s="1" t="s">
-        <v>223</v>
+        <v>217</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>224</v>
+        <v>218</v>
       </c>
       <c r="H89" s="3">
-        <v>87</v>
+        <v>85</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="1" t="s">
-        <v>199</v>
+        <v>186</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>200</v>
+        <v>187</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>204</v>
+        <v>191</v>
       </c>
       <c r="D90" s="1"/>
       <c r="E90" s="1"/>
       <c r="F90" s="1" t="s">
-        <v>223</v>
+        <v>219</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>225</v>
+        <v>220</v>
       </c>
       <c r="H90" s="3">
-        <v>87</v>
+        <v>39.89</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="1" t="s">
-        <v>199</v>
+        <v>186</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>200</v>
+        <v>187</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>204</v>
+        <v>191</v>
       </c>
       <c r="D91" s="1"/>
       <c r="E91" s="1"/>
       <c r="F91" s="1" t="s">
-        <v>226</v>
+        <v>221</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="H91" s="3">
-        <v>87.99</v>
+        <v>40</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="1" t="s">
-        <v>199</v>
+        <v>186</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>200</v>
+        <v>187</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>204</v>
+        <v>191</v>
       </c>
       <c r="D92" s="1"/>
       <c r="E92" s="1"/>
       <c r="F92" s="1" t="s">
-        <v>228</v>
+        <v>223</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>229</v>
+        <v>224</v>
       </c>
       <c r="H92" s="3">
-        <v>80</v>
+        <v>45</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="1" t="s">
-        <v>199</v>
+        <v>186</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>200</v>
+        <v>187</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>204</v>
+        <v>191</v>
       </c>
       <c r="D93" s="1"/>
       <c r="E93" s="1"/>
       <c r="F93" s="1" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>231</v>
+        <v>226</v>
       </c>
       <c r="H93" s="3">
-        <v>86.99</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="1" t="s">
-        <v>199</v>
+        <v>186</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>200</v>
+        <v>187</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>204</v>
+        <v>191</v>
       </c>
       <c r="D94" s="1"/>
       <c r="E94" s="1"/>
       <c r="F94" s="1" t="s">
-        <v>232</v>
+        <v>227</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>233</v>
+        <v>228</v>
       </c>
       <c r="H94" s="3">
-        <v>39.89</v>
+        <v>28.99</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="1" t="s">
-        <v>199</v>
+        <v>186</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>200</v>
+        <v>187</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>204</v>
+        <v>191</v>
       </c>
       <c r="D95" s="1"/>
       <c r="E95" s="1"/>
       <c r="F95" s="1" t="s">
-        <v>234</v>
+        <v>229</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>235</v>
+        <v>230</v>
       </c>
       <c r="H95" s="3">
-        <v>46.99</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="1" t="s">
-        <v>199</v>
+        <v>186</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>200</v>
+        <v>187</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>204</v>
+        <v>191</v>
       </c>
       <c r="D96" s="1"/>
       <c r="E96" s="1"/>
       <c r="F96" s="1" t="s">
-        <v>236</v>
+        <v>231</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>237</v>
+        <v>232</v>
       </c>
       <c r="H96" s="3">
-        <v>44.99</v>
+        <v>62</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="1" t="s">
-        <v>199</v>
+        <v>186</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>200</v>
+        <v>187</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>204</v>
+        <v>191</v>
       </c>
       <c r="D97" s="1"/>
       <c r="E97" s="1"/>
       <c r="F97" s="1" t="s">
-        <v>238</v>
+        <v>233</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>239</v>
+        <v>234</v>
       </c>
       <c r="H97" s="3">
-        <v>24.99</v>
+        <v>31</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="1" t="s">
-        <v>199</v>
+        <v>186</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>200</v>
+        <v>187</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>204</v>
+        <v>191</v>
       </c>
       <c r="D98" s="1"/>
       <c r="E98" s="1"/>
       <c r="F98" s="1" t="s">
-        <v>240</v>
+        <v>235</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>241</v>
+        <v>236</v>
       </c>
       <c r="H98" s="3">
-        <v>28.99</v>
+        <v>140</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="1" t="s">
-        <v>199</v>
+        <v>186</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>200</v>
+        <v>187</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>204</v>
+        <v>191</v>
       </c>
       <c r="D99" s="1"/>
       <c r="E99" s="1"/>
       <c r="F99" s="1" t="s">
-        <v>242</v>
+        <v>237</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>243</v>
+        <v>238</v>
       </c>
       <c r="H99" s="3">
-        <v>47.49</v>
+        <v>72.99</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="1" t="s">
-        <v>199</v>
+        <v>186</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>200</v>
+        <v>187</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>204</v>
+        <v>191</v>
       </c>
       <c r="D100" s="1"/>
       <c r="E100" s="1"/>
       <c r="F100" s="1" t="s">
-        <v>244</v>
+        <v>239</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>245</v>
+        <v>240</v>
       </c>
       <c r="H100" s="3">
-        <v>62</v>
+        <v>59.99</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="1" t="s">
-        <v>199</v>
+        <v>186</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>200</v>
+        <v>187</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>204</v>
+        <v>191</v>
       </c>
       <c r="D101" s="1"/>
       <c r="E101" s="1"/>
       <c r="F101" s="1" t="s">
-        <v>246</v>
+        <v>241</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>247</v>
+        <v>242</v>
       </c>
       <c r="H101" s="3">
-        <v>31</v>
+        <v>59.99</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="1" t="s">
-        <v>199</v>
+        <v>186</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>200</v>
+        <v>187</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>204</v>
+        <v>191</v>
       </c>
       <c r="D102" s="1"/>
       <c r="E102" s="1"/>
       <c r="F102" s="1" t="s">
-        <v>248</v>
+        <v>243</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>249</v>
+        <v>244</v>
       </c>
       <c r="H102" s="3">
-        <v>140</v>
+        <v>54.99</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="1" t="s">
-        <v>199</v>
+        <v>186</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>200</v>
+        <v>187</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>204</v>
+        <v>191</v>
       </c>
       <c r="D103" s="1"/>
       <c r="E103" s="1"/>
       <c r="F103" s="1" t="s">
-        <v>250</v>
+        <v>245</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>251</v>
+        <v>246</v>
       </c>
       <c r="H103" s="3">
-        <v>72.99</v>
+        <v>26.99</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="1" t="s">
-        <v>199</v>
+        <v>186</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>200</v>
+        <v>187</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>204</v>
+        <v>191</v>
       </c>
       <c r="D104" s="1"/>
       <c r="E104" s="1"/>
       <c r="F104" s="1" t="s">
-        <v>252</v>
+        <v>247</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>253</v>
+        <v>248</v>
       </c>
       <c r="H104" s="3">
-        <v>59.99</v>
+        <v>48</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="1" t="s">
-        <v>199</v>
+        <v>186</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>200</v>
+        <v>187</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>204</v>
+        <v>191</v>
       </c>
       <c r="D105" s="1"/>
       <c r="E105" s="1"/>
       <c r="F105" s="1" t="s">
-        <v>254</v>
+        <v>249</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>255</v>
+        <v>250</v>
       </c>
       <c r="H105" s="3">
-        <v>59.99</v>
+        <v>16.99</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="1" t="s">
-        <v>199</v>
+        <v>186</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>200</v>
+        <v>187</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>204</v>
+        <v>191</v>
       </c>
       <c r="D106" s="1"/>
       <c r="E106" s="1"/>
       <c r="F106" s="1" t="s">
-        <v>256</v>
+        <v>251</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>257</v>
+        <v>252</v>
       </c>
       <c r="H106" s="3">
-        <v>54.99</v>
+        <v>55</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="1" t="s">
-        <v>199</v>
+        <v>186</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>200</v>
+        <v>187</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>204</v>
+        <v>191</v>
       </c>
       <c r="D107" s="1"/>
       <c r="E107" s="1"/>
       <c r="F107" s="1" t="s">
-        <v>258</v>
+        <v>253</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>259</v>
+        <v>254</v>
       </c>
       <c r="H107" s="3">
-        <v>26.99</v>
+        <v>56.99</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="1" t="s">
-        <v>199</v>
+        <v>186</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>200</v>
+        <v>187</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>204</v>
+        <v>191</v>
       </c>
       <c r="D108" s="1"/>
       <c r="E108" s="1"/>
       <c r="F108" s="1" t="s">
-        <v>260</v>
+        <v>255</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>261</v>
+        <v>256</v>
       </c>
       <c r="H108" s="3">
-        <v>41.99</v>
+        <v>49</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="1" t="s">
-        <v>199</v>
+        <v>186</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>200</v>
+        <v>187</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>204</v>
+        <v>191</v>
       </c>
       <c r="D109" s="1"/>
       <c r="E109" s="1"/>
       <c r="F109" s="1" t="s">
-        <v>262</v>
+        <v>257</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>263</v>
+        <v>258</v>
       </c>
       <c r="H109" s="3">
-        <v>16.99</v>
+        <v>89</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="1" t="s">
-        <v>199</v>
+        <v>186</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>200</v>
+        <v>187</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>204</v>
+        <v>191</v>
       </c>
       <c r="D110" s="1"/>
       <c r="E110" s="1"/>
       <c r="F110" s="1" t="s">
-        <v>264</v>
+        <v>259</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>265</v>
+        <v>260</v>
       </c>
       <c r="H110" s="3">
-        <v>54.99</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="1" t="s">
-        <v>199</v>
+        <v>186</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>200</v>
+        <v>187</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>204</v>
+        <v>191</v>
       </c>
       <c r="D111" s="1"/>
       <c r="E111" s="1"/>
       <c r="F111" s="1" t="s">
-        <v>266</v>
+        <v>261</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>267</v>
+        <v>262</v>
       </c>
       <c r="H111" s="3">
-        <v>56.99</v>
+        <v>98</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="1" t="s">
-        <v>199</v>
+        <v>186</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>200</v>
+        <v>187</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>204</v>
+        <v>191</v>
       </c>
       <c r="D112" s="1"/>
       <c r="E112" s="1"/>
       <c r="F112" s="1" t="s">
-        <v>268</v>
+        <v>263</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>269</v>
+        <v>264</v>
       </c>
       <c r="H112" s="3">
-        <v>56.5</v>
+        <v>44.99</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="1" t="s">
-        <v>199</v>
+        <v>186</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>200</v>
+        <v>187</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>204</v>
+        <v>191</v>
       </c>
       <c r="D113" s="1"/>
       <c r="E113" s="1"/>
       <c r="F113" s="1" t="s">
-        <v>270</v>
+        <v>265</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>271</v>
+        <v>266</v>
       </c>
       <c r="H113" s="3">
-        <v>87.99</v>
+        <v>85</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="1" t="s">
-        <v>199</v>
+        <v>186</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>200</v>
+        <v>187</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>204</v>
+        <v>191</v>
       </c>
       <c r="D114" s="1"/>
       <c r="E114" s="1"/>
       <c r="F114" s="1" t="s">
-        <v>272</v>
+        <v>267</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>273</v>
+        <v>268</v>
       </c>
       <c r="H114" s="3">
-        <v>21.99</v>
+        <v>76</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="1" t="s">
-        <v>199</v>
+        <v>186</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>200</v>
+        <v>187</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>204</v>
+        <v>191</v>
       </c>
       <c r="D115" s="1"/>
       <c r="E115" s="1"/>
       <c r="F115" s="1" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>275</v>
+        <v>270</v>
       </c>
       <c r="H115" s="3">
-        <v>96.99</v>
+        <v>106</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="1" t="s">
-        <v>199</v>
+        <v>186</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>200</v>
+        <v>187</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>204</v>
+        <v>191</v>
       </c>
       <c r="D116" s="1"/>
       <c r="E116" s="1"/>
       <c r="F116" s="1" t="s">
-        <v>276</v>
+        <v>271</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>277</v>
+        <v>272</v>
       </c>
       <c r="H116" s="3">
-        <v>44.99</v>
+        <v>75</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="1" t="s">
-        <v>199</v>
+        <v>186</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>200</v>
+        <v>187</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>204</v>
-[...1 lines deleted...]
-      <c r="D117" s="1"/>
+        <v>191</v>
+      </c>
+      <c r="D117" s="1" t="s">
+        <v>273</v>
+      </c>
       <c r="E117" s="1"/>
       <c r="F117" s="1" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>279</v>
+        <v>275</v>
       </c>
       <c r="H117" s="3">
-        <v>86.99</v>
+        <v>62.5</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="1" t="s">
-        <v>199</v>
+        <v>186</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>200</v>
+        <v>187</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>204</v>
-[...1 lines deleted...]
-      <c r="D118" s="1"/>
+        <v>191</v>
+      </c>
+      <c r="D118" s="1" t="s">
+        <v>273</v>
+      </c>
       <c r="E118" s="1"/>
       <c r="F118" s="1" t="s">
-        <v>280</v>
+        <v>276</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="H118" s="3">
-        <v>75.99</v>
+        <v>65</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="1" t="s">
-        <v>199</v>
+        <v>186</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>200</v>
+        <v>187</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>204</v>
+        <v>278</v>
       </c>
       <c r="D119" s="1"/>
       <c r="E119" s="1"/>
       <c r="F119" s="1" t="s">
-        <v>282</v>
+        <v>279</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>283</v>
+        <v>280</v>
       </c>
       <c r="H119" s="3">
-        <v>106</v>
+        <v>21.5</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="1" t="s">
-        <v>199</v>
+        <v>186</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>200</v>
+        <v>178</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>204</v>
+        <v>281</v>
       </c>
       <c r="D120" s="1"/>
       <c r="E120" s="1"/>
       <c r="F120" s="1" t="s">
-        <v>284</v>
+        <v>282</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>285</v>
+        <v>283</v>
       </c>
       <c r="H120" s="3">
-        <v>74.99</v>
+        <v>14.69</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="1" t="s">
-        <v>199</v>
+        <v>186</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>200</v>
+        <v>178</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>204</v>
-[...3 lines deleted...]
-      </c>
+        <v>281</v>
+      </c>
+      <c r="D121" s="1"/>
       <c r="E121" s="1"/>
       <c r="F121" s="1" t="s">
-        <v>287</v>
+        <v>284</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>288</v>
+        <v>285</v>
       </c>
       <c r="H121" s="3">
-        <v>61.99</v>
+        <v>23.94</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="1" t="s">
-        <v>199</v>
+        <v>186</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>200</v>
+        <v>178</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>204</v>
-[...3 lines deleted...]
-      </c>
+        <v>281</v>
+      </c>
+      <c r="D122" s="1"/>
       <c r="E122" s="1"/>
       <c r="F122" s="1" t="s">
-        <v>289</v>
+        <v>286</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="H122" s="3">
-        <v>65.99</v>
+        <v>16.69</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="1" t="s">
-        <v>199</v>
+        <v>186</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>200</v>
+        <v>178</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>291</v>
+        <v>281</v>
       </c>
       <c r="D123" s="1"/>
       <c r="E123" s="1"/>
       <c r="F123" s="1" t="s">
-        <v>292</v>
+        <v>288</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>293</v>
+        <v>289</v>
       </c>
       <c r="H123" s="3">
-        <v>21.5</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="1" t="s">
-        <v>199</v>
+        <v>186</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>187</v>
+        <v>178</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>294</v>
+        <v>281</v>
       </c>
       <c r="D124" s="1"/>
       <c r="E124" s="1"/>
       <c r="F124" s="1" t="s">
-        <v>295</v>
+        <v>290</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>296</v>
+        <v>291</v>
       </c>
       <c r="H124" s="3">
-        <v>14.69</v>
+        <v>20.99</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="1" t="s">
-        <v>199</v>
+        <v>186</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>187</v>
+        <v>178</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>294</v>
+        <v>281</v>
       </c>
       <c r="D125" s="1"/>
       <c r="E125" s="1"/>
       <c r="F125" s="1" t="s">
-        <v>297</v>
+        <v>292</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>298</v>
+        <v>293</v>
       </c>
       <c r="H125" s="3">
-        <v>23.94</v>
+        <v>15.69</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="1" t="s">
-        <v>199</v>
+        <v>294</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>187</v>
+        <v>9</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="D126" s="1"/>
       <c r="E126" s="1"/>
       <c r="F126" s="1" t="s">
-        <v>299</v>
+        <v>296</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>300</v>
+        <v>297</v>
       </c>
       <c r="H126" s="3">
-        <v>16.69</v>
+        <v>11.99</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="1" t="s">
-        <v>199</v>
+        <v>298</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>187</v>
+        <v>174</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>294</v>
+        <v>175</v>
       </c>
       <c r="D127" s="1"/>
       <c r="E127" s="1"/>
       <c r="F127" s="1" t="s">
-        <v>301</v>
+        <v>299</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>302</v>
+        <v>300</v>
       </c>
       <c r="H127" s="3">
-        <v>23.5</v>
+        <v>17.99</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="1" t="s">
-        <v>199</v>
+        <v>298</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>187</v>
+        <v>174</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>294</v>
+        <v>175</v>
       </c>
       <c r="D128" s="1"/>
       <c r="E128" s="1"/>
       <c r="F128" s="1" t="s">
-        <v>303</v>
+        <v>301</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>304</v>
+        <v>302</v>
       </c>
       <c r="H128" s="3">
-        <v>20.99</v>
+        <v>13.19</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="1" t="s">
-        <v>199</v>
+        <v>298</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>187</v>
+        <v>174</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>294</v>
+        <v>175</v>
       </c>
       <c r="D129" s="1"/>
       <c r="E129" s="1"/>
       <c r="F129" s="1" t="s">
-        <v>305</v>
+        <v>303</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>306</v>
+        <v>304</v>
       </c>
       <c r="H129" s="3">
-        <v>15.69</v>
+        <v>11.99</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="1" t="s">
-        <v>307</v>
+        <v>298</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>9</v>
+        <v>174</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>308</v>
+        <v>175</v>
       </c>
       <c r="D130" s="1"/>
       <c r="E130" s="1"/>
       <c r="F130" s="1" t="s">
-        <v>309</v>
+        <v>305</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>310</v>
+        <v>306</v>
       </c>
       <c r="H130" s="3">
-        <v>10.99</v>
+        <v>4.99</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="1" t="s">
-        <v>311</v>
+        <v>298</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>180</v>
+        <v>175</v>
       </c>
       <c r="D131" s="1"/>
       <c r="E131" s="1"/>
       <c r="F131" s="1" t="s">
-        <v>312</v>
+        <v>307</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>313</v>
+        <v>308</v>
       </c>
       <c r="H131" s="3">
-        <v>17.99</v>
+        <v>29.99</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="1" t="s">
-        <v>311</v>
+        <v>298</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>180</v>
+        <v>175</v>
       </c>
       <c r="D132" s="1"/>
       <c r="E132" s="1"/>
       <c r="F132" s="1" t="s">
-        <v>314</v>
+        <v>309</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>315</v>
+        <v>310</v>
       </c>
       <c r="H132" s="3">
-        <v>13.19</v>
+        <v>14</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="1" t="s">
-        <v>311</v>
+        <v>298</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>180</v>
+        <v>175</v>
       </c>
       <c r="D133" s="1"/>
       <c r="E133" s="1"/>
       <c r="F133" s="1" t="s">
-        <v>316</v>
+        <v>311</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>317</v>
+        <v>312</v>
       </c>
       <c r="H133" s="3">
-        <v>11.99</v>
+        <v>10.99</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="1" t="s">
-        <v>311</v>
+        <v>298</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>180</v>
+        <v>175</v>
       </c>
       <c r="D134" s="1"/>
       <c r="E134" s="1"/>
       <c r="F134" s="1" t="s">
-        <v>318</v>
+        <v>313</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>319</v>
+        <v>314</v>
       </c>
       <c r="H134" s="3">
-        <v>4.99</v>
+        <v>28.99</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="1" t="s">
-        <v>311</v>
+        <v>298</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>180</v>
-[...1 lines deleted...]
-      <c r="D135" s="1"/>
+        <v>175</v>
+      </c>
+      <c r="D135" s="1" t="s">
+        <v>315</v>
+      </c>
       <c r="E135" s="1"/>
       <c r="F135" s="1" t="s">
-        <v>320</v>
+        <v>316</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>321</v>
+        <v>317</v>
       </c>
       <c r="H135" s="3">
-        <v>29.99</v>
+        <v>10.99</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="1" t="s">
-        <v>311</v>
+        <v>298</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>180</v>
-[...1 lines deleted...]
-      <c r="D136" s="1"/>
+        <v>175</v>
+      </c>
+      <c r="D136" s="1" t="s">
+        <v>315</v>
+      </c>
       <c r="E136" s="1"/>
       <c r="F136" s="1" t="s">
-        <v>322</v>
+        <v>318</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>323</v>
+        <v>319</v>
       </c>
       <c r="H136" s="3">
-        <v>14.99</v>
+        <v>3.95</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="1" t="s">
-        <v>311</v>
+        <v>298</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>180</v>
-[...1 lines deleted...]
-      <c r="D137" s="1"/>
+        <v>175</v>
+      </c>
+      <c r="D137" s="1" t="s">
+        <v>320</v>
+      </c>
       <c r="E137" s="1"/>
       <c r="F137" s="1" t="s">
-        <v>324</v>
+        <v>321</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>325</v>
+        <v>322</v>
       </c>
       <c r="H137" s="3">
-        <v>10.99</v>
+        <v>8.49</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="1" t="s">
-        <v>311</v>
+        <v>298</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>180</v>
-[...1 lines deleted...]
-      <c r="D138" s="1"/>
+        <v>175</v>
+      </c>
+      <c r="D138" s="1" t="s">
+        <v>320</v>
+      </c>
       <c r="E138" s="1"/>
       <c r="F138" s="1" t="s">
-        <v>326</v>
+        <v>323</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>327</v>
+        <v>324</v>
       </c>
       <c r="H138" s="3">
-        <v>28.99</v>
+        <v>10.99</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="1" t="s">
-        <v>311</v>
+        <v>298</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>180</v>
+        <v>175</v>
       </c>
       <c r="D139" s="1" t="s">
-        <v>328</v>
+        <v>320</v>
       </c>
       <c r="E139" s="1"/>
       <c r="F139" s="1" t="s">
-        <v>329</v>
+        <v>325</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>330</v>
+        <v>326</v>
       </c>
       <c r="H139" s="3">
-        <v>10.99</v>
+        <v>3.69</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="1" t="s">
-        <v>311</v>
+        <v>298</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>180</v>
+        <v>175</v>
       </c>
       <c r="D140" s="1" t="s">
-        <v>328</v>
+        <v>320</v>
       </c>
       <c r="E140" s="1"/>
       <c r="F140" s="1" t="s">
-        <v>331</v>
+        <v>327</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>332</v>
+        <v>328</v>
       </c>
       <c r="H140" s="3">
-        <v>3.95</v>
+        <v>10.99</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="1" t="s">
-        <v>311</v>
+        <v>298</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>180</v>
+        <v>175</v>
       </c>
       <c r="D141" s="1" t="s">
-        <v>333</v>
+        <v>320</v>
       </c>
       <c r="E141" s="1"/>
       <c r="F141" s="1" t="s">
-        <v>334</v>
+        <v>329</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>335</v>
+        <v>330</v>
       </c>
       <c r="H141" s="3">
-        <v>8.49</v>
+        <v>3.49</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="1" t="s">
-        <v>311</v>
+        <v>331</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>179</v>
+        <v>332</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>180</v>
-[...3 lines deleted...]
-      </c>
+        <v>332</v>
+      </c>
+      <c r="D142" s="1"/>
       <c r="E142" s="1"/>
       <c r="F142" s="1" t="s">
-        <v>336</v>
+        <v>333</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>337</v>
+        <v>334</v>
       </c>
       <c r="H142" s="3">
-        <v>10.99</v>
+        <v>5.49</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="1" t="s">
-        <v>311</v>
+        <v>331</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>179</v>
+        <v>141</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>180</v>
+        <v>335</v>
       </c>
       <c r="D143" s="1" t="s">
-        <v>333</v>
+        <v>336</v>
       </c>
       <c r="E143" s="1"/>
       <c r="F143" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="G143" s="1" t="s">
         <v>338</v>
       </c>
-      <c r="G143" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H143" s="3">
-        <v>10.99</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="1" t="s">
-        <v>311</v>
+        <v>331</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>179</v>
+        <v>141</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>180</v>
-[...3 lines deleted...]
-      </c>
+        <v>142</v>
+      </c>
+      <c r="D144" s="1"/>
       <c r="E144" s="1"/>
       <c r="F144" s="1" t="s">
+        <v>339</v>
+      </c>
+      <c r="G144" s="1" t="s">
         <v>340</v>
       </c>
-      <c r="G144" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H144" s="3">
-        <v>3.49</v>
+        <v>20.19</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>343</v>
+        <v>141</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>343</v>
-[...1 lines deleted...]
-      <c r="D145" s="1"/>
+        <v>142</v>
+      </c>
+      <c r="D145" s="1" t="s">
+        <v>341</v>
+      </c>
       <c r="E145" s="1"/>
       <c r="F145" s="1" t="s">
-        <v>344</v>
+        <v>342</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>345</v>
+        <v>343</v>
       </c>
       <c r="H145" s="3">
-        <v>5.49</v>
+        <v>10.99</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>146</v>
+        <v>141</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>346</v>
+        <v>142</v>
       </c>
       <c r="D146" s="1" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="E146" s="1"/>
       <c r="F146" s="1" t="s">
-        <v>348</v>
+        <v>344</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>349</v>
+        <v>345</v>
       </c>
       <c r="H146" s="3">
-        <v>21.99</v>
+        <v>9.19</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>146</v>
+        <v>141</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>147</v>
-[...1 lines deleted...]
-      <c r="D147" s="1"/>
+        <v>142</v>
+      </c>
+      <c r="D147" s="1" t="s">
+        <v>346</v>
+      </c>
       <c r="E147" s="1"/>
       <c r="F147" s="1" t="s">
-        <v>350</v>
+        <v>347</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>351</v>
+        <v>348</v>
       </c>
       <c r="H147" s="3">
-        <v>20.19</v>
+        <v>110</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>146</v>
+        <v>141</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>147</v>
+        <v>142</v>
       </c>
       <c r="D148" s="1" t="s">
-        <v>352</v>
-[...1 lines deleted...]
-      <c r="E148" s="1"/>
+        <v>346</v>
+      </c>
+      <c r="E148" s="1" t="s">
+        <v>349</v>
+      </c>
       <c r="F148" s="1" t="s">
-        <v>353</v>
+        <v>350</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>354</v>
+        <v>351</v>
       </c>
       <c r="H148" s="3">
-        <v>10.69</v>
+        <v>75</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>146</v>
+        <v>141</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>147</v>
+        <v>142</v>
       </c>
       <c r="D149" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="E149" s="1" t="s">
+        <v>349</v>
+      </c>
+      <c r="F149" s="1" t="s">
         <v>352</v>
       </c>
-      <c r="E149" s="1"/>
-[...2 lines deleted...]
-      </c>
       <c r="G149" s="1" t="s">
-        <v>356</v>
+        <v>353</v>
       </c>
       <c r="H149" s="3">
-        <v>9.19</v>
+        <v>14.99</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>146</v>
+        <v>141</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>147</v>
+        <v>142</v>
       </c>
       <c r="D150" s="1" t="s">
-        <v>357</v>
-[...1 lines deleted...]
-      <c r="E150" s="1"/>
+        <v>346</v>
+      </c>
+      <c r="E150" s="1" t="s">
+        <v>349</v>
+      </c>
       <c r="F150" s="1" t="s">
-        <v>358</v>
+        <v>354</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>359</v>
+        <v>355</v>
       </c>
       <c r="H150" s="3">
-        <v>110</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>146</v>
+        <v>141</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>147</v>
+        <v>142</v>
       </c>
       <c r="D151" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="E151" s="1" t="s">
+        <v>349</v>
+      </c>
+      <c r="F151" s="1" t="s">
+        <v>356</v>
+      </c>
+      <c r="G151" s="1" t="s">
         <v>357</v>
       </c>
-      <c r="E151" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H151" s="3">
-        <v>73.99</v>
+        <v>34.99</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>146</v>
+        <v>141</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>147</v>
+        <v>142</v>
       </c>
       <c r="D152" s="1" t="s">
-        <v>357</v>
+        <v>346</v>
       </c>
       <c r="E152" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="F152" s="1" t="s">
+        <v>359</v>
+      </c>
+      <c r="G152" s="1" t="s">
         <v>360</v>
       </c>
-      <c r="F152" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H152" s="3">
-        <v>14.99</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>146</v>
+        <v>141</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>147</v>
+        <v>142</v>
       </c>
       <c r="D153" s="1" t="s">
-        <v>357</v>
-[...3 lines deleted...]
-      </c>
+        <v>361</v>
+      </c>
+      <c r="E153" s="1"/>
       <c r="F153" s="1" t="s">
-        <v>365</v>
+        <v>362</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>366</v>
+        <v>363</v>
       </c>
       <c r="H153" s="3">
-        <v>22.99</v>
+        <v>14.99</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>146</v>
+        <v>141</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>147</v>
+        <v>142</v>
       </c>
       <c r="D154" s="1" t="s">
-        <v>357</v>
-[...3 lines deleted...]
-      </c>
+        <v>361</v>
+      </c>
+      <c r="E154" s="1"/>
       <c r="F154" s="1" t="s">
-        <v>367</v>
+        <v>364</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>368</v>
+        <v>365</v>
       </c>
       <c r="H154" s="3">
-        <v>34.99</v>
+        <v>12.99</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>146</v>
+        <v>141</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>147</v>
+        <v>142</v>
       </c>
       <c r="D155" s="1" t="s">
-        <v>357</v>
-[...3 lines deleted...]
-      </c>
+        <v>361</v>
+      </c>
+      <c r="E155" s="1"/>
       <c r="F155" s="1" t="s">
-        <v>370</v>
+        <v>366</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>371</v>
+        <v>367</v>
       </c>
       <c r="H155" s="3">
-        <v>19.99</v>
+        <v>14.99</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>146</v>
+        <v>141</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>147</v>
+        <v>142</v>
       </c>
       <c r="D156" s="1" t="s">
-        <v>372</v>
+        <v>361</v>
       </c>
       <c r="E156" s="1"/>
       <c r="F156" s="1" t="s">
-        <v>373</v>
+        <v>368</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>374</v>
+        <v>369</v>
       </c>
       <c r="H156" s="3">
-        <v>13.99</v>
+        <v>11.79</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>146</v>
+        <v>141</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>147</v>
+        <v>142</v>
       </c>
       <c r="D157" s="1" t="s">
-        <v>372</v>
+        <v>370</v>
       </c>
       <c r="E157" s="1"/>
       <c r="F157" s="1" t="s">
-        <v>375</v>
+        <v>371</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>376</v>
+        <v>372</v>
       </c>
       <c r="H157" s="3">
-        <v>11.99</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B158" s="1" t="s">
         <v>146</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>147</v>
+        <v>373</v>
       </c>
       <c r="D158" s="1" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="E158" s="1"/>
       <c r="F158" s="1" t="s">
-        <v>377</v>
+        <v>375</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="H158" s="3">
-        <v>14.99</v>
+        <v>25</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B159" s="1" t="s">
         <v>146</v>
       </c>
       <c r="C159" s="1" t="s">
         <v>147</v>
       </c>
-      <c r="D159" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D159" s="1"/>
       <c r="E159" s="1"/>
       <c r="F159" s="1" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="G159" s="1" t="s">
+        <v>378</v>
+      </c>
+      <c r="H159" s="3">
         <v>380</v>
-      </c>
-[...1 lines deleted...]
-        <v>11.49</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B160" s="1" t="s">
         <v>146</v>
       </c>
       <c r="C160" s="1" t="s">
         <v>147</v>
       </c>
-      <c r="D160" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D160" s="1"/>
       <c r="E160" s="1"/>
       <c r="F160" s="1" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="H160" s="3">
-        <v>11.99</v>
+        <v>425</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B161" s="1" t="s">
         <v>146</v>
       </c>
       <c r="C161" s="1" t="s">
         <v>147</v>
       </c>
-      <c r="D161" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D161" s="1"/>
       <c r="E161" s="1"/>
       <c r="F161" s="1" t="s">
-        <v>384</v>
+        <v>381</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>385</v>
+        <v>382</v>
       </c>
       <c r="H161" s="3">
-        <v>22.99</v>
+        <v>550</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>386</v>
-[...3 lines deleted...]
-      </c>
+        <v>147</v>
+      </c>
+      <c r="D162" s="1"/>
       <c r="E162" s="1"/>
       <c r="F162" s="1" t="s">
-        <v>388</v>
+        <v>383</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>389</v>
+        <v>384</v>
       </c>
       <c r="H162" s="3">
-        <v>25</v>
+        <v>479</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>152</v>
+        <v>147</v>
       </c>
       <c r="D163" s="1"/>
       <c r="E163" s="1"/>
       <c r="F163" s="1" t="s">
-        <v>390</v>
+        <v>385</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>391</v>
+        <v>386</v>
       </c>
       <c r="H163" s="3">
-        <v>380</v>
+        <v>85</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>152</v>
-[...1 lines deleted...]
-      <c r="D164" s="1"/>
+        <v>147</v>
+      </c>
+      <c r="D164" s="1" t="s">
+        <v>387</v>
+      </c>
       <c r="E164" s="1"/>
       <c r="F164" s="1" t="s">
-        <v>392</v>
+        <v>388</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>393</v>
+        <v>389</v>
       </c>
       <c r="H164" s="3">
-        <v>425</v>
+        <v>42.99</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>152</v>
-[...1 lines deleted...]
-      <c r="D165" s="1"/>
+        <v>147</v>
+      </c>
+      <c r="D165" s="1" t="s">
+        <v>387</v>
+      </c>
       <c r="E165" s="1"/>
       <c r="F165" s="1" t="s">
-        <v>394</v>
+        <v>390</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>395</v>
+        <v>391</v>
       </c>
       <c r="H165" s="3">
-        <v>550</v>
+        <v>42.99</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>152</v>
-[...1 lines deleted...]
-      <c r="D166" s="1"/>
+        <v>147</v>
+      </c>
+      <c r="D166" s="1" t="s">
+        <v>387</v>
+      </c>
       <c r="E166" s="1"/>
       <c r="F166" s="1" t="s">
-        <v>396</v>
+        <v>392</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>397</v>
+        <v>393</v>
       </c>
       <c r="H166" s="3">
-        <v>479</v>
+        <v>129</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>152</v>
-[...1 lines deleted...]
-      <c r="D167" s="1"/>
+        <v>147</v>
+      </c>
+      <c r="D167" s="1" t="s">
+        <v>387</v>
+      </c>
       <c r="E167" s="1"/>
       <c r="F167" s="1" t="s">
-        <v>398</v>
+        <v>394</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>399</v>
+        <v>395</v>
       </c>
       <c r="H167" s="3">
-        <v>69.89</v>
+        <v>125</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>152</v>
-[...1 lines deleted...]
-      <c r="D168" s="1"/>
+        <v>147</v>
+      </c>
+      <c r="D168" s="1" t="s">
+        <v>387</v>
+      </c>
       <c r="E168" s="1"/>
       <c r="F168" s="1" t="s">
-        <v>400</v>
+        <v>396</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>401</v>
+        <v>397</v>
       </c>
       <c r="H168" s="3">
-        <v>85</v>
+        <v>27.99</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>152</v>
+        <v>147</v>
       </c>
       <c r="D169" s="1" t="s">
-        <v>402</v>
+        <v>387</v>
       </c>
       <c r="E169" s="1"/>
       <c r="F169" s="1" t="s">
-        <v>403</v>
+        <v>398</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>404</v>
+        <v>399</v>
       </c>
       <c r="H169" s="3">
-        <v>42.99</v>
+        <v>199</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B170" s="1" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>152</v>
+        <v>147</v>
       </c>
       <c r="D170" s="1" t="s">
-        <v>402</v>
+        <v>387</v>
       </c>
       <c r="E170" s="1"/>
       <c r="F170" s="1" t="s">
-        <v>405</v>
+        <v>400</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>406</v>
+        <v>401</v>
       </c>
       <c r="H170" s="3">
-        <v>42.99</v>
+        <v>225</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B171" s="1" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>152</v>
+        <v>147</v>
       </c>
       <c r="D171" s="1" t="s">
+        <v>387</v>
+      </c>
+      <c r="E171" s="1" t="s">
         <v>402</v>
       </c>
-      <c r="E171" s="1"/>
       <c r="F171" s="1" t="s">
-        <v>407</v>
+        <v>403</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>408</v>
+        <v>404</v>
       </c>
       <c r="H171" s="3">
-        <v>129</v>
+        <v>51.49</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B172" s="1" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>152</v>
+        <v>147</v>
       </c>
       <c r="D172" s="1" t="s">
-        <v>402</v>
+        <v>148</v>
       </c>
       <c r="E172" s="1"/>
       <c r="F172" s="1" t="s">
-        <v>409</v>
+        <v>405</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>410</v>
+        <v>406</v>
       </c>
       <c r="H172" s="3">
-        <v>125</v>
+        <v>12.99</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>152</v>
+        <v>147</v>
       </c>
       <c r="D173" s="1" t="s">
-        <v>402</v>
+        <v>148</v>
       </c>
       <c r="E173" s="1"/>
       <c r="F173" s="1" t="s">
-        <v>411</v>
+        <v>407</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>412</v>
+        <v>408</v>
       </c>
       <c r="H173" s="3">
-        <v>27.99</v>
+        <v>12.99</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B174" s="1" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>152</v>
+        <v>147</v>
       </c>
       <c r="D174" s="1" t="s">
-        <v>402</v>
+        <v>409</v>
       </c>
       <c r="E174" s="1"/>
       <c r="F174" s="1" t="s">
-        <v>413</v>
+        <v>410</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>414</v>
+        <v>411</v>
       </c>
       <c r="H174" s="3">
-        <v>199</v>
+        <v>165</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B175" s="1" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>152</v>
+        <v>147</v>
       </c>
       <c r="D175" s="1" t="s">
-        <v>402</v>
+        <v>409</v>
       </c>
       <c r="E175" s="1"/>
       <c r="F175" s="1" t="s">
-        <v>415</v>
+        <v>412</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>416</v>
+        <v>413</v>
       </c>
       <c r="H175" s="3">
-        <v>225</v>
+        <v>170</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B176" s="1" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>152</v>
+        <v>147</v>
       </c>
       <c r="D176" s="1" t="s">
-        <v>402</v>
-[...3 lines deleted...]
-      </c>
+        <v>414</v>
+      </c>
+      <c r="E176" s="1"/>
       <c r="F176" s="1" t="s">
-        <v>418</v>
+        <v>415</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>419</v>
+        <v>416</v>
       </c>
       <c r="H176" s="3">
-        <v>51.49</v>
+        <v>35</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B177" s="1" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>152</v>
+        <v>147</v>
       </c>
       <c r="D177" s="1" t="s">
-        <v>153</v>
+        <v>414</v>
       </c>
       <c r="E177" s="1"/>
       <c r="F177" s="1" t="s">
-        <v>420</v>
+        <v>417</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>421</v>
+        <v>418</v>
       </c>
       <c r="H177" s="3">
-        <v>12.99</v>
+        <v>200</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B178" s="1" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>152</v>
+        <v>147</v>
       </c>
       <c r="D178" s="1" t="s">
-        <v>153</v>
+        <v>414</v>
       </c>
       <c r="E178" s="1"/>
       <c r="F178" s="1" t="s">
-        <v>422</v>
+        <v>419</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>423</v>
+        <v>420</v>
       </c>
       <c r="H178" s="3">
-        <v>12.99</v>
+        <v>13.99</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B179" s="1" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>152</v>
-[...3 lines deleted...]
-      </c>
+        <v>421</v>
+      </c>
+      <c r="D179" s="1"/>
       <c r="E179" s="1"/>
       <c r="F179" s="1" t="s">
-        <v>424</v>
+        <v>422</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>425</v>
+        <v>423</v>
       </c>
       <c r="H179" s="3">
-        <v>15.99</v>
+        <v>10.49</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B180" s="1" t="s">
-        <v>151</v>
+        <v>424</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>152</v>
-[...3 lines deleted...]
-      </c>
+        <v>425</v>
+      </c>
+      <c r="D180" s="1"/>
       <c r="E180" s="1"/>
       <c r="F180" s="1" t="s">
+        <v>426</v>
+      </c>
+      <c r="G180" s="1" t="s">
         <v>427</v>
       </c>
-      <c r="G180" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H180" s="3">
-        <v>165</v>
+        <v>13.99</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B181" s="1" t="s">
-        <v>151</v>
+        <v>424</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>152</v>
-[...3 lines deleted...]
-      </c>
+        <v>425</v>
+      </c>
+      <c r="D181" s="1"/>
       <c r="E181" s="1"/>
       <c r="F181" s="1" t="s">
+        <v>428</v>
+      </c>
+      <c r="G181" s="1" t="s">
         <v>429</v>
       </c>
-      <c r="G181" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H181" s="3">
-        <v>170</v>
+        <v>9.49</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B182" s="1" t="s">
-        <v>151</v>
+        <v>424</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>152</v>
-[...3 lines deleted...]
-      </c>
+        <v>425</v>
+      </c>
+      <c r="D182" s="1"/>
       <c r="E182" s="1"/>
       <c r="F182" s="1" t="s">
-        <v>432</v>
+        <v>430</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="H182" s="3">
-        <v>35</v>
+        <v>9.49</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B183" s="1" t="s">
-        <v>151</v>
+        <v>424</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>152</v>
-[...3 lines deleted...]
-      </c>
+        <v>425</v>
+      </c>
+      <c r="D183" s="1"/>
       <c r="E183" s="1"/>
       <c r="F183" s="1" t="s">
-        <v>434</v>
+        <v>432</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="H183" s="3">
-        <v>200</v>
+        <v>2.75</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B184" s="1" t="s">
-        <v>151</v>
+        <v>424</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>152</v>
-[...3 lines deleted...]
-      </c>
+        <v>425</v>
+      </c>
+      <c r="D184" s="1"/>
       <c r="E184" s="1"/>
       <c r="F184" s="1" t="s">
-        <v>436</v>
+        <v>434</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>437</v>
+        <v>435</v>
       </c>
       <c r="H184" s="3">
-        <v>13.99</v>
+        <v>5.49</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B185" s="1" t="s">
-        <v>151</v>
+        <v>424</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>438</v>
+        <v>425</v>
       </c>
       <c r="D185" s="1"/>
       <c r="E185" s="1"/>
       <c r="F185" s="1" t="s">
-        <v>439</v>
+        <v>436</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>440</v>
+        <v>437</v>
       </c>
       <c r="H185" s="3">
-        <v>10.49</v>
+        <v>9.99</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B186" s="1" t="s">
-        <v>441</v>
+        <v>424</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>442</v>
+        <v>425</v>
       </c>
       <c r="D186" s="1"/>
       <c r="E186" s="1"/>
       <c r="F186" s="1" t="s">
-        <v>443</v>
+        <v>438</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>444</v>
+        <v>439</v>
       </c>
       <c r="H186" s="3">
-        <v>12.99</v>
+        <v>9.99</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B187" s="1" t="s">
-        <v>441</v>
+        <v>424</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>442</v>
+        <v>425</v>
       </c>
       <c r="D187" s="1"/>
       <c r="E187" s="1"/>
       <c r="F187" s="1" t="s">
-        <v>445</v>
+        <v>440</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>446</v>
+        <v>441</v>
       </c>
       <c r="H187" s="3">
         <v>9.49</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B188" s="1" t="s">
-        <v>441</v>
+        <v>424</v>
       </c>
       <c r="C188" s="1" t="s">
         <v>442</v>
       </c>
-      <c r="D188" s="1"/>
+      <c r="D188" s="1" t="s">
+        <v>443</v>
+      </c>
       <c r="E188" s="1"/>
       <c r="F188" s="1" t="s">
-        <v>447</v>
+        <v>444</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>448</v>
+        <v>445</v>
       </c>
       <c r="H188" s="3">
-        <v>9.49</v>
+        <v>13.99</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B189" s="1" t="s">
-        <v>441</v>
+        <v>446</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>442</v>
-[...2 lines deleted...]
-      <c r="E189" s="1"/>
+        <v>447</v>
+      </c>
+      <c r="D189" s="1" t="s">
+        <v>448</v>
+      </c>
+      <c r="E189" s="1" t="s">
+        <v>449</v>
+      </c>
       <c r="F189" s="1" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="H189" s="3">
-        <v>2.69</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>441</v>
+        <v>9</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>442</v>
+        <v>155</v>
       </c>
       <c r="D190" s="1"/>
       <c r="E190" s="1"/>
       <c r="F190" s="1" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="H190" s="3">
-        <v>5.19</v>
+        <v>450</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>441</v>
+        <v>9</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>442</v>
+        <v>155</v>
       </c>
       <c r="D191" s="1"/>
       <c r="E191" s="1"/>
       <c r="F191" s="1" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="H191" s="3">
-        <v>9.99</v>
+        <v>13.99</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>441</v>
+        <v>9</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>442</v>
+        <v>155</v>
       </c>
       <c r="D192" s="1"/>
       <c r="E192" s="1"/>
       <c r="F192" s="1" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="H192" s="3">
-        <v>9.99</v>
+        <v>48</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>441</v>
+        <v>9</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>442</v>
+        <v>155</v>
       </c>
       <c r="D193" s="1"/>
       <c r="E193" s="1"/>
       <c r="F193" s="1" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="H193" s="3">
-        <v>9.49</v>
+        <v>12.99</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>441</v>
+        <v>9</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>459</v>
-[...1 lines deleted...]
-      <c r="D194" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="D194" s="1"/>
+      <c r="E194" s="1"/>
+      <c r="F194" s="1" t="s">
         <v>460</v>
       </c>
-      <c r="E194" s="1" t="s">
+      <c r="G194" s="1" t="s">
         <v>461</v>
       </c>
-      <c r="F194" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H194" s="3">
-        <v>12.99</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>441</v>
+        <v>9</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>464</v>
-[...3 lines deleted...]
-      </c>
+        <v>155</v>
+      </c>
+      <c r="D195" s="1"/>
       <c r="E195" s="1"/>
       <c r="F195" s="1" t="s">
-        <v>466</v>
+        <v>462</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>467</v>
+        <v>463</v>
       </c>
       <c r="H195" s="3">
-        <v>13.99</v>
+        <v>55.49</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B196" s="1" t="s">
-        <v>468</v>
+        <v>9</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>469</v>
-[...6 lines deleted...]
-      </c>
+        <v>155</v>
+      </c>
+      <c r="D196" s="1"/>
+      <c r="E196" s="1"/>
       <c r="F196" s="1" t="s">
-        <v>472</v>
+        <v>464</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>473</v>
+        <v>465</v>
       </c>
       <c r="H196" s="3">
-        <v>19.99</v>
+        <v>10.99</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B197" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>160</v>
-[...1 lines deleted...]
-      <c r="D197" s="1"/>
+        <v>155</v>
+      </c>
+      <c r="D197" s="1" t="s">
+        <v>466</v>
+      </c>
       <c r="E197" s="1"/>
       <c r="F197" s="1" t="s">
-        <v>474</v>
+        <v>467</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>475</v>
+        <v>468</v>
       </c>
       <c r="H197" s="3">
-        <v>495</v>
+        <v>29.99</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B198" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>160</v>
-[...1 lines deleted...]
-      <c r="D198" s="1"/>
+        <v>155</v>
+      </c>
+      <c r="D198" s="1" t="s">
+        <v>466</v>
+      </c>
       <c r="E198" s="1"/>
       <c r="F198" s="1" t="s">
-        <v>476</v>
+        <v>469</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>477</v>
+        <v>470</v>
       </c>
       <c r="H198" s="3">
         <v>13.99</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B199" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>160</v>
-[...1 lines deleted...]
-      <c r="D199" s="1"/>
+        <v>155</v>
+      </c>
+      <c r="D199" s="1" t="s">
+        <v>466</v>
+      </c>
       <c r="E199" s="1"/>
       <c r="F199" s="1" t="s">
-        <v>478</v>
+        <v>471</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>479</v>
+        <v>472</v>
       </c>
       <c r="H199" s="3">
-        <v>48</v>
+        <v>14.75</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B200" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>160</v>
-[...1 lines deleted...]
-      <c r="D200" s="1"/>
+        <v>155</v>
+      </c>
+      <c r="D200" s="1" t="s">
+        <v>473</v>
+      </c>
       <c r="E200" s="1"/>
       <c r="F200" s="1" t="s">
-        <v>480</v>
+        <v>474</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>481</v>
+        <v>475</v>
       </c>
       <c r="H200" s="3">
-        <v>12.99</v>
+        <v>9.99</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B201" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>160</v>
-[...1 lines deleted...]
-      <c r="D201" s="1"/>
+        <v>155</v>
+      </c>
+      <c r="D201" s="1" t="s">
+        <v>476</v>
+      </c>
       <c r="E201" s="1"/>
       <c r="F201" s="1" t="s">
-        <v>482</v>
+        <v>477</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>483</v>
+        <v>478</v>
       </c>
       <c r="H201" s="3">
-        <v>19.99</v>
+        <v>31.5</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B202" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>160</v>
-[...1 lines deleted...]
-      <c r="D202" s="1"/>
+        <v>155</v>
+      </c>
+      <c r="D202" s="1" t="s">
+        <v>476</v>
+      </c>
       <c r="E202" s="1"/>
       <c r="F202" s="1" t="s">
-        <v>484</v>
+        <v>479</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>485</v>
+        <v>480</v>
       </c>
       <c r="H202" s="3">
-        <v>55.49</v>
+        <v>32</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B203" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>160</v>
-[...1 lines deleted...]
-      <c r="D203" s="1"/>
+        <v>155</v>
+      </c>
+      <c r="D203" s="1" t="s">
+        <v>481</v>
+      </c>
       <c r="E203" s="1"/>
       <c r="F203" s="1" t="s">
-        <v>486</v>
+        <v>482</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>487</v>
+        <v>483</v>
       </c>
       <c r="H203" s="3">
-        <v>10.99</v>
+        <v>23</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B204" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D204" s="1" t="s">
-        <v>488</v>
+        <v>481</v>
       </c>
       <c r="E204" s="1"/>
       <c r="F204" s="1" t="s">
-        <v>489</v>
+        <v>484</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>490</v>
+        <v>485</v>
       </c>
       <c r="H204" s="3">
-        <v>29.99</v>
+        <v>22.99</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B205" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D205" s="1" t="s">
-        <v>488</v>
+        <v>481</v>
       </c>
       <c r="E205" s="1"/>
       <c r="F205" s="1" t="s">
-        <v>491</v>
+        <v>486</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>492</v>
+        <v>487</v>
       </c>
       <c r="H205" s="3">
-        <v>13.99</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B206" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D206" s="1" t="s">
-        <v>493</v>
+        <v>481</v>
       </c>
       <c r="E206" s="1"/>
       <c r="F206" s="1" t="s">
-        <v>494</v>
+        <v>488</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>495</v>
+        <v>489</v>
       </c>
       <c r="H206" s="3">
-        <v>9.99</v>
+        <v>35</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B207" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D207" s="1" t="s">
-        <v>496</v>
+        <v>481</v>
       </c>
       <c r="E207" s="1"/>
       <c r="F207" s="1" t="s">
-        <v>497</v>
+        <v>490</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>498</v>
+        <v>491</v>
       </c>
       <c r="H207" s="3">
-        <v>30.99</v>
+        <v>39</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B208" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D208" s="1" t="s">
-        <v>496</v>
+        <v>481</v>
       </c>
       <c r="E208" s="1"/>
       <c r="F208" s="1" t="s">
-        <v>499</v>
+        <v>492</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>500</v>
+        <v>493</v>
       </c>
       <c r="H208" s="3">
-        <v>30.99</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B209" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D209" s="1" t="s">
-        <v>501</v>
+        <v>481</v>
       </c>
       <c r="E209" s="1"/>
       <c r="F209" s="1" t="s">
-        <v>502</v>
+        <v>494</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>503</v>
+        <v>495</v>
       </c>
       <c r="H209" s="3">
-        <v>23</v>
+        <v>12.49</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B210" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D210" s="1" t="s">
-        <v>501</v>
+        <v>481</v>
       </c>
       <c r="E210" s="1"/>
       <c r="F210" s="1" t="s">
-        <v>504</v>
+        <v>496</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>505</v>
+        <v>497</v>
       </c>
       <c r="H210" s="3">
-        <v>22.49</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B211" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D211" s="1" t="s">
-        <v>501</v>
+        <v>481</v>
       </c>
       <c r="E211" s="1"/>
       <c r="F211" s="1" t="s">
-        <v>506</v>
+        <v>498</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>507</v>
+        <v>499</v>
       </c>
       <c r="H211" s="3">
-        <v>41.99</v>
+        <v>32.49</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B212" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D212" s="1" t="s">
-        <v>501</v>
+        <v>481</v>
       </c>
       <c r="E212" s="1"/>
       <c r="F212" s="1" t="s">
-        <v>508</v>
+        <v>500</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>509</v>
+        <v>501</v>
       </c>
       <c r="H212" s="3">
-        <v>42.5</v>
+        <v>32.99</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B213" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D213" s="1" t="s">
-        <v>501</v>
+        <v>481</v>
       </c>
       <c r="E213" s="1"/>
       <c r="F213" s="1" t="s">
-        <v>510</v>
+        <v>502</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>511</v>
+        <v>503</v>
       </c>
       <c r="H213" s="3">
-        <v>42.99</v>
+        <v>25</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B214" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D214" s="1" t="s">
-        <v>501</v>
+        <v>481</v>
       </c>
       <c r="E214" s="1"/>
       <c r="F214" s="1" t="s">
-        <v>512</v>
+        <v>504</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>513</v>
+        <v>505</v>
       </c>
       <c r="H214" s="3">
-        <v>22.5</v>
+        <v>28.99</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B215" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D215" s="1" t="s">
-        <v>501</v>
+        <v>481</v>
       </c>
       <c r="E215" s="1"/>
       <c r="F215" s="1" t="s">
-        <v>514</v>
+        <v>506</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>515</v>
+        <v>507</v>
       </c>
       <c r="H215" s="3">
-        <v>12.49</v>
+        <v>58</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B216" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D216" s="1" t="s">
-        <v>501</v>
+        <v>481</v>
       </c>
       <c r="E216" s="1"/>
       <c r="F216" s="1" t="s">
-        <v>516</v>
+        <v>508</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>517</v>
+        <v>509</v>
       </c>
       <c r="H216" s="3">
-        <v>32.5</v>
+        <v>59.95</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B217" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D217" s="1" t="s">
-        <v>501</v>
+        <v>481</v>
       </c>
       <c r="E217" s="1"/>
       <c r="F217" s="1" t="s">
-        <v>518</v>
+        <v>510</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>519</v>
+        <v>511</v>
       </c>
       <c r="H217" s="3">
-        <v>32.49</v>
+        <v>26.5</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B218" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D218" s="1" t="s">
-        <v>501</v>
+        <v>481</v>
       </c>
       <c r="E218" s="1"/>
       <c r="F218" s="1" t="s">
-        <v>520</v>
+        <v>512</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>521</v>
+        <v>513</v>
       </c>
       <c r="H218" s="3">
-        <v>32.99</v>
+        <v>35</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B219" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D219" s="1" t="s">
-        <v>501</v>
+        <v>481</v>
       </c>
       <c r="E219" s="1"/>
       <c r="F219" s="1" t="s">
-        <v>522</v>
+        <v>514</v>
       </c>
       <c r="G219" s="1" t="s">
-        <v>523</v>
+        <v>515</v>
       </c>
       <c r="H219" s="3">
-        <v>25</v>
+        <v>36.5</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B220" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D220" s="1" t="s">
-        <v>501</v>
+        <v>481</v>
       </c>
       <c r="E220" s="1"/>
       <c r="F220" s="1" t="s">
-        <v>524</v>
+        <v>516</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>525</v>
+        <v>517</v>
       </c>
       <c r="H220" s="3">
-        <v>28.99</v>
+        <v>35</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B221" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D221" s="1" t="s">
-        <v>501</v>
+        <v>481</v>
       </c>
       <c r="E221" s="1"/>
       <c r="F221" s="1" t="s">
-        <v>526</v>
+        <v>518</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>527</v>
+        <v>519</v>
       </c>
       <c r="H221" s="3">
-        <v>64.5</v>
+        <v>24</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B222" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D222" s="1" t="s">
-        <v>501</v>
+        <v>481</v>
       </c>
       <c r="E222" s="1"/>
       <c r="F222" s="1" t="s">
-        <v>528</v>
+        <v>520</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>529</v>
+        <v>521</v>
       </c>
       <c r="H222" s="3">
-        <v>64.99</v>
+        <v>38</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B223" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D223" s="1" t="s">
-        <v>501</v>
+        <v>481</v>
       </c>
       <c r="E223" s="1"/>
       <c r="F223" s="1" t="s">
-        <v>530</v>
+        <v>522</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>531</v>
+        <v>523</v>
       </c>
       <c r="H223" s="3">
-        <v>24.5</v>
+        <v>48</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B224" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D224" s="1" t="s">
-        <v>501</v>
+        <v>524</v>
       </c>
       <c r="E224" s="1"/>
       <c r="F224" s="1" t="s">
-        <v>532</v>
+        <v>525</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>533</v>
+        <v>526</v>
       </c>
       <c r="H224" s="3">
-        <v>33.99</v>
+        <v>26.95</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B225" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D225" s="1" t="s">
-        <v>501</v>
+        <v>524</v>
       </c>
       <c r="E225" s="1"/>
       <c r="F225" s="1" t="s">
-        <v>534</v>
+        <v>527</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>535</v>
+        <v>528</v>
       </c>
       <c r="H225" s="3">
-        <v>41.49</v>
+        <v>26.99</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B226" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C226" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D226" s="1" t="s">
-        <v>501</v>
+        <v>529</v>
       </c>
       <c r="E226" s="1"/>
       <c r="F226" s="1" t="s">
-        <v>536</v>
+        <v>530</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>537</v>
+        <v>531</v>
       </c>
       <c r="H226" s="3">
-        <v>34.99</v>
+        <v>18.19</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B227" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D227" s="1" t="s">
-        <v>501</v>
+        <v>529</v>
       </c>
       <c r="E227" s="1"/>
       <c r="F227" s="1" t="s">
-        <v>538</v>
+        <v>532</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>539</v>
+        <v>533</v>
       </c>
       <c r="H227" s="3">
-        <v>24</v>
+        <v>22.99</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B228" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D228" s="1" t="s">
-        <v>501</v>
+        <v>529</v>
       </c>
       <c r="E228" s="1"/>
       <c r="F228" s="1" t="s">
-        <v>540</v>
+        <v>534</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>541</v>
+        <v>535</v>
       </c>
       <c r="H228" s="3">
-        <v>36.99</v>
+        <v>18.5</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B229" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C229" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D229" s="1" t="s">
-        <v>501</v>
+        <v>529</v>
       </c>
       <c r="E229" s="1"/>
       <c r="F229" s="1" t="s">
-        <v>542</v>
+        <v>536</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>543</v>
+        <v>537</v>
       </c>
       <c r="H229" s="3">
-        <v>47.49</v>
+        <v>22.99</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B230" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C230" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D230" s="1" t="s">
-        <v>544</v>
+        <v>529</v>
       </c>
       <c r="E230" s="1"/>
       <c r="F230" s="1" t="s">
-        <v>545</v>
+        <v>538</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>546</v>
+        <v>539</v>
       </c>
       <c r="H230" s="3">
-        <v>25.99</v>
+        <v>18.49</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B231" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D231" s="1" t="s">
-        <v>544</v>
+        <v>540</v>
       </c>
       <c r="E231" s="1"/>
       <c r="F231" s="1" t="s">
-        <v>547</v>
+        <v>541</v>
       </c>
       <c r="G231" s="1" t="s">
-        <v>548</v>
+        <v>542</v>
       </c>
       <c r="H231" s="3">
-        <v>26.99</v>
+        <v>39.95</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B232" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C232" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D232" s="1" t="s">
-        <v>549</v>
+        <v>540</v>
       </c>
       <c r="E232" s="1"/>
       <c r="F232" s="1" t="s">
-        <v>550</v>
+        <v>543</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>551</v>
+        <v>544</v>
       </c>
       <c r="H232" s="3">
-        <v>18.19</v>
+        <v>62.99</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B233" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D233" s="1" t="s">
-        <v>549</v>
+        <v>540</v>
       </c>
       <c r="E233" s="1"/>
       <c r="F233" s="1" t="s">
-        <v>552</v>
+        <v>545</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>553</v>
+        <v>546</v>
       </c>
       <c r="H233" s="3">
-        <v>22.49</v>
+        <v>48</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B234" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C234" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D234" s="1" t="s">
-        <v>549</v>
+        <v>540</v>
       </c>
       <c r="E234" s="1"/>
       <c r="F234" s="1" t="s">
-        <v>554</v>
+        <v>547</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>555</v>
+        <v>548</v>
       </c>
       <c r="H234" s="3">
-        <v>18.19</v>
+        <v>42</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B235" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D235" s="1" t="s">
-        <v>549</v>
+        <v>540</v>
       </c>
       <c r="E235" s="1"/>
       <c r="F235" s="1" t="s">
-        <v>556</v>
+        <v>549</v>
       </c>
       <c r="G235" s="1" t="s">
-        <v>557</v>
+        <v>550</v>
       </c>
       <c r="H235" s="3">
-        <v>22.99</v>
+        <v>49.95</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B236" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C236" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D236" s="1" t="s">
-        <v>549</v>
+        <v>540</v>
       </c>
       <c r="E236" s="1"/>
       <c r="F236" s="1" t="s">
-        <v>558</v>
+        <v>551</v>
       </c>
       <c r="G236" s="1" t="s">
-        <v>559</v>
+        <v>552</v>
       </c>
       <c r="H236" s="3">
-        <v>18.49</v>
+        <v>100</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B237" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C237" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D237" s="1" t="s">
-        <v>560</v>
+        <v>540</v>
       </c>
       <c r="E237" s="1"/>
       <c r="F237" s="1" t="s">
-        <v>561</v>
+        <v>553</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>562</v>
+        <v>554</v>
       </c>
       <c r="H237" s="3">
-        <v>40.49</v>
+        <v>79</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B238" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C238" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D238" s="1" t="s">
-        <v>560</v>
+        <v>540</v>
       </c>
       <c r="E238" s="1"/>
       <c r="F238" s="1" t="s">
-        <v>563</v>
+        <v>555</v>
       </c>
       <c r="G238" s="1" t="s">
-        <v>564</v>
+        <v>556</v>
       </c>
       <c r="H238" s="3">
-        <v>62.99</v>
+        <v>86.5</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B239" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C239" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D239" s="1" t="s">
-        <v>560</v>
+        <v>540</v>
       </c>
       <c r="E239" s="1"/>
       <c r="F239" s="1" t="s">
-        <v>565</v>
+        <v>557</v>
       </c>
       <c r="G239" s="1" t="s">
-        <v>566</v>
+        <v>558</v>
       </c>
       <c r="H239" s="3">
-        <v>52.99</v>
+        <v>75</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B240" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C240" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D240" s="1" t="s">
-        <v>560</v>
+        <v>540</v>
       </c>
       <c r="E240" s="1"/>
       <c r="F240" s="1" t="s">
-        <v>567</v>
+        <v>559</v>
       </c>
       <c r="G240" s="1" t="s">
-        <v>568</v>
+        <v>560</v>
       </c>
       <c r="H240" s="3">
-        <v>52.99</v>
+        <v>95</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B241" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C241" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D241" s="1" t="s">
-        <v>560</v>
+        <v>540</v>
       </c>
       <c r="E241" s="1"/>
       <c r="F241" s="1" t="s">
-        <v>569</v>
+        <v>561</v>
       </c>
       <c r="G241" s="1" t="s">
-        <v>570</v>
+        <v>562</v>
       </c>
       <c r="H241" s="3">
-        <v>54</v>
+        <v>69.95</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B242" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C242" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D242" s="1" t="s">
-        <v>560</v>
+        <v>540</v>
       </c>
       <c r="E242" s="1"/>
       <c r="F242" s="1" t="s">
-        <v>571</v>
+        <v>563</v>
       </c>
       <c r="G242" s="1" t="s">
-        <v>572</v>
+        <v>564</v>
       </c>
       <c r="H242" s="3">
-        <v>100</v>
+        <v>62.99</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B243" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C243" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D243" s="1" t="s">
-        <v>560</v>
+        <v>540</v>
       </c>
       <c r="E243" s="1"/>
       <c r="F243" s="1" t="s">
-        <v>573</v>
+        <v>565</v>
       </c>
       <c r="G243" s="1" t="s">
-        <v>574</v>
+        <v>566</v>
       </c>
       <c r="H243" s="3">
-        <v>99.99</v>
+        <v>82</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B244" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C244" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D244" s="1" t="s">
-        <v>560</v>
+        <v>540</v>
       </c>
       <c r="E244" s="1"/>
       <c r="F244" s="1" t="s">
-        <v>575</v>
+        <v>567</v>
       </c>
       <c r="G244" s="1" t="s">
-        <v>576</v>
+        <v>568</v>
       </c>
       <c r="H244" s="3">
-        <v>86.5</v>
+        <v>275</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B245" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C245" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D245" s="1" t="s">
-        <v>560</v>
+        <v>540</v>
       </c>
       <c r="E245" s="1"/>
       <c r="F245" s="1" t="s">
-        <v>577</v>
+        <v>569</v>
       </c>
       <c r="G245" s="1" t="s">
-        <v>578</v>
+        <v>570</v>
       </c>
       <c r="H245" s="3">
-        <v>86.5</v>
+        <v>250</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B246" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C246" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D246" s="1" t="s">
-        <v>560</v>
+        <v>540</v>
       </c>
       <c r="E246" s="1"/>
       <c r="F246" s="1" t="s">
-        <v>579</v>
+        <v>571</v>
       </c>
       <c r="G246" s="1" t="s">
-        <v>580</v>
+        <v>572</v>
       </c>
       <c r="H246" s="3">
-        <v>95.5</v>
+        <v>315</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B247" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C247" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D247" s="1" t="s">
-        <v>560</v>
+        <v>540</v>
       </c>
       <c r="E247" s="1"/>
       <c r="F247" s="1" t="s">
-        <v>581</v>
+        <v>573</v>
       </c>
       <c r="G247" s="1" t="s">
-        <v>582</v>
+        <v>574</v>
       </c>
       <c r="H247" s="3">
-        <v>86.99</v>
+        <v>398</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B248" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C248" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D248" s="1" t="s">
-        <v>560</v>
+        <v>540</v>
       </c>
       <c r="E248" s="1"/>
       <c r="F248" s="1" t="s">
-        <v>583</v>
+        <v>575</v>
       </c>
       <c r="G248" s="1" t="s">
-        <v>584</v>
+        <v>576</v>
       </c>
       <c r="H248" s="3">
-        <v>62.99</v>
+        <v>325</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B249" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C249" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D249" s="1" t="s">
-        <v>560</v>
+        <v>540</v>
       </c>
       <c r="E249" s="1"/>
       <c r="F249" s="1" t="s">
-        <v>585</v>
+        <v>577</v>
       </c>
       <c r="G249" s="1" t="s">
-        <v>586</v>
+        <v>578</v>
       </c>
       <c r="H249" s="3">
-        <v>80</v>
+        <v>399</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B250" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C250" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D250" s="1" t="s">
-        <v>560</v>
+        <v>540</v>
       </c>
       <c r="E250" s="1"/>
       <c r="F250" s="1" t="s">
-        <v>587</v>
+        <v>579</v>
       </c>
       <c r="G250" s="1" t="s">
-        <v>588</v>
+        <v>580</v>
       </c>
       <c r="H250" s="3">
-        <v>320</v>
+        <v>27</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B251" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C251" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D251" s="1" t="s">
-        <v>560</v>
+        <v>540</v>
       </c>
       <c r="E251" s="1"/>
       <c r="F251" s="1" t="s">
-        <v>589</v>
+        <v>581</v>
       </c>
       <c r="G251" s="1" t="s">
-        <v>590</v>
+        <v>582</v>
       </c>
       <c r="H251" s="3">
-        <v>300</v>
+        <v>27</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B252" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C252" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D252" s="1" t="s">
-        <v>560</v>
+        <v>583</v>
       </c>
       <c r="E252" s="1"/>
       <c r="F252" s="1" t="s">
-        <v>591</v>
+        <v>584</v>
       </c>
       <c r="G252" s="1" t="s">
-        <v>592</v>
+        <v>585</v>
       </c>
       <c r="H252" s="3">
-        <v>380</v>
+        <v>22</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B253" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C253" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D253" s="1" t="s">
-        <v>560</v>
+        <v>586</v>
       </c>
       <c r="E253" s="1"/>
       <c r="F253" s="1" t="s">
-        <v>593</v>
+        <v>587</v>
       </c>
       <c r="G253" s="1" t="s">
-        <v>594</v>
+        <v>588</v>
       </c>
       <c r="H253" s="3">
-        <v>445</v>
+        <v>40</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B254" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C254" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D254" s="1" t="s">
-        <v>560</v>
+        <v>586</v>
       </c>
       <c r="E254" s="1"/>
       <c r="F254" s="1" t="s">
-        <v>595</v>
+        <v>589</v>
       </c>
       <c r="G254" s="1" t="s">
-        <v>596</v>
+        <v>590</v>
       </c>
       <c r="H254" s="3">
-        <v>360</v>
+        <v>42</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B255" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C255" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D255" s="1" t="s">
-        <v>560</v>
+        <v>586</v>
       </c>
       <c r="E255" s="1"/>
       <c r="F255" s="1" t="s">
-        <v>597</v>
+        <v>591</v>
       </c>
       <c r="G255" s="1" t="s">
-        <v>598</v>
+        <v>592</v>
       </c>
       <c r="H255" s="3">
-        <v>410</v>
+        <v>44</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B256" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C256" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D256" s="1" t="s">
-        <v>560</v>
+        <v>586</v>
       </c>
       <c r="E256" s="1"/>
       <c r="F256" s="1" t="s">
-        <v>599</v>
+        <v>593</v>
       </c>
       <c r="G256" s="1" t="s">
-        <v>600</v>
+        <v>594</v>
       </c>
       <c r="H256" s="3">
-        <v>27</v>
+        <v>45</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B257" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C257" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D257" s="1" t="s">
-        <v>560</v>
+        <v>586</v>
       </c>
       <c r="E257" s="1"/>
       <c r="F257" s="1" t="s">
-        <v>601</v>
+        <v>595</v>
       </c>
       <c r="G257" s="1" t="s">
-        <v>602</v>
+        <v>596</v>
       </c>
       <c r="H257" s="3">
-        <v>27</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B258" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C258" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D258" s="1" t="s">
-        <v>603</v>
+        <v>597</v>
       </c>
       <c r="E258" s="1"/>
       <c r="F258" s="1" t="s">
-        <v>604</v>
+        <v>598</v>
       </c>
       <c r="G258" s="1" t="s">
-        <v>605</v>
+        <v>599</v>
       </c>
       <c r="H258" s="3">
-        <v>19.99</v>
+        <v>49.95</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B259" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C259" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D259" s="1" t="s">
-        <v>606</v>
+        <v>597</v>
       </c>
       <c r="E259" s="1"/>
       <c r="F259" s="1" t="s">
-        <v>607</v>
+        <v>600</v>
       </c>
       <c r="G259" s="1" t="s">
-        <v>608</v>
+        <v>601</v>
       </c>
       <c r="H259" s="3">
-        <v>44.99</v>
+        <v>120</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B260" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C260" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D260" s="1" t="s">
-        <v>606</v>
+        <v>597</v>
       </c>
       <c r="E260" s="1"/>
       <c r="F260" s="1" t="s">
-        <v>609</v>
+        <v>602</v>
       </c>
       <c r="G260" s="1" t="s">
-        <v>610</v>
+        <v>603</v>
       </c>
       <c r="H260" s="3">
-        <v>49.99</v>
+        <v>95</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B261" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C261" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D261" s="1" t="s">
-        <v>606</v>
+        <v>597</v>
       </c>
       <c r="E261" s="1"/>
       <c r="F261" s="1" t="s">
-        <v>611</v>
+        <v>604</v>
       </c>
       <c r="G261" s="1" t="s">
-        <v>612</v>
+        <v>605</v>
       </c>
       <c r="H261" s="3">
-        <v>49.99</v>
+        <v>125</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B262" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C262" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D262" s="1" t="s">
-        <v>606</v>
+        <v>597</v>
       </c>
       <c r="E262" s="1"/>
       <c r="F262" s="1" t="s">
-        <v>613</v>
+        <v>606</v>
       </c>
       <c r="G262" s="1" t="s">
-        <v>614</v>
+        <v>607</v>
       </c>
       <c r="H262" s="3">
-        <v>52</v>
+        <v>120</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B263" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C263" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D263" s="1" t="s">
-        <v>606</v>
+        <v>597</v>
       </c>
       <c r="E263" s="1"/>
       <c r="F263" s="1" t="s">
-        <v>615</v>
+        <v>608</v>
       </c>
       <c r="G263" s="1" t="s">
-        <v>616</v>
+        <v>609</v>
       </c>
       <c r="H263" s="3">
-        <v>24.99</v>
+        <v>72</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B264" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C264" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D264" s="1" t="s">
-        <v>617</v>
+        <v>597</v>
       </c>
       <c r="E264" s="1"/>
       <c r="F264" s="1" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="G264" s="1" t="s">
-        <v>619</v>
+        <v>611</v>
       </c>
       <c r="H264" s="3">
-        <v>55.99</v>
+        <v>58</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B265" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C265" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D265" s="1" t="s">
-        <v>617</v>
+        <v>597</v>
       </c>
       <c r="E265" s="1"/>
       <c r="F265" s="1" t="s">
-        <v>620</v>
+        <v>612</v>
       </c>
       <c r="G265" s="1" t="s">
-        <v>621</v>
+        <v>613</v>
       </c>
       <c r="H265" s="3">
-        <v>127</v>
+        <v>65</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B266" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C266" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D266" s="1" t="s">
-        <v>617</v>
+        <v>597</v>
       </c>
       <c r="E266" s="1"/>
       <c r="F266" s="1" t="s">
-        <v>622</v>
+        <v>614</v>
       </c>
       <c r="G266" s="1" t="s">
-        <v>623</v>
+        <v>615</v>
       </c>
       <c r="H266" s="3">
-        <v>97.99</v>
+        <v>62</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B267" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C267" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D267" s="1" t="s">
-        <v>617</v>
+        <v>597</v>
       </c>
       <c r="E267" s="1"/>
       <c r="F267" s="1" t="s">
-        <v>624</v>
+        <v>616</v>
       </c>
       <c r="G267" s="1" t="s">
-        <v>625</v>
+        <v>617</v>
       </c>
       <c r="H267" s="3">
-        <v>125</v>
+        <v>79</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B268" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C268" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D268" s="1" t="s">
-        <v>617</v>
+        <v>597</v>
       </c>
       <c r="E268" s="1"/>
       <c r="F268" s="1" t="s">
-        <v>626</v>
+        <v>618</v>
       </c>
       <c r="G268" s="1" t="s">
-        <v>627</v>
+        <v>619</v>
       </c>
       <c r="H268" s="3">
-        <v>125</v>
+        <v>105</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B269" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C269" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D269" s="1" t="s">
-        <v>617</v>
+        <v>597</v>
       </c>
       <c r="E269" s="1"/>
       <c r="F269" s="1" t="s">
-        <v>628</v>
+        <v>620</v>
       </c>
       <c r="G269" s="1" t="s">
-        <v>629</v>
+        <v>621</v>
       </c>
       <c r="H269" s="3">
-        <v>71.99</v>
+        <v>92</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B270" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C270" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D270" s="1" t="s">
-        <v>617</v>
+        <v>597</v>
       </c>
       <c r="E270" s="1"/>
       <c r="F270" s="1" t="s">
-        <v>630</v>
+        <v>622</v>
       </c>
       <c r="G270" s="1" t="s">
-        <v>631</v>
+        <v>623</v>
       </c>
       <c r="H270" s="3">
-        <v>66.5</v>
+        <v>99</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B271" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C271" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D271" s="1" t="s">
-        <v>617</v>
+        <v>597</v>
       </c>
       <c r="E271" s="1"/>
       <c r="F271" s="1" t="s">
-        <v>632</v>
+        <v>624</v>
       </c>
       <c r="G271" s="1" t="s">
-        <v>633</v>
+        <v>625</v>
       </c>
       <c r="H271" s="3">
-        <v>73.5</v>
+        <v>99</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B272" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C272" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D272" s="1" t="s">
-        <v>617</v>
+        <v>597</v>
       </c>
       <c r="E272" s="1"/>
       <c r="F272" s="1" t="s">
-        <v>634</v>
+        <v>626</v>
       </c>
       <c r="G272" s="1" t="s">
-        <v>635</v>
+        <v>627</v>
       </c>
       <c r="H272" s="3">
-        <v>61.99</v>
+        <v>95</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B273" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C273" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D273" s="1" t="s">
-        <v>617</v>
+        <v>597</v>
       </c>
       <c r="E273" s="1"/>
       <c r="F273" s="1" t="s">
-        <v>636</v>
+        <v>628</v>
       </c>
       <c r="G273" s="1" t="s">
-        <v>637</v>
+        <v>629</v>
       </c>
       <c r="H273" s="3">
-        <v>125</v>
+        <v>99</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B274" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C274" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D274" s="1" t="s">
-        <v>617</v>
+        <v>597</v>
       </c>
       <c r="E274" s="1"/>
       <c r="F274" s="1" t="s">
-        <v>638</v>
+        <v>630</v>
       </c>
       <c r="G274" s="1" t="s">
-        <v>639</v>
+        <v>631</v>
       </c>
       <c r="H274" s="3">
-        <v>106</v>
+        <v>95</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B275" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C275" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D275" s="1" t="s">
-        <v>617</v>
+        <v>597</v>
       </c>
       <c r="E275" s="1"/>
       <c r="F275" s="1" t="s">
-        <v>640</v>
+        <v>632</v>
       </c>
       <c r="G275" s="1" t="s">
-        <v>641</v>
+        <v>633</v>
       </c>
       <c r="H275" s="3">
-        <v>91.99</v>
+        <v>120</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B276" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C276" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D276" s="1" t="s">
-        <v>617</v>
+        <v>597</v>
       </c>
       <c r="E276" s="1"/>
       <c r="F276" s="1" t="s">
-        <v>642</v>
+        <v>634</v>
       </c>
       <c r="G276" s="1" t="s">
-        <v>643</v>
+        <v>635</v>
       </c>
       <c r="H276" s="3">
-        <v>106</v>
+        <v>89.99</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B277" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C277" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D277" s="1" t="s">
-        <v>617</v>
+        <v>597</v>
       </c>
       <c r="E277" s="1"/>
       <c r="F277" s="1" t="s">
-        <v>644</v>
+        <v>636</v>
       </c>
       <c r="G277" s="1" t="s">
-        <v>645</v>
+        <v>637</v>
       </c>
       <c r="H277" s="3">
-        <v>120</v>
+        <v>105</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B278" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C278" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D278" s="1" t="s">
-        <v>617</v>
+        <v>597</v>
       </c>
       <c r="E278" s="1"/>
       <c r="F278" s="1" t="s">
-        <v>646</v>
+        <v>638</v>
       </c>
       <c r="G278" s="1" t="s">
-        <v>647</v>
+        <v>639</v>
       </c>
       <c r="H278" s="3">
-        <v>110</v>
+        <v>38</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B279" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C279" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D279" s="1" t="s">
-        <v>617</v>
+        <v>597</v>
       </c>
       <c r="E279" s="1"/>
       <c r="F279" s="1" t="s">
-        <v>648</v>
+        <v>640</v>
       </c>
       <c r="G279" s="1" t="s">
-        <v>649</v>
+        <v>641</v>
       </c>
       <c r="H279" s="3">
-        <v>115</v>
+        <v>765</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B280" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C280" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D280" s="1" t="s">
-        <v>617</v>
+        <v>597</v>
       </c>
       <c r="E280" s="1"/>
       <c r="F280" s="1" t="s">
+        <v>642</v>
+      </c>
+      <c r="G280" s="1" t="s">
+        <v>643</v>
+      </c>
+      <c r="H280" s="3">
         <v>650</v>
-      </c>
-[...4 lines deleted...]
-        <v>115</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B281" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C281" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D281" s="1" t="s">
-        <v>617</v>
+        <v>597</v>
       </c>
       <c r="E281" s="1"/>
       <c r="F281" s="1" t="s">
-        <v>652</v>
+        <v>644</v>
       </c>
       <c r="G281" s="1" t="s">
-        <v>653</v>
+        <v>645</v>
       </c>
       <c r="H281" s="3">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B282" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C282" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D282" s="1" t="s">
-        <v>617</v>
+        <v>597</v>
       </c>
       <c r="E282" s="1"/>
       <c r="F282" s="1" t="s">
-        <v>654</v>
+        <v>646</v>
       </c>
       <c r="G282" s="1" t="s">
-        <v>655</v>
+        <v>647</v>
       </c>
       <c r="H282" s="3">
-        <v>89.99</v>
+        <v>132</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B283" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C283" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D283" s="1" t="s">
-        <v>617</v>
+        <v>597</v>
       </c>
       <c r="E283" s="1"/>
       <c r="F283" s="1" t="s">
-        <v>656</v>
+        <v>648</v>
       </c>
       <c r="G283" s="1" t="s">
-        <v>657</v>
+        <v>649</v>
       </c>
       <c r="H283" s="3">
-        <v>105</v>
+        <v>162</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B284" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C284" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D284" s="1" t="s">
-        <v>617</v>
+        <v>597</v>
       </c>
       <c r="E284" s="1"/>
       <c r="F284" s="1" t="s">
-        <v>658</v>
+        <v>650</v>
       </c>
       <c r="G284" s="1" t="s">
-        <v>659</v>
+        <v>651</v>
       </c>
       <c r="H284" s="3">
-        <v>37.99</v>
+        <v>175</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B285" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C285" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D285" s="1" t="s">
-        <v>617</v>
+        <v>597</v>
       </c>
       <c r="E285" s="1"/>
       <c r="F285" s="1" t="s">
-        <v>660</v>
+        <v>652</v>
       </c>
       <c r="G285" s="1" t="s">
-        <v>661</v>
+        <v>653</v>
       </c>
       <c r="H285" s="3">
-        <v>765</v>
+        <v>525</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B286" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C286" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D286" s="1" t="s">
-        <v>617</v>
+        <v>597</v>
       </c>
       <c r="E286" s="1"/>
       <c r="F286" s="1" t="s">
-        <v>662</v>
+        <v>654</v>
       </c>
       <c r="G286" s="1" t="s">
-        <v>663</v>
+        <v>655</v>
       </c>
       <c r="H286" s="3">
-        <v>685</v>
+        <v>67.5</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B287" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C287" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D287" s="1" t="s">
-        <v>617</v>
+        <v>597</v>
       </c>
       <c r="E287" s="1"/>
       <c r="F287" s="1" t="s">
-        <v>664</v>
+        <v>656</v>
       </c>
       <c r="G287" s="1" t="s">
-        <v>665</v>
+        <v>657</v>
       </c>
       <c r="H287" s="3">
-        <v>150</v>
+        <v>215</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B288" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C288" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D288" s="1" t="s">
-        <v>617</v>
+        <v>597</v>
       </c>
       <c r="E288" s="1"/>
       <c r="F288" s="1" t="s">
-        <v>666</v>
+        <v>658</v>
       </c>
       <c r="G288" s="1" t="s">
-        <v>667</v>
+        <v>659</v>
       </c>
       <c r="H288" s="3">
-        <v>145</v>
+        <v>185</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B289" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C289" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D289" s="1" t="s">
-        <v>617</v>
+        <v>597</v>
       </c>
       <c r="E289" s="1"/>
       <c r="F289" s="1" t="s">
-        <v>668</v>
+        <v>660</v>
       </c>
       <c r="G289" s="1" t="s">
-        <v>669</v>
+        <v>661</v>
       </c>
       <c r="H289" s="3">
-        <v>162</v>
+        <v>130</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B290" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C290" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D290" s="1" t="s">
-        <v>617</v>
+        <v>597</v>
       </c>
       <c r="E290" s="1"/>
       <c r="F290" s="1" t="s">
-        <v>670</v>
+        <v>662</v>
       </c>
       <c r="G290" s="1" t="s">
-        <v>671</v>
+        <v>663</v>
       </c>
       <c r="H290" s="3">
-        <v>175</v>
+        <v>125</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B291" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C291" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D291" s="1" t="s">
-        <v>617</v>
+        <v>597</v>
       </c>
       <c r="E291" s="1"/>
       <c r="F291" s="1" t="s">
-        <v>672</v>
+        <v>664</v>
       </c>
       <c r="G291" s="1" t="s">
-        <v>673</v>
+        <v>665</v>
       </c>
       <c r="H291" s="3">
-        <v>525</v>
+        <v>26</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B292" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C292" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D292" s="1" t="s">
-        <v>617</v>
+        <v>666</v>
       </c>
       <c r="E292" s="1"/>
       <c r="F292" s="1" t="s">
-        <v>674</v>
+        <v>667</v>
       </c>
       <c r="G292" s="1" t="s">
-        <v>675</v>
+        <v>668</v>
       </c>
       <c r="H292" s="3">
-        <v>67.5</v>
+        <v>425</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B293" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C293" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D293" s="1" t="s">
-        <v>617</v>
+        <v>666</v>
       </c>
       <c r="E293" s="1"/>
       <c r="F293" s="1" t="s">
-        <v>676</v>
+        <v>669</v>
       </c>
       <c r="G293" s="1" t="s">
-        <v>677</v>
+        <v>670</v>
       </c>
       <c r="H293" s="3">
-        <v>230</v>
+        <v>550</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B294" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C294" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D294" s="1" t="s">
-        <v>617</v>
+        <v>666</v>
       </c>
       <c r="E294" s="1"/>
       <c r="F294" s="1" t="s">
-        <v>678</v>
+        <v>671</v>
       </c>
       <c r="G294" s="1" t="s">
-        <v>679</v>
+        <v>672</v>
       </c>
       <c r="H294" s="3">
-        <v>210</v>
+        <v>370</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B295" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C295" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D295" s="1" t="s">
-        <v>617</v>
+        <v>666</v>
       </c>
       <c r="E295" s="1"/>
       <c r="F295" s="1" t="s">
-        <v>680</v>
+        <v>673</v>
       </c>
       <c r="G295" s="1" t="s">
-        <v>681</v>
+        <v>674</v>
       </c>
       <c r="H295" s="3">
-        <v>155</v>
+        <v>549</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B296" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C296" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D296" s="1" t="s">
-        <v>617</v>
+        <v>666</v>
       </c>
       <c r="E296" s="1"/>
       <c r="F296" s="1" t="s">
-        <v>682</v>
+        <v>675</v>
       </c>
       <c r="G296" s="1" t="s">
-        <v>683</v>
+        <v>676</v>
       </c>
       <c r="H296" s="3">
-        <v>137</v>
+        <v>249</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B297" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C297" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D297" s="1" t="s">
-        <v>617</v>
+        <v>666</v>
       </c>
       <c r="E297" s="1"/>
       <c r="F297" s="1" t="s">
-        <v>684</v>
+        <v>677</v>
       </c>
       <c r="G297" s="1" t="s">
-        <v>685</v>
+        <v>678</v>
       </c>
       <c r="H297" s="3">
-        <v>26</v>
+        <v>46.75</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B298" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C298" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D298" s="1" t="s">
-        <v>686</v>
+        <v>666</v>
       </c>
       <c r="E298" s="1"/>
       <c r="F298" s="1" t="s">
-        <v>687</v>
+        <v>679</v>
       </c>
       <c r="G298" s="1" t="s">
-        <v>688</v>
+        <v>680</v>
       </c>
       <c r="H298" s="3">
-        <v>530</v>
+        <v>39</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B299" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C299" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D299" s="1" t="s">
-        <v>686</v>
+        <v>666</v>
       </c>
       <c r="E299" s="1"/>
       <c r="F299" s="1" t="s">
-        <v>689</v>
+        <v>681</v>
       </c>
       <c r="G299" s="1" t="s">
-        <v>690</v>
+        <v>682</v>
       </c>
       <c r="H299" s="3">
-        <v>550</v>
+        <v>46.99</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B300" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C300" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D300" s="1" t="s">
-        <v>686</v>
+        <v>683</v>
       </c>
       <c r="E300" s="1"/>
       <c r="F300" s="1" t="s">
-        <v>691</v>
+        <v>684</v>
       </c>
       <c r="G300" s="1" t="s">
-        <v>692</v>
+        <v>685</v>
       </c>
       <c r="H300" s="3">
-        <v>465</v>
+        <v>35</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B301" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C301" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D301" s="1" t="s">
-        <v>686</v>
+        <v>683</v>
       </c>
       <c r="E301" s="1"/>
       <c r="F301" s="1" t="s">
-        <v>693</v>
+        <v>686</v>
       </c>
       <c r="G301" s="1" t="s">
-        <v>694</v>
+        <v>687</v>
       </c>
       <c r="H301" s="3">
-        <v>495</v>
+        <v>48</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B302" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C302" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D302" s="1" t="s">
-        <v>686</v>
+        <v>683</v>
       </c>
       <c r="E302" s="1"/>
       <c r="F302" s="1" t="s">
-        <v>695</v>
+        <v>688</v>
       </c>
       <c r="G302" s="1" t="s">
-        <v>696</v>
+        <v>689</v>
       </c>
       <c r="H302" s="3">
-        <v>255</v>
+        <v>49</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B303" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C303" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D303" s="1" t="s">
-        <v>686</v>
+        <v>683</v>
       </c>
       <c r="E303" s="1"/>
       <c r="F303" s="1" t="s">
-        <v>697</v>
+        <v>690</v>
       </c>
       <c r="G303" s="1" t="s">
-        <v>698</v>
+        <v>691</v>
       </c>
       <c r="H303" s="3">
-        <v>46.49</v>
+        <v>18.49</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B304" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C304" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D304" s="1" t="s">
-        <v>686</v>
+        <v>683</v>
       </c>
       <c r="E304" s="1"/>
       <c r="F304" s="1" t="s">
-        <v>699</v>
+        <v>692</v>
       </c>
       <c r="G304" s="1" t="s">
-        <v>700</v>
+        <v>693</v>
       </c>
       <c r="H304" s="3">
-        <v>46.99</v>
+        <v>40.49</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B305" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C305" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D305" s="1" t="s">
-        <v>686</v>
+        <v>683</v>
       </c>
       <c r="E305" s="1"/>
       <c r="F305" s="1" t="s">
-        <v>701</v>
+        <v>694</v>
       </c>
       <c r="G305" s="1" t="s">
-        <v>702</v>
+        <v>695</v>
       </c>
       <c r="H305" s="3">
-        <v>46.99</v>
+        <v>22.99</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B306" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C306" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D306" s="1" t="s">
-        <v>703</v>
+        <v>683</v>
       </c>
       <c r="E306" s="1"/>
       <c r="F306" s="1" t="s">
-        <v>704</v>
+        <v>696</v>
       </c>
       <c r="G306" s="1" t="s">
-        <v>705</v>
+        <v>697</v>
       </c>
       <c r="H306" s="3">
-        <v>33.99</v>
+        <v>25</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B307" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C307" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D307" s="1" t="s">
-        <v>703</v>
+        <v>683</v>
       </c>
       <c r="E307" s="1"/>
       <c r="F307" s="1" t="s">
-        <v>706</v>
+        <v>698</v>
       </c>
       <c r="G307" s="1" t="s">
-        <v>707</v>
+        <v>699</v>
       </c>
       <c r="H307" s="3">
-        <v>62.5</v>
+        <v>325</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B308" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C308" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D308" s="1" t="s">
-        <v>703</v>
+        <v>683</v>
       </c>
       <c r="E308" s="1"/>
       <c r="F308" s="1" t="s">
-        <v>708</v>
+        <v>700</v>
       </c>
       <c r="G308" s="1" t="s">
-        <v>709</v>
+        <v>701</v>
       </c>
       <c r="H308" s="3">
-        <v>59.99</v>
+        <v>67.5</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B309" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C309" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D309" s="1" t="s">
-        <v>703</v>
+        <v>683</v>
       </c>
       <c r="E309" s="1"/>
       <c r="F309" s="1" t="s">
-        <v>710</v>
+        <v>702</v>
       </c>
       <c r="G309" s="1" t="s">
-        <v>711</v>
+        <v>703</v>
       </c>
       <c r="H309" s="3">
-        <v>18.19</v>
+        <v>60</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B310" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C310" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D310" s="1" t="s">
-        <v>703</v>
+        <v>683</v>
       </c>
       <c r="E310" s="1"/>
       <c r="F310" s="1" t="s">
-        <v>712</v>
+        <v>704</v>
       </c>
       <c r="G310" s="1" t="s">
-        <v>713</v>
+        <v>705</v>
       </c>
       <c r="H310" s="3">
-        <v>40.49</v>
+        <v>85</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B311" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C311" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D311" s="1" t="s">
-        <v>703</v>
+        <v>683</v>
       </c>
       <c r="E311" s="1"/>
       <c r="F311" s="1" t="s">
-        <v>714</v>
+        <v>706</v>
       </c>
       <c r="G311" s="1" t="s">
-        <v>715</v>
+        <v>707</v>
       </c>
       <c r="H311" s="3">
-        <v>22.99</v>
+        <v>30.49</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B312" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C312" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D312" s="1" t="s">
-        <v>703</v>
+        <v>683</v>
       </c>
       <c r="E312" s="1"/>
       <c r="F312" s="1" t="s">
-        <v>716</v>
+        <v>708</v>
       </c>
       <c r="G312" s="1" t="s">
-        <v>717</v>
+        <v>709</v>
       </c>
       <c r="H312" s="3">
-        <v>23.49</v>
+        <v>28.45</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B313" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C313" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D313" s="1" t="s">
-        <v>703</v>
+        <v>683</v>
       </c>
       <c r="E313" s="1"/>
       <c r="F313" s="1" t="s">
-        <v>718</v>
+        <v>710</v>
       </c>
       <c r="G313" s="1" t="s">
-        <v>719</v>
+        <v>711</v>
       </c>
       <c r="H313" s="3">
-        <v>325</v>
+        <v>295</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B314" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C314" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D314" s="1" t="s">
-        <v>703</v>
+        <v>712</v>
       </c>
       <c r="E314" s="1"/>
       <c r="F314" s="1" t="s">
-        <v>720</v>
+        <v>713</v>
       </c>
       <c r="G314" s="1" t="s">
-        <v>721</v>
+        <v>714</v>
       </c>
       <c r="H314" s="3">
-        <v>65.99</v>
+        <v>22.99</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B315" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C315" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D315" s="1" t="s">
-        <v>703</v>
+        <v>712</v>
       </c>
       <c r="E315" s="1"/>
       <c r="F315" s="1" t="s">
-        <v>722</v>
+        <v>715</v>
       </c>
       <c r="G315" s="1" t="s">
-        <v>723</v>
+        <v>716</v>
       </c>
       <c r="H315" s="3">
-        <v>69.5</v>
+        <v>56</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B316" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C316" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D316" s="1" t="s">
-        <v>703</v>
+        <v>712</v>
       </c>
       <c r="E316" s="1"/>
       <c r="F316" s="1" t="s">
-        <v>724</v>
+        <v>717</v>
       </c>
       <c r="G316" s="1" t="s">
-        <v>725</v>
+        <v>718</v>
       </c>
       <c r="H316" s="3">
-        <v>81.99</v>
+        <v>55</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B317" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C317" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D317" s="1" t="s">
-        <v>703</v>
+        <v>712</v>
       </c>
       <c r="E317" s="1"/>
       <c r="F317" s="1" t="s">
-        <v>726</v>
+        <v>719</v>
       </c>
       <c r="G317" s="1" t="s">
-        <v>727</v>
+        <v>720</v>
       </c>
       <c r="H317" s="3">
-        <v>30.49</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B318" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C318" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D318" s="1" t="s">
-        <v>703</v>
+        <v>712</v>
       </c>
       <c r="E318" s="1"/>
       <c r="F318" s="1" t="s">
-        <v>728</v>
+        <v>721</v>
       </c>
       <c r="G318" s="1" t="s">
-        <v>729</v>
+        <v>722</v>
       </c>
       <c r="H318" s="3">
-        <v>28.45</v>
+        <v>58</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B319" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C319" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D319" s="1" t="s">
-        <v>703</v>
+        <v>712</v>
       </c>
       <c r="E319" s="1"/>
       <c r="F319" s="1" t="s">
-        <v>730</v>
+        <v>723</v>
       </c>
       <c r="G319" s="1" t="s">
-        <v>731</v>
+        <v>724</v>
       </c>
       <c r="H319" s="3">
-        <v>350</v>
+        <v>59.99</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B320" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C320" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D320" s="1" t="s">
-        <v>732</v>
+        <v>712</v>
       </c>
       <c r="E320" s="1"/>
       <c r="F320" s="1" t="s">
-        <v>733</v>
+        <v>725</v>
       </c>
       <c r="G320" s="1" t="s">
-        <v>734</v>
+        <v>726</v>
       </c>
       <c r="H320" s="3">
-        <v>22.99</v>
+        <v>66.5</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B321" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C321" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D321" s="1" t="s">
-        <v>732</v>
+        <v>712</v>
       </c>
       <c r="E321" s="1"/>
       <c r="F321" s="1" t="s">
-        <v>735</v>
+        <v>727</v>
       </c>
       <c r="G321" s="1" t="s">
-        <v>736</v>
+        <v>728</v>
       </c>
       <c r="H321" s="3">
-        <v>56.99</v>
+        <v>55</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B322" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C322" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D322" s="1" t="s">
-        <v>732</v>
+        <v>712</v>
       </c>
       <c r="E322" s="1"/>
       <c r="F322" s="1" t="s">
-        <v>737</v>
+        <v>729</v>
       </c>
       <c r="G322" s="1" t="s">
-        <v>738</v>
+        <v>730</v>
       </c>
       <c r="H322" s="3">
-        <v>56.99</v>
+        <v>54</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B323" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C323" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D323" s="1" t="s">
-        <v>732</v>
+        <v>712</v>
       </c>
       <c r="E323" s="1"/>
       <c r="F323" s="1" t="s">
-        <v>739</v>
+        <v>731</v>
       </c>
       <c r="G323" s="1" t="s">
-        <v>740</v>
+        <v>732</v>
       </c>
       <c r="H323" s="3">
-        <v>56.49</v>
+        <v>65</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B324" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C324" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D324" s="1" t="s">
-        <v>732</v>
+        <v>712</v>
       </c>
       <c r="E324" s="1"/>
       <c r="F324" s="1" t="s">
-        <v>741</v>
+        <v>733</v>
       </c>
       <c r="G324" s="1" t="s">
-        <v>742</v>
+        <v>734</v>
       </c>
       <c r="H324" s="3">
-        <v>59.99</v>
+        <v>22.99</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B325" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C325" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D325" s="1" t="s">
-        <v>732</v>
+        <v>712</v>
       </c>
       <c r="E325" s="1"/>
       <c r="F325" s="1" t="s">
-        <v>743</v>
+        <v>735</v>
       </c>
       <c r="G325" s="1" t="s">
-        <v>744</v>
+        <v>736</v>
       </c>
       <c r="H325" s="3">
-        <v>59.99</v>
+        <v>32</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B326" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C326" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D326" s="1" t="s">
-        <v>732</v>
+        <v>737</v>
       </c>
       <c r="E326" s="1"/>
       <c r="F326" s="1" t="s">
-        <v>745</v>
+        <v>738</v>
       </c>
       <c r="G326" s="1" t="s">
-        <v>746</v>
+        <v>739</v>
       </c>
       <c r="H326" s="3">
-        <v>66.5</v>
+        <v>31.99</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B327" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C327" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D327" s="1" t="s">
-        <v>732</v>
+        <v>737</v>
       </c>
       <c r="E327" s="1"/>
       <c r="F327" s="1" t="s">
-        <v>747</v>
+        <v>740</v>
       </c>
       <c r="G327" s="1" t="s">
-        <v>748</v>
+        <v>741</v>
       </c>
       <c r="H327" s="3">
-        <v>54.99</v>
+        <v>169</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B328" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C328" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D328" s="1" t="s">
-        <v>732</v>
+        <v>737</v>
       </c>
       <c r="E328" s="1"/>
       <c r="F328" s="1" t="s">
-        <v>749</v>
+        <v>742</v>
       </c>
       <c r="G328" s="1" t="s">
-        <v>750</v>
+        <v>743</v>
       </c>
       <c r="H328" s="3">
-        <v>54.5</v>
+        <v>229</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B329" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C329" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D329" s="1" t="s">
-        <v>732</v>
+        <v>737</v>
       </c>
       <c r="E329" s="1"/>
       <c r="F329" s="1" t="s">
-        <v>751</v>
+        <v>744</v>
       </c>
       <c r="G329" s="1" t="s">
-        <v>752</v>
+        <v>745</v>
       </c>
       <c r="H329" s="3">
-        <v>62</v>
+        <v>180</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B330" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C330" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D330" s="1" t="s">
-        <v>732</v>
+        <v>737</v>
       </c>
       <c r="E330" s="1"/>
       <c r="F330" s="1" t="s">
-        <v>753</v>
+        <v>746</v>
       </c>
       <c r="G330" s="1" t="s">
-        <v>754</v>
+        <v>747</v>
       </c>
       <c r="H330" s="3">
-        <v>22.99</v>
+        <v>39.99</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B331" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C331" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D331" s="1" t="s">
-        <v>732</v>
+        <v>737</v>
       </c>
       <c r="E331" s="1"/>
       <c r="F331" s="1" t="s">
-        <v>755</v>
+        <v>748</v>
       </c>
       <c r="G331" s="1" t="s">
-        <v>756</v>
+        <v>749</v>
       </c>
       <c r="H331" s="3">
-        <v>31.49</v>
+        <v>44.99</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B332" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C332" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D332" s="1" t="s">
-        <v>732</v>
+        <v>737</v>
       </c>
       <c r="E332" s="1"/>
       <c r="F332" s="1" t="s">
-        <v>757</v>
+        <v>750</v>
       </c>
       <c r="G332" s="1" t="s">
-        <v>758</v>
+        <v>751</v>
       </c>
       <c r="H332" s="3">
-        <v>18.5</v>
+        <v>38</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B333" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C333" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D333" s="1" t="s">
-        <v>759</v>
+        <v>737</v>
       </c>
       <c r="E333" s="1"/>
       <c r="F333" s="1" t="s">
-        <v>760</v>
+        <v>752</v>
       </c>
       <c r="G333" s="1" t="s">
-        <v>761</v>
+        <v>753</v>
       </c>
       <c r="H333" s="3">
-        <v>31.99</v>
+        <v>38</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B334" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C334" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D334" s="1" t="s">
-        <v>759</v>
+        <v>737</v>
       </c>
       <c r="E334" s="1"/>
       <c r="F334" s="1" t="s">
-        <v>762</v>
+        <v>754</v>
       </c>
       <c r="G334" s="1" t="s">
-        <v>763</v>
+        <v>755</v>
       </c>
       <c r="H334" s="3">
-        <v>195</v>
+        <v>59</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B335" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C335" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D335" s="1" t="s">
-        <v>759</v>
+        <v>737</v>
       </c>
       <c r="E335" s="1"/>
       <c r="F335" s="1" t="s">
-        <v>764</v>
+        <v>756</v>
       </c>
       <c r="G335" s="1" t="s">
-        <v>765</v>
+        <v>757</v>
       </c>
       <c r="H335" s="3">
-        <v>250</v>
+        <v>58</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B336" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C336" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D336" s="1" t="s">
-        <v>759</v>
+        <v>737</v>
       </c>
       <c r="E336" s="1"/>
       <c r="F336" s="1" t="s">
-        <v>766</v>
+        <v>758</v>
       </c>
       <c r="G336" s="1" t="s">
-        <v>767</v>
+        <v>759</v>
       </c>
       <c r="H336" s="3">
-        <v>245</v>
+        <v>43.99</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B337" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C337" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D337" s="1" t="s">
-        <v>759</v>
+        <v>737</v>
       </c>
       <c r="E337" s="1"/>
       <c r="F337" s="1" t="s">
-        <v>768</v>
+        <v>760</v>
       </c>
       <c r="G337" s="1" t="s">
-        <v>769</v>
+        <v>761</v>
       </c>
       <c r="H337" s="3">
-        <v>44.99</v>
+        <v>25.5</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B338" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C338" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D338" s="1" t="s">
-        <v>759</v>
+        <v>762</v>
       </c>
       <c r="E338" s="1"/>
       <c r="F338" s="1" t="s">
-        <v>770</v>
+        <v>763</v>
       </c>
       <c r="G338" s="1" t="s">
-        <v>771</v>
+        <v>764</v>
       </c>
       <c r="H338" s="3">
-        <v>44.99</v>
+        <v>165</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B339" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C339" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D339" s="1" t="s">
-        <v>759</v>
+        <v>762</v>
       </c>
       <c r="E339" s="1"/>
       <c r="F339" s="1" t="s">
-        <v>772</v>
+        <v>765</v>
       </c>
       <c r="G339" s="1" t="s">
-        <v>773</v>
+        <v>766</v>
       </c>
       <c r="H339" s="3">
-        <v>46.49</v>
+        <v>112</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B340" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C340" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D340" s="1" t="s">
-        <v>759</v>
+        <v>762</v>
       </c>
       <c r="E340" s="1"/>
       <c r="F340" s="1" t="s">
-        <v>774</v>
+        <v>767</v>
       </c>
       <c r="G340" s="1" t="s">
-        <v>775</v>
+        <v>768</v>
       </c>
       <c r="H340" s="3">
-        <v>45.5</v>
+        <v>34</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B341" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C341" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D341" s="1" t="s">
-        <v>759</v>
+        <v>762</v>
       </c>
       <c r="E341" s="1"/>
       <c r="F341" s="1" t="s">
-        <v>776</v>
+        <v>769</v>
       </c>
       <c r="G341" s="1" t="s">
-        <v>777</v>
+        <v>770</v>
       </c>
       <c r="H341" s="3">
-        <v>62.99</v>
+        <v>336</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B342" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C342" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D342" s="1" t="s">
-        <v>759</v>
+        <v>762</v>
       </c>
       <c r="E342" s="1"/>
       <c r="F342" s="1" t="s">
-        <v>778</v>
+        <v>771</v>
       </c>
       <c r="G342" s="1" t="s">
-        <v>779</v>
+        <v>772</v>
       </c>
       <c r="H342" s="3">
-        <v>61.99</v>
+        <v>179</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B343" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C343" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D343" s="1" t="s">
-        <v>759</v>
+        <v>762</v>
       </c>
       <c r="E343" s="1"/>
       <c r="F343" s="1" t="s">
-        <v>780</v>
+        <v>773</v>
       </c>
       <c r="G343" s="1" t="s">
-        <v>781</v>
+        <v>774</v>
       </c>
       <c r="H343" s="3">
-        <v>43.99</v>
+        <v>235</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B344" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C344" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D344" s="1" t="s">
-        <v>759</v>
+        <v>762</v>
       </c>
       <c r="E344" s="1"/>
       <c r="F344" s="1" t="s">
-        <v>782</v>
+        <v>775</v>
       </c>
       <c r="G344" s="1" t="s">
-        <v>783</v>
+        <v>776</v>
       </c>
       <c r="H344" s="3">
-        <v>25.5</v>
+        <v>249</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B345" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C345" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D345" s="1" t="s">
-        <v>784</v>
+        <v>762</v>
       </c>
       <c r="E345" s="1"/>
       <c r="F345" s="1" t="s">
-        <v>785</v>
+        <v>777</v>
       </c>
       <c r="G345" s="1" t="s">
-        <v>786</v>
+        <v>778</v>
       </c>
       <c r="H345" s="3">
-        <v>165</v>
+        <v>249</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B346" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C346" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D346" s="1" t="s">
-        <v>784</v>
+        <v>762</v>
       </c>
       <c r="E346" s="1"/>
       <c r="F346" s="1" t="s">
-        <v>787</v>
+        <v>779</v>
       </c>
       <c r="G346" s="1" t="s">
-        <v>788</v>
+        <v>780</v>
       </c>
       <c r="H346" s="3">
-        <v>128</v>
+        <v>49</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B347" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C347" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D347" s="1" t="s">
-        <v>784</v>
+        <v>762</v>
       </c>
       <c r="E347" s="1"/>
       <c r="F347" s="1" t="s">
-        <v>789</v>
+        <v>781</v>
       </c>
       <c r="G347" s="1" t="s">
-        <v>790</v>
+        <v>782</v>
       </c>
       <c r="H347" s="3">
-        <v>31.2</v>
+        <v>50</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B348" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C348" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D348" s="1" t="s">
-        <v>784</v>
+        <v>762</v>
       </c>
       <c r="E348" s="1"/>
       <c r="F348" s="1" t="s">
-        <v>791</v>
+        <v>783</v>
       </c>
       <c r="G348" s="1" t="s">
-        <v>792</v>
+        <v>784</v>
       </c>
       <c r="H348" s="3">
-        <v>305</v>
+        <v>95</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B349" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C349" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D349" s="1" t="s">
-        <v>784</v>
+        <v>762</v>
       </c>
       <c r="E349" s="1"/>
       <c r="F349" s="1" t="s">
-        <v>793</v>
+        <v>785</v>
       </c>
       <c r="G349" s="1" t="s">
-        <v>794</v>
+        <v>786</v>
       </c>
       <c r="H349" s="3">
-        <v>205</v>
+        <v>99</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B350" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C350" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D350" s="1" t="s">
-        <v>784</v>
+        <v>762</v>
       </c>
       <c r="E350" s="1"/>
       <c r="F350" s="1" t="s">
-        <v>795</v>
+        <v>787</v>
       </c>
       <c r="G350" s="1" t="s">
-        <v>796</v>
+        <v>788</v>
       </c>
       <c r="H350" s="3">
-        <v>255</v>
+        <v>99</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B351" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C351" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D351" s="1" t="s">
-        <v>784</v>
+        <v>762</v>
       </c>
       <c r="E351" s="1"/>
       <c r="F351" s="1" t="s">
-        <v>797</v>
+        <v>789</v>
       </c>
       <c r="G351" s="1" t="s">
-        <v>798</v>
+        <v>790</v>
       </c>
       <c r="H351" s="3">
-        <v>255</v>
+        <v>99</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B352" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C352" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D352" s="1" t="s">
-        <v>784</v>
+        <v>762</v>
       </c>
       <c r="E352" s="1"/>
       <c r="F352" s="1" t="s">
-        <v>799</v>
+        <v>791</v>
       </c>
       <c r="G352" s="1" t="s">
-        <v>800</v>
+        <v>792</v>
       </c>
       <c r="H352" s="3">
-        <v>270</v>
+        <v>120</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B353" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C353" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D353" s="1" t="s">
-        <v>784</v>
+        <v>762</v>
       </c>
       <c r="E353" s="1"/>
       <c r="F353" s="1" t="s">
-        <v>801</v>
+        <v>793</v>
       </c>
       <c r="G353" s="1" t="s">
-        <v>802</v>
+        <v>794</v>
       </c>
       <c r="H353" s="3">
-        <v>62.5</v>
+        <v>42</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B354" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C354" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D354" s="1" t="s">
-        <v>784</v>
+        <v>762</v>
       </c>
       <c r="E354" s="1"/>
       <c r="F354" s="1" t="s">
-        <v>803</v>
+        <v>795</v>
       </c>
       <c r="G354" s="1" t="s">
-        <v>804</v>
+        <v>796</v>
       </c>
       <c r="H354" s="3">
-        <v>61.49</v>
+        <v>36.95</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B355" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C355" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D355" s="1" t="s">
-        <v>784</v>
+        <v>762</v>
       </c>
       <c r="E355" s="1"/>
       <c r="F355" s="1" t="s">
-        <v>805</v>
+        <v>797</v>
       </c>
       <c r="G355" s="1" t="s">
-        <v>806</v>
+        <v>798</v>
       </c>
       <c r="H355" s="3">
-        <v>94.99</v>
+        <v>60</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B356" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C356" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D356" s="1" t="s">
-        <v>784</v>
+        <v>762</v>
       </c>
       <c r="E356" s="1"/>
       <c r="F356" s="1" t="s">
-        <v>807</v>
+        <v>799</v>
       </c>
       <c r="G356" s="1" t="s">
-        <v>808</v>
+        <v>800</v>
       </c>
       <c r="H356" s="3">
-        <v>100</v>
+        <v>72</v>
       </c>
     </row>
     <row r="357">
       <c r="A357" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B357" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C357" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D357" s="1" t="s">
-        <v>784</v>
+        <v>762</v>
       </c>
       <c r="E357" s="1"/>
       <c r="F357" s="1" t="s">
-        <v>809</v>
+        <v>801</v>
       </c>
       <c r="G357" s="1" t="s">
-        <v>810</v>
+        <v>802</v>
       </c>
       <c r="H357" s="3">
-        <v>106</v>
+        <v>58</v>
       </c>
     </row>
     <row r="358">
       <c r="A358" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B358" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C358" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D358" s="1" t="s">
-        <v>784</v>
+        <v>762</v>
       </c>
       <c r="E358" s="1"/>
       <c r="F358" s="1" t="s">
-        <v>811</v>
+        <v>803</v>
       </c>
       <c r="G358" s="1" t="s">
-        <v>812</v>
+        <v>804</v>
       </c>
       <c r="H358" s="3">
-        <v>115</v>
+        <v>55</v>
       </c>
     </row>
     <row r="359">
       <c r="A359" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B359" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C359" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D359" s="1" t="s">
-        <v>784</v>
+        <v>762</v>
       </c>
       <c r="E359" s="1"/>
       <c r="F359" s="1" t="s">
-        <v>813</v>
+        <v>805</v>
       </c>
       <c r="G359" s="1" t="s">
-        <v>814</v>
+        <v>806</v>
       </c>
       <c r="H359" s="3">
-        <v>112</v>
+        <v>95</v>
       </c>
     </row>
     <row r="360">
       <c r="A360" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B360" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C360" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D360" s="1" t="s">
-        <v>784</v>
+        <v>762</v>
       </c>
       <c r="E360" s="1"/>
       <c r="F360" s="1" t="s">
-        <v>815</v>
+        <v>807</v>
       </c>
       <c r="G360" s="1" t="s">
-        <v>816</v>
+        <v>808</v>
       </c>
       <c r="H360" s="3">
-        <v>41.99</v>
+        <v>99</v>
       </c>
     </row>
     <row r="361">
       <c r="A361" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B361" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C361" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D361" s="1" t="s">
-        <v>784</v>
+        <v>762</v>
       </c>
       <c r="E361" s="1"/>
       <c r="F361" s="1" t="s">
-        <v>817</v>
+        <v>809</v>
       </c>
       <c r="G361" s="1" t="s">
-        <v>818</v>
+        <v>810</v>
       </c>
       <c r="H361" s="3">
-        <v>41.99</v>
+        <v>99</v>
       </c>
     </row>
     <row r="362">
       <c r="A362" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B362" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C362" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D362" s="1" t="s">
-        <v>784</v>
+        <v>762</v>
       </c>
       <c r="E362" s="1"/>
       <c r="F362" s="1" t="s">
-        <v>819</v>
+        <v>811</v>
       </c>
       <c r="G362" s="1" t="s">
-        <v>820</v>
+        <v>812</v>
       </c>
       <c r="H362" s="3">
-        <v>60</v>
+        <v>210</v>
       </c>
     </row>
     <row r="363">
       <c r="A363" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B363" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C363" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D363" s="1" t="s">
-        <v>784</v>
+        <v>762</v>
       </c>
       <c r="E363" s="1"/>
       <c r="F363" s="1" t="s">
-        <v>821</v>
+        <v>813</v>
       </c>
       <c r="G363" s="1" t="s">
-        <v>822</v>
+        <v>814</v>
       </c>
       <c r="H363" s="3">
-        <v>71.5</v>
+        <v>125</v>
       </c>
     </row>
     <row r="364">
       <c r="A364" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B364" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C364" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D364" s="1" t="s">
-        <v>784</v>
+        <v>762</v>
       </c>
       <c r="E364" s="1"/>
       <c r="F364" s="1" t="s">
-        <v>823</v>
+        <v>815</v>
       </c>
       <c r="G364" s="1" t="s">
-        <v>824</v>
+        <v>816</v>
       </c>
       <c r="H364" s="3">
-        <v>64.5</v>
+        <v>96</v>
       </c>
     </row>
     <row r="365">
       <c r="A365" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B365" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C365" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D365" s="1" t="s">
-        <v>784</v>
+        <v>762</v>
       </c>
       <c r="E365" s="1"/>
       <c r="F365" s="1" t="s">
-        <v>825</v>
+        <v>817</v>
       </c>
       <c r="G365" s="1" t="s">
-        <v>826</v>
+        <v>818</v>
       </c>
       <c r="H365" s="3">
-        <v>62.99</v>
+        <v>125</v>
       </c>
     </row>
     <row r="366">
       <c r="A366" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B366" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C366" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D366" s="1" t="s">
-        <v>784</v>
+        <v>762</v>
       </c>
       <c r="E366" s="1"/>
       <c r="F366" s="1" t="s">
-        <v>827</v>
+        <v>819</v>
       </c>
       <c r="G366" s="1" t="s">
-        <v>828</v>
+        <v>820</v>
       </c>
       <c r="H366" s="3">
-        <v>106</v>
+        <v>139</v>
       </c>
     </row>
     <row r="367">
       <c r="A367" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B367" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C367" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D367" s="1" t="s">
-        <v>784</v>
+        <v>762</v>
       </c>
       <c r="E367" s="1"/>
       <c r="F367" s="1" t="s">
-        <v>829</v>
+        <v>821</v>
       </c>
       <c r="G367" s="1" t="s">
-        <v>830</v>
+        <v>822</v>
       </c>
       <c r="H367" s="3">
-        <v>106</v>
+        <v>90</v>
       </c>
     </row>
     <row r="368">
       <c r="A368" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B368" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C368" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D368" s="1" t="s">
-        <v>784</v>
+        <v>762</v>
       </c>
       <c r="E368" s="1"/>
       <c r="F368" s="1" t="s">
-        <v>831</v>
+        <v>823</v>
       </c>
       <c r="G368" s="1" t="s">
-        <v>832</v>
+        <v>824</v>
       </c>
       <c r="H368" s="3">
-        <v>106</v>
+        <v>90</v>
       </c>
     </row>
     <row r="369">
       <c r="A369" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B369" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C369" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D369" s="1" t="s">
-        <v>784</v>
+        <v>762</v>
       </c>
       <c r="E369" s="1"/>
       <c r="F369" s="1" t="s">
-        <v>833</v>
+        <v>825</v>
       </c>
       <c r="G369" s="1" t="s">
-        <v>834</v>
+        <v>826</v>
       </c>
       <c r="H369" s="3">
-        <v>210</v>
+        <v>69</v>
       </c>
     </row>
     <row r="370">
       <c r="A370" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B370" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C370" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D370" s="1" t="s">
-        <v>784</v>
+        <v>762</v>
       </c>
       <c r="E370" s="1"/>
       <c r="F370" s="1" t="s">
-        <v>835</v>
+        <v>827</v>
       </c>
       <c r="G370" s="1" t="s">
-        <v>836</v>
+        <v>828</v>
       </c>
       <c r="H370" s="3">
-        <v>125</v>
+        <v>82</v>
       </c>
     </row>
     <row r="371">
       <c r="A371" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B371" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C371" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D371" s="1" t="s">
-        <v>784</v>
+        <v>762</v>
       </c>
       <c r="E371" s="1"/>
       <c r="F371" s="1" t="s">
-        <v>837</v>
+        <v>829</v>
       </c>
       <c r="G371" s="1" t="s">
-        <v>838</v>
+        <v>830</v>
       </c>
       <c r="H371" s="3">
-        <v>126</v>
+        <v>52</v>
       </c>
     </row>
     <row r="372">
       <c r="A372" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B372" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C372" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D372" s="1" t="s">
-        <v>784</v>
+        <v>762</v>
       </c>
       <c r="E372" s="1"/>
       <c r="F372" s="1" t="s">
-        <v>839</v>
+        <v>831</v>
       </c>
       <c r="G372" s="1" t="s">
-        <v>840</v>
+        <v>832</v>
       </c>
       <c r="H372" s="3">
-        <v>130</v>
+        <v>67.5</v>
       </c>
     </row>
     <row r="373">
       <c r="A373" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B373" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C373" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D373" s="1" t="s">
-        <v>784</v>
+        <v>762</v>
       </c>
       <c r="E373" s="1"/>
       <c r="F373" s="1" t="s">
-        <v>841</v>
+        <v>833</v>
       </c>
       <c r="G373" s="1" t="s">
-        <v>842</v>
+        <v>834</v>
       </c>
       <c r="H373" s="3">
-        <v>132</v>
+        <v>36.99</v>
       </c>
     </row>
     <row r="374">
       <c r="A374" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B374" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C374" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D374" s="1" t="s">
-        <v>784</v>
+        <v>762</v>
       </c>
       <c r="E374" s="1"/>
       <c r="F374" s="1" t="s">
-        <v>843</v>
+        <v>835</v>
       </c>
       <c r="G374" s="1" t="s">
-        <v>844</v>
+        <v>836</v>
       </c>
       <c r="H374" s="3">
-        <v>90.5</v>
+        <v>36</v>
       </c>
     </row>
     <row r="375">
       <c r="A375" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B375" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C375" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D375" s="1" t="s">
-        <v>784</v>
+        <v>762</v>
       </c>
       <c r="E375" s="1"/>
       <c r="F375" s="1" t="s">
-        <v>845</v>
+        <v>837</v>
       </c>
       <c r="G375" s="1" t="s">
-        <v>846</v>
+        <v>838</v>
       </c>
       <c r="H375" s="3">
-        <v>89.5</v>
+        <v>36</v>
       </c>
     </row>
     <row r="376">
       <c r="A376" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B376" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C376" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D376" s="1" t="s">
-        <v>784</v>
+        <v>762</v>
       </c>
       <c r="E376" s="1"/>
       <c r="F376" s="1" t="s">
-        <v>847</v>
+        <v>839</v>
       </c>
       <c r="G376" s="1" t="s">
-        <v>848</v>
+        <v>840</v>
       </c>
       <c r="H376" s="3">
-        <v>84.99</v>
+        <v>27</v>
       </c>
     </row>
     <row r="377">
       <c r="A377" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B377" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C377" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D377" s="1" t="s">
-        <v>784</v>
+        <v>762</v>
       </c>
       <c r="E377" s="1"/>
       <c r="F377" s="1" t="s">
-        <v>849</v>
+        <v>841</v>
       </c>
       <c r="G377" s="1" t="s">
-        <v>850</v>
+        <v>842</v>
       </c>
       <c r="H377" s="3">
-        <v>81.99</v>
+        <v>36</v>
       </c>
     </row>
     <row r="378">
       <c r="A378" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B378" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C378" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D378" s="1" t="s">
-        <v>784</v>
+        <v>762</v>
       </c>
       <c r="E378" s="1"/>
       <c r="F378" s="1" t="s">
-        <v>851</v>
+        <v>843</v>
       </c>
       <c r="G378" s="1" t="s">
-        <v>852</v>
+        <v>844</v>
       </c>
       <c r="H378" s="3">
-        <v>62.99</v>
+        <v>38</v>
       </c>
     </row>
     <row r="379">
       <c r="A379" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B379" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C379" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D379" s="1" t="s">
-        <v>784</v>
+        <v>762</v>
       </c>
       <c r="E379" s="1"/>
       <c r="F379" s="1" t="s">
-        <v>853</v>
+        <v>845</v>
       </c>
       <c r="G379" s="1" t="s">
-        <v>854</v>
+        <v>846</v>
       </c>
       <c r="H379" s="3">
-        <v>67.5</v>
+        <v>38</v>
       </c>
     </row>
     <row r="380">
       <c r="A380" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B380" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C380" s="1" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D380" s="1" t="s">
-        <v>784</v>
+        <v>847</v>
       </c>
       <c r="E380" s="1"/>
       <c r="F380" s="1" t="s">
-        <v>855</v>
+        <v>848</v>
       </c>
       <c r="G380" s="1" t="s">
-        <v>856</v>
+        <v>849</v>
       </c>
       <c r="H380" s="3">
-        <v>36.99</v>
+        <v>30.99</v>
       </c>
     </row>
     <row r="381">
       <c r="A381" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B381" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C381" s="1" t="s">
-        <v>160</v>
-[...3 lines deleted...]
-      </c>
+        <v>850</v>
+      </c>
+      <c r="D381" s="1"/>
       <c r="E381" s="1"/>
       <c r="F381" s="1" t="s">
-        <v>857</v>
+        <v>851</v>
       </c>
       <c r="G381" s="1" t="s">
-        <v>858</v>
+        <v>852</v>
       </c>
       <c r="H381" s="3">
-        <v>36.99</v>
+        <v>29.99</v>
       </c>
     </row>
     <row r="382">
       <c r="A382" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B382" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C382" s="1" t="s">
-        <v>160</v>
+        <v>850</v>
       </c>
       <c r="D382" s="1" t="s">
-        <v>784</v>
-[...1 lines deleted...]
-      <c r="E382" s="1"/>
+        <v>853</v>
+      </c>
+      <c r="E382" s="1" t="s">
+        <v>854</v>
+      </c>
       <c r="F382" s="1" t="s">
-        <v>859</v>
+        <v>855</v>
       </c>
       <c r="G382" s="1" t="s">
-        <v>860</v>
+        <v>856</v>
       </c>
       <c r="H382" s="3">
-        <v>36.99</v>
+        <v>7.75</v>
       </c>
     </row>
     <row r="383">
       <c r="A383" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B383" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C383" s="1" t="s">
-        <v>160</v>
+        <v>850</v>
       </c>
       <c r="D383" s="1" t="s">
-        <v>784</v>
-[...1 lines deleted...]
-      <c r="E383" s="1"/>
+        <v>853</v>
+      </c>
+      <c r="E383" s="1" t="s">
+        <v>854</v>
+      </c>
       <c r="F383" s="1" t="s">
-        <v>861</v>
+        <v>857</v>
       </c>
       <c r="G383" s="1" t="s">
-        <v>862</v>
+        <v>858</v>
       </c>
       <c r="H383" s="3">
-        <v>27</v>
+        <v>13.49</v>
       </c>
     </row>
     <row r="384">
       <c r="A384" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B384" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C384" s="1" t="s">
-        <v>160</v>
+        <v>850</v>
       </c>
       <c r="D384" s="1" t="s">
-        <v>784</v>
-[...1 lines deleted...]
-      <c r="E384" s="1"/>
+        <v>853</v>
+      </c>
+      <c r="E384" s="1" t="s">
+        <v>854</v>
+      </c>
       <c r="F384" s="1" t="s">
-        <v>863</v>
+        <v>859</v>
       </c>
       <c r="G384" s="1" t="s">
-        <v>864</v>
+        <v>860</v>
       </c>
       <c r="H384" s="3">
-        <v>37.99</v>
+        <v>15.99</v>
       </c>
     </row>
     <row r="385">
       <c r="A385" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B385" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C385" s="1" t="s">
-        <v>160</v>
+        <v>850</v>
       </c>
       <c r="D385" s="1" t="s">
-        <v>784</v>
-[...1 lines deleted...]
-      <c r="E385" s="1"/>
+        <v>853</v>
+      </c>
+      <c r="E385" s="1" t="s">
+        <v>854</v>
+      </c>
       <c r="F385" s="1" t="s">
-        <v>865</v>
+        <v>861</v>
       </c>
       <c r="G385" s="1" t="s">
-        <v>866</v>
+        <v>862</v>
       </c>
       <c r="H385" s="3">
-        <v>37.99</v>
+        <v>8.99</v>
       </c>
     </row>
     <row r="386">
       <c r="A386" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B386" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C386" s="1" t="s">
-        <v>160</v>
+        <v>850</v>
       </c>
       <c r="D386" s="1" t="s">
-        <v>784</v>
-[...1 lines deleted...]
-      <c r="E386" s="1"/>
+        <v>853</v>
+      </c>
+      <c r="E386" s="1" t="s">
+        <v>854</v>
+      </c>
       <c r="F386" s="1" t="s">
-        <v>867</v>
+        <v>863</v>
       </c>
       <c r="G386" s="1" t="s">
-        <v>868</v>
+        <v>864</v>
       </c>
       <c r="H386" s="3">
-        <v>37.99</v>
+        <v>34.99</v>
       </c>
     </row>
     <row r="387">
       <c r="A387" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B387" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C387" s="1" t="s">
-        <v>160</v>
+        <v>850</v>
       </c>
       <c r="D387" s="1" t="s">
-        <v>869</v>
-[...1 lines deleted...]
-      <c r="E387" s="1"/>
+        <v>853</v>
+      </c>
+      <c r="E387" s="1" t="s">
+        <v>854</v>
+      </c>
       <c r="F387" s="1" t="s">
-        <v>870</v>
+        <v>865</v>
       </c>
       <c r="G387" s="1" t="s">
-        <v>871</v>
+        <v>866</v>
       </c>
       <c r="H387" s="3">
-        <v>30.99</v>
+        <v>15.99</v>
       </c>
     </row>
     <row r="388">
       <c r="A388" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B388" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C388" s="1" t="s">
-        <v>872</v>
-[...2 lines deleted...]
-      <c r="E388" s="1"/>
+        <v>850</v>
+      </c>
+      <c r="D388" s="1" t="s">
+        <v>853</v>
+      </c>
+      <c r="E388" s="1" t="s">
+        <v>867</v>
+      </c>
       <c r="F388" s="1" t="s">
-        <v>873</v>
+        <v>868</v>
       </c>
       <c r="G388" s="1" t="s">
-        <v>874</v>
+        <v>869</v>
       </c>
       <c r="H388" s="3">
-        <v>29.99</v>
+        <v>14.99</v>
       </c>
     </row>
     <row r="389">
       <c r="A389" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B389" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C389" s="1" t="s">
+        <v>850</v>
+      </c>
+      <c r="D389" s="1" t="s">
+        <v>853</v>
+      </c>
+      <c r="E389" s="1" t="s">
+        <v>870</v>
+      </c>
+      <c r="F389" s="1" t="s">
+        <v>871</v>
+      </c>
+      <c r="G389" s="1" t="s">
         <v>872</v>
       </c>
-      <c r="D389" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H389" s="3">
-        <v>7.69</v>
+        <v>32</v>
       </c>
     </row>
     <row r="390">
       <c r="A390" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B390" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C390" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D390" s="1" t="s">
-        <v>875</v>
+        <v>853</v>
       </c>
       <c r="E390" s="1" t="s">
-        <v>876</v>
+        <v>870</v>
       </c>
       <c r="F390" s="1" t="s">
-        <v>879</v>
+        <v>873</v>
       </c>
       <c r="G390" s="1" t="s">
-        <v>880</v>
+        <v>874</v>
       </c>
       <c r="H390" s="3">
-        <v>13.49</v>
+        <v>37.99</v>
       </c>
     </row>
     <row r="391">
       <c r="A391" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B391" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C391" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D391" s="1" t="s">
+        <v>853</v>
+      </c>
+      <c r="E391" s="1" t="s">
+        <v>870</v>
+      </c>
+      <c r="F391" s="1" t="s">
         <v>875</v>
       </c>
-      <c r="E391" s="1" t="s">
+      <c r="G391" s="1" t="s">
         <v>876</v>
       </c>
-      <c r="F391" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H391" s="3">
-        <v>15.99</v>
+        <v>36.99</v>
       </c>
     </row>
     <row r="392">
       <c r="A392" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B392" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C392" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D392" s="1" t="s">
-        <v>875</v>
+        <v>853</v>
       </c>
       <c r="E392" s="1" t="s">
-        <v>876</v>
+        <v>870</v>
       </c>
       <c r="F392" s="1" t="s">
-        <v>883</v>
+        <v>877</v>
       </c>
       <c r="G392" s="1" t="s">
-        <v>884</v>
+        <v>878</v>
       </c>
       <c r="H392" s="3">
-        <v>8.99</v>
+        <v>37.99</v>
       </c>
     </row>
     <row r="393">
       <c r="A393" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B393" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C393" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D393" s="1" t="s">
-        <v>875</v>
+        <v>853</v>
       </c>
       <c r="E393" s="1" t="s">
-        <v>876</v>
+        <v>870</v>
       </c>
       <c r="F393" s="1" t="s">
-        <v>885</v>
+        <v>879</v>
       </c>
       <c r="G393" s="1" t="s">
-        <v>886</v>
+        <v>880</v>
       </c>
       <c r="H393" s="3">
-        <v>34.99</v>
+        <v>39.99</v>
       </c>
     </row>
     <row r="394">
       <c r="A394" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B394" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C394" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D394" s="1" t="s">
-        <v>875</v>
+        <v>853</v>
       </c>
       <c r="E394" s="1" t="s">
-        <v>876</v>
+        <v>870</v>
       </c>
       <c r="F394" s="1" t="s">
-        <v>887</v>
+        <v>881</v>
       </c>
       <c r="G394" s="1" t="s">
-        <v>888</v>
+        <v>882</v>
       </c>
       <c r="H394" s="3">
-        <v>15.49</v>
+        <v>32</v>
       </c>
     </row>
     <row r="395">
       <c r="A395" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B395" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C395" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D395" s="1" t="s">
-        <v>875</v>
+        <v>853</v>
       </c>
       <c r="E395" s="1" t="s">
-        <v>889</v>
+        <v>870</v>
       </c>
       <c r="F395" s="1" t="s">
-        <v>890</v>
+        <v>883</v>
       </c>
       <c r="G395" s="1" t="s">
-        <v>891</v>
+        <v>884</v>
       </c>
       <c r="H395" s="3">
-        <v>14.99</v>
+        <v>37.5</v>
       </c>
     </row>
     <row r="396">
       <c r="A396" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B396" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C396" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D396" s="1" t="s">
-        <v>875</v>
+        <v>885</v>
       </c>
       <c r="E396" s="1" t="s">
-        <v>892</v>
+        <v>886</v>
       </c>
       <c r="F396" s="1" t="s">
-        <v>893</v>
+        <v>887</v>
       </c>
       <c r="G396" s="1" t="s">
-        <v>894</v>
+        <v>888</v>
       </c>
       <c r="H396" s="3">
-        <v>30.99</v>
+        <v>34.95</v>
       </c>
     </row>
     <row r="397">
       <c r="A397" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B397" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C397" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D397" s="1" t="s">
-        <v>875</v>
+        <v>885</v>
       </c>
       <c r="E397" s="1" t="s">
-        <v>892</v>
+        <v>886</v>
       </c>
       <c r="F397" s="1" t="s">
-        <v>895</v>
+        <v>889</v>
       </c>
       <c r="G397" s="1" t="s">
-        <v>896</v>
+        <v>890</v>
       </c>
       <c r="H397" s="3">
-        <v>34.99</v>
+        <v>37.99</v>
       </c>
     </row>
     <row r="398">
       <c r="A398" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B398" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C398" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D398" s="1" t="s">
-        <v>875</v>
+        <v>885</v>
       </c>
       <c r="E398" s="1" t="s">
+        <v>886</v>
+      </c>
+      <c r="F398" s="1" t="s">
+        <v>891</v>
+      </c>
+      <c r="G398" s="1" t="s">
         <v>892</v>
       </c>
-      <c r="F398" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H398" s="3">
-        <v>36.99</v>
+        <v>40.95</v>
       </c>
     </row>
     <row r="399">
       <c r="A399" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B399" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C399" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D399" s="1" t="s">
-        <v>875</v>
+        <v>885</v>
       </c>
       <c r="E399" s="1" t="s">
-        <v>892</v>
+        <v>886</v>
       </c>
       <c r="F399" s="1" t="s">
-        <v>899</v>
+        <v>893</v>
       </c>
       <c r="G399" s="1" t="s">
-        <v>900</v>
+        <v>894</v>
       </c>
       <c r="H399" s="3">
-        <v>37.99</v>
+        <v>44</v>
       </c>
     </row>
     <row r="400">
       <c r="A400" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B400" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C400" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D400" s="1" t="s">
-        <v>875</v>
-[...3 lines deleted...]
-      </c>
+        <v>895</v>
+      </c>
+      <c r="E400" s="1"/>
       <c r="F400" s="1" t="s">
-        <v>901</v>
+        <v>896</v>
       </c>
       <c r="G400" s="1" t="s">
-        <v>902</v>
+        <v>897</v>
       </c>
       <c r="H400" s="3">
-        <v>34.99</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="401">
       <c r="A401" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B401" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C401" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D401" s="1" t="s">
-        <v>875</v>
-[...3 lines deleted...]
-      </c>
+        <v>895</v>
+      </c>
+      <c r="E401" s="1"/>
       <c r="F401" s="1" t="s">
-        <v>903</v>
+        <v>898</v>
       </c>
       <c r="G401" s="1" t="s">
-        <v>904</v>
+        <v>899</v>
       </c>
       <c r="H401" s="3">
-        <v>30.99</v>
+        <v>33.99</v>
       </c>
     </row>
     <row r="402">
       <c r="A402" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B402" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C402" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D402" s="1" t="s">
-        <v>875</v>
-[...3 lines deleted...]
-      </c>
+        <v>895</v>
+      </c>
+      <c r="E402" s="1"/>
       <c r="F402" s="1" t="s">
-        <v>905</v>
+        <v>900</v>
       </c>
       <c r="G402" s="1" t="s">
-        <v>906</v>
+        <v>901</v>
       </c>
       <c r="H402" s="3">
-        <v>36.99</v>
+        <v>22</v>
       </c>
     </row>
     <row r="403">
       <c r="A403" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B403" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C403" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D403" s="1" t="s">
-        <v>907</v>
-[...1 lines deleted...]
-      <c r="E403" s="1"/>
+        <v>895</v>
+      </c>
+      <c r="E403" s="1" t="s">
+        <v>902</v>
+      </c>
       <c r="F403" s="1" t="s">
-        <v>908</v>
+        <v>903</v>
       </c>
       <c r="G403" s="1" t="s">
-        <v>909</v>
+        <v>904</v>
       </c>
       <c r="H403" s="3">
-        <v>16.99</v>
+        <v>49.99</v>
       </c>
     </row>
     <row r="404">
       <c r="A404" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B404" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C404" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D404" s="1" t="s">
-        <v>907</v>
+        <v>895</v>
       </c>
       <c r="E404" s="1" t="s">
-        <v>910</v>
+        <v>902</v>
       </c>
       <c r="F404" s="1" t="s">
-        <v>911</v>
+        <v>905</v>
       </c>
       <c r="G404" s="1" t="s">
-        <v>912</v>
+        <v>906</v>
       </c>
       <c r="H404" s="3">
-        <v>33.99</v>
+        <v>59</v>
       </c>
     </row>
     <row r="405">
       <c r="A405" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B405" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C405" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D405" s="1" t="s">
+        <v>895</v>
+      </c>
+      <c r="E405" s="1" t="s">
+        <v>902</v>
+      </c>
+      <c r="F405" s="1" t="s">
         <v>907</v>
       </c>
-      <c r="E405" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G405" s="1" t="s">
-        <v>914</v>
+        <v>908</v>
       </c>
       <c r="H405" s="3">
-        <v>37.99</v>
+        <v>68</v>
       </c>
     </row>
     <row r="406">
       <c r="A406" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B406" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C406" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D406" s="1" t="s">
-        <v>907</v>
+        <v>895</v>
       </c>
       <c r="E406" s="1" t="s">
+        <v>909</v>
+      </c>
+      <c r="F406" s="1" t="s">
         <v>910</v>
       </c>
-      <c r="F406" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G406" s="1" t="s">
-        <v>916</v>
+        <v>911</v>
       </c>
       <c r="H406" s="3">
-        <v>40.49</v>
+        <v>35.99</v>
       </c>
     </row>
     <row r="407">
       <c r="A407" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B407" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C407" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D407" s="1" t="s">
-        <v>907</v>
+        <v>895</v>
       </c>
       <c r="E407" s="1" t="s">
-        <v>910</v>
+        <v>909</v>
       </c>
       <c r="F407" s="1" t="s">
-        <v>917</v>
+        <v>912</v>
       </c>
       <c r="G407" s="1" t="s">
-        <v>918</v>
+        <v>913</v>
       </c>
       <c r="H407" s="3">
-        <v>42</v>
+        <v>35.99</v>
       </c>
     </row>
     <row r="408">
       <c r="A408" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B408" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C408" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D408" s="1" t="s">
-        <v>919</v>
-[...1 lines deleted...]
-      <c r="E408" s="1"/>
+        <v>895</v>
+      </c>
+      <c r="E408" s="1" t="s">
+        <v>909</v>
+      </c>
       <c r="F408" s="1" t="s">
-        <v>920</v>
+        <v>914</v>
       </c>
       <c r="G408" s="1" t="s">
-        <v>921</v>
+        <v>915</v>
       </c>
       <c r="H408" s="3">
-        <v>32.5</v>
+        <v>84.99</v>
       </c>
     </row>
     <row r="409">
       <c r="A409" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B409" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C409" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D409" s="1" t="s">
-        <v>919</v>
-[...1 lines deleted...]
-      <c r="E409" s="1"/>
+        <v>895</v>
+      </c>
+      <c r="E409" s="1" t="s">
+        <v>909</v>
+      </c>
       <c r="F409" s="1" t="s">
-        <v>922</v>
+        <v>916</v>
       </c>
       <c r="G409" s="1" t="s">
-        <v>923</v>
+        <v>917</v>
       </c>
       <c r="H409" s="3">
-        <v>33.99</v>
+        <v>49.99</v>
       </c>
     </row>
     <row r="410">
       <c r="A410" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B410" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C410" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D410" s="1" t="s">
+        <v>895</v>
+      </c>
+      <c r="E410" s="1" t="s">
+        <v>909</v>
+      </c>
+      <c r="F410" s="1" t="s">
+        <v>918</v>
+      </c>
+      <c r="G410" s="1" t="s">
         <v>919</v>
       </c>
-      <c r="E410" s="1"/>
-[...5 lines deleted...]
-      </c>
       <c r="H410" s="3">
-        <v>22</v>
+        <v>49.99</v>
       </c>
     </row>
     <row r="411">
       <c r="A411" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B411" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C411" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D411" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E411" s="1" t="s">
-        <v>926</v>
+        <v>920</v>
       </c>
       <c r="F411" s="1" t="s">
-        <v>927</v>
+        <v>921</v>
       </c>
       <c r="G411" s="1" t="s">
-        <v>928</v>
+        <v>922</v>
       </c>
       <c r="H411" s="3">
-        <v>49.99</v>
+        <v>69.5</v>
       </c>
     </row>
     <row r="412">
       <c r="A412" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B412" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C412" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D412" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E412" s="1" t="s">
-        <v>926</v>
+        <v>920</v>
       </c>
       <c r="F412" s="1" t="s">
-        <v>929</v>
+        <v>923</v>
       </c>
       <c r="G412" s="1" t="s">
-        <v>930</v>
+        <v>924</v>
       </c>
       <c r="H412" s="3">
-        <v>68</v>
+        <v>36.99</v>
       </c>
     </row>
     <row r="413">
       <c r="A413" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B413" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C413" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D413" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E413" s="1" t="s">
+        <v>920</v>
+      </c>
+      <c r="F413" s="1" t="s">
+        <v>925</v>
+      </c>
+      <c r="G413" s="1" t="s">
         <v>926</v>
       </c>
-      <c r="F413" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H413" s="3">
-        <v>68</v>
+        <v>74.99</v>
       </c>
     </row>
     <row r="414">
       <c r="A414" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B414" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C414" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D414" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E414" s="1" t="s">
-        <v>933</v>
+        <v>920</v>
       </c>
       <c r="F414" s="1" t="s">
-        <v>934</v>
+        <v>927</v>
       </c>
       <c r="G414" s="1" t="s">
-        <v>935</v>
+        <v>928</v>
       </c>
       <c r="H414" s="3">
-        <v>35.99</v>
+        <v>37.99</v>
       </c>
     </row>
     <row r="415">
       <c r="A415" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B415" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C415" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D415" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E415" s="1" t="s">
-        <v>933</v>
+        <v>920</v>
       </c>
       <c r="F415" s="1" t="s">
-        <v>936</v>
+        <v>929</v>
       </c>
       <c r="G415" s="1" t="s">
-        <v>937</v>
+        <v>930</v>
       </c>
       <c r="H415" s="3">
-        <v>35.99</v>
+        <v>37.99</v>
       </c>
     </row>
     <row r="416">
       <c r="A416" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B416" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C416" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D416" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E416" s="1" t="s">
-        <v>933</v>
+        <v>920</v>
       </c>
       <c r="F416" s="1" t="s">
-        <v>938</v>
+        <v>931</v>
       </c>
       <c r="G416" s="1" t="s">
-        <v>939</v>
+        <v>932</v>
       </c>
       <c r="H416" s="3">
-        <v>84.99</v>
+        <v>39</v>
       </c>
     </row>
     <row r="417">
       <c r="A417" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B417" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C417" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D417" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E417" s="1" t="s">
+        <v>920</v>
+      </c>
+      <c r="F417" s="1" t="s">
         <v>933</v>
       </c>
-      <c r="F417" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G417" s="1" t="s">
-        <v>941</v>
+        <v>934</v>
       </c>
       <c r="H417" s="3">
-        <v>49.99</v>
+        <v>69.95</v>
       </c>
     </row>
     <row r="418">
       <c r="A418" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B418" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C418" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D418" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E418" s="1" t="s">
-        <v>933</v>
+        <v>920</v>
       </c>
       <c r="F418" s="1" t="s">
-        <v>942</v>
+        <v>935</v>
       </c>
       <c r="G418" s="1" t="s">
-        <v>943</v>
+        <v>936</v>
       </c>
       <c r="H418" s="3">
-        <v>49.99</v>
+        <v>48</v>
       </c>
     </row>
     <row r="419">
       <c r="A419" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B419" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C419" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D419" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E419" s="1" t="s">
-        <v>944</v>
+        <v>937</v>
       </c>
       <c r="F419" s="1" t="s">
-        <v>945</v>
+        <v>938</v>
       </c>
       <c r="G419" s="1" t="s">
-        <v>946</v>
+        <v>939</v>
       </c>
       <c r="H419" s="3">
-        <v>75.5</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="420">
       <c r="A420" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B420" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C420" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D420" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E420" s="1" t="s">
-        <v>944</v>
+        <v>937</v>
       </c>
       <c r="F420" s="1" t="s">
-        <v>947</v>
+        <v>940</v>
       </c>
       <c r="G420" s="1" t="s">
-        <v>948</v>
+        <v>941</v>
       </c>
       <c r="H420" s="3">
-        <v>36.99</v>
+        <v>34.99</v>
       </c>
     </row>
     <row r="421">
       <c r="A421" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B421" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C421" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D421" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E421" s="1" t="s">
-        <v>944</v>
+        <v>937</v>
       </c>
       <c r="F421" s="1" t="s">
-        <v>949</v>
+        <v>942</v>
       </c>
       <c r="G421" s="1" t="s">
-        <v>950</v>
+        <v>943</v>
       </c>
       <c r="H421" s="3">
-        <v>74.99</v>
+        <v>34.99</v>
       </c>
     </row>
     <row r="422">
       <c r="A422" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B422" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C422" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D422" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E422" s="1" t="s">
+        <v>937</v>
+      </c>
+      <c r="F422" s="1" t="s">
         <v>944</v>
       </c>
-      <c r="F422" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G422" s="1" t="s">
-        <v>952</v>
+        <v>945</v>
       </c>
       <c r="H422" s="3">
-        <v>37.99</v>
+        <v>52</v>
       </c>
     </row>
     <row r="423">
       <c r="A423" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B423" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C423" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D423" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E423" s="1" t="s">
-        <v>944</v>
+        <v>937</v>
       </c>
       <c r="F423" s="1" t="s">
-        <v>953</v>
+        <v>946</v>
       </c>
       <c r="G423" s="1" t="s">
-        <v>954</v>
+        <v>947</v>
       </c>
       <c r="H423" s="3">
-        <v>37.99</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="424">
       <c r="A424" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B424" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C424" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D424" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E424" s="1" t="s">
-        <v>944</v>
+        <v>937</v>
       </c>
       <c r="F424" s="1" t="s">
-        <v>955</v>
+        <v>948</v>
       </c>
       <c r="G424" s="1" t="s">
-        <v>956</v>
+        <v>949</v>
       </c>
       <c r="H424" s="3">
-        <v>37.99</v>
+        <v>19.89</v>
       </c>
     </row>
     <row r="425">
       <c r="A425" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B425" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C425" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D425" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E425" s="1" t="s">
-        <v>944</v>
+        <v>937</v>
       </c>
       <c r="F425" s="1" t="s">
-        <v>957</v>
+        <v>950</v>
       </c>
       <c r="G425" s="1" t="s">
-        <v>958</v>
+        <v>951</v>
       </c>
       <c r="H425" s="3">
-        <v>69.95</v>
+        <v>55</v>
       </c>
     </row>
     <row r="426">
       <c r="A426" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B426" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C426" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D426" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E426" s="1" t="s">
-        <v>944</v>
+        <v>952</v>
       </c>
       <c r="F426" s="1" t="s">
-        <v>959</v>
+        <v>953</v>
       </c>
       <c r="G426" s="1" t="s">
-        <v>960</v>
+        <v>954</v>
       </c>
       <c r="H426" s="3">
-        <v>45</v>
+        <v>72</v>
       </c>
     </row>
     <row r="427">
       <c r="A427" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B427" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C427" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D427" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E427" s="1" t="s">
-        <v>961</v>
+        <v>952</v>
       </c>
       <c r="F427" s="1" t="s">
-        <v>962</v>
+        <v>955</v>
       </c>
       <c r="G427" s="1" t="s">
-        <v>963</v>
+        <v>956</v>
       </c>
       <c r="H427" s="3">
-        <v>36.99</v>
+        <v>44</v>
       </c>
     </row>
     <row r="428">
       <c r="A428" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B428" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C428" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D428" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E428" s="1" t="s">
-        <v>961</v>
+        <v>957</v>
       </c>
       <c r="F428" s="1" t="s">
-        <v>964</v>
+        <v>958</v>
       </c>
       <c r="G428" s="1" t="s">
-        <v>965</v>
+        <v>959</v>
       </c>
       <c r="H428" s="3">
-        <v>22</v>
+        <v>42.99</v>
       </c>
     </row>
     <row r="429">
       <c r="A429" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B429" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C429" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D429" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E429" s="1" t="s">
+        <v>957</v>
+      </c>
+      <c r="F429" s="1" t="s">
+        <v>960</v>
+      </c>
+      <c r="G429" s="1" t="s">
         <v>961</v>
       </c>
-      <c r="F429" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H429" s="3">
-        <v>48.5</v>
+        <v>42.99</v>
       </c>
     </row>
     <row r="430">
       <c r="A430" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B430" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C430" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D430" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E430" s="1" t="s">
-        <v>968</v>
+        <v>962</v>
       </c>
       <c r="F430" s="1" t="s">
-        <v>969</v>
+        <v>963</v>
       </c>
       <c r="G430" s="1" t="s">
-        <v>970</v>
+        <v>964</v>
       </c>
       <c r="H430" s="3">
-        <v>70.99</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="431">
       <c r="A431" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B431" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C431" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D431" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E431" s="1" t="s">
-        <v>968</v>
+        <v>965</v>
       </c>
       <c r="F431" s="1" t="s">
-        <v>971</v>
+        <v>966</v>
       </c>
       <c r="G431" s="1" t="s">
-        <v>972</v>
+        <v>967</v>
       </c>
       <c r="H431" s="3">
-        <v>41.99</v>
+        <v>19.89</v>
       </c>
     </row>
     <row r="432">
       <c r="A432" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B432" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C432" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D432" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E432" s="1" t="s">
-        <v>973</v>
+        <v>965</v>
       </c>
       <c r="F432" s="1" t="s">
-        <v>974</v>
+        <v>968</v>
       </c>
       <c r="G432" s="1" t="s">
-        <v>975</v>
+        <v>969</v>
       </c>
       <c r="H432" s="3">
-        <v>42.99</v>
+        <v>24.5</v>
       </c>
     </row>
     <row r="433">
       <c r="A433" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B433" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C433" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D433" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E433" s="1" t="s">
-        <v>973</v>
+        <v>965</v>
       </c>
       <c r="F433" s="1" t="s">
-        <v>976</v>
+        <v>970</v>
       </c>
       <c r="G433" s="1" t="s">
-        <v>977</v>
+        <v>971</v>
       </c>
       <c r="H433" s="3">
-        <v>42.99</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="434">
       <c r="A434" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B434" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C434" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D434" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E434" s="1" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="F434" s="1" t="s">
-        <v>979</v>
+        <v>972</v>
       </c>
       <c r="G434" s="1" t="s">
-        <v>980</v>
+        <v>973</v>
       </c>
       <c r="H434" s="3">
-        <v>24.99</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="435">
       <c r="A435" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B435" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C435" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D435" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E435" s="1" t="s">
-        <v>981</v>
+        <v>974</v>
       </c>
       <c r="F435" s="1" t="s">
-        <v>982</v>
+        <v>975</v>
       </c>
       <c r="G435" s="1" t="s">
-        <v>983</v>
+        <v>976</v>
       </c>
       <c r="H435" s="3">
-        <v>19.89</v>
+        <v>42</v>
       </c>
     </row>
     <row r="436">
       <c r="A436" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B436" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C436" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D436" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E436" s="1" t="s">
-        <v>981</v>
+        <v>974</v>
       </c>
       <c r="F436" s="1" t="s">
-        <v>984</v>
+        <v>977</v>
       </c>
       <c r="G436" s="1" t="s">
-        <v>985</v>
+        <v>978</v>
       </c>
       <c r="H436" s="3">
-        <v>24.5</v>
+        <v>42</v>
       </c>
     </row>
     <row r="437">
       <c r="A437" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B437" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C437" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D437" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E437" s="1" t="s">
+        <v>979</v>
+      </c>
+      <c r="F437" s="1" t="s">
+        <v>980</v>
+      </c>
+      <c r="G437" s="1" t="s">
         <v>981</v>
       </c>
-      <c r="F437" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H437" s="3">
-        <v>19.99</v>
+        <v>38.99</v>
       </c>
     </row>
     <row r="438">
       <c r="A438" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B438" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C438" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D438" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E438" s="1" t="s">
-        <v>981</v>
+        <v>979</v>
       </c>
       <c r="F438" s="1" t="s">
-        <v>988</v>
+        <v>982</v>
       </c>
       <c r="G438" s="1" t="s">
-        <v>989</v>
+        <v>983</v>
       </c>
       <c r="H438" s="3">
-        <v>27.5</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="439">
       <c r="A439" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B439" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C439" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D439" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E439" s="1" t="s">
-        <v>990</v>
+        <v>979</v>
       </c>
       <c r="F439" s="1" t="s">
-        <v>991</v>
+        <v>984</v>
       </c>
       <c r="G439" s="1" t="s">
-        <v>992</v>
+        <v>985</v>
       </c>
       <c r="H439" s="3">
-        <v>40.49</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="440">
       <c r="A440" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B440" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C440" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D440" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E440" s="1" t="s">
-        <v>990</v>
+        <v>979</v>
       </c>
       <c r="F440" s="1" t="s">
-        <v>993</v>
+        <v>986</v>
       </c>
       <c r="G440" s="1" t="s">
-        <v>994</v>
+        <v>987</v>
       </c>
       <c r="H440" s="3">
-        <v>42</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="441">
       <c r="A441" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B441" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C441" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D441" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E441" s="1" t="s">
-        <v>995</v>
+        <v>988</v>
       </c>
       <c r="F441" s="1" t="s">
-        <v>996</v>
+        <v>989</v>
       </c>
       <c r="G441" s="1" t="s">
-        <v>997</v>
+        <v>990</v>
       </c>
       <c r="H441" s="3">
-        <v>38.99</v>
+        <v>98</v>
       </c>
     </row>
     <row r="442">
       <c r="A442" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B442" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C442" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D442" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E442" s="1" t="s">
-        <v>995</v>
+        <v>988</v>
       </c>
       <c r="F442" s="1" t="s">
-        <v>998</v>
+        <v>991</v>
       </c>
       <c r="G442" s="1" t="s">
-        <v>999</v>
+        <v>992</v>
       </c>
       <c r="H442" s="3">
-        <v>38.99</v>
+        <v>106</v>
       </c>
     </row>
     <row r="443">
       <c r="A443" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B443" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C443" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D443" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E443" s="1" t="s">
-        <v>995</v>
+        <v>988</v>
       </c>
       <c r="F443" s="1" t="s">
-        <v>1000</v>
+        <v>993</v>
       </c>
       <c r="G443" s="1" t="s">
-        <v>1001</v>
+        <v>994</v>
       </c>
       <c r="H443" s="3">
-        <v>38.99</v>
+        <v>120</v>
       </c>
     </row>
     <row r="444">
       <c r="A444" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B444" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C444" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D444" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E444" s="1" t="s">
+        <v>988</v>
+      </c>
+      <c r="F444" s="1" t="s">
         <v>995</v>
       </c>
-      <c r="F444" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G444" s="1" t="s">
-        <v>1003</v>
+        <v>996</v>
       </c>
       <c r="H444" s="3">
-        <v>38.99</v>
+        <v>135</v>
       </c>
     </row>
     <row r="445">
       <c r="A445" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B445" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C445" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D445" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E445" s="1" t="s">
-        <v>1004</v>
+        <v>988</v>
       </c>
       <c r="F445" s="1" t="s">
-        <v>1005</v>
+        <v>997</v>
       </c>
       <c r="G445" s="1" t="s">
-        <v>1006</v>
+        <v>998</v>
       </c>
       <c r="H445" s="3">
-        <v>110</v>
+        <v>99</v>
       </c>
     </row>
     <row r="446">
       <c r="A446" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B446" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C446" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D446" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E446" s="1" t="s">
-        <v>1004</v>
+        <v>988</v>
       </c>
       <c r="F446" s="1" t="s">
-        <v>1007</v>
+        <v>999</v>
       </c>
       <c r="G446" s="1" t="s">
-        <v>1008</v>
+        <v>1000</v>
       </c>
       <c r="H446" s="3">
-        <v>106</v>
+        <v>46.99</v>
       </c>
     </row>
     <row r="447">
       <c r="A447" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B447" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C447" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D447" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E447" s="1" t="s">
-        <v>1004</v>
+        <v>988</v>
       </c>
       <c r="F447" s="1" t="s">
-        <v>1009</v>
+        <v>1001</v>
       </c>
       <c r="G447" s="1" t="s">
-        <v>1010</v>
+        <v>1002</v>
       </c>
       <c r="H447" s="3">
-        <v>135</v>
+        <v>52.99</v>
       </c>
     </row>
     <row r="448">
       <c r="A448" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B448" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C448" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D448" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E448" s="1" t="s">
+        <v>988</v>
+      </c>
+      <c r="F448" s="1" t="s">
+        <v>1003</v>
+      </c>
+      <c r="G448" s="1" t="s">
         <v>1004</v>
       </c>
-      <c r="F448" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H448" s="3">
-        <v>135</v>
+        <v>55</v>
       </c>
     </row>
     <row r="449">
       <c r="A449" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B449" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C449" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D449" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E449" s="1" t="s">
-        <v>1004</v>
+        <v>988</v>
       </c>
       <c r="F449" s="1" t="s">
-        <v>1013</v>
+        <v>1005</v>
       </c>
       <c r="G449" s="1" t="s">
-        <v>1014</v>
+        <v>1006</v>
       </c>
       <c r="H449" s="3">
-        <v>135</v>
+        <v>59.99</v>
       </c>
     </row>
     <row r="450">
       <c r="A450" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B450" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C450" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D450" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E450" s="1" t="s">
-        <v>1004</v>
+        <v>988</v>
       </c>
       <c r="F450" s="1" t="s">
-        <v>1015</v>
+        <v>1007</v>
       </c>
       <c r="G450" s="1" t="s">
-        <v>1016</v>
+        <v>1008</v>
       </c>
       <c r="H450" s="3">
-        <v>46.99</v>
+        <v>60.49</v>
       </c>
     </row>
     <row r="451">
       <c r="A451" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B451" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C451" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D451" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E451" s="1" t="s">
-        <v>1004</v>
+        <v>988</v>
       </c>
       <c r="F451" s="1" t="s">
-        <v>1017</v>
+        <v>1009</v>
       </c>
       <c r="G451" s="1" t="s">
-        <v>1018</v>
+        <v>1010</v>
       </c>
       <c r="H451" s="3">
-        <v>52.99</v>
+        <v>59.95</v>
       </c>
     </row>
     <row r="452">
       <c r="A452" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B452" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C452" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D452" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E452" s="1" t="s">
-        <v>1004</v>
+        <v>1011</v>
       </c>
       <c r="F452" s="1" t="s">
-        <v>1019</v>
+        <v>1012</v>
       </c>
       <c r="G452" s="1" t="s">
-        <v>1020</v>
+        <v>1013</v>
       </c>
       <c r="H452" s="3">
-        <v>52.99</v>
+        <v>46</v>
       </c>
     </row>
     <row r="453">
       <c r="A453" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B453" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C453" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D453" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E453" s="1" t="s">
-        <v>1004</v>
+        <v>1014</v>
       </c>
       <c r="F453" s="1" t="s">
-        <v>1021</v>
+        <v>1015</v>
       </c>
       <c r="G453" s="1" t="s">
-        <v>1022</v>
+        <v>1016</v>
       </c>
       <c r="H453" s="3">
-        <v>59.99</v>
+        <v>59.95</v>
       </c>
     </row>
     <row r="454">
       <c r="A454" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B454" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C454" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D454" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E454" s="1" t="s">
-        <v>1004</v>
+        <v>1014</v>
       </c>
       <c r="F454" s="1" t="s">
-        <v>1023</v>
+        <v>1017</v>
       </c>
       <c r="G454" s="1" t="s">
-        <v>1024</v>
+        <v>1018</v>
       </c>
       <c r="H454" s="3">
-        <v>60.49</v>
+        <v>58</v>
       </c>
     </row>
     <row r="455">
       <c r="A455" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B455" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C455" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D455" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E455" s="1" t="s">
-        <v>1004</v>
+        <v>1014</v>
       </c>
       <c r="F455" s="1" t="s">
-        <v>1025</v>
+        <v>1019</v>
       </c>
       <c r="G455" s="1" t="s">
-        <v>1026</v>
+        <v>1020</v>
       </c>
       <c r="H455" s="3">
-        <v>64.99</v>
+        <v>56.99</v>
       </c>
     </row>
     <row r="456">
       <c r="A456" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B456" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C456" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D456" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E456" s="1" t="s">
-        <v>1027</v>
+        <v>1014</v>
       </c>
       <c r="F456" s="1" t="s">
-        <v>1028</v>
+        <v>1021</v>
       </c>
       <c r="G456" s="1" t="s">
-        <v>1029</v>
+        <v>1022</v>
       </c>
       <c r="H456" s="3">
-        <v>44.99</v>
+        <v>55</v>
       </c>
     </row>
     <row r="457">
       <c r="A457" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B457" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C457" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D457" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E457" s="1" t="s">
-        <v>1030</v>
+        <v>1014</v>
       </c>
       <c r="F457" s="1" t="s">
-        <v>1031</v>
+        <v>1023</v>
       </c>
       <c r="G457" s="1" t="s">
-        <v>1032</v>
+        <v>1024</v>
       </c>
       <c r="H457" s="3">
-        <v>56.99</v>
+        <v>125</v>
       </c>
     </row>
     <row r="458">
       <c r="A458" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B458" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C458" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D458" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E458" s="1" t="s">
-        <v>1030</v>
+        <v>1014</v>
       </c>
       <c r="F458" s="1" t="s">
-        <v>1033</v>
+        <v>1025</v>
       </c>
       <c r="G458" s="1" t="s">
-        <v>1034</v>
+        <v>1026</v>
       </c>
       <c r="H458" s="3">
-        <v>52</v>
+        <v>37.99</v>
       </c>
     </row>
     <row r="459">
       <c r="A459" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B459" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C459" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D459" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E459" s="1" t="s">
-        <v>1030</v>
+        <v>1014</v>
       </c>
       <c r="F459" s="1" t="s">
-        <v>1035</v>
+        <v>1027</v>
       </c>
       <c r="G459" s="1" t="s">
-        <v>1036</v>
+        <v>1028</v>
       </c>
       <c r="H459" s="3">
-        <v>56.99</v>
+        <v>37.99</v>
       </c>
     </row>
     <row r="460">
       <c r="A460" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B460" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C460" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D460" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E460" s="1" t="s">
+        <v>1014</v>
+      </c>
+      <c r="F460" s="1" t="s">
+        <v>1029</v>
+      </c>
+      <c r="G460" s="1" t="s">
         <v>1030</v>
       </c>
-      <c r="F460" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H460" s="3">
-        <v>49.99</v>
+        <v>31.99</v>
       </c>
     </row>
     <row r="461">
       <c r="A461" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B461" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C461" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D461" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E461" s="1" t="s">
-        <v>1030</v>
+        <v>1031</v>
       </c>
       <c r="F461" s="1" t="s">
-        <v>1039</v>
+        <v>1032</v>
       </c>
       <c r="G461" s="1" t="s">
-        <v>1040</v>
+        <v>1033</v>
       </c>
       <c r="H461" s="3">
-        <v>125</v>
+        <v>75</v>
       </c>
     </row>
     <row r="462">
       <c r="A462" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B462" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C462" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D462" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E462" s="1" t="s">
-        <v>1030</v>
+        <v>1031</v>
       </c>
       <c r="F462" s="1" t="s">
-        <v>1041</v>
+        <v>1034</v>
       </c>
       <c r="G462" s="1" t="s">
-        <v>1042</v>
+        <v>1035</v>
       </c>
       <c r="H462" s="3">
-        <v>37.99</v>
+        <v>55</v>
       </c>
     </row>
     <row r="463">
       <c r="A463" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B463" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C463" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D463" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E463" s="1" t="s">
-        <v>1030</v>
+        <v>1031</v>
       </c>
       <c r="F463" s="1" t="s">
-        <v>1043</v>
+        <v>1036</v>
       </c>
       <c r="G463" s="1" t="s">
-        <v>1044</v>
+        <v>1037</v>
       </c>
       <c r="H463" s="3">
-        <v>37.99</v>
+        <v>84</v>
       </c>
     </row>
     <row r="464">
       <c r="A464" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B464" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C464" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D464" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E464" s="1" t="s">
-        <v>1045</v>
+        <v>1031</v>
       </c>
       <c r="F464" s="1" t="s">
-        <v>1046</v>
+        <v>1038</v>
       </c>
       <c r="G464" s="1" t="s">
-        <v>1047</v>
+        <v>1039</v>
       </c>
       <c r="H464" s="3">
-        <v>75.5</v>
+        <v>85</v>
       </c>
     </row>
     <row r="465">
       <c r="A465" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B465" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C465" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D465" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E465" s="1" t="s">
-        <v>1045</v>
+        <v>1031</v>
       </c>
       <c r="F465" s="1" t="s">
-        <v>1048</v>
+        <v>1040</v>
       </c>
       <c r="G465" s="1" t="s">
-        <v>1049</v>
+        <v>1041</v>
       </c>
       <c r="H465" s="3">
-        <v>55</v>
+        <v>84.99</v>
       </c>
     </row>
     <row r="466">
       <c r="A466" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B466" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C466" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D466" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E466" s="1" t="s">
-        <v>1045</v>
+        <v>1031</v>
       </c>
       <c r="F466" s="1" t="s">
-        <v>1050</v>
+        <v>1042</v>
       </c>
       <c r="G466" s="1" t="s">
-        <v>1051</v>
+        <v>1043</v>
       </c>
       <c r="H466" s="3">
-        <v>76.5</v>
+        <v>95</v>
       </c>
     </row>
     <row r="467">
       <c r="A467" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B467" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C467" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D467" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E467" s="1" t="s">
+        <v>1031</v>
+      </c>
+      <c r="F467" s="1" t="s">
+        <v>1044</v>
+      </c>
+      <c r="G467" s="1" t="s">
         <v>1045</v>
       </c>
-      <c r="F467" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H467" s="3">
-        <v>81.99</v>
+        <v>95</v>
       </c>
     </row>
     <row r="468">
       <c r="A468" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B468" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C468" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D468" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E468" s="1" t="s">
-        <v>1045</v>
+        <v>1031</v>
       </c>
       <c r="F468" s="1" t="s">
-        <v>1054</v>
+        <v>1046</v>
       </c>
       <c r="G468" s="1" t="s">
-        <v>1055</v>
+        <v>1047</v>
       </c>
       <c r="H468" s="3">
-        <v>84.99</v>
+        <v>85</v>
       </c>
     </row>
     <row r="469">
       <c r="A469" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B469" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C469" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D469" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E469" s="1" t="s">
-        <v>1045</v>
+        <v>1031</v>
       </c>
       <c r="F469" s="1" t="s">
-        <v>1056</v>
+        <v>1048</v>
       </c>
       <c r="G469" s="1" t="s">
-        <v>1057</v>
+        <v>1049</v>
       </c>
       <c r="H469" s="3">
-        <v>94.99</v>
+        <v>79.99</v>
       </c>
     </row>
     <row r="470">
       <c r="A470" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B470" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C470" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D470" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E470" s="1" t="s">
-        <v>1045</v>
+        <v>1031</v>
       </c>
       <c r="F470" s="1" t="s">
-        <v>1058</v>
+        <v>1050</v>
       </c>
       <c r="G470" s="1" t="s">
-        <v>1059</v>
+        <v>1051</v>
       </c>
       <c r="H470" s="3">
-        <v>95.5</v>
+        <v>75</v>
       </c>
     </row>
     <row r="471">
       <c r="A471" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B471" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C471" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D471" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E471" s="1" t="s">
-        <v>1045</v>
+        <v>1031</v>
       </c>
       <c r="F471" s="1" t="s">
-        <v>1060</v>
+        <v>1052</v>
       </c>
       <c r="G471" s="1" t="s">
-        <v>1061</v>
+        <v>1053</v>
       </c>
       <c r="H471" s="3">
-        <v>95</v>
+        <v>78.5</v>
       </c>
     </row>
     <row r="472">
       <c r="A472" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B472" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C472" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D472" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E472" s="1" t="s">
-        <v>1045</v>
+        <v>1031</v>
       </c>
       <c r="F472" s="1" t="s">
-        <v>1062</v>
+        <v>1054</v>
       </c>
       <c r="G472" s="1" t="s">
-        <v>1063</v>
+        <v>1055</v>
       </c>
       <c r="H472" s="3">
-        <v>79.99</v>
+        <v>88</v>
       </c>
     </row>
     <row r="473">
       <c r="A473" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B473" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C473" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D473" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E473" s="1" t="s">
-        <v>1045</v>
+        <v>1031</v>
       </c>
       <c r="F473" s="1" t="s">
-        <v>1064</v>
+        <v>1056</v>
       </c>
       <c r="G473" s="1" t="s">
-        <v>1065</v>
+        <v>1057</v>
       </c>
       <c r="H473" s="3">
         <v>86.5</v>
       </c>
     </row>
     <row r="474">
       <c r="A474" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B474" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C474" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D474" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E474" s="1" t="s">
-        <v>1045</v>
+        <v>1031</v>
       </c>
       <c r="F474" s="1" t="s">
-        <v>1066</v>
+        <v>1058</v>
       </c>
       <c r="G474" s="1" t="s">
-        <v>1067</v>
+        <v>1059</v>
       </c>
       <c r="H474" s="3">
-        <v>78.5</v>
+        <v>89</v>
       </c>
     </row>
     <row r="475">
       <c r="A475" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B475" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C475" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D475" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E475" s="1" t="s">
-        <v>1045</v>
+        <v>1031</v>
       </c>
       <c r="F475" s="1" t="s">
-        <v>1068</v>
+        <v>1060</v>
       </c>
       <c r="G475" s="1" t="s">
-        <v>1069</v>
+        <v>1061</v>
       </c>
       <c r="H475" s="3">
-        <v>86.99</v>
+        <v>96</v>
       </c>
     </row>
     <row r="476">
       <c r="A476" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B476" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C476" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D476" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E476" s="1" t="s">
-        <v>1045</v>
+        <v>1031</v>
       </c>
       <c r="F476" s="1" t="s">
-        <v>1070</v>
+        <v>1062</v>
       </c>
       <c r="G476" s="1" t="s">
-        <v>1071</v>
+        <v>1063</v>
       </c>
       <c r="H476" s="3">
-        <v>86.5</v>
+        <v>95</v>
       </c>
     </row>
     <row r="477">
       <c r="A477" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B477" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C477" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D477" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E477" s="1" t="s">
-        <v>1045</v>
+        <v>1031</v>
       </c>
       <c r="F477" s="1" t="s">
-        <v>1072</v>
+        <v>1064</v>
       </c>
       <c r="G477" s="1" t="s">
-        <v>1073</v>
+        <v>1065</v>
       </c>
       <c r="H477" s="3">
-        <v>94.99</v>
+        <v>66</v>
       </c>
     </row>
     <row r="478">
       <c r="A478" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B478" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C478" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D478" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E478" s="1" t="s">
-        <v>1045</v>
+        <v>1031</v>
       </c>
       <c r="F478" s="1" t="s">
-        <v>1074</v>
+        <v>1066</v>
       </c>
       <c r="G478" s="1" t="s">
-        <v>1075</v>
+        <v>1067</v>
       </c>
       <c r="H478" s="3">
-        <v>95.5</v>
+        <v>45</v>
       </c>
     </row>
     <row r="479">
       <c r="A479" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B479" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C479" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D479" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E479" s="1" t="s">
-        <v>1045</v>
+        <v>1031</v>
       </c>
       <c r="F479" s="1" t="s">
-        <v>1076</v>
+        <v>1068</v>
       </c>
       <c r="G479" s="1" t="s">
-        <v>1077</v>
+        <v>1069</v>
       </c>
       <c r="H479" s="3">
-        <v>95</v>
+        <v>72</v>
       </c>
     </row>
     <row r="480">
       <c r="A480" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B480" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C480" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D480" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E480" s="1" t="s">
-        <v>1045</v>
+        <v>1031</v>
       </c>
       <c r="F480" s="1" t="s">
-        <v>1078</v>
+        <v>1070</v>
       </c>
       <c r="G480" s="1" t="s">
-        <v>1079</v>
+        <v>1071</v>
       </c>
       <c r="H480" s="3">
-        <v>65.99</v>
+        <v>74.5</v>
       </c>
     </row>
     <row r="481">
       <c r="A481" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B481" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C481" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D481" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E481" s="1" t="s">
-        <v>1045</v>
+        <v>1031</v>
       </c>
       <c r="F481" s="1" t="s">
-        <v>1080</v>
+        <v>1072</v>
       </c>
       <c r="G481" s="1" t="s">
-        <v>1081</v>
+        <v>1073</v>
       </c>
       <c r="H481" s="3">
-        <v>44.99</v>
+        <v>46.49</v>
       </c>
     </row>
     <row r="482">
       <c r="A482" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B482" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C482" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D482" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E482" s="1" t="s">
-        <v>1045</v>
+        <v>1031</v>
       </c>
       <c r="F482" s="1" t="s">
-        <v>1082</v>
+        <v>1074</v>
       </c>
       <c r="G482" s="1" t="s">
-        <v>1083</v>
+        <v>1075</v>
       </c>
       <c r="H482" s="3">
-        <v>65.99</v>
+        <v>71</v>
       </c>
     </row>
     <row r="483">
       <c r="A483" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B483" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C483" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D483" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E483" s="1" t="s">
-        <v>1045</v>
+        <v>1031</v>
       </c>
       <c r="F483" s="1" t="s">
-        <v>1084</v>
+        <v>1076</v>
       </c>
       <c r="G483" s="1" t="s">
-        <v>1085</v>
+        <v>1077</v>
       </c>
       <c r="H483" s="3">
-        <v>59.99</v>
+        <v>75</v>
       </c>
     </row>
     <row r="484">
       <c r="A484" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B484" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C484" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D484" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E484" s="1" t="s">
-        <v>1045</v>
+        <v>1031</v>
       </c>
       <c r="F484" s="1" t="s">
-        <v>1086</v>
+        <v>1078</v>
       </c>
       <c r="G484" s="1" t="s">
-        <v>1087</v>
+        <v>1079</v>
       </c>
       <c r="H484" s="3">
-        <v>46.49</v>
+        <v>58.5</v>
       </c>
     </row>
     <row r="485">
       <c r="A485" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B485" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C485" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D485" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E485" s="1" t="s">
-        <v>1045</v>
+        <v>1031</v>
       </c>
       <c r="F485" s="1" t="s">
-        <v>1088</v>
+        <v>1080</v>
       </c>
       <c r="G485" s="1" t="s">
-        <v>1089</v>
+        <v>1081</v>
       </c>
       <c r="H485" s="3">
-        <v>70.99</v>
+        <v>55</v>
       </c>
     </row>
     <row r="486">
       <c r="A486" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B486" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C486" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D486" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E486" s="1" t="s">
-        <v>1045</v>
+        <v>1031</v>
       </c>
       <c r="F486" s="1" t="s">
-        <v>1090</v>
+        <v>1082</v>
       </c>
       <c r="G486" s="1" t="s">
-        <v>1091</v>
+        <v>1083</v>
       </c>
       <c r="H486" s="3">
-        <v>75</v>
+        <v>47.99</v>
       </c>
     </row>
     <row r="487">
       <c r="A487" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B487" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C487" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D487" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E487" s="1" t="s">
-        <v>1045</v>
+        <v>1031</v>
       </c>
       <c r="F487" s="1" t="s">
-        <v>1092</v>
+        <v>1084</v>
       </c>
       <c r="G487" s="1" t="s">
-        <v>1093</v>
+        <v>1085</v>
       </c>
       <c r="H487" s="3">
-        <v>57.99</v>
+        <v>48</v>
       </c>
     </row>
     <row r="488">
       <c r="A488" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B488" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C488" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D488" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E488" s="1" t="s">
-        <v>1045</v>
+        <v>1031</v>
       </c>
       <c r="F488" s="1" t="s">
-        <v>1094</v>
+        <v>1086</v>
       </c>
       <c r="G488" s="1" t="s">
-        <v>1095</v>
+        <v>1087</v>
       </c>
       <c r="H488" s="3">
-        <v>57.99</v>
+        <v>51.49</v>
       </c>
     </row>
     <row r="489">
       <c r="A489" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B489" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C489" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D489" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E489" s="1" t="s">
-        <v>1045</v>
+        <v>1031</v>
       </c>
       <c r="F489" s="1" t="s">
-        <v>1096</v>
+        <v>1088</v>
       </c>
       <c r="G489" s="1" t="s">
-        <v>1097</v>
+        <v>1089</v>
       </c>
       <c r="H489" s="3">
-        <v>47.99</v>
+        <v>50</v>
       </c>
     </row>
     <row r="490">
       <c r="A490" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B490" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C490" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D490" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E490" s="1" t="s">
-        <v>1045</v>
+        <v>1031</v>
       </c>
       <c r="F490" s="1" t="s">
-        <v>1098</v>
+        <v>1090</v>
       </c>
       <c r="G490" s="1" t="s">
-        <v>1099</v>
+        <v>1091</v>
       </c>
       <c r="H490" s="3">
-        <v>46.99</v>
+        <v>56.99</v>
       </c>
     </row>
     <row r="491">
       <c r="A491" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B491" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C491" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D491" s="1" t="s">
-        <v>919</v>
+        <v>1092</v>
       </c>
       <c r="E491" s="1" t="s">
-        <v>1045</v>
+        <v>1093</v>
       </c>
       <c r="F491" s="1" t="s">
-        <v>1100</v>
+        <v>1094</v>
       </c>
       <c r="G491" s="1" t="s">
-        <v>1101</v>
+        <v>1095</v>
       </c>
       <c r="H491" s="3">
-        <v>51.49</v>
+        <v>29.99</v>
       </c>
     </row>
     <row r="492">
       <c r="A492" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B492" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C492" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D492" s="1" t="s">
-        <v>919</v>
+        <v>1092</v>
       </c>
       <c r="E492" s="1" t="s">
-        <v>1045</v>
+        <v>1093</v>
       </c>
       <c r="F492" s="1" t="s">
-        <v>1102</v>
+        <v>1096</v>
       </c>
       <c r="G492" s="1" t="s">
-        <v>1103</v>
+        <v>1097</v>
       </c>
       <c r="H492" s="3">
-        <v>49.99</v>
+        <v>22</v>
       </c>
     </row>
     <row r="493">
       <c r="A493" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B493" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C493" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D493" s="1" t="s">
-        <v>919</v>
+        <v>1092</v>
       </c>
       <c r="E493" s="1" t="s">
-        <v>1045</v>
+        <v>1093</v>
       </c>
       <c r="F493" s="1" t="s">
-        <v>1104</v>
+        <v>1098</v>
       </c>
       <c r="G493" s="1" t="s">
-        <v>1105</v>
+        <v>1099</v>
       </c>
       <c r="H493" s="3">
-        <v>56.99</v>
+        <v>45</v>
       </c>
     </row>
     <row r="494">
       <c r="A494" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B494" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C494" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D494" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E494" s="1" t="s">
-        <v>1107</v>
+        <v>1100</v>
       </c>
       <c r="F494" s="1" t="s">
-        <v>1108</v>
+        <v>1101</v>
       </c>
       <c r="G494" s="1" t="s">
-        <v>1109</v>
+        <v>1102</v>
       </c>
       <c r="H494" s="3">
-        <v>32.5</v>
+        <v>59</v>
       </c>
     </row>
     <row r="495">
       <c r="A495" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B495" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C495" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D495" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E495" s="1" t="s">
-        <v>1107</v>
+        <v>1100</v>
       </c>
       <c r="F495" s="1" t="s">
-        <v>1110</v>
+        <v>1103</v>
       </c>
       <c r="G495" s="1" t="s">
-        <v>1111</v>
+        <v>1104</v>
       </c>
       <c r="H495" s="3">
-        <v>34.99</v>
+        <v>135</v>
       </c>
     </row>
     <row r="496">
       <c r="A496" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B496" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C496" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D496" s="1" t="s">
+        <v>1092</v>
+      </c>
+      <c r="E496" s="1" t="s">
+        <v>1100</v>
+      </c>
+      <c r="F496" s="1" t="s">
+        <v>1105</v>
+      </c>
+      <c r="G496" s="1" t="s">
         <v>1106</v>
       </c>
-      <c r="E496" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H496" s="3">
-        <v>34.99</v>
+        <v>132</v>
       </c>
     </row>
     <row r="497">
       <c r="A497" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B497" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C497" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D497" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E497" s="1" t="s">
+        <v>1100</v>
+      </c>
+      <c r="F497" s="1" t="s">
         <v>1107</v>
       </c>
-      <c r="F497" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G497" s="1" t="s">
-        <v>1115</v>
+        <v>1108</v>
       </c>
       <c r="H497" s="3">
-        <v>51.99</v>
+        <v>198</v>
       </c>
     </row>
     <row r="498">
       <c r="A498" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B498" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C498" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D498" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E498" s="1" t="s">
-        <v>1107</v>
+        <v>1100</v>
       </c>
       <c r="F498" s="1" t="s">
-        <v>1116</v>
+        <v>1109</v>
       </c>
       <c r="G498" s="1" t="s">
-        <v>1117</v>
+        <v>1110</v>
       </c>
       <c r="H498" s="3">
-        <v>32.5</v>
+        <v>270</v>
       </c>
     </row>
     <row r="499">
       <c r="A499" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B499" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C499" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D499" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E499" s="1" t="s">
-        <v>1107</v>
+        <v>1100</v>
       </c>
       <c r="F499" s="1" t="s">
-        <v>1118</v>
+        <v>1111</v>
       </c>
       <c r="G499" s="1" t="s">
-        <v>1119</v>
+        <v>1112</v>
       </c>
       <c r="H499" s="3">
-        <v>19.89</v>
+        <v>115</v>
       </c>
     </row>
     <row r="500">
       <c r="A500" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B500" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C500" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D500" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E500" s="1" t="s">
-        <v>1107</v>
+        <v>1100</v>
       </c>
       <c r="F500" s="1" t="s">
-        <v>1120</v>
+        <v>1113</v>
       </c>
       <c r="G500" s="1" t="s">
-        <v>1121</v>
+        <v>1114</v>
       </c>
       <c r="H500" s="3">
-        <v>52</v>
+        <v>135</v>
       </c>
     </row>
     <row r="501">
       <c r="A501" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B501" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C501" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D501" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E501" s="1" t="s">
-        <v>1122</v>
+        <v>1100</v>
       </c>
       <c r="F501" s="1" t="s">
-        <v>1123</v>
+        <v>1115</v>
       </c>
       <c r="G501" s="1" t="s">
-        <v>1124</v>
+        <v>1116</v>
       </c>
       <c r="H501" s="3">
-        <v>112</v>
+        <v>125</v>
       </c>
     </row>
     <row r="502">
       <c r="A502" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B502" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C502" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D502" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E502" s="1" t="s">
-        <v>1122</v>
+        <v>1100</v>
       </c>
       <c r="F502" s="1" t="s">
-        <v>1125</v>
+        <v>1117</v>
       </c>
       <c r="G502" s="1" t="s">
-        <v>1126</v>
+        <v>1118</v>
       </c>
       <c r="H502" s="3">
-        <v>135</v>
+        <v>98</v>
       </c>
     </row>
     <row r="503">
       <c r="A503" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B503" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C503" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D503" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E503" s="1" t="s">
-        <v>1122</v>
+        <v>1100</v>
       </c>
       <c r="F503" s="1" t="s">
-        <v>1127</v>
+        <v>1119</v>
       </c>
       <c r="G503" s="1" t="s">
-        <v>1128</v>
+        <v>1120</v>
       </c>
       <c r="H503" s="3">
-        <v>125</v>
+        <v>182</v>
       </c>
     </row>
     <row r="504">
       <c r="A504" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B504" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C504" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D504" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E504" s="1" t="s">
+        <v>1100</v>
+      </c>
+      <c r="F504" s="1" t="s">
+        <v>1121</v>
+      </c>
+      <c r="G504" s="1" t="s">
         <v>1122</v>
       </c>
-      <c r="F504" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H504" s="3">
-        <v>191</v>
+        <v>175</v>
       </c>
     </row>
     <row r="505">
       <c r="A505" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B505" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C505" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D505" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E505" s="1" t="s">
-        <v>1122</v>
+        <v>1100</v>
       </c>
       <c r="F505" s="1" t="s">
-        <v>1131</v>
+        <v>1123</v>
       </c>
       <c r="G505" s="1" t="s">
-        <v>1132</v>
+        <v>1124</v>
       </c>
       <c r="H505" s="3">
-        <v>155</v>
+        <v>180</v>
       </c>
     </row>
     <row r="506">
       <c r="A506" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B506" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C506" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D506" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E506" s="1" t="s">
-        <v>1122</v>
+        <v>1100</v>
       </c>
       <c r="F506" s="1" t="s">
-        <v>1133</v>
+        <v>1125</v>
       </c>
       <c r="G506" s="1" t="s">
-        <v>1134</v>
+        <v>1126</v>
       </c>
       <c r="H506" s="3">
-        <v>115</v>
+        <v>135</v>
       </c>
     </row>
     <row r="507">
       <c r="A507" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B507" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C507" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D507" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E507" s="1" t="s">
-        <v>1122</v>
+        <v>1100</v>
       </c>
       <c r="F507" s="1" t="s">
-        <v>1135</v>
+        <v>1127</v>
       </c>
       <c r="G507" s="1" t="s">
-        <v>1136</v>
+        <v>1128</v>
       </c>
       <c r="H507" s="3">
-        <v>165</v>
+        <v>179</v>
       </c>
     </row>
     <row r="508">
       <c r="A508" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B508" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C508" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D508" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E508" s="1" t="s">
-        <v>1122</v>
+        <v>1100</v>
       </c>
       <c r="F508" s="1" t="s">
-        <v>1137</v>
+        <v>1129</v>
       </c>
       <c r="G508" s="1" t="s">
-        <v>1138</v>
+        <v>1130</v>
       </c>
       <c r="H508" s="3">
-        <v>165</v>
+        <v>66</v>
       </c>
     </row>
     <row r="509">
       <c r="A509" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B509" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C509" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D509" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E509" s="1" t="s">
-        <v>1122</v>
+        <v>1100</v>
       </c>
       <c r="F509" s="1" t="s">
-        <v>1139</v>
+        <v>1131</v>
       </c>
       <c r="G509" s="1" t="s">
-        <v>1140</v>
+        <v>1132</v>
       </c>
       <c r="H509" s="3">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="510">
       <c r="A510" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B510" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C510" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D510" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E510" s="1" t="s">
-        <v>1122</v>
+        <v>1100</v>
       </c>
       <c r="F510" s="1" t="s">
-        <v>1141</v>
+        <v>1133</v>
       </c>
       <c r="G510" s="1" t="s">
-        <v>1142</v>
+        <v>1134</v>
       </c>
       <c r="H510" s="3">
-        <v>210</v>
+        <v>106</v>
       </c>
     </row>
     <row r="511">
       <c r="A511" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B511" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C511" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D511" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E511" s="1" t="s">
-        <v>1122</v>
+        <v>1100</v>
       </c>
       <c r="F511" s="1" t="s">
-        <v>1143</v>
+        <v>1135</v>
       </c>
       <c r="G511" s="1" t="s">
-        <v>1144</v>
+        <v>1136</v>
       </c>
       <c r="H511" s="3">
-        <v>210</v>
+        <v>199</v>
       </c>
     </row>
     <row r="512">
       <c r="A512" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B512" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C512" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D512" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E512" s="1" t="s">
-        <v>1122</v>
+        <v>1100</v>
       </c>
       <c r="F512" s="1" t="s">
-        <v>1145</v>
+        <v>1137</v>
       </c>
       <c r="G512" s="1" t="s">
-        <v>1146</v>
+        <v>1138</v>
       </c>
       <c r="H512" s="3">
-        <v>180</v>
+        <v>69.5</v>
       </c>
     </row>
     <row r="513">
       <c r="A513" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B513" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C513" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D513" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E513" s="1" t="s">
-        <v>1122</v>
+        <v>1100</v>
       </c>
       <c r="F513" s="1" t="s">
-        <v>1147</v>
+        <v>1139</v>
       </c>
       <c r="G513" s="1" t="s">
-        <v>1148</v>
+        <v>1140</v>
       </c>
       <c r="H513" s="3">
-        <v>135</v>
+        <v>86.5</v>
       </c>
     </row>
     <row r="514">
       <c r="A514" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B514" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C514" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D514" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E514" s="1" t="s">
-        <v>1122</v>
+        <v>1141</v>
       </c>
       <c r="F514" s="1" t="s">
-        <v>1149</v>
+        <v>1142</v>
       </c>
       <c r="G514" s="1" t="s">
-        <v>1150</v>
+        <v>1143</v>
       </c>
       <c r="H514" s="3">
-        <v>275</v>
+        <v>40</v>
       </c>
     </row>
     <row r="515">
       <c r="A515" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B515" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C515" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D515" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E515" s="1" t="s">
-        <v>1122</v>
+        <v>1144</v>
       </c>
       <c r="F515" s="1" t="s">
-        <v>1151</v>
+        <v>1145</v>
       </c>
       <c r="G515" s="1" t="s">
-        <v>1152</v>
+        <v>1146</v>
       </c>
       <c r="H515" s="3">
-        <v>65</v>
+        <v>195</v>
       </c>
     </row>
     <row r="516">
       <c r="A516" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B516" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C516" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D516" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E516" s="1" t="s">
-        <v>1122</v>
+        <v>1144</v>
       </c>
       <c r="F516" s="1" t="s">
-        <v>1153</v>
+        <v>1147</v>
       </c>
       <c r="G516" s="1" t="s">
-        <v>1154</v>
+        <v>1148</v>
       </c>
       <c r="H516" s="3">
-        <v>325</v>
+        <v>225</v>
       </c>
     </row>
     <row r="517">
       <c r="A517" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B517" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C517" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D517" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E517" s="1" t="s">
-        <v>1122</v>
+        <v>1144</v>
       </c>
       <c r="F517" s="1" t="s">
-        <v>1155</v>
+        <v>1149</v>
       </c>
       <c r="G517" s="1" t="s">
-        <v>1156</v>
+        <v>1150</v>
       </c>
       <c r="H517" s="3">
-        <v>106</v>
+        <v>295</v>
       </c>
     </row>
     <row r="518">
       <c r="A518" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B518" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C518" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D518" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E518" s="1" t="s">
-        <v>1122</v>
+        <v>1144</v>
       </c>
       <c r="F518" s="1" t="s">
-        <v>1157</v>
+        <v>1151</v>
       </c>
       <c r="G518" s="1" t="s">
-        <v>1158</v>
+        <v>1152</v>
       </c>
       <c r="H518" s="3">
-        <v>199</v>
+        <v>245</v>
       </c>
     </row>
     <row r="519">
       <c r="A519" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B519" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C519" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D519" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E519" s="1" t="s">
-        <v>1122</v>
+        <v>1144</v>
       </c>
       <c r="F519" s="1" t="s">
-        <v>1159</v>
+        <v>1153</v>
       </c>
       <c r="G519" s="1" t="s">
-        <v>1160</v>
+        <v>1154</v>
       </c>
       <c r="H519" s="3">
-        <v>65.99</v>
+        <v>275</v>
       </c>
     </row>
     <row r="520">
       <c r="A520" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B520" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C520" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D520" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E520" s="1" t="s">
-        <v>1122</v>
+        <v>1144</v>
       </c>
       <c r="F520" s="1" t="s">
-        <v>1161</v>
+        <v>1155</v>
       </c>
       <c r="G520" s="1" t="s">
-        <v>1162</v>
+        <v>1156</v>
       </c>
       <c r="H520" s="3">
-        <v>86.5</v>
+        <v>200</v>
       </c>
     </row>
     <row r="521">
       <c r="A521" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B521" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C521" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D521" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E521" s="1" t="s">
-        <v>1163</v>
+        <v>1144</v>
       </c>
       <c r="F521" s="1" t="s">
-        <v>1164</v>
+        <v>1157</v>
       </c>
       <c r="G521" s="1" t="s">
-        <v>1165</v>
+        <v>1158</v>
       </c>
       <c r="H521" s="3">
-        <v>40.49</v>
+        <v>199</v>
       </c>
     </row>
     <row r="522">
       <c r="A522" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B522" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C522" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D522" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E522" s="1" t="s">
-        <v>1166</v>
+        <v>1144</v>
       </c>
       <c r="F522" s="1" t="s">
-        <v>1167</v>
+        <v>1159</v>
       </c>
       <c r="G522" s="1" t="s">
-        <v>1168</v>
+        <v>1160</v>
       </c>
       <c r="H522" s="3">
-        <v>255</v>
+        <v>299</v>
       </c>
     </row>
     <row r="523">
       <c r="A523" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B523" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C523" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D523" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E523" s="1" t="s">
-        <v>1166</v>
+        <v>1144</v>
       </c>
       <c r="F523" s="1" t="s">
-        <v>1169</v>
+        <v>1161</v>
       </c>
       <c r="G523" s="1" t="s">
-        <v>1170</v>
+        <v>1162</v>
       </c>
       <c r="H523" s="3">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="524">
       <c r="A524" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B524" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C524" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D524" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E524" s="1" t="s">
-        <v>1166</v>
+        <v>1144</v>
       </c>
       <c r="F524" s="1" t="s">
-        <v>1171</v>
+        <v>1163</v>
       </c>
       <c r="G524" s="1" t="s">
-        <v>1172</v>
+        <v>1164</v>
       </c>
       <c r="H524" s="3">
-        <v>350</v>
+        <v>175</v>
       </c>
     </row>
     <row r="525">
       <c r="A525" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B525" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C525" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D525" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E525" s="1" t="s">
+        <v>1144</v>
+      </c>
+      <c r="F525" s="1" t="s">
+        <v>1165</v>
+      </c>
+      <c r="G525" s="1" t="s">
         <v>1166</v>
       </c>
-      <c r="F525" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H525" s="3">
-        <v>305</v>
+        <v>135</v>
       </c>
     </row>
     <row r="526">
       <c r="A526" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B526" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C526" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D526" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E526" s="1" t="s">
-        <v>1166</v>
+        <v>1144</v>
       </c>
       <c r="F526" s="1" t="s">
-        <v>1175</v>
+        <v>1167</v>
       </c>
       <c r="G526" s="1" t="s">
-        <v>1176</v>
+        <v>1168</v>
       </c>
       <c r="H526" s="3">
-        <v>305</v>
+        <v>155</v>
       </c>
     </row>
     <row r="527">
       <c r="A527" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B527" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C527" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D527" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E527" s="1" t="s">
-        <v>1166</v>
+        <v>1144</v>
       </c>
       <c r="F527" s="1" t="s">
-        <v>1177</v>
+        <v>1169</v>
       </c>
       <c r="G527" s="1" t="s">
-        <v>1178</v>
+        <v>1170</v>
       </c>
       <c r="H527" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="528">
       <c r="A528" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B528" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C528" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D528" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E528" s="1" t="s">
-        <v>1166</v>
+        <v>1144</v>
       </c>
       <c r="F528" s="1" t="s">
-        <v>1179</v>
+        <v>1171</v>
       </c>
       <c r="G528" s="1" t="s">
-        <v>1180</v>
+        <v>1172</v>
       </c>
       <c r="H528" s="3">
-        <v>290</v>
+        <v>135</v>
       </c>
     </row>
     <row r="529">
       <c r="A529" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B529" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C529" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D529" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E529" s="1" t="s">
-        <v>1166</v>
+        <v>1144</v>
       </c>
       <c r="F529" s="1" t="s">
-        <v>1181</v>
+        <v>1173</v>
       </c>
       <c r="G529" s="1" t="s">
-        <v>1182</v>
+        <v>1174</v>
       </c>
       <c r="H529" s="3">
-        <v>380</v>
+        <v>140</v>
       </c>
     </row>
     <row r="530">
       <c r="A530" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B530" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C530" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D530" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E530" s="1" t="s">
-        <v>1166</v>
+        <v>1144</v>
       </c>
       <c r="F530" s="1" t="s">
-        <v>1183</v>
+        <v>1175</v>
       </c>
       <c r="G530" s="1" t="s">
-        <v>1184</v>
+        <v>1176</v>
       </c>
       <c r="H530" s="3">
-        <v>160</v>
+        <v>89</v>
       </c>
     </row>
     <row r="531">
       <c r="A531" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B531" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C531" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D531" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E531" s="1" t="s">
-        <v>1166</v>
+        <v>1144</v>
       </c>
       <c r="F531" s="1" t="s">
-        <v>1185</v>
+        <v>1177</v>
       </c>
       <c r="G531" s="1" t="s">
-        <v>1186</v>
+        <v>1178</v>
       </c>
       <c r="H531" s="3">
-        <v>191</v>
+        <v>179</v>
       </c>
     </row>
     <row r="532">
       <c r="A532" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B532" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C532" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D532" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E532" s="1" t="s">
-        <v>1166</v>
+        <v>1144</v>
       </c>
       <c r="F532" s="1" t="s">
-        <v>1187</v>
+        <v>1179</v>
       </c>
       <c r="G532" s="1" t="s">
-        <v>1188</v>
+        <v>1180</v>
       </c>
       <c r="H532" s="3">
-        <v>160</v>
+        <v>125</v>
       </c>
     </row>
     <row r="533">
       <c r="A533" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B533" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C533" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D533" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E533" s="1" t="s">
-        <v>1166</v>
+        <v>1144</v>
       </c>
       <c r="F533" s="1" t="s">
-        <v>1189</v>
+        <v>1181</v>
       </c>
       <c r="G533" s="1" t="s">
-        <v>1190</v>
+        <v>1182</v>
       </c>
       <c r="H533" s="3">
-        <v>150</v>
+        <v>155</v>
       </c>
     </row>
     <row r="534">
       <c r="A534" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B534" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C534" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D534" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E534" s="1" t="s">
-        <v>1166</v>
+        <v>1144</v>
       </c>
       <c r="F534" s="1" t="s">
-        <v>1191</v>
+        <v>1183</v>
       </c>
       <c r="G534" s="1" t="s">
-        <v>1192</v>
+        <v>1184</v>
       </c>
       <c r="H534" s="3">
-        <v>99.99</v>
+        <v>125</v>
       </c>
     </row>
     <row r="535">
       <c r="A535" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B535" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C535" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D535" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E535" s="1" t="s">
-        <v>1166</v>
+        <v>1144</v>
       </c>
       <c r="F535" s="1" t="s">
-        <v>1193</v>
+        <v>1185</v>
       </c>
       <c r="G535" s="1" t="s">
-        <v>1194</v>
+        <v>1186</v>
       </c>
       <c r="H535" s="3">
-        <v>135</v>
+        <v>138</v>
       </c>
     </row>
     <row r="536">
       <c r="A536" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B536" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C536" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D536" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E536" s="1" t="s">
-        <v>1166</v>
+        <v>1144</v>
       </c>
       <c r="F536" s="1" t="s">
-        <v>1195</v>
+        <v>1187</v>
       </c>
       <c r="G536" s="1" t="s">
-        <v>1196</v>
+        <v>1188</v>
       </c>
       <c r="H536" s="3">
-        <v>140</v>
+        <v>335</v>
       </c>
     </row>
     <row r="537">
       <c r="A537" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B537" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C537" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D537" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E537" s="1" t="s">
-        <v>1166</v>
+        <v>1144</v>
       </c>
       <c r="F537" s="1" t="s">
-        <v>1197</v>
+        <v>1189</v>
       </c>
       <c r="G537" s="1" t="s">
-        <v>1198</v>
+        <v>1190</v>
       </c>
       <c r="H537" s="3">
-        <v>89</v>
+        <v>165</v>
       </c>
     </row>
     <row r="538">
       <c r="A538" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B538" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C538" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D538" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E538" s="1" t="s">
-        <v>1166</v>
+        <v>1144</v>
       </c>
       <c r="F538" s="1" t="s">
-        <v>1199</v>
+        <v>1191</v>
       </c>
       <c r="G538" s="1" t="s">
-        <v>1200</v>
+        <v>1192</v>
       </c>
       <c r="H538" s="3">
-        <v>165</v>
+        <v>182</v>
       </c>
     </row>
     <row r="539">
       <c r="A539" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B539" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C539" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D539" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E539" s="1" t="s">
-        <v>1166</v>
+        <v>1144</v>
       </c>
       <c r="F539" s="1" t="s">
-        <v>1201</v>
+        <v>1193</v>
       </c>
       <c r="G539" s="1" t="s">
-        <v>1202</v>
+        <v>1194</v>
       </c>
       <c r="H539" s="3">
-        <v>145</v>
+        <v>105</v>
       </c>
     </row>
     <row r="540">
       <c r="A540" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B540" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C540" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D540" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E540" s="1" t="s">
-        <v>1166</v>
+        <v>1144</v>
       </c>
       <c r="F540" s="1" t="s">
-        <v>1203</v>
+        <v>1195</v>
       </c>
       <c r="G540" s="1" t="s">
-        <v>1204</v>
+        <v>1196</v>
       </c>
       <c r="H540" s="3">
-        <v>155</v>
+        <v>102</v>
       </c>
     </row>
     <row r="541">
       <c r="A541" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B541" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C541" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D541" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E541" s="1" t="s">
-        <v>1166</v>
+        <v>1144</v>
       </c>
       <c r="F541" s="1" t="s">
-        <v>1205</v>
+        <v>1197</v>
       </c>
       <c r="G541" s="1" t="s">
-        <v>1206</v>
+        <v>1198</v>
       </c>
       <c r="H541" s="3">
-        <v>165</v>
+        <v>72</v>
       </c>
     </row>
     <row r="542">
       <c r="A542" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B542" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C542" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D542" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E542" s="1" t="s">
-        <v>1166</v>
+        <v>1144</v>
       </c>
       <c r="F542" s="1" t="s">
-        <v>1207</v>
+        <v>1199</v>
       </c>
       <c r="G542" s="1" t="s">
-        <v>1208</v>
+        <v>1200</v>
       </c>
       <c r="H542" s="3">
-        <v>335</v>
+        <v>99</v>
       </c>
     </row>
     <row r="543">
       <c r="A543" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B543" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C543" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D543" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E543" s="1" t="s">
-        <v>1166</v>
+        <v>1144</v>
       </c>
       <c r="F543" s="1" t="s">
-        <v>1209</v>
+        <v>1201</v>
       </c>
       <c r="G543" s="1" t="s">
-        <v>1210</v>
+        <v>1202</v>
       </c>
       <c r="H543" s="3">
-        <v>199</v>
+        <v>100</v>
       </c>
     </row>
     <row r="544">
       <c r="A544" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B544" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C544" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D544" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E544" s="1" t="s">
-        <v>1166</v>
+        <v>1144</v>
       </c>
       <c r="F544" s="1" t="s">
-        <v>1211</v>
+        <v>1203</v>
       </c>
       <c r="G544" s="1" t="s">
-        <v>1212</v>
+        <v>1204</v>
       </c>
       <c r="H544" s="3">
-        <v>182</v>
+        <v>125</v>
       </c>
     </row>
     <row r="545">
       <c r="A545" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B545" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C545" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D545" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E545" s="1" t="s">
-        <v>1166</v>
+        <v>1144</v>
       </c>
       <c r="F545" s="1" t="s">
-        <v>1213</v>
+        <v>1205</v>
       </c>
       <c r="G545" s="1" t="s">
-        <v>1214</v>
+        <v>1206</v>
       </c>
       <c r="H545" s="3">
-        <v>102</v>
+        <v>110</v>
       </c>
     </row>
     <row r="546">
       <c r="A546" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B546" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C546" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D546" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E546" s="1" t="s">
-        <v>1166</v>
+        <v>1144</v>
       </c>
       <c r="F546" s="1" t="s">
-        <v>1215</v>
+        <v>1207</v>
       </c>
       <c r="G546" s="1" t="s">
-        <v>1216</v>
+        <v>1208</v>
       </c>
       <c r="H546" s="3">
-        <v>100</v>
+        <v>82</v>
       </c>
     </row>
     <row r="547">
       <c r="A547" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B547" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C547" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D547" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E547" s="1" t="s">
-        <v>1166</v>
+        <v>1144</v>
       </c>
       <c r="F547" s="1" t="s">
-        <v>1217</v>
+        <v>1209</v>
       </c>
       <c r="G547" s="1" t="s">
-        <v>1218</v>
+        <v>1210</v>
       </c>
       <c r="H547" s="3">
-        <v>71.99</v>
+        <v>120</v>
       </c>
     </row>
     <row r="548">
       <c r="A548" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B548" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C548" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D548" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E548" s="1" t="s">
-        <v>1166</v>
+        <v>1144</v>
       </c>
       <c r="F548" s="1" t="s">
-        <v>1219</v>
+        <v>1211</v>
       </c>
       <c r="G548" s="1" t="s">
-        <v>1220</v>
+        <v>1212</v>
       </c>
       <c r="H548" s="3">
-        <v>147</v>
+        <v>120</v>
       </c>
     </row>
     <row r="549">
       <c r="A549" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B549" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C549" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D549" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E549" s="1" t="s">
-        <v>1166</v>
+        <v>1144</v>
       </c>
       <c r="F549" s="1" t="s">
-        <v>1221</v>
+        <v>1213</v>
       </c>
       <c r="G549" s="1" t="s">
-        <v>1222</v>
+        <v>1214</v>
       </c>
       <c r="H549" s="3">
-        <v>99.99</v>
+        <v>150</v>
       </c>
     </row>
     <row r="550">
       <c r="A550" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B550" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C550" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D550" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E550" s="1" t="s">
-        <v>1166</v>
+        <v>1144</v>
       </c>
       <c r="F550" s="1" t="s">
-        <v>1223</v>
+        <v>1215</v>
       </c>
       <c r="G550" s="1" t="s">
-        <v>1224</v>
+        <v>1216</v>
       </c>
       <c r="H550" s="3">
-        <v>125</v>
+        <v>88</v>
       </c>
     </row>
     <row r="551">
       <c r="A551" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B551" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C551" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D551" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E551" s="1" t="s">
-        <v>1166</v>
+        <v>1144</v>
       </c>
       <c r="F551" s="1" t="s">
-        <v>1225</v>
+        <v>1217</v>
       </c>
       <c r="G551" s="1" t="s">
-        <v>1226</v>
+        <v>1218</v>
       </c>
       <c r="H551" s="3">
-        <v>86.5</v>
+        <v>85</v>
       </c>
     </row>
     <row r="552">
       <c r="A552" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B552" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C552" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D552" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E552" s="1" t="s">
-        <v>1166</v>
+        <v>1144</v>
       </c>
       <c r="F552" s="1" t="s">
-        <v>1227</v>
+        <v>1219</v>
       </c>
       <c r="G552" s="1" t="s">
-        <v>1228</v>
+        <v>1220</v>
       </c>
       <c r="H552" s="3">
-        <v>81.5</v>
+        <v>95</v>
       </c>
     </row>
     <row r="553">
       <c r="A553" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B553" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C553" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D553" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E553" s="1" t="s">
-        <v>1166</v>
+        <v>1144</v>
       </c>
       <c r="F553" s="1" t="s">
-        <v>1229</v>
+        <v>1221</v>
       </c>
       <c r="G553" s="1" t="s">
-        <v>1230</v>
+        <v>1222</v>
       </c>
       <c r="H553" s="3">
-        <v>120</v>
+        <v>175</v>
       </c>
     </row>
     <row r="554">
       <c r="A554" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B554" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C554" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D554" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E554" s="1" t="s">
-        <v>1166</v>
+        <v>1144</v>
       </c>
       <c r="F554" s="1" t="s">
-        <v>1231</v>
+        <v>1223</v>
       </c>
       <c r="G554" s="1" t="s">
-        <v>1232</v>
+        <v>1224</v>
       </c>
       <c r="H554" s="3">
-        <v>120</v>
+        <v>175</v>
       </c>
     </row>
     <row r="555">
       <c r="A555" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B555" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C555" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D555" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E555" s="1" t="s">
-        <v>1166</v>
+        <v>1144</v>
       </c>
       <c r="F555" s="1" t="s">
-        <v>1233</v>
+        <v>1225</v>
       </c>
       <c r="G555" s="1" t="s">
-        <v>1234</v>
+        <v>1226</v>
       </c>
       <c r="H555" s="3">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="556">
       <c r="A556" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B556" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C556" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D556" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E556" s="1" t="s">
-        <v>1166</v>
+        <v>1144</v>
       </c>
       <c r="F556" s="1" t="s">
-        <v>1235</v>
+        <v>1227</v>
       </c>
       <c r="G556" s="1" t="s">
-        <v>1236</v>
+        <v>1228</v>
       </c>
       <c r="H556" s="3">
-        <v>86.99</v>
+        <v>220</v>
       </c>
     </row>
     <row r="557">
       <c r="A557" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B557" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C557" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D557" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E557" s="1" t="s">
-        <v>1166</v>
+        <v>1144</v>
       </c>
       <c r="F557" s="1" t="s">
-        <v>1237</v>
+        <v>1229</v>
       </c>
       <c r="G557" s="1" t="s">
-        <v>1238</v>
+        <v>1230</v>
       </c>
       <c r="H557" s="3">
-        <v>94.99</v>
+        <v>150</v>
       </c>
     </row>
     <row r="558">
       <c r="A558" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B558" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C558" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D558" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E558" s="1" t="s">
-        <v>1166</v>
+        <v>1144</v>
       </c>
       <c r="F558" s="1" t="s">
-        <v>1239</v>
+        <v>1231</v>
       </c>
       <c r="G558" s="1" t="s">
-        <v>1240</v>
+        <v>1232</v>
       </c>
       <c r="H558" s="3">
-        <v>94</v>
+        <v>129</v>
       </c>
     </row>
     <row r="559">
       <c r="A559" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B559" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C559" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D559" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E559" s="1" t="s">
-        <v>1166</v>
+        <v>1144</v>
       </c>
       <c r="F559" s="1" t="s">
-        <v>1241</v>
+        <v>1233</v>
       </c>
       <c r="G559" s="1" t="s">
-        <v>1242</v>
+        <v>1234</v>
       </c>
       <c r="H559" s="3">
-        <v>175</v>
+        <v>125</v>
       </c>
     </row>
     <row r="560">
       <c r="A560" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B560" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C560" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D560" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E560" s="1" t="s">
-        <v>1166</v>
+        <v>1144</v>
       </c>
       <c r="F560" s="1" t="s">
-        <v>1243</v>
+        <v>1235</v>
       </c>
       <c r="G560" s="1" t="s">
-        <v>1244</v>
+        <v>1236</v>
       </c>
       <c r="H560" s="3">
-        <v>195</v>
+        <v>120</v>
       </c>
     </row>
     <row r="561">
       <c r="A561" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B561" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C561" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D561" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E561" s="1" t="s">
-        <v>1166</v>
+        <v>1144</v>
       </c>
       <c r="F561" s="1" t="s">
-        <v>1245</v>
+        <v>1237</v>
       </c>
       <c r="G561" s="1" t="s">
-        <v>1246</v>
+        <v>1238</v>
       </c>
       <c r="H561" s="3">
-        <v>165</v>
+        <v>150</v>
       </c>
     </row>
     <row r="562">
       <c r="A562" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B562" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C562" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D562" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E562" s="1" t="s">
-        <v>1166</v>
+        <v>1144</v>
       </c>
       <c r="F562" s="1" t="s">
-        <v>1247</v>
+        <v>1239</v>
       </c>
       <c r="G562" s="1" t="s">
-        <v>1248</v>
+        <v>1240</v>
       </c>
       <c r="H562" s="3">
-        <v>218</v>
+        <v>67.5</v>
       </c>
     </row>
     <row r="563">
       <c r="A563" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B563" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C563" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D563" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E563" s="1" t="s">
-        <v>1166</v>
+        <v>1144</v>
       </c>
       <c r="F563" s="1" t="s">
-        <v>1249</v>
+        <v>1241</v>
       </c>
       <c r="G563" s="1" t="s">
-        <v>1250</v>
+        <v>1242</v>
       </c>
       <c r="H563" s="3">
-        <v>255</v>
+        <v>78</v>
       </c>
     </row>
     <row r="564">
       <c r="A564" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B564" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C564" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D564" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E564" s="1" t="s">
-        <v>1166</v>
+        <v>1144</v>
       </c>
       <c r="F564" s="1" t="s">
-        <v>1251</v>
+        <v>1243</v>
       </c>
       <c r="G564" s="1" t="s">
-        <v>1252</v>
+        <v>1244</v>
       </c>
       <c r="H564" s="3">
-        <v>127</v>
+        <v>69.95</v>
       </c>
     </row>
     <row r="565">
       <c r="A565" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B565" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C565" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D565" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E565" s="1" t="s">
-        <v>1166</v>
+        <v>1144</v>
       </c>
       <c r="F565" s="1" t="s">
-        <v>1253</v>
+        <v>1245</v>
       </c>
       <c r="G565" s="1" t="s">
-        <v>1254</v>
+        <v>1246</v>
       </c>
       <c r="H565" s="3">
-        <v>180</v>
+        <v>72</v>
       </c>
     </row>
     <row r="566">
       <c r="A566" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B566" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C566" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D566" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E566" s="1" t="s">
-        <v>1166</v>
+        <v>1144</v>
       </c>
       <c r="F566" s="1" t="s">
-        <v>1255</v>
+        <v>1247</v>
       </c>
       <c r="G566" s="1" t="s">
-        <v>1256</v>
+        <v>1248</v>
       </c>
       <c r="H566" s="3">
-        <v>135</v>
+        <v>95</v>
       </c>
     </row>
     <row r="567">
       <c r="A567" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B567" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C567" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D567" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E567" s="1" t="s">
-        <v>1166</v>
+        <v>1144</v>
       </c>
       <c r="F567" s="1" t="s">
-        <v>1257</v>
+        <v>1249</v>
       </c>
       <c r="G567" s="1" t="s">
-        <v>1258</v>
+        <v>1250</v>
       </c>
       <c r="H567" s="3">
-        <v>150</v>
+        <v>88</v>
       </c>
     </row>
     <row r="568">
       <c r="A568" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B568" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C568" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D568" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E568" s="1" t="s">
-        <v>1166</v>
+        <v>1144</v>
       </c>
       <c r="F568" s="1" t="s">
-        <v>1259</v>
+        <v>1251</v>
       </c>
       <c r="G568" s="1" t="s">
-        <v>1260</v>
+        <v>1252</v>
       </c>
       <c r="H568" s="3">
-        <v>65.99</v>
+        <v>600</v>
       </c>
     </row>
     <row r="569">
       <c r="A569" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B569" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C569" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D569" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E569" s="1" t="s">
-        <v>1166</v>
+        <v>1144</v>
       </c>
       <c r="F569" s="1" t="s">
-        <v>1261</v>
+        <v>1253</v>
       </c>
       <c r="G569" s="1" t="s">
-        <v>1262</v>
+        <v>1254</v>
       </c>
       <c r="H569" s="3">
-        <v>69.99</v>
+        <v>215</v>
       </c>
     </row>
     <row r="570">
       <c r="A570" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B570" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C570" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D570" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E570" s="1" t="s">
-        <v>1166</v>
+        <v>1255</v>
       </c>
       <c r="F570" s="1" t="s">
-        <v>1263</v>
+        <v>1256</v>
       </c>
       <c r="G570" s="1" t="s">
-        <v>1264</v>
+        <v>1257</v>
       </c>
       <c r="H570" s="3">
-        <v>71.99</v>
+        <v>82</v>
       </c>
     </row>
     <row r="571">
       <c r="A571" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B571" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C571" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D571" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E571" s="1" t="s">
-        <v>1166</v>
+        <v>1258</v>
       </c>
       <c r="F571" s="1" t="s">
-        <v>1265</v>
+        <v>1259</v>
       </c>
       <c r="G571" s="1" t="s">
-        <v>1266</v>
+        <v>1260</v>
       </c>
       <c r="H571" s="3">
-        <v>72</v>
+        <v>715</v>
       </c>
     </row>
     <row r="572">
       <c r="A572" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B572" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C572" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D572" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E572" s="1" t="s">
-        <v>1166</v>
+        <v>1258</v>
       </c>
       <c r="F572" s="1" t="s">
-        <v>1267</v>
+        <v>1261</v>
       </c>
       <c r="G572" s="1" t="s">
-        <v>1268</v>
+        <v>1262</v>
       </c>
       <c r="H572" s="3">
-        <v>69.99</v>
+        <v>665</v>
       </c>
     </row>
     <row r="573">
       <c r="A573" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B573" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C573" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D573" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E573" s="1" t="s">
-        <v>1166</v>
+        <v>1258</v>
       </c>
       <c r="F573" s="1" t="s">
-        <v>1269</v>
+        <v>1263</v>
       </c>
       <c r="G573" s="1" t="s">
-        <v>1270</v>
+        <v>1264</v>
       </c>
       <c r="H573" s="3">
-        <v>86.99</v>
+        <v>125</v>
       </c>
     </row>
     <row r="574">
       <c r="A574" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B574" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C574" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D574" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E574" s="1" t="s">
-        <v>1166</v>
+        <v>1258</v>
       </c>
       <c r="F574" s="1" t="s">
-        <v>1271</v>
+        <v>1265</v>
       </c>
       <c r="G574" s="1" t="s">
-        <v>1272</v>
+        <v>1266</v>
       </c>
       <c r="H574" s="3">
-        <v>600</v>
+        <v>102</v>
       </c>
     </row>
     <row r="575">
       <c r="A575" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B575" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C575" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D575" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E575" s="1" t="s">
-        <v>1166</v>
+        <v>1258</v>
       </c>
       <c r="F575" s="1" t="s">
-        <v>1273</v>
+        <v>1267</v>
       </c>
       <c r="G575" s="1" t="s">
-        <v>1274</v>
+        <v>1268</v>
       </c>
       <c r="H575" s="3">
-        <v>215</v>
+        <v>108</v>
       </c>
     </row>
     <row r="576">
       <c r="A576" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B576" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C576" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D576" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E576" s="1" t="s">
-        <v>1275</v>
+        <v>1258</v>
       </c>
       <c r="F576" s="1" t="s">
-        <v>1276</v>
+        <v>1269</v>
       </c>
       <c r="G576" s="1" t="s">
-        <v>1277</v>
+        <v>1270</v>
       </c>
       <c r="H576" s="3">
-        <v>76.99</v>
+        <v>110</v>
       </c>
     </row>
     <row r="577">
       <c r="A577" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B577" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C577" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D577" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E577" s="1" t="s">
-        <v>1278</v>
+        <v>1258</v>
       </c>
       <c r="F577" s="1" t="s">
-        <v>1279</v>
+        <v>1271</v>
       </c>
       <c r="G577" s="1" t="s">
-        <v>1280</v>
+        <v>1272</v>
       </c>
       <c r="H577" s="3">
-        <v>715</v>
+        <v>109</v>
       </c>
     </row>
     <row r="578">
       <c r="A578" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B578" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C578" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D578" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E578" s="1" t="s">
-        <v>1278</v>
+        <v>1258</v>
       </c>
       <c r="F578" s="1" t="s">
-        <v>1281</v>
+        <v>1273</v>
       </c>
       <c r="G578" s="1" t="s">
-        <v>1282</v>
+        <v>1274</v>
       </c>
       <c r="H578" s="3">
-        <v>665</v>
+        <v>115</v>
       </c>
     </row>
     <row r="579">
       <c r="A579" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B579" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C579" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D579" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E579" s="1" t="s">
-        <v>1278</v>
+        <v>1258</v>
       </c>
       <c r="F579" s="1" t="s">
-        <v>1283</v>
+        <v>1275</v>
       </c>
       <c r="G579" s="1" t="s">
-        <v>1284</v>
+        <v>1276</v>
       </c>
       <c r="H579" s="3">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="580">
       <c r="A580" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B580" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C580" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D580" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E580" s="1" t="s">
+        <v>1258</v>
+      </c>
+      <c r="F580" s="1" t="s">
+        <v>1277</v>
+      </c>
+      <c r="G580" s="1" t="s">
         <v>1278</v>
       </c>
-      <c r="F580" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H580" s="3">
-        <v>100</v>
+        <v>154</v>
       </c>
     </row>
     <row r="581">
       <c r="A581" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B581" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C581" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D581" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E581" s="1" t="s">
-        <v>1278</v>
+        <v>1258</v>
       </c>
       <c r="F581" s="1" t="s">
-        <v>1287</v>
+        <v>1279</v>
       </c>
       <c r="G581" s="1" t="s">
-        <v>1288</v>
+        <v>1280</v>
       </c>
       <c r="H581" s="3">
-        <v>106</v>
+        <v>116</v>
       </c>
     </row>
     <row r="582">
       <c r="A582" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B582" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C582" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D582" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E582" s="1" t="s">
-        <v>1278</v>
+        <v>1258</v>
       </c>
       <c r="F582" s="1" t="s">
-        <v>1289</v>
+        <v>1281</v>
       </c>
       <c r="G582" s="1" t="s">
-        <v>1290</v>
+        <v>1282</v>
       </c>
       <c r="H582" s="3">
-        <v>135</v>
+        <v>105</v>
       </c>
     </row>
     <row r="583">
       <c r="A583" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B583" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C583" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D583" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E583" s="1" t="s">
-        <v>1278</v>
+        <v>1258</v>
       </c>
       <c r="F583" s="1" t="s">
-        <v>1291</v>
+        <v>1283</v>
       </c>
       <c r="G583" s="1" t="s">
-        <v>1292</v>
+        <v>1284</v>
       </c>
       <c r="H583" s="3">
         <v>115</v>
       </c>
     </row>
     <row r="584">
       <c r="A584" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B584" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C584" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D584" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E584" s="1" t="s">
-        <v>1278</v>
+        <v>1258</v>
       </c>
       <c r="F584" s="1" t="s">
-        <v>1293</v>
+        <v>1285</v>
       </c>
       <c r="G584" s="1" t="s">
-        <v>1294</v>
+        <v>1286</v>
       </c>
       <c r="H584" s="3">
-        <v>115</v>
+        <v>112</v>
       </c>
     </row>
     <row r="585">
       <c r="A585" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B585" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C585" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D585" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E585" s="1" t="s">
-        <v>1278</v>
+        <v>1287</v>
       </c>
       <c r="F585" s="1" t="s">
-        <v>1295</v>
+        <v>1288</v>
       </c>
       <c r="G585" s="1" t="s">
-        <v>1296</v>
+        <v>1289</v>
       </c>
       <c r="H585" s="3">
-        <v>115</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="586">
       <c r="A586" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B586" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C586" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D586" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E586" s="1" t="s">
-        <v>1278</v>
+        <v>1287</v>
       </c>
       <c r="F586" s="1" t="s">
-        <v>1297</v>
+        <v>1290</v>
       </c>
       <c r="G586" s="1" t="s">
-        <v>1298</v>
+        <v>1291</v>
       </c>
       <c r="H586" s="3">
-        <v>135</v>
+        <v>31.99</v>
       </c>
     </row>
     <row r="587">
       <c r="A587" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B587" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C587" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D587" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E587" s="1" t="s">
-        <v>1278</v>
+        <v>1287</v>
       </c>
       <c r="F587" s="1" t="s">
-        <v>1299</v>
+        <v>1292</v>
       </c>
       <c r="G587" s="1" t="s">
-        <v>1300</v>
+        <v>1293</v>
       </c>
       <c r="H587" s="3">
-        <v>115</v>
+        <v>32</v>
       </c>
     </row>
     <row r="588">
       <c r="A588" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B588" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C588" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D588" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E588" s="1" t="s">
-        <v>1278</v>
+        <v>1287</v>
       </c>
       <c r="F588" s="1" t="s">
-        <v>1301</v>
+        <v>1294</v>
       </c>
       <c r="G588" s="1" t="s">
-        <v>1302</v>
+        <v>1295</v>
       </c>
       <c r="H588" s="3">
-        <v>147</v>
+        <v>32</v>
       </c>
     </row>
     <row r="589">
       <c r="A589" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B589" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C589" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D589" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E589" s="1" t="s">
-        <v>1278</v>
+        <v>1287</v>
       </c>
       <c r="F589" s="1" t="s">
-        <v>1303</v>
+        <v>1296</v>
       </c>
       <c r="G589" s="1" t="s">
-        <v>1304</v>
+        <v>1297</v>
       </c>
       <c r="H589" s="3">
-        <v>115</v>
+        <v>29.99</v>
       </c>
     </row>
     <row r="590">
       <c r="A590" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B590" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C590" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D590" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E590" s="1" t="s">
-        <v>1278</v>
+        <v>1287</v>
       </c>
       <c r="F590" s="1" t="s">
-        <v>1305</v>
+        <v>1298</v>
       </c>
       <c r="G590" s="1" t="s">
-        <v>1306</v>
+        <v>1299</v>
       </c>
       <c r="H590" s="3">
-        <v>110</v>
+        <v>68</v>
       </c>
     </row>
     <row r="591">
       <c r="A591" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B591" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C591" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D591" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E591" s="1" t="s">
-        <v>1307</v>
+        <v>1287</v>
       </c>
       <c r="F591" s="1" t="s">
-        <v>1308</v>
+        <v>1300</v>
       </c>
       <c r="G591" s="1" t="s">
-        <v>1309</v>
+        <v>1301</v>
       </c>
       <c r="H591" s="3">
-        <v>27.5</v>
+        <v>69.5</v>
       </c>
     </row>
     <row r="592">
       <c r="A592" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B592" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C592" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D592" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E592" s="1" t="s">
-        <v>1307</v>
+        <v>1287</v>
       </c>
       <c r="F592" s="1" t="s">
-        <v>1310</v>
+        <v>1302</v>
       </c>
       <c r="G592" s="1" t="s">
-        <v>1311</v>
+        <v>1303</v>
       </c>
       <c r="H592" s="3">
-        <v>31.99</v>
+        <v>84.99</v>
       </c>
     </row>
     <row r="593">
       <c r="A593" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B593" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C593" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D593" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E593" s="1" t="s">
-        <v>1307</v>
+        <v>1287</v>
       </c>
       <c r="F593" s="1" t="s">
-        <v>1312</v>
+        <v>1304</v>
       </c>
       <c r="G593" s="1" t="s">
-        <v>1313</v>
+        <v>1305</v>
       </c>
       <c r="H593" s="3">
-        <v>31.99</v>
+        <v>75</v>
       </c>
     </row>
     <row r="594">
       <c r="A594" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B594" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C594" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D594" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E594" s="1" t="s">
+        <v>1287</v>
+      </c>
+      <c r="F594" s="1" t="s">
+        <v>1306</v>
+      </c>
+      <c r="G594" s="1" t="s">
         <v>1307</v>
       </c>
-      <c r="F594" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H594" s="3">
-        <v>31.99</v>
+        <v>75</v>
       </c>
     </row>
     <row r="595">
       <c r="A595" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B595" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C595" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D595" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E595" s="1" t="s">
-        <v>1307</v>
+        <v>1287</v>
       </c>
       <c r="F595" s="1" t="s">
-        <v>1316</v>
+        <v>1308</v>
       </c>
       <c r="G595" s="1" t="s">
-        <v>1317</v>
+        <v>1309</v>
       </c>
       <c r="H595" s="3">
-        <v>30.99</v>
+        <v>48</v>
       </c>
     </row>
     <row r="596">
       <c r="A596" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B596" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C596" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D596" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E596" s="1" t="s">
-        <v>1307</v>
+        <v>1287</v>
       </c>
       <c r="F596" s="1" t="s">
-        <v>1318</v>
+        <v>1310</v>
       </c>
       <c r="G596" s="1" t="s">
-        <v>1319</v>
+        <v>1311</v>
       </c>
       <c r="H596" s="3">
-        <v>65.5</v>
+        <v>48.5</v>
       </c>
     </row>
     <row r="597">
       <c r="A597" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B597" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C597" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D597" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E597" s="1" t="s">
-        <v>1307</v>
+        <v>1287</v>
       </c>
       <c r="F597" s="1" t="s">
-        <v>1320</v>
+        <v>1312</v>
       </c>
       <c r="G597" s="1" t="s">
-        <v>1321</v>
+        <v>1313</v>
       </c>
       <c r="H597" s="3">
-        <v>84.99</v>
+        <v>69.95</v>
       </c>
     </row>
     <row r="598">
       <c r="A598" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B598" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C598" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D598" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E598" s="1" t="s">
-        <v>1307</v>
+        <v>1287</v>
       </c>
       <c r="F598" s="1" t="s">
-        <v>1322</v>
+        <v>1314</v>
       </c>
       <c r="G598" s="1" t="s">
-        <v>1323</v>
+        <v>1315</v>
       </c>
       <c r="H598" s="3">
-        <v>84.99</v>
+        <v>99.95</v>
       </c>
     </row>
     <row r="599">
       <c r="A599" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B599" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C599" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D599" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E599" s="1" t="s">
-        <v>1307</v>
+        <v>1287</v>
       </c>
       <c r="F599" s="1" t="s">
-        <v>1324</v>
+        <v>1316</v>
       </c>
       <c r="G599" s="1" t="s">
-        <v>1325</v>
+        <v>1317</v>
       </c>
       <c r="H599" s="3">
-        <v>89.99</v>
+        <v>108</v>
       </c>
     </row>
     <row r="600">
       <c r="A600" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B600" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C600" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D600" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E600" s="1" t="s">
-        <v>1307</v>
+        <v>1287</v>
       </c>
       <c r="F600" s="1" t="s">
-        <v>1326</v>
+        <v>1318</v>
       </c>
       <c r="G600" s="1" t="s">
-        <v>1327</v>
+        <v>1319</v>
       </c>
       <c r="H600" s="3">
-        <v>90</v>
+        <v>102</v>
       </c>
     </row>
     <row r="601">
       <c r="A601" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B601" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C601" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D601" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E601" s="1" t="s">
-        <v>1307</v>
+        <v>1287</v>
       </c>
       <c r="F601" s="1" t="s">
-        <v>1328</v>
+        <v>1320</v>
       </c>
       <c r="G601" s="1" t="s">
-        <v>1329</v>
+        <v>1321</v>
       </c>
       <c r="H601" s="3">
-        <v>47.99</v>
+        <v>450</v>
       </c>
     </row>
     <row r="602">
       <c r="A602" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B602" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C602" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D602" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E602" s="1" t="s">
-        <v>1307</v>
+        <v>1287</v>
       </c>
       <c r="F602" s="1" t="s">
-        <v>1330</v>
+        <v>1322</v>
       </c>
       <c r="G602" s="1" t="s">
-        <v>1331</v>
+        <v>1323</v>
       </c>
       <c r="H602" s="3">
-        <v>47.99</v>
+        <v>52</v>
       </c>
     </row>
     <row r="603">
       <c r="A603" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B603" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C603" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D603" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E603" s="1" t="s">
-        <v>1307</v>
+        <v>1287</v>
       </c>
       <c r="F603" s="1" t="s">
-        <v>1332</v>
+        <v>1324</v>
       </c>
       <c r="G603" s="1" t="s">
-        <v>1333</v>
+        <v>1325</v>
       </c>
       <c r="H603" s="3">
-        <v>71.5</v>
+        <v>55.5</v>
       </c>
     </row>
     <row r="604">
       <c r="A604" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B604" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C604" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D604" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E604" s="1" t="s">
-        <v>1307</v>
+        <v>1287</v>
       </c>
       <c r="F604" s="1" t="s">
-        <v>1334</v>
+        <v>1326</v>
       </c>
       <c r="G604" s="1" t="s">
-        <v>1335</v>
+        <v>1327</v>
       </c>
       <c r="H604" s="3">
-        <v>47.99</v>
+        <v>55.49</v>
       </c>
     </row>
     <row r="605">
       <c r="A605" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B605" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C605" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D605" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E605" s="1" t="s">
-        <v>1307</v>
+        <v>1287</v>
       </c>
       <c r="F605" s="1" t="s">
-        <v>1336</v>
+        <v>1328</v>
       </c>
       <c r="G605" s="1" t="s">
-        <v>1337</v>
+        <v>1329</v>
       </c>
       <c r="H605" s="3">
-        <v>99.5</v>
+        <v>56</v>
       </c>
     </row>
     <row r="606">
       <c r="A606" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B606" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C606" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D606" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E606" s="1" t="s">
-        <v>1307</v>
+        <v>1287</v>
       </c>
       <c r="F606" s="1" t="s">
-        <v>1338</v>
+        <v>1330</v>
       </c>
       <c r="G606" s="1" t="s">
-        <v>1339</v>
+        <v>1331</v>
       </c>
       <c r="H606" s="3">
-        <v>102</v>
+        <v>55</v>
       </c>
     </row>
     <row r="607">
       <c r="A607" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B607" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C607" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D607" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E607" s="1" t="s">
-        <v>1307</v>
+        <v>1287</v>
       </c>
       <c r="F607" s="1" t="s">
-        <v>1340</v>
+        <v>1332</v>
       </c>
       <c r="G607" s="1" t="s">
-        <v>1341</v>
+        <v>1333</v>
       </c>
       <c r="H607" s="3">
-        <v>102</v>
+        <v>62</v>
       </c>
     </row>
     <row r="608">
       <c r="A608" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B608" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C608" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D608" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E608" s="1" t="s">
-        <v>1307</v>
+        <v>1287</v>
       </c>
       <c r="F608" s="1" t="s">
-        <v>1342</v>
+        <v>1334</v>
       </c>
       <c r="G608" s="1" t="s">
-        <v>1343</v>
+        <v>1335</v>
       </c>
       <c r="H608" s="3">
-        <v>450</v>
+        <v>64</v>
       </c>
     </row>
     <row r="609">
       <c r="A609" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B609" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C609" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D609" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E609" s="1" t="s">
-        <v>1307</v>
+        <v>1287</v>
       </c>
       <c r="F609" s="1" t="s">
-        <v>1344</v>
+        <v>1336</v>
       </c>
       <c r="G609" s="1" t="s">
-        <v>1345</v>
+        <v>1337</v>
       </c>
       <c r="H609" s="3">
-        <v>51.5</v>
+        <v>56</v>
       </c>
     </row>
     <row r="610">
       <c r="A610" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B610" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C610" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D610" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E610" s="1" t="s">
-        <v>1307</v>
+        <v>1287</v>
       </c>
       <c r="F610" s="1" t="s">
-        <v>1346</v>
+        <v>1338</v>
       </c>
       <c r="G610" s="1" t="s">
-        <v>1347</v>
+        <v>1339</v>
       </c>
       <c r="H610" s="3">
-        <v>55.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="611">
       <c r="A611" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B611" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C611" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D611" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E611" s="1" t="s">
-        <v>1307</v>
+        <v>1340</v>
       </c>
       <c r="F611" s="1" t="s">
-        <v>1348</v>
+        <v>1341</v>
       </c>
       <c r="G611" s="1" t="s">
-        <v>1349</v>
+        <v>1342</v>
       </c>
       <c r="H611" s="3">
-        <v>55.49</v>
+        <v>100</v>
       </c>
     </row>
     <row r="612">
       <c r="A612" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B612" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C612" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D612" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E612" s="1" t="s">
-        <v>1307</v>
+        <v>1340</v>
       </c>
       <c r="F612" s="1" t="s">
-        <v>1350</v>
+        <v>1343</v>
       </c>
       <c r="G612" s="1" t="s">
-        <v>1351</v>
+        <v>1344</v>
       </c>
       <c r="H612" s="3">
-        <v>53</v>
+        <v>89</v>
       </c>
     </row>
     <row r="613">
       <c r="A613" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B613" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C613" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D613" s="1" t="s">
-        <v>1106</v>
-[...3 lines deleted...]
-      </c>
+        <v>1345</v>
+      </c>
+      <c r="E613" s="1"/>
       <c r="F613" s="1" t="s">
-        <v>1352</v>
+        <v>1346</v>
       </c>
       <c r="G613" s="1" t="s">
-        <v>1353</v>
+        <v>1347</v>
       </c>
       <c r="H613" s="3">
-        <v>55</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="614">
       <c r="A614" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B614" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C614" s="1" t="s">
-        <v>872</v>
-[...6 lines deleted...]
-      </c>
+        <v>1348</v>
+      </c>
+      <c r="D614" s="1"/>
+      <c r="E614" s="1"/>
       <c r="F614" s="1" t="s">
-        <v>1354</v>
+        <v>1349</v>
       </c>
       <c r="G614" s="1" t="s">
-        <v>1355</v>
+        <v>1350</v>
       </c>
       <c r="H614" s="3">
-        <v>60.99</v>
+        <v>14.99</v>
       </c>
     </row>
     <row r="615">
       <c r="A615" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B615" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C615" s="1" t="s">
-        <v>872</v>
+        <v>1351</v>
       </c>
       <c r="D615" s="1" t="s">
-        <v>1106</v>
-[...3 lines deleted...]
-      </c>
+        <v>1352</v>
+      </c>
+      <c r="E615" s="1"/>
       <c r="F615" s="1" t="s">
-        <v>1356</v>
+        <v>1353</v>
       </c>
       <c r="G615" s="1" t="s">
-        <v>1357</v>
+        <v>1354</v>
       </c>
       <c r="H615" s="3">
-        <v>62</v>
+        <v>18.89</v>
       </c>
     </row>
     <row r="616">
       <c r="A616" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B616" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C616" s="1" t="s">
-        <v>872</v>
+        <v>1351</v>
       </c>
       <c r="D616" s="1" t="s">
-        <v>1106</v>
-[...3 lines deleted...]
-      </c>
+        <v>1352</v>
+      </c>
+      <c r="E616" s="1"/>
       <c r="F616" s="1" t="s">
-        <v>1358</v>
+        <v>1355</v>
       </c>
       <c r="G616" s="1" t="s">
-        <v>1359</v>
+        <v>1356</v>
       </c>
       <c r="H616" s="3">
-        <v>56</v>
+        <v>17.89</v>
       </c>
     </row>
     <row r="617">
       <c r="A617" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B617" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C617" s="1" t="s">
-        <v>872</v>
-[...6 lines deleted...]
-      </c>
+        <v>1357</v>
+      </c>
+      <c r="D617" s="1"/>
+      <c r="E617" s="1"/>
       <c r="F617" s="1" t="s">
-        <v>1360</v>
+        <v>1358</v>
       </c>
       <c r="G617" s="1" t="s">
-        <v>1361</v>
+        <v>1359</v>
       </c>
       <c r="H617" s="3">
-        <v>64</v>
+        <v>11.49</v>
       </c>
     </row>
     <row r="618">
       <c r="A618" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B618" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C618" s="1" t="s">
-        <v>872</v>
-[...4 lines deleted...]
-      <c r="E618" s="1" t="s">
+        <v>1360</v>
+      </c>
+      <c r="D618" s="1"/>
+      <c r="E618" s="1"/>
+      <c r="F618" s="1" t="s">
+        <v>1361</v>
+      </c>
+      <c r="G618" s="1" t="s">
         <v>1362</v>
       </c>
-      <c r="F618" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H618" s="3">
-        <v>99.99</v>
+        <v>65</v>
       </c>
     </row>
     <row r="619">
       <c r="A619" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B619" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C619" s="1" t="s">
-        <v>872</v>
+        <v>163</v>
       </c>
       <c r="D619" s="1" t="s">
-        <v>1106</v>
+        <v>1363</v>
       </c>
       <c r="E619" s="1" t="s">
-        <v>1362</v>
+        <v>1364</v>
       </c>
       <c r="F619" s="1" t="s">
         <v>1365</v>
       </c>
       <c r="G619" s="1" t="s">
         <v>1366</v>
       </c>
       <c r="H619" s="3">
-        <v>100</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="620">
       <c r="A620" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B620" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C620" s="1" t="s">
-        <v>872</v>
-[...3 lines deleted...]
-      </c>
+        <v>295</v>
+      </c>
+      <c r="D620" s="1"/>
       <c r="E620" s="1"/>
       <c r="F620" s="1" t="s">
+        <v>1367</v>
+      </c>
+      <c r="G620" s="1" t="s">
         <v>1368</v>
       </c>
-      <c r="G620" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H620" s="3">
-        <v>20.99</v>
+        <v>15.49</v>
       </c>
     </row>
     <row r="621">
       <c r="A621" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B621" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C621" s="1" t="s">
-        <v>872</v>
-[...3 lines deleted...]
-      </c>
+        <v>295</v>
+      </c>
+      <c r="D621" s="1"/>
       <c r="E621" s="1"/>
       <c r="F621" s="1" t="s">
-        <v>1371</v>
+        <v>1369</v>
       </c>
       <c r="G621" s="1" t="s">
-        <v>1372</v>
+        <v>1370</v>
       </c>
       <c r="H621" s="3">
-        <v>24.99</v>
+        <v>11.49</v>
       </c>
     </row>
     <row r="622">
       <c r="A622" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B622" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C622" s="1" t="s">
-        <v>1373</v>
+        <v>295</v>
       </c>
       <c r="D622" s="1"/>
       <c r="E622" s="1"/>
       <c r="F622" s="1" t="s">
-        <v>1374</v>
+        <v>1371</v>
       </c>
       <c r="G622" s="1" t="s">
-        <v>1375</v>
+        <v>1372</v>
       </c>
       <c r="H622" s="3">
-        <v>14.99</v>
+        <v>7.99</v>
       </c>
     </row>
     <row r="623">
       <c r="A623" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B623" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C623" s="1" t="s">
-        <v>1376</v>
-[...3 lines deleted...]
-      </c>
+        <v>295</v>
+      </c>
+      <c r="D623" s="1"/>
       <c r="E623" s="1"/>
       <c r="F623" s="1" t="s">
-        <v>1378</v>
+        <v>1373</v>
       </c>
       <c r="G623" s="1" t="s">
-        <v>1379</v>
+        <v>1374</v>
       </c>
       <c r="H623" s="3">
-        <v>18.89</v>
+        <v>9.99</v>
       </c>
     </row>
     <row r="624">
       <c r="A624" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B624" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C624" s="1" t="s">
-        <v>1376</v>
-[...3 lines deleted...]
-      </c>
+        <v>295</v>
+      </c>
+      <c r="D624" s="1"/>
       <c r="E624" s="1"/>
       <c r="F624" s="1" t="s">
-        <v>1380</v>
+        <v>1375</v>
       </c>
       <c r="G624" s="1" t="s">
-        <v>1381</v>
+        <v>1376</v>
       </c>
       <c r="H624" s="3">
-        <v>17.89</v>
+        <v>37.99</v>
       </c>
     </row>
     <row r="625">
       <c r="A625" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B625" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C625" s="1" t="s">
-        <v>1382</v>
+        <v>295</v>
       </c>
       <c r="D625" s="1"/>
       <c r="E625" s="1"/>
       <c r="F625" s="1" t="s">
-        <v>1383</v>
+        <v>1377</v>
       </c>
       <c r="G625" s="1" t="s">
-        <v>1384</v>
+        <v>1378</v>
       </c>
       <c r="H625" s="3">
-        <v>11.49</v>
+        <v>10.49</v>
       </c>
     </row>
     <row r="626">
       <c r="A626" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B626" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C626" s="1" t="s">
-        <v>1385</v>
+        <v>295</v>
       </c>
       <c r="D626" s="1"/>
       <c r="E626" s="1"/>
       <c r="F626" s="1" t="s">
-        <v>1386</v>
+        <v>1379</v>
       </c>
       <c r="G626" s="1" t="s">
-        <v>1387</v>
+        <v>1380</v>
       </c>
       <c r="H626" s="3">
-        <v>65</v>
+        <v>11.49</v>
       </c>
     </row>
     <row r="627">
       <c r="A627" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B627" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C627" s="1" t="s">
-        <v>168</v>
-[...6 lines deleted...]
-      </c>
+        <v>295</v>
+      </c>
+      <c r="D627" s="1"/>
+      <c r="E627" s="1"/>
       <c r="F627" s="1" t="s">
-        <v>1390</v>
+        <v>1381</v>
       </c>
       <c r="G627" s="1" t="s">
-        <v>1391</v>
+        <v>1382</v>
       </c>
       <c r="H627" s="3">
-        <v>24.99</v>
+        <v>11.99</v>
       </c>
     </row>
     <row r="628">
       <c r="A628" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B628" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C628" s="1" t="s">
-        <v>308</v>
+        <v>295</v>
       </c>
       <c r="D628" s="1"/>
       <c r="E628" s="1"/>
       <c r="F628" s="1" t="s">
-        <v>1392</v>
+        <v>1383</v>
       </c>
       <c r="G628" s="1" t="s">
-        <v>1393</v>
+        <v>1384</v>
       </c>
       <c r="H628" s="3">
-        <v>10.49</v>
+        <v>12.49</v>
       </c>
     </row>
     <row r="629">
       <c r="A629" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B629" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C629" s="1" t="s">
-        <v>308</v>
+        <v>295</v>
       </c>
       <c r="D629" s="1"/>
       <c r="E629" s="1"/>
       <c r="F629" s="1" t="s">
-        <v>1394</v>
+        <v>1385</v>
       </c>
       <c r="G629" s="1" t="s">
-        <v>1395</v>
+        <v>1386</v>
       </c>
       <c r="H629" s="3">
-        <v>15.49</v>
+        <v>10.99</v>
       </c>
     </row>
     <row r="630">
       <c r="A630" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B630" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C630" s="1" t="s">
-        <v>308</v>
+        <v>295</v>
       </c>
       <c r="D630" s="1"/>
       <c r="E630" s="1"/>
       <c r="F630" s="1" t="s">
-        <v>1396</v>
+        <v>1387</v>
       </c>
       <c r="G630" s="1" t="s">
-        <v>1397</v>
+        <v>1388</v>
       </c>
       <c r="H630" s="3">
-        <v>11.49</v>
+        <v>8.69</v>
       </c>
     </row>
     <row r="631">
       <c r="A631" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B631" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C631" s="1" t="s">
-        <v>308</v>
+        <v>295</v>
       </c>
       <c r="D631" s="1"/>
       <c r="E631" s="1"/>
       <c r="F631" s="1" t="s">
-        <v>1398</v>
+        <v>1389</v>
       </c>
       <c r="G631" s="1" t="s">
-        <v>1399</v>
+        <v>1390</v>
       </c>
       <c r="H631" s="3">
-        <v>9.99</v>
+        <v>11.99</v>
       </c>
     </row>
     <row r="632">
       <c r="A632" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B632" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C632" s="1" t="s">
-        <v>308</v>
-[...1 lines deleted...]
-      <c r="D632" s="1"/>
+        <v>295</v>
+      </c>
+      <c r="D632" s="1" t="s">
+        <v>1391</v>
+      </c>
       <c r="E632" s="1"/>
       <c r="F632" s="1" t="s">
-        <v>1400</v>
+        <v>1392</v>
       </c>
       <c r="G632" s="1" t="s">
-        <v>1401</v>
+        <v>1393</v>
       </c>
       <c r="H632" s="3">
-        <v>37.99</v>
+        <v>8.99</v>
       </c>
     </row>
     <row r="633">
       <c r="A633" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B633" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C633" s="1" t="s">
-        <v>308</v>
-[...1 lines deleted...]
-      <c r="D633" s="1"/>
+        <v>295</v>
+      </c>
+      <c r="D633" s="1" t="s">
+        <v>1394</v>
+      </c>
       <c r="E633" s="1"/>
       <c r="F633" s="1" t="s">
-        <v>1402</v>
+        <v>1395</v>
       </c>
       <c r="G633" s="1" t="s">
-        <v>1403</v>
+        <v>1396</v>
       </c>
       <c r="H633" s="3">
-        <v>10.49</v>
+        <v>28.89</v>
       </c>
     </row>
     <row r="634">
       <c r="A634" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B634" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C634" s="1" t="s">
-        <v>308</v>
-[...1 lines deleted...]
-      <c r="D634" s="1"/>
+        <v>295</v>
+      </c>
+      <c r="D634" s="1" t="s">
+        <v>1394</v>
+      </c>
       <c r="E634" s="1"/>
       <c r="F634" s="1" t="s">
-        <v>1404</v>
+        <v>1397</v>
       </c>
       <c r="G634" s="1" t="s">
-        <v>1405</v>
+        <v>1398</v>
       </c>
       <c r="H634" s="3">
-        <v>11.49</v>
+        <v>42.99</v>
       </c>
     </row>
     <row r="635">
       <c r="A635" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B635" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C635" s="1" t="s">
-        <v>308</v>
-[...1 lines deleted...]
-      <c r="D635" s="1"/>
+        <v>295</v>
+      </c>
+      <c r="D635" s="1" t="s">
+        <v>1394</v>
+      </c>
       <c r="E635" s="1"/>
       <c r="F635" s="1" t="s">
-        <v>1406</v>
+        <v>1399</v>
       </c>
       <c r="G635" s="1" t="s">
-        <v>1407</v>
+        <v>1400</v>
       </c>
       <c r="H635" s="3">
-        <v>11.99</v>
+        <v>42.99</v>
       </c>
     </row>
     <row r="636">
       <c r="A636" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B636" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C636" s="1" t="s">
-        <v>308</v>
-[...1 lines deleted...]
-      <c r="D636" s="1"/>
+        <v>295</v>
+      </c>
+      <c r="D636" s="1" t="s">
+        <v>1401</v>
+      </c>
       <c r="E636" s="1"/>
       <c r="F636" s="1" t="s">
-        <v>1408</v>
+        <v>1402</v>
       </c>
       <c r="G636" s="1" t="s">
-        <v>1409</v>
+        <v>1403</v>
       </c>
       <c r="H636" s="3">
-        <v>12.49</v>
+        <v>13.99</v>
       </c>
     </row>
     <row r="637">
       <c r="A637" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B637" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C637" s="1" t="s">
-        <v>308</v>
-[...1 lines deleted...]
-      <c r="D637" s="1"/>
+        <v>295</v>
+      </c>
+      <c r="D637" s="1" t="s">
+        <v>1401</v>
+      </c>
       <c r="E637" s="1"/>
       <c r="F637" s="1" t="s">
-        <v>1410</v>
+        <v>1404</v>
       </c>
       <c r="G637" s="1" t="s">
-        <v>1411</v>
+        <v>1405</v>
       </c>
       <c r="H637" s="3">
-        <v>8.69</v>
+        <v>11.49</v>
       </c>
     </row>
     <row r="638">
       <c r="A638" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B638" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C638" s="1" t="s">
-        <v>308</v>
-[...1 lines deleted...]
-      <c r="D638" s="1"/>
+        <v>295</v>
+      </c>
+      <c r="D638" s="1" t="s">
+        <v>1401</v>
+      </c>
       <c r="E638" s="1"/>
       <c r="F638" s="1" t="s">
-        <v>1412</v>
+        <v>1406</v>
       </c>
       <c r="G638" s="1" t="s">
-        <v>1413</v>
+        <v>1407</v>
       </c>
       <c r="H638" s="3">
-        <v>11.99</v>
+        <v>10.99</v>
       </c>
     </row>
     <row r="639">
       <c r="A639" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B639" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C639" s="1" t="s">
-        <v>308</v>
-[...3 lines deleted...]
-      </c>
+        <v>1408</v>
+      </c>
+      <c r="D639" s="1"/>
       <c r="E639" s="1"/>
       <c r="F639" s="1" t="s">
-        <v>1415</v>
+        <v>1409</v>
       </c>
       <c r="G639" s="1" t="s">
-        <v>1416</v>
+        <v>1410</v>
       </c>
       <c r="H639" s="3">
-        <v>8.99</v>
+        <v>17.49</v>
       </c>
     </row>
     <row r="640">
       <c r="A640" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B640" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C640" s="1" t="s">
-        <v>308</v>
-[...3 lines deleted...]
-      </c>
+        <v>1408</v>
+      </c>
+      <c r="D640" s="1"/>
       <c r="E640" s="1"/>
       <c r="F640" s="1" t="s">
-        <v>1418</v>
+        <v>1411</v>
       </c>
       <c r="G640" s="1" t="s">
-        <v>1419</v>
+        <v>1412</v>
       </c>
       <c r="H640" s="3">
-        <v>28.89</v>
+        <v>23.99</v>
       </c>
     </row>
     <row r="641">
       <c r="A641" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B641" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C641" s="1" t="s">
-        <v>308</v>
+        <v>1408</v>
       </c>
       <c r="D641" s="1" t="s">
-        <v>1417</v>
+        <v>1413</v>
       </c>
       <c r="E641" s="1"/>
       <c r="F641" s="1" t="s">
-        <v>1420</v>
+        <v>1414</v>
       </c>
       <c r="G641" s="1" t="s">
-        <v>1421</v>
+        <v>1415</v>
       </c>
       <c r="H641" s="3">
-        <v>42.99</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="642">
       <c r="A642" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B642" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C642" s="1" t="s">
-        <v>308</v>
+        <v>1408</v>
       </c>
       <c r="D642" s="1" t="s">
-        <v>1417</v>
+        <v>1416</v>
       </c>
       <c r="E642" s="1"/>
       <c r="F642" s="1" t="s">
-        <v>1422</v>
+        <v>1417</v>
       </c>
       <c r="G642" s="1" t="s">
-        <v>1423</v>
+        <v>1418</v>
       </c>
       <c r="H642" s="3">
-        <v>42.99</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="643">
       <c r="A643" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B643" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C643" s="1" t="s">
-        <v>308</v>
+        <v>1408</v>
       </c>
       <c r="D643" s="1" t="s">
-        <v>1424</v>
+        <v>1419</v>
       </c>
       <c r="E643" s="1"/>
       <c r="F643" s="1" t="s">
-        <v>1425</v>
+        <v>1420</v>
       </c>
       <c r="G643" s="1" t="s">
-        <v>1426</v>
+        <v>1421</v>
       </c>
       <c r="H643" s="3">
-        <v>13.99</v>
+        <v>38.5</v>
       </c>
     </row>
     <row r="644">
       <c r="A644" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B644" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C644" s="1" t="s">
-        <v>308</v>
-[...3 lines deleted...]
-      </c>
+        <v>1422</v>
+      </c>
+      <c r="D644" s="1"/>
       <c r="E644" s="1"/>
       <c r="F644" s="1" t="s">
-        <v>1427</v>
+        <v>1423</v>
       </c>
       <c r="G644" s="1" t="s">
-        <v>1428</v>
+        <v>1424</v>
       </c>
       <c r="H644" s="3">
-        <v>11.49</v>
+        <v>25</v>
       </c>
     </row>
     <row r="645">
       <c r="A645" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B645" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C645" s="1" t="s">
-        <v>308</v>
-[...3 lines deleted...]
-      </c>
+        <v>1422</v>
+      </c>
+      <c r="D645" s="1"/>
       <c r="E645" s="1"/>
       <c r="F645" s="1" t="s">
-        <v>1429</v>
+        <v>1425</v>
       </c>
       <c r="G645" s="1" t="s">
-        <v>1430</v>
+        <v>1426</v>
       </c>
       <c r="H645" s="3">
-        <v>10.99</v>
+        <v>13.99</v>
       </c>
     </row>
     <row r="646">
       <c r="A646" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B646" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C646" s="1" t="s">
-        <v>1431</v>
-[...1 lines deleted...]
-      <c r="D646" s="1"/>
+        <v>1427</v>
+      </c>
+      <c r="D646" s="1" t="s">
+        <v>1428</v>
+      </c>
       <c r="E646" s="1"/>
       <c r="F646" s="1" t="s">
-        <v>1432</v>
+        <v>1429</v>
       </c>
       <c r="G646" s="1" t="s">
-        <v>1433</v>
+        <v>1430</v>
       </c>
       <c r="H646" s="3">
-        <v>17.49</v>
+        <v>48.49</v>
       </c>
     </row>
     <row r="647">
       <c r="A647" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B647" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C647" s="1" t="s">
-        <v>1431</v>
+        <v>166</v>
       </c>
       <c r="D647" s="1"/>
       <c r="E647" s="1"/>
       <c r="F647" s="1" t="s">
-        <v>1434</v>
+        <v>1431</v>
       </c>
       <c r="G647" s="1" t="s">
-        <v>1435</v>
+        <v>1432</v>
       </c>
       <c r="H647" s="3">
-        <v>23.99</v>
+        <v>37.99</v>
       </c>
     </row>
     <row r="648">
       <c r="A648" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B648" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C648" s="1" t="s">
-        <v>1431</v>
+        <v>166</v>
       </c>
       <c r="D648" s="1" t="s">
-        <v>1436</v>
+        <v>1433</v>
       </c>
       <c r="E648" s="1"/>
       <c r="F648" s="1" t="s">
-        <v>1437</v>
+        <v>1434</v>
       </c>
       <c r="G648" s="1" t="s">
-        <v>1438</v>
+        <v>1435</v>
       </c>
       <c r="H648" s="3">
-        <v>19.99</v>
+        <v>80</v>
       </c>
     </row>
     <row r="649">
       <c r="A649" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B649" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C649" s="1" t="s">
-        <v>1431</v>
+        <v>166</v>
       </c>
       <c r="D649" s="1" t="s">
-        <v>1439</v>
+        <v>1433</v>
       </c>
       <c r="E649" s="1"/>
       <c r="F649" s="1" t="s">
-        <v>1440</v>
+        <v>1436</v>
       </c>
       <c r="G649" s="1" t="s">
-        <v>1441</v>
+        <v>1437</v>
       </c>
       <c r="H649" s="3">
-        <v>24.99</v>
+        <v>79</v>
       </c>
     </row>
     <row r="650">
       <c r="A650" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B650" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C650" s="1" t="s">
-        <v>1431</v>
+        <v>166</v>
       </c>
       <c r="D650" s="1" t="s">
-        <v>1442</v>
+        <v>1433</v>
       </c>
       <c r="E650" s="1"/>
       <c r="F650" s="1" t="s">
-        <v>1443</v>
+        <v>1438</v>
       </c>
       <c r="G650" s="1" t="s">
-        <v>1444</v>
+        <v>1439</v>
       </c>
       <c r="H650" s="3">
-        <v>37.99</v>
+        <v>85</v>
       </c>
     </row>
     <row r="651">
       <c r="A651" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B651" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C651" s="1" t="s">
-        <v>1445</v>
-[...1 lines deleted...]
-      <c r="D651" s="1"/>
+        <v>166</v>
+      </c>
+      <c r="D651" s="1" t="s">
+        <v>1433</v>
+      </c>
       <c r="E651" s="1"/>
       <c r="F651" s="1" t="s">
-        <v>1446</v>
+        <v>1440</v>
       </c>
       <c r="G651" s="1" t="s">
-        <v>1447</v>
+        <v>1441</v>
       </c>
       <c r="H651" s="3">
-        <v>24.99</v>
+        <v>69.99</v>
       </c>
     </row>
     <row r="652">
       <c r="A652" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B652" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C652" s="1" t="s">
-        <v>1445</v>
-[...1 lines deleted...]
-      <c r="D652" s="1"/>
+        <v>166</v>
+      </c>
+      <c r="D652" s="1" t="s">
+        <v>1433</v>
+      </c>
       <c r="E652" s="1"/>
       <c r="F652" s="1" t="s">
-        <v>1448</v>
+        <v>1442</v>
       </c>
       <c r="G652" s="1" t="s">
-        <v>1449</v>
+        <v>1443</v>
       </c>
       <c r="H652" s="3">
-        <v>13.99</v>
+        <v>76</v>
       </c>
     </row>
     <row r="653">
       <c r="A653" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B653" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C653" s="1" t="s">
-        <v>1450</v>
+        <v>166</v>
       </c>
       <c r="D653" s="1" t="s">
-        <v>1451</v>
+        <v>1433</v>
       </c>
       <c r="E653" s="1"/>
       <c r="F653" s="1" t="s">
-        <v>1452</v>
+        <v>1444</v>
       </c>
       <c r="G653" s="1" t="s">
-        <v>1453</v>
+        <v>1445</v>
       </c>
       <c r="H653" s="3">
-        <v>48.49</v>
+        <v>82</v>
       </c>
     </row>
     <row r="654">
       <c r="A654" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B654" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C654" s="1" t="s">
-        <v>171</v>
-[...1 lines deleted...]
-      <c r="D654" s="1"/>
+        <v>166</v>
+      </c>
+      <c r="D654" s="1" t="s">
+        <v>1433</v>
+      </c>
       <c r="E654" s="1"/>
       <c r="F654" s="1" t="s">
-        <v>1454</v>
+        <v>1446</v>
       </c>
       <c r="G654" s="1" t="s">
-        <v>1455</v>
+        <v>1447</v>
       </c>
       <c r="H654" s="3">
-        <v>37.99</v>
+        <v>65</v>
       </c>
     </row>
     <row r="655">
       <c r="A655" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B655" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C655" s="1" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="D655" s="1" t="s">
-        <v>1456</v>
+        <v>1433</v>
       </c>
       <c r="E655" s="1"/>
       <c r="F655" s="1" t="s">
-        <v>1457</v>
+        <v>1448</v>
       </c>
       <c r="G655" s="1" t="s">
-        <v>1458</v>
+        <v>1449</v>
       </c>
       <c r="H655" s="3">
-        <v>90.5</v>
+        <v>65</v>
       </c>
     </row>
     <row r="656">
       <c r="A656" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B656" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C656" s="1" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="D656" s="1" t="s">
-        <v>1456</v>
+        <v>1433</v>
       </c>
       <c r="E656" s="1"/>
       <c r="F656" s="1" t="s">
-        <v>1459</v>
+        <v>1450</v>
       </c>
       <c r="G656" s="1" t="s">
-        <v>1460</v>
+        <v>1451</v>
       </c>
       <c r="H656" s="3">
-        <v>99.49</v>
+        <v>67.5</v>
       </c>
     </row>
     <row r="657">
       <c r="A657" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B657" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C657" s="1" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="D657" s="1" t="s">
-        <v>1456</v>
+        <v>1433</v>
       </c>
       <c r="E657" s="1"/>
       <c r="F657" s="1" t="s">
-        <v>1461</v>
+        <v>1452</v>
       </c>
       <c r="G657" s="1" t="s">
-        <v>1462</v>
+        <v>1453</v>
       </c>
       <c r="H657" s="3">
-        <v>85</v>
+        <v>69</v>
       </c>
     </row>
     <row r="658">
       <c r="A658" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B658" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C658" s="1" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="D658" s="1" t="s">
-        <v>1456</v>
+        <v>1433</v>
       </c>
       <c r="E658" s="1"/>
       <c r="F658" s="1" t="s">
-        <v>1463</v>
+        <v>1454</v>
       </c>
       <c r="G658" s="1" t="s">
-        <v>1464</v>
+        <v>1455</v>
       </c>
       <c r="H658" s="3">
-        <v>69.99</v>
+        <v>26.99</v>
       </c>
     </row>
     <row r="659">
       <c r="A659" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B659" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C659" s="1" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="D659" s="1" t="s">
-        <v>1456</v>
+        <v>1433</v>
       </c>
       <c r="E659" s="1"/>
       <c r="F659" s="1" t="s">
-        <v>1465</v>
+        <v>1456</v>
       </c>
       <c r="G659" s="1" t="s">
-        <v>1466</v>
+        <v>1457</v>
       </c>
       <c r="H659" s="3">
-        <v>75.99</v>
+        <v>75</v>
       </c>
     </row>
     <row r="660">
       <c r="A660" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B660" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C660" s="1" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="D660" s="1" t="s">
-        <v>1456</v>
+        <v>1433</v>
       </c>
       <c r="E660" s="1"/>
       <c r="F660" s="1" t="s">
-        <v>1467</v>
+        <v>1458</v>
       </c>
       <c r="G660" s="1" t="s">
-        <v>1468</v>
+        <v>1459</v>
       </c>
       <c r="H660" s="3">
-        <v>82.99</v>
+        <v>425</v>
       </c>
     </row>
     <row r="661">
       <c r="A661" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B661" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C661" s="1" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="D661" s="1" t="s">
-        <v>1456</v>
+        <v>1433</v>
       </c>
       <c r="E661" s="1"/>
       <c r="F661" s="1" t="s">
-        <v>1469</v>
+        <v>1460</v>
       </c>
       <c r="G661" s="1" t="s">
-        <v>1470</v>
+        <v>1461</v>
       </c>
       <c r="H661" s="3">
-        <v>62.5</v>
+        <v>995</v>
       </c>
     </row>
     <row r="662">
       <c r="A662" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B662" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C662" s="1" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="D662" s="1" t="s">
-        <v>1456</v>
+        <v>1433</v>
       </c>
       <c r="E662" s="1"/>
       <c r="F662" s="1" t="s">
-        <v>1471</v>
+        <v>1462</v>
       </c>
       <c r="G662" s="1" t="s">
-        <v>1472</v>
+        <v>1463</v>
       </c>
       <c r="H662" s="3">
-        <v>89.99</v>
+        <v>450</v>
       </c>
     </row>
     <row r="663">
       <c r="A663" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B663" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C663" s="1" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="D663" s="1" t="s">
-        <v>1456</v>
+        <v>1433</v>
       </c>
       <c r="E663" s="1"/>
       <c r="F663" s="1" t="s">
-        <v>1473</v>
+        <v>1464</v>
       </c>
       <c r="G663" s="1" t="s">
-        <v>1474</v>
+        <v>1465</v>
       </c>
       <c r="H663" s="3">
-        <v>67.5</v>
+        <v>900</v>
       </c>
     </row>
     <row r="664">
       <c r="A664" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B664" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C664" s="1" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="D664" s="1" t="s">
-        <v>1456</v>
+        <v>1433</v>
       </c>
       <c r="E664" s="1"/>
       <c r="F664" s="1" t="s">
-        <v>1475</v>
+        <v>1466</v>
       </c>
       <c r="G664" s="1" t="s">
-        <v>1476</v>
+        <v>1467</v>
       </c>
       <c r="H664" s="3">
-        <v>81.5</v>
+        <v>335</v>
       </c>
     </row>
     <row r="665">
       <c r="A665" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B665" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C665" s="1" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="D665" s="1" t="s">
-        <v>1456</v>
+        <v>1433</v>
       </c>
       <c r="E665" s="1"/>
       <c r="F665" s="1" t="s">
-        <v>1477</v>
+        <v>1468</v>
       </c>
       <c r="G665" s="1" t="s">
-        <v>1478</v>
+        <v>1469</v>
       </c>
       <c r="H665" s="3">
-        <v>25.99</v>
+        <v>365</v>
       </c>
     </row>
     <row r="666">
       <c r="A666" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B666" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C666" s="1" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="D666" s="1" t="s">
-        <v>1456</v>
+        <v>1470</v>
       </c>
       <c r="E666" s="1"/>
       <c r="F666" s="1" t="s">
-        <v>1479</v>
+        <v>1471</v>
       </c>
       <c r="G666" s="1" t="s">
-        <v>1480</v>
+        <v>1472</v>
       </c>
       <c r="H666" s="3">
-        <v>72.99</v>
+        <v>10.99</v>
       </c>
     </row>
     <row r="667">
       <c r="A667" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B667" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C667" s="1" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="D667" s="1" t="s">
-        <v>1456</v>
+        <v>1470</v>
       </c>
       <c r="E667" s="1"/>
       <c r="F667" s="1" t="s">
-        <v>1481</v>
+        <v>1473</v>
       </c>
       <c r="G667" s="1" t="s">
-        <v>1482</v>
+        <v>1474</v>
       </c>
       <c r="H667" s="3">
-        <v>425</v>
+        <v>13.49</v>
       </c>
     </row>
     <row r="668">
       <c r="A668" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B668" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C668" s="1" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="D668" s="1" t="s">
-        <v>1456</v>
+        <v>1475</v>
       </c>
       <c r="E668" s="1"/>
       <c r="F668" s="1" t="s">
-        <v>1483</v>
+        <v>1476</v>
       </c>
       <c r="G668" s="1" t="s">
-        <v>1484</v>
+        <v>1477</v>
       </c>
       <c r="H668" s="3">
-        <v>995</v>
+        <v>29.99</v>
       </c>
     </row>
     <row r="669">
       <c r="A669" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B669" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C669" s="1" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="D669" s="1" t="s">
-        <v>1456</v>
+        <v>1475</v>
       </c>
       <c r="E669" s="1"/>
       <c r="F669" s="1" t="s">
-        <v>1485</v>
+        <v>1478</v>
       </c>
       <c r="G669" s="1" t="s">
-        <v>1486</v>
+        <v>1479</v>
       </c>
       <c r="H669" s="3">
-        <v>460</v>
+        <v>49</v>
       </c>
     </row>
     <row r="670">
       <c r="A670" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B670" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C670" s="1" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="D670" s="1" t="s">
-        <v>1456</v>
+        <v>1475</v>
       </c>
       <c r="E670" s="1"/>
       <c r="F670" s="1" t="s">
-        <v>1487</v>
+        <v>1480</v>
       </c>
       <c r="G670" s="1" t="s">
-        <v>1488</v>
+        <v>1481</v>
       </c>
       <c r="H670" s="3">
-        <v>910</v>
+        <v>46</v>
       </c>
     </row>
     <row r="671">
       <c r="A671" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B671" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C671" s="1" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="D671" s="1" t="s">
-        <v>1456</v>
+        <v>1475</v>
       </c>
       <c r="E671" s="1"/>
       <c r="F671" s="1" t="s">
-        <v>1489</v>
+        <v>1482</v>
       </c>
       <c r="G671" s="1" t="s">
-        <v>1490</v>
+        <v>1483</v>
       </c>
       <c r="H671" s="3">
-        <v>365</v>
+        <v>49</v>
       </c>
     </row>
     <row r="672">
       <c r="A672" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B672" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C672" s="1" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="D672" s="1" t="s">
-        <v>1456</v>
+        <v>1475</v>
       </c>
       <c r="E672" s="1"/>
       <c r="F672" s="1" t="s">
-        <v>1491</v>
+        <v>1484</v>
       </c>
       <c r="G672" s="1" t="s">
-        <v>1492</v>
+        <v>1485</v>
       </c>
       <c r="H672" s="3">
-        <v>380</v>
+        <v>42</v>
       </c>
     </row>
     <row r="673">
       <c r="A673" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B673" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C673" s="1" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="D673" s="1" t="s">
-        <v>1456</v>
+        <v>1486</v>
       </c>
       <c r="E673" s="1"/>
       <c r="F673" s="1" t="s">
-        <v>1493</v>
+        <v>1487</v>
       </c>
       <c r="G673" s="1" t="s">
-        <v>1494</v>
+        <v>1488</v>
       </c>
       <c r="H673" s="3">
-        <v>36.99</v>
+        <v>35.99</v>
       </c>
     </row>
     <row r="674">
       <c r="A674" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B674" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C674" s="1" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="D674" s="1" t="s">
-        <v>1495</v>
+        <v>1486</v>
       </c>
       <c r="E674" s="1"/>
       <c r="F674" s="1" t="s">
-        <v>1496</v>
+        <v>1489</v>
       </c>
       <c r="G674" s="1" t="s">
-        <v>1497</v>
+        <v>1490</v>
       </c>
       <c r="H674" s="3">
-        <v>10.99</v>
+        <v>22.99</v>
       </c>
     </row>
     <row r="675">
       <c r="A675" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B675" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C675" s="1" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="D675" s="1" t="s">
-        <v>1495</v>
+        <v>1491</v>
       </c>
       <c r="E675" s="1"/>
       <c r="F675" s="1" t="s">
-        <v>1498</v>
+        <v>1492</v>
       </c>
       <c r="G675" s="1" t="s">
-        <v>1499</v>
+        <v>1493</v>
       </c>
       <c r="H675" s="3">
-        <v>12.99</v>
+        <v>38</v>
       </c>
     </row>
     <row r="676">
       <c r="A676" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B676" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C676" s="1" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="D676" s="1" t="s">
-        <v>1500</v>
+        <v>1491</v>
       </c>
       <c r="E676" s="1"/>
       <c r="F676" s="1" t="s">
-        <v>1501</v>
+        <v>1494</v>
       </c>
       <c r="G676" s="1" t="s">
-        <v>1502</v>
+        <v>1495</v>
       </c>
       <c r="H676" s="3">
-        <v>29.99</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="677">
       <c r="A677" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B677" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C677" s="1" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="D677" s="1" t="s">
-        <v>1500</v>
+        <v>1491</v>
       </c>
       <c r="E677" s="1"/>
       <c r="F677" s="1" t="s">
-        <v>1503</v>
+        <v>1496</v>
       </c>
       <c r="G677" s="1" t="s">
-        <v>1504</v>
+        <v>1497</v>
       </c>
       <c r="H677" s="3">
-        <v>48.99</v>
+        <v>37.5</v>
       </c>
     </row>
     <row r="678">
       <c r="A678" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B678" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C678" s="1" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="D678" s="1" t="s">
-        <v>1500</v>
+        <v>1491</v>
       </c>
       <c r="E678" s="1"/>
       <c r="F678" s="1" t="s">
-        <v>1505</v>
+        <v>1498</v>
       </c>
       <c r="G678" s="1" t="s">
-        <v>1506</v>
+        <v>1499</v>
       </c>
       <c r="H678" s="3">
-        <v>48.99</v>
+        <v>38.5</v>
       </c>
     </row>
     <row r="679">
       <c r="A679" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B679" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C679" s="1" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="D679" s="1" t="s">
-        <v>1500</v>
+        <v>1491</v>
       </c>
       <c r="E679" s="1"/>
       <c r="F679" s="1" t="s">
-        <v>1507</v>
+        <v>1500</v>
       </c>
       <c r="G679" s="1" t="s">
-        <v>1508</v>
+        <v>1501</v>
       </c>
       <c r="H679" s="3">
-        <v>51.49</v>
+        <v>38.5</v>
       </c>
     </row>
     <row r="680">
       <c r="A680" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B680" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C680" s="1" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="D680" s="1" t="s">
-        <v>1500</v>
+        <v>1491</v>
       </c>
       <c r="E680" s="1"/>
       <c r="F680" s="1" t="s">
-        <v>1509</v>
+        <v>1502</v>
       </c>
       <c r="G680" s="1" t="s">
-        <v>1510</v>
+        <v>1503</v>
       </c>
       <c r="H680" s="3">
-        <v>41.99</v>
+        <v>38</v>
       </c>
     </row>
     <row r="681">
       <c r="A681" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B681" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C681" s="1" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="D681" s="1" t="s">
-        <v>1511</v>
+        <v>1491</v>
       </c>
       <c r="E681" s="1"/>
       <c r="F681" s="1" t="s">
-        <v>1512</v>
+        <v>1504</v>
       </c>
       <c r="G681" s="1" t="s">
-        <v>1513</v>
+        <v>1505</v>
       </c>
       <c r="H681" s="3">
-        <v>35.99</v>
+        <v>39</v>
       </c>
     </row>
     <row r="682">
       <c r="A682" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B682" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C682" s="1" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="D682" s="1" t="s">
-        <v>1511</v>
+        <v>1491</v>
       </c>
       <c r="E682" s="1"/>
       <c r="F682" s="1" t="s">
-        <v>1514</v>
+        <v>1506</v>
       </c>
       <c r="G682" s="1" t="s">
-        <v>1515</v>
+        <v>1507</v>
       </c>
       <c r="H682" s="3">
-        <v>22.99</v>
+        <v>36</v>
       </c>
     </row>
     <row r="683">
       <c r="A683" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B683" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C683" s="1" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="D683" s="1" t="s">
-        <v>1516</v>
+        <v>1491</v>
       </c>
       <c r="E683" s="1"/>
       <c r="F683" s="1" t="s">
-        <v>1517</v>
+        <v>1508</v>
       </c>
       <c r="G683" s="1" t="s">
-        <v>1518</v>
+        <v>1509</v>
       </c>
       <c r="H683" s="3">
-        <v>36.99</v>
+        <v>39.95</v>
       </c>
     </row>
     <row r="684">
       <c r="A684" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B684" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C684" s="1" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="D684" s="1" t="s">
-        <v>1516</v>
+        <v>1491</v>
       </c>
       <c r="E684" s="1"/>
       <c r="F684" s="1" t="s">
-        <v>1519</v>
+        <v>1510</v>
       </c>
       <c r="G684" s="1" t="s">
-        <v>1520</v>
+        <v>1511</v>
       </c>
       <c r="H684" s="3">
-        <v>31.99</v>
+        <v>38.5</v>
       </c>
     </row>
     <row r="685">
       <c r="A685" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B685" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C685" s="1" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="D685" s="1" t="s">
-        <v>1516</v>
+        <v>1491</v>
       </c>
       <c r="E685" s="1"/>
       <c r="F685" s="1" t="s">
-        <v>1521</v>
+        <v>1512</v>
       </c>
       <c r="G685" s="1" t="s">
-        <v>1522</v>
+        <v>1513</v>
       </c>
       <c r="H685" s="3">
-        <v>32.5</v>
+        <v>39.95</v>
       </c>
     </row>
     <row r="686">
       <c r="A686" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B686" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C686" s="1" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="D686" s="1" t="s">
-        <v>1516</v>
+        <v>1491</v>
       </c>
       <c r="E686" s="1"/>
       <c r="F686" s="1" t="s">
-        <v>1523</v>
+        <v>1514</v>
       </c>
       <c r="G686" s="1" t="s">
-        <v>1524</v>
+        <v>1515</v>
       </c>
       <c r="H686" s="3">
-        <v>38.5</v>
+        <v>36.99</v>
       </c>
     </row>
     <row r="687">
       <c r="A687" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B687" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C687" s="1" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="D687" s="1" t="s">
-        <v>1516</v>
+        <v>1491</v>
       </c>
       <c r="E687" s="1"/>
       <c r="F687" s="1" t="s">
-        <v>1525</v>
+        <v>1516</v>
       </c>
       <c r="G687" s="1" t="s">
-        <v>1526</v>
+        <v>1517</v>
       </c>
       <c r="H687" s="3">
-        <v>38.5</v>
+        <v>36.99</v>
       </c>
     </row>
     <row r="688">
       <c r="A688" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B688" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C688" s="1" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="D688" s="1" t="s">
-        <v>1516</v>
+        <v>1518</v>
       </c>
       <c r="E688" s="1"/>
       <c r="F688" s="1" t="s">
-        <v>1527</v>
+        <v>1519</v>
       </c>
       <c r="G688" s="1" t="s">
-        <v>1528</v>
+        <v>1520</v>
       </c>
       <c r="H688" s="3">
-        <v>37.99</v>
+        <v>105</v>
       </c>
     </row>
     <row r="689">
       <c r="A689" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B689" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C689" s="1" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="D689" s="1" t="s">
-        <v>1516</v>
+        <v>1518</v>
       </c>
       <c r="E689" s="1"/>
       <c r="F689" s="1" t="s">
-        <v>1529</v>
+        <v>1521</v>
       </c>
       <c r="G689" s="1" t="s">
-        <v>1530</v>
+        <v>1522</v>
       </c>
       <c r="H689" s="3">
-        <v>32.99</v>
+        <v>115</v>
       </c>
     </row>
     <row r="690">
       <c r="A690" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B690" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C690" s="1" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="D690" s="1" t="s">
-        <v>1516</v>
+        <v>1523</v>
       </c>
       <c r="E690" s="1"/>
       <c r="F690" s="1" t="s">
-        <v>1531</v>
+        <v>1524</v>
       </c>
       <c r="G690" s="1" t="s">
-        <v>1532</v>
+        <v>1525</v>
       </c>
       <c r="H690" s="3">
-        <v>36.99</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="691">
       <c r="A691" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B691" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C691" s="1" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="D691" s="1" t="s">
-        <v>1516</v>
+        <v>1523</v>
       </c>
       <c r="E691" s="1"/>
       <c r="F691" s="1" t="s">
-        <v>1533</v>
+        <v>1526</v>
       </c>
       <c r="G691" s="1" t="s">
-        <v>1534</v>
+        <v>1527</v>
       </c>
       <c r="H691" s="3">
-        <v>31.99</v>
+        <v>30.49</v>
       </c>
     </row>
     <row r="692">
       <c r="A692" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B692" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C692" s="1" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="D692" s="1" t="s">
-        <v>1516</v>
+        <v>1528</v>
       </c>
       <c r="E692" s="1"/>
       <c r="F692" s="1" t="s">
-        <v>1535</v>
+        <v>1529</v>
       </c>
       <c r="G692" s="1" t="s">
-        <v>1536</v>
+        <v>1530</v>
       </c>
       <c r="H692" s="3">
-        <v>31.99</v>
+        <v>16.99</v>
       </c>
     </row>
     <row r="693">
       <c r="A693" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B693" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C693" s="1" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="D693" s="1" t="s">
-        <v>1516</v>
+        <v>1531</v>
       </c>
       <c r="E693" s="1"/>
       <c r="F693" s="1" t="s">
-        <v>1537</v>
+        <v>1532</v>
       </c>
       <c r="G693" s="1" t="s">
-        <v>1538</v>
+        <v>1533</v>
       </c>
       <c r="H693" s="3">
-        <v>31.99</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="694">
       <c r="A694" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B694" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C694" s="1" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="D694" s="1" t="s">
-        <v>1516</v>
+        <v>1531</v>
       </c>
       <c r="E694" s="1"/>
       <c r="F694" s="1" t="s">
-        <v>1539</v>
+        <v>1534</v>
       </c>
       <c r="G694" s="1" t="s">
-        <v>1540</v>
+        <v>1535</v>
       </c>
       <c r="H694" s="3">
-        <v>36.99</v>
+        <v>22.99</v>
       </c>
     </row>
     <row r="695">
       <c r="A695" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B695" s="1" t="s">
-        <v>9</v>
+        <v>1536</v>
       </c>
       <c r="C695" s="1" t="s">
-        <v>171</v>
-[...3 lines deleted...]
-      </c>
+        <v>1537</v>
+      </c>
+      <c r="D695" s="1"/>
       <c r="E695" s="1"/>
       <c r="F695" s="1" t="s">
-        <v>1541</v>
+        <v>1538</v>
       </c>
       <c r="G695" s="1" t="s">
-        <v>1542</v>
+        <v>1539</v>
       </c>
       <c r="H695" s="3">
-        <v>36.99</v>
+        <v>25.5</v>
       </c>
     </row>
     <row r="696">
       <c r="A696" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B696" s="1" t="s">
-        <v>9</v>
+        <v>1536</v>
       </c>
       <c r="C696" s="1" t="s">
-        <v>171</v>
+        <v>1537</v>
       </c>
       <c r="D696" s="1" t="s">
-        <v>1543</v>
+        <v>1540</v>
       </c>
       <c r="E696" s="1"/>
       <c r="F696" s="1" t="s">
-        <v>1544</v>
+        <v>1541</v>
       </c>
       <c r="G696" s="1" t="s">
-        <v>1545</v>
+        <v>1542</v>
       </c>
       <c r="H696" s="3">
-        <v>127</v>
+        <v>15.99</v>
       </c>
     </row>
     <row r="697">
       <c r="A697" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B697" s="1" t="s">
-        <v>9</v>
+        <v>1536</v>
       </c>
       <c r="C697" s="1" t="s">
-        <v>171</v>
+        <v>1537</v>
       </c>
       <c r="D697" s="1" t="s">
         <v>1543</v>
       </c>
       <c r="E697" s="1"/>
       <c r="F697" s="1" t="s">
-        <v>1546</v>
+        <v>1544</v>
       </c>
       <c r="G697" s="1" t="s">
-        <v>1547</v>
+        <v>1545</v>
       </c>
       <c r="H697" s="3">
-        <v>132</v>
+        <v>34.5</v>
       </c>
     </row>
     <row r="698">
       <c r="A698" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B698" s="1" t="s">
-        <v>9</v>
+        <v>1536</v>
       </c>
       <c r="C698" s="1" t="s">
-        <v>171</v>
+        <v>1537</v>
       </c>
       <c r="D698" s="1" t="s">
-        <v>1548</v>
+        <v>1543</v>
       </c>
       <c r="E698" s="1"/>
       <c r="F698" s="1" t="s">
-        <v>1549</v>
+        <v>1546</v>
       </c>
       <c r="G698" s="1" t="s">
-        <v>1550</v>
+        <v>1547</v>
       </c>
       <c r="H698" s="3">
-        <v>18.99</v>
+        <v>28.99</v>
       </c>
     </row>
     <row r="699">
       <c r="A699" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B699" s="1" t="s">
-        <v>9</v>
+        <v>1548</v>
       </c>
       <c r="C699" s="1" t="s">
-        <v>171</v>
-[...3 lines deleted...]
-      </c>
+        <v>1549</v>
+      </c>
+      <c r="D699" s="1"/>
       <c r="E699" s="1"/>
       <c r="F699" s="1" t="s">
+        <v>1550</v>
+      </c>
+      <c r="G699" s="1" t="s">
         <v>1551</v>
       </c>
-      <c r="G699" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H699" s="3">
-        <v>30.49</v>
+        <v>11.99</v>
       </c>
     </row>
     <row r="700">
       <c r="A700" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B700" s="1" t="s">
-        <v>9</v>
+        <v>1552</v>
       </c>
       <c r="C700" s="1" t="s">
-        <v>171</v>
-[...1 lines deleted...]
-      <c r="D700" s="1" t="s">
         <v>1553</v>
       </c>
+      <c r="D700" s="1"/>
       <c r="E700" s="1"/>
       <c r="F700" s="1" t="s">
         <v>1554</v>
       </c>
       <c r="G700" s="1" t="s">
         <v>1555</v>
       </c>
       <c r="H700" s="3">
-        <v>16.99</v>
+        <v>29.99</v>
       </c>
     </row>
     <row r="701">
       <c r="A701" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B701" s="1" t="s">
-        <v>9</v>
+        <v>174</v>
       </c>
       <c r="C701" s="1" t="s">
-        <v>171</v>
-[...1 lines deleted...]
-      <c r="D701" s="1" t="s">
         <v>1556</v>
       </c>
+      <c r="D701" s="1"/>
       <c r="E701" s="1"/>
       <c r="F701" s="1" t="s">
         <v>1557</v>
       </c>
       <c r="G701" s="1" t="s">
         <v>1558</v>
       </c>
       <c r="H701" s="3">
-        <v>24.99</v>
+        <v>11.99</v>
       </c>
     </row>
     <row r="702">
       <c r="A702" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B702" s="1" t="s">
-        <v>9</v>
+        <v>174</v>
       </c>
       <c r="C702" s="1" t="s">
-        <v>171</v>
+        <v>1559</v>
       </c>
       <c r="D702" s="1" t="s">
-        <v>1556</v>
+        <v>1560</v>
       </c>
       <c r="E702" s="1"/>
       <c r="F702" s="1" t="s">
-        <v>1559</v>
+        <v>1561</v>
       </c>
       <c r="G702" s="1" t="s">
-        <v>1560</v>
+        <v>1562</v>
       </c>
       <c r="H702" s="3">
-        <v>22.99</v>
+        <v>10.99</v>
       </c>
     </row>
     <row r="703">
       <c r="A703" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B703" s="1" t="s">
-        <v>1561</v>
+        <v>174</v>
       </c>
       <c r="C703" s="1" t="s">
-        <v>1562</v>
+        <v>1563</v>
       </c>
       <c r="D703" s="1"/>
       <c r="E703" s="1"/>
       <c r="F703" s="1" t="s">
-        <v>1563</v>
+        <v>1564</v>
       </c>
       <c r="G703" s="1" t="s">
-        <v>1564</v>
+        <v>1565</v>
       </c>
       <c r="H703" s="3">
-        <v>24.99</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="704">
       <c r="A704" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B704" s="1" t="s">
-        <v>1561</v>
+        <v>174</v>
       </c>
       <c r="C704" s="1" t="s">
-        <v>1562</v>
+        <v>1563</v>
       </c>
       <c r="D704" s="1" t="s">
-        <v>1565</v>
+        <v>1566</v>
       </c>
       <c r="E704" s="1"/>
       <c r="F704" s="1" t="s">
-        <v>1566</v>
+        <v>1567</v>
       </c>
       <c r="G704" s="1" t="s">
-        <v>1567</v>
+        <v>1568</v>
       </c>
       <c r="H704" s="3">
-        <v>15.69</v>
+        <v>75</v>
       </c>
     </row>
     <row r="705">
       <c r="A705" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B705" s="1" t="s">
-        <v>1561</v>
+        <v>174</v>
       </c>
       <c r="C705" s="1" t="s">
-        <v>1562</v>
+        <v>1563</v>
       </c>
       <c r="D705" s="1" t="s">
-        <v>1568</v>
+        <v>1566</v>
       </c>
       <c r="E705" s="1"/>
       <c r="F705" s="1" t="s">
         <v>1569</v>
       </c>
       <c r="G705" s="1" t="s">
         <v>1570</v>
       </c>
       <c r="H705" s="3">
-        <v>33.99</v>
+        <v>71.99</v>
       </c>
     </row>
     <row r="706">
       <c r="A706" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B706" s="1" t="s">
-        <v>1561</v>
+        <v>174</v>
       </c>
       <c r="C706" s="1" t="s">
-        <v>1562</v>
-[...3 lines deleted...]
-      </c>
+        <v>1571</v>
+      </c>
+      <c r="D706" s="1"/>
       <c r="E706" s="1"/>
       <c r="F706" s="1" t="s">
-        <v>1571</v>
+        <v>1572</v>
       </c>
       <c r="G706" s="1" t="s">
-        <v>1572</v>
+        <v>1573</v>
       </c>
       <c r="H706" s="3">
-        <v>28.99</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="707">
       <c r="A707" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B707" s="1" t="s">
-        <v>1573</v>
+        <v>174</v>
       </c>
       <c r="C707" s="1" t="s">
-        <v>1574</v>
+        <v>1571</v>
       </c>
       <c r="D707" s="1"/>
       <c r="E707" s="1"/>
       <c r="F707" s="1" t="s">
+        <v>1574</v>
+      </c>
+      <c r="G707" s="1" t="s">
         <v>1575</v>
       </c>
-      <c r="G707" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H707" s="3">
-        <v>11.69</v>
+        <v>23.99</v>
       </c>
     </row>
     <row r="708">
       <c r="A708" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B708" s="1" t="s">
-        <v>1577</v>
+        <v>174</v>
       </c>
       <c r="C708" s="1" t="s">
-        <v>1578</v>
-[...1 lines deleted...]
-      <c r="D708" s="1"/>
+        <v>1571</v>
+      </c>
+      <c r="D708" s="1" t="s">
+        <v>1576</v>
+      </c>
       <c r="E708" s="1"/>
       <c r="F708" s="1" t="s">
-        <v>1579</v>
+        <v>1577</v>
       </c>
       <c r="G708" s="1" t="s">
-        <v>1580</v>
+        <v>1578</v>
       </c>
       <c r="H708" s="3">
-        <v>29.99</v>
+        <v>36</v>
       </c>
     </row>
     <row r="709">
       <c r="A709" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B709" s="1" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="C709" s="1" t="s">
-        <v>1581</v>
-[...1 lines deleted...]
-      <c r="D709" s="1"/>
+        <v>1571</v>
+      </c>
+      <c r="D709" s="1" t="s">
+        <v>1576</v>
+      </c>
       <c r="E709" s="1"/>
       <c r="F709" s="1" t="s">
-        <v>1582</v>
+        <v>1579</v>
       </c>
       <c r="G709" s="1" t="s">
-        <v>1583</v>
+        <v>1580</v>
       </c>
       <c r="H709" s="3">
-        <v>11.49</v>
+        <v>31.99</v>
       </c>
     </row>
     <row r="710">
       <c r="A710" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B710" s="1" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="C710" s="1" t="s">
-        <v>1584</v>
-[...3 lines deleted...]
-      </c>
+        <v>1581</v>
+      </c>
+      <c r="D710" s="1"/>
       <c r="E710" s="1"/>
       <c r="F710" s="1" t="s">
-        <v>1586</v>
+        <v>1582</v>
       </c>
       <c r="G710" s="1" t="s">
-        <v>1587</v>
+        <v>1583</v>
       </c>
       <c r="H710" s="3">
-        <v>9.49</v>
+        <v>11.49</v>
       </c>
     </row>
     <row r="711">
       <c r="A711" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B711" s="1" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="C711" s="1" t="s">
-        <v>1588</v>
+        <v>1581</v>
       </c>
       <c r="D711" s="1"/>
       <c r="E711" s="1"/>
       <c r="F711" s="1" t="s">
-        <v>1589</v>
+        <v>1584</v>
       </c>
       <c r="G711" s="1" t="s">
-        <v>1590</v>
+        <v>1585</v>
       </c>
       <c r="H711" s="3">
-        <v>10.19</v>
+        <v>12.99</v>
       </c>
     </row>
     <row r="712">
       <c r="A712" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B712" s="1" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="C712" s="1" t="s">
-        <v>1588</v>
-[...3 lines deleted...]
-      </c>
+        <v>1581</v>
+      </c>
+      <c r="D712" s="1"/>
       <c r="E712" s="1"/>
       <c r="F712" s="1" t="s">
-        <v>1592</v>
+        <v>1586</v>
       </c>
       <c r="G712" s="1" t="s">
-        <v>1593</v>
+        <v>1587</v>
       </c>
       <c r="H712" s="3">
-        <v>71.99</v>
+        <v>11.75</v>
       </c>
     </row>
     <row r="713">
       <c r="A713" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B713" s="1" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="C713" s="1" t="s">
+        <v>1581</v>
+      </c>
+      <c r="D713" s="1" t="s">
         <v>1588</v>
-      </c>
-[...1 lines deleted...]
-        <v>1591</v>
       </c>
       <c r="E713" s="1"/>
       <c r="F713" s="1" t="s">
-        <v>1594</v>
+        <v>1589</v>
       </c>
       <c r="G713" s="1" t="s">
-        <v>1595</v>
+        <v>1590</v>
       </c>
       <c r="H713" s="3">
-        <v>71.99</v>
+        <v>13.69</v>
       </c>
     </row>
     <row r="714">
       <c r="A714" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B714" s="1" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="C714" s="1" t="s">
-        <v>1596</v>
+        <v>1591</v>
       </c>
       <c r="D714" s="1"/>
       <c r="E714" s="1"/>
       <c r="F714" s="1" t="s">
-        <v>1597</v>
+        <v>1592</v>
       </c>
       <c r="G714" s="1" t="s">
-        <v>1598</v>
+        <v>1593</v>
       </c>
       <c r="H714" s="3">
-        <v>19.99</v>
+        <v>12.69</v>
       </c>
     </row>
     <row r="715">
       <c r="A715" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B715" s="1" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="C715" s="1" t="s">
-        <v>1596</v>
-[...3 lines deleted...]
-      </c>
+        <v>1591</v>
+      </c>
+      <c r="D715" s="1"/>
       <c r="E715" s="1"/>
       <c r="F715" s="1" t="s">
-        <v>1600</v>
+        <v>1594</v>
       </c>
       <c r="G715" s="1" t="s">
-        <v>1601</v>
+        <v>1595</v>
       </c>
       <c r="H715" s="3">
-        <v>36</v>
+        <v>15.69</v>
       </c>
     </row>
     <row r="716">
       <c r="A716" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B716" s="1" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="C716" s="1" t="s">
-        <v>1596</v>
-[...3 lines deleted...]
-      </c>
+        <v>1591</v>
+      </c>
+      <c r="D716" s="1"/>
       <c r="E716" s="1"/>
       <c r="F716" s="1" t="s">
-        <v>1602</v>
+        <v>1596</v>
       </c>
       <c r="G716" s="1" t="s">
-        <v>1603</v>
+        <v>1597</v>
       </c>
       <c r="H716" s="3">
-        <v>31.99</v>
+        <v>10.75</v>
       </c>
     </row>
     <row r="717">
       <c r="A717" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B717" s="1" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="C717" s="1" t="s">
-        <v>1604</v>
-[...1 lines deleted...]
-      <c r="D717" s="1"/>
+        <v>1591</v>
+      </c>
+      <c r="D717" s="1" t="s">
+        <v>1598</v>
+      </c>
       <c r="E717" s="1"/>
       <c r="F717" s="1" t="s">
-        <v>1605</v>
+        <v>1599</v>
       </c>
       <c r="G717" s="1" t="s">
-        <v>1606</v>
+        <v>1600</v>
       </c>
       <c r="H717" s="3">
-        <v>11.49</v>
+        <v>10.69</v>
       </c>
     </row>
     <row r="718">
       <c r="A718" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B718" s="1" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="C718" s="1" t="s">
-        <v>1604</v>
-[...1 lines deleted...]
-      <c r="D718" s="1"/>
+        <v>1591</v>
+      </c>
+      <c r="D718" s="1" t="s">
+        <v>1601</v>
+      </c>
       <c r="E718" s="1"/>
       <c r="F718" s="1" t="s">
-        <v>1607</v>
+        <v>1602</v>
       </c>
       <c r="G718" s="1" t="s">
-        <v>1608</v>
+        <v>1603</v>
       </c>
       <c r="H718" s="3">
-        <v>12.99</v>
+        <v>11.99</v>
       </c>
     </row>
     <row r="719">
       <c r="A719" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B719" s="1" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="C719" s="1" t="s">
         <v>1604</v>
       </c>
       <c r="D719" s="1"/>
       <c r="E719" s="1"/>
       <c r="F719" s="1" t="s">
-        <v>1609</v>
+        <v>1605</v>
       </c>
       <c r="G719" s="1" t="s">
-        <v>1610</v>
+        <v>1606</v>
       </c>
       <c r="H719" s="3">
-        <v>11.49</v>
+        <v>14.49</v>
       </c>
     </row>
     <row r="720">
       <c r="A720" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B720" s="1" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="C720" s="1" t="s">
         <v>1604</v>
       </c>
-      <c r="D720" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D720" s="1"/>
       <c r="E720" s="1"/>
       <c r="F720" s="1" t="s">
-        <v>1612</v>
+        <v>1607</v>
       </c>
       <c r="G720" s="1" t="s">
-        <v>1613</v>
+        <v>1608</v>
       </c>
       <c r="H720" s="3">
-        <v>13.69</v>
+        <v>14.49</v>
       </c>
     </row>
     <row r="721">
       <c r="A721" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B721" s="1" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="C721" s="1" t="s">
-        <v>1614</v>
-[...1 lines deleted...]
-      <c r="D721" s="1"/>
+        <v>1604</v>
+      </c>
+      <c r="D721" s="1" t="s">
+        <v>1609</v>
+      </c>
       <c r="E721" s="1"/>
       <c r="F721" s="1" t="s">
-        <v>1615</v>
+        <v>1610</v>
       </c>
       <c r="G721" s="1" t="s">
-        <v>1616</v>
+        <v>1611</v>
       </c>
       <c r="H721" s="3">
-        <v>12.69</v>
+        <v>25.99</v>
       </c>
     </row>
     <row r="722">
       <c r="A722" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B722" s="1" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="C722" s="1" t="s">
-        <v>1614</v>
-[...1 lines deleted...]
-      <c r="D722" s="1"/>
+        <v>1604</v>
+      </c>
+      <c r="D722" s="1" t="s">
+        <v>1612</v>
+      </c>
       <c r="E722" s="1"/>
       <c r="F722" s="1" t="s">
-        <v>1617</v>
+        <v>1613</v>
       </c>
       <c r="G722" s="1" t="s">
-        <v>1618</v>
+        <v>1614</v>
       </c>
       <c r="H722" s="3">
-        <v>15.69</v>
+        <v>14.49</v>
       </c>
     </row>
     <row r="723">
       <c r="A723" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B723" s="1" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="C723" s="1" t="s">
-        <v>1614</v>
+        <v>1615</v>
       </c>
       <c r="D723" s="1"/>
       <c r="E723" s="1"/>
       <c r="F723" s="1" t="s">
-        <v>1619</v>
+        <v>1616</v>
       </c>
       <c r="G723" s="1" t="s">
-        <v>1620</v>
+        <v>1617</v>
       </c>
       <c r="H723" s="3">
-        <v>10.49</v>
+        <v>80.49</v>
       </c>
     </row>
     <row r="724">
       <c r="A724" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B724" s="1" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="C724" s="1" t="s">
-        <v>1614</v>
-[...3 lines deleted...]
-      </c>
+        <v>1615</v>
+      </c>
+      <c r="D724" s="1"/>
       <c r="E724" s="1"/>
       <c r="F724" s="1" t="s">
-        <v>1622</v>
+        <v>1618</v>
       </c>
       <c r="G724" s="1" t="s">
-        <v>1623</v>
+        <v>1619</v>
       </c>
       <c r="H724" s="3">
-        <v>10.69</v>
+        <v>55.49</v>
       </c>
     </row>
     <row r="725">
       <c r="A725" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B725" s="1" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="C725" s="1" t="s">
-        <v>1614</v>
-[...3 lines deleted...]
-      </c>
+        <v>1615</v>
+      </c>
+      <c r="D725" s="1"/>
       <c r="E725" s="1"/>
       <c r="F725" s="1" t="s">
-        <v>1625</v>
+        <v>1620</v>
       </c>
       <c r="G725" s="1" t="s">
-        <v>1626</v>
+        <v>1621</v>
       </c>
       <c r="H725" s="3">
-        <v>11.99</v>
+        <v>12.49</v>
       </c>
     </row>
     <row r="726">
       <c r="A726" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B726" s="1" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="C726" s="1" t="s">
-        <v>1627</v>
+        <v>1615</v>
       </c>
       <c r="D726" s="1"/>
       <c r="E726" s="1"/>
       <c r="F726" s="1" t="s">
-        <v>1628</v>
+        <v>1622</v>
       </c>
       <c r="G726" s="1" t="s">
-        <v>1629</v>
+        <v>1623</v>
       </c>
       <c r="H726" s="3">
-        <v>14.89</v>
+        <v>45</v>
       </c>
     </row>
     <row r="727">
       <c r="A727" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B727" s="1" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="C727" s="1" t="s">
-        <v>1627</v>
+        <v>1615</v>
       </c>
       <c r="D727" s="1"/>
       <c r="E727" s="1"/>
       <c r="F727" s="1" t="s">
-        <v>1630</v>
+        <v>1624</v>
       </c>
       <c r="G727" s="1" t="s">
-        <v>1631</v>
+        <v>1625</v>
       </c>
       <c r="H727" s="3">
-        <v>14.49</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="728">
       <c r="A728" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B728" s="1" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="C728" s="1" t="s">
-        <v>1627</v>
-[...1 lines deleted...]
-      <c r="D728" s="1"/>
+        <v>1615</v>
+      </c>
+      <c r="D728" s="1" t="s">
+        <v>1626</v>
+      </c>
       <c r="E728" s="1"/>
       <c r="F728" s="1" t="s">
-        <v>1632</v>
+        <v>1627</v>
       </c>
       <c r="G728" s="1" t="s">
-        <v>1633</v>
+        <v>1628</v>
       </c>
       <c r="H728" s="3">
-        <v>12.99</v>
+        <v>74</v>
       </c>
     </row>
     <row r="729">
       <c r="A729" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B729" s="1" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="C729" s="1" t="s">
-        <v>1627</v>
+        <v>1615</v>
       </c>
       <c r="D729" s="1" t="s">
-        <v>1634</v>
+        <v>1626</v>
       </c>
       <c r="E729" s="1"/>
       <c r="F729" s="1" t="s">
-        <v>1635</v>
+        <v>1629</v>
       </c>
       <c r="G729" s="1" t="s">
-        <v>1636</v>
+        <v>1630</v>
       </c>
       <c r="H729" s="3">
-        <v>25.99</v>
+        <v>12.99</v>
       </c>
     </row>
     <row r="730">
       <c r="A730" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B730" s="1" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="C730" s="1" t="s">
-        <v>1627</v>
-[...3 lines deleted...]
-      </c>
+        <v>175</v>
+      </c>
+      <c r="D730" s="1"/>
       <c r="E730" s="1"/>
       <c r="F730" s="1" t="s">
-        <v>1638</v>
+        <v>1631</v>
       </c>
       <c r="G730" s="1" t="s">
-        <v>1639</v>
+        <v>1632</v>
       </c>
       <c r="H730" s="3">
-        <v>14.49</v>
+        <v>14.99</v>
       </c>
     </row>
     <row r="731">
       <c r="A731" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B731" s="1" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="C731" s="1" t="s">
-        <v>1640</v>
+        <v>1633</v>
       </c>
       <c r="D731" s="1"/>
       <c r="E731" s="1"/>
       <c r="F731" s="1" t="s">
-        <v>1641</v>
+        <v>1634</v>
       </c>
       <c r="G731" s="1" t="s">
-        <v>1642</v>
+        <v>1635</v>
       </c>
       <c r="H731" s="3">
-        <v>80.49</v>
+        <v>120</v>
       </c>
     </row>
     <row r="732">
       <c r="A732" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B732" s="1" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="C732" s="1" t="s">
-        <v>1640</v>
+        <v>1633</v>
       </c>
       <c r="D732" s="1"/>
       <c r="E732" s="1"/>
       <c r="F732" s="1" t="s">
-        <v>1643</v>
+        <v>1636</v>
       </c>
       <c r="G732" s="1" t="s">
-        <v>1644</v>
+        <v>1637</v>
       </c>
       <c r="H732" s="3">
-        <v>55.49</v>
+        <v>14.99</v>
       </c>
     </row>
     <row r="733">
       <c r="A733" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B733" s="1" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="C733" s="1" t="s">
-        <v>1640</v>
-[...1 lines deleted...]
-      <c r="D733" s="1"/>
+        <v>1633</v>
+      </c>
+      <c r="D733" s="1" t="s">
+        <v>1638</v>
+      </c>
       <c r="E733" s="1"/>
       <c r="F733" s="1" t="s">
-        <v>1645</v>
+        <v>1639</v>
       </c>
       <c r="G733" s="1" t="s">
-        <v>1646</v>
+        <v>1640</v>
       </c>
       <c r="H733" s="3">
-        <v>12.49</v>
+        <v>13.49</v>
       </c>
     </row>
     <row r="734">
       <c r="A734" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B734" s="1" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="C734" s="1" t="s">
-        <v>1640</v>
-[...1 lines deleted...]
-      <c r="D734" s="1"/>
+        <v>1633</v>
+      </c>
+      <c r="D734" s="1" t="s">
+        <v>1638</v>
+      </c>
       <c r="E734" s="1"/>
       <c r="F734" s="1" t="s">
-        <v>1647</v>
+        <v>1641</v>
       </c>
       <c r="G734" s="1" t="s">
-        <v>1648</v>
+        <v>1642</v>
       </c>
       <c r="H734" s="3">
-        <v>13.99</v>
+        <v>18.69</v>
       </c>
     </row>
     <row r="735">
       <c r="A735" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B735" s="1" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="C735" s="1" t="s">
-        <v>1640</v>
-[...1 lines deleted...]
-      <c r="D735" s="1"/>
+        <v>1633</v>
+      </c>
+      <c r="D735" s="1" t="s">
+        <v>1643</v>
+      </c>
       <c r="E735" s="1"/>
       <c r="F735" s="1" t="s">
-        <v>1649</v>
+        <v>1644</v>
       </c>
       <c r="G735" s="1" t="s">
-        <v>1650</v>
+        <v>1645</v>
       </c>
       <c r="H735" s="3">
-        <v>45</v>
+        <v>44.99</v>
       </c>
     </row>
     <row r="736">
       <c r="A736" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B736" s="1" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="C736" s="1" t="s">
-        <v>1640</v>
-[...1 lines deleted...]
-      <c r="D736" s="1"/>
+        <v>1633</v>
+      </c>
+      <c r="D736" s="1" t="s">
+        <v>1643</v>
+      </c>
       <c r="E736" s="1"/>
       <c r="F736" s="1" t="s">
-        <v>1651</v>
+        <v>1646</v>
       </c>
       <c r="G736" s="1" t="s">
-        <v>1652</v>
+        <v>1647</v>
       </c>
       <c r="H736" s="3">
-        <v>18.99</v>
+        <v>22.99</v>
       </c>
     </row>
     <row r="737">
       <c r="A737" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B737" s="1" t="s">
-        <v>179</v>
+        <v>1648</v>
       </c>
       <c r="C737" s="1" t="s">
-        <v>1640</v>
-[...3 lines deleted...]
-      </c>
+        <v>1649</v>
+      </c>
+      <c r="D737" s="1"/>
       <c r="E737" s="1"/>
       <c r="F737" s="1" t="s">
-        <v>1654</v>
+        <v>1650</v>
       </c>
       <c r="G737" s="1" t="s">
-        <v>1655</v>
+        <v>1651</v>
       </c>
       <c r="H737" s="3">
-        <v>71.99</v>
+        <v>43</v>
       </c>
     </row>
     <row r="738">
       <c r="A738" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B738" s="1" t="s">
-        <v>179</v>
+        <v>1652</v>
       </c>
       <c r="C738" s="1" t="s">
-        <v>1640</v>
-[...1 lines deleted...]
-      <c r="D738" s="1" t="s">
         <v>1653</v>
       </c>
+      <c r="D738" s="1"/>
       <c r="E738" s="1"/>
       <c r="F738" s="1" t="s">
-        <v>1656</v>
+        <v>1654</v>
       </c>
       <c r="G738" s="1" t="s">
-        <v>1657</v>
+        <v>1655</v>
       </c>
       <c r="H738" s="3">
-        <v>12.99</v>
+        <v>11.99</v>
       </c>
     </row>
     <row r="739">
       <c r="A739" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B739" s="1" t="s">
-        <v>179</v>
+        <v>1656</v>
       </c>
       <c r="C739" s="1" t="s">
-        <v>180</v>
+        <v>1657</v>
       </c>
       <c r="D739" s="1"/>
       <c r="E739" s="1"/>
       <c r="F739" s="1" t="s">
         <v>1658</v>
       </c>
       <c r="G739" s="1" t="s">
         <v>1659</v>
       </c>
       <c r="H739" s="3">
-        <v>14.99</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="740">
       <c r="A740" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B740" s="1" t="s">
-        <v>179</v>
+        <v>1656</v>
       </c>
       <c r="C740" s="1" t="s">
-        <v>180</v>
+        <v>1657</v>
       </c>
       <c r="D740" s="1" t="s">
         <v>1660</v>
       </c>
       <c r="E740" s="1"/>
       <c r="F740" s="1" t="s">
         <v>1661</v>
       </c>
       <c r="G740" s="1" t="s">
         <v>1662</v>
       </c>
       <c r="H740" s="3">
-        <v>44.99</v>
+        <v>39.99</v>
       </c>
     </row>
     <row r="741">
       <c r="A741" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B741" s="1" t="s">
-        <v>179</v>
+        <v>1656</v>
       </c>
       <c r="C741" s="1" t="s">
-        <v>180</v>
+        <v>1657</v>
       </c>
       <c r="D741" s="1" t="s">
         <v>1660</v>
       </c>
       <c r="E741" s="1"/>
       <c r="F741" s="1" t="s">
         <v>1663</v>
       </c>
       <c r="G741" s="1" t="s">
         <v>1664</v>
       </c>
       <c r="H741" s="3">
-        <v>22.99</v>
+        <v>44.99</v>
       </c>
     </row>
     <row r="742">
       <c r="A742" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B742" s="1" t="s">
-        <v>179</v>
+        <v>1656</v>
       </c>
       <c r="C742" s="1" t="s">
-        <v>1665</v>
-[...1 lines deleted...]
-      <c r="D742" s="1"/>
+        <v>1657</v>
+      </c>
+      <c r="D742" s="1" t="s">
+        <v>1660</v>
+      </c>
       <c r="E742" s="1"/>
       <c r="F742" s="1" t="s">
+        <v>1665</v>
+      </c>
+      <c r="G742" s="1" t="s">
         <v>1666</v>
       </c>
-      <c r="G742" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H742" s="3">
-        <v>120</v>
+        <v>48.95</v>
       </c>
     </row>
     <row r="743">
       <c r="A743" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B743" s="1" t="s">
-        <v>179</v>
+        <v>1656</v>
       </c>
       <c r="C743" s="1" t="s">
-        <v>1665</v>
-[...1 lines deleted...]
-      <c r="D743" s="1"/>
+        <v>1657</v>
+      </c>
+      <c r="D743" s="1" t="s">
+        <v>1660</v>
+      </c>
       <c r="E743" s="1"/>
       <c r="F743" s="1" t="s">
+        <v>1667</v>
+      </c>
+      <c r="G743" s="1" t="s">
         <v>1668</v>
       </c>
-      <c r="G743" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H743" s="3">
-        <v>14.99</v>
+        <v>47.5</v>
       </c>
     </row>
     <row r="744">
       <c r="A744" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B744" s="1" t="s">
-        <v>179</v>
+        <v>1656</v>
       </c>
       <c r="C744" s="1" t="s">
-        <v>1665</v>
+        <v>1657</v>
       </c>
       <c r="D744" s="1" t="s">
-        <v>1670</v>
+        <v>1660</v>
       </c>
       <c r="E744" s="1"/>
       <c r="F744" s="1" t="s">
-        <v>1671</v>
+        <v>1669</v>
       </c>
       <c r="G744" s="1" t="s">
-        <v>1672</v>
+        <v>1670</v>
       </c>
       <c r="H744" s="3">
-        <v>13.49</v>
+        <v>76</v>
       </c>
     </row>
     <row r="745">
       <c r="A745" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B745" s="1" t="s">
-        <v>179</v>
+        <v>1656</v>
       </c>
       <c r="C745" s="1" t="s">
-        <v>1665</v>
+        <v>1657</v>
       </c>
       <c r="D745" s="1" t="s">
-        <v>1670</v>
+        <v>1660</v>
       </c>
       <c r="E745" s="1"/>
       <c r="F745" s="1" t="s">
-        <v>1673</v>
+        <v>1671</v>
       </c>
       <c r="G745" s="1" t="s">
-        <v>1674</v>
+        <v>1672</v>
       </c>
       <c r="H745" s="3">
-        <v>18.69</v>
+        <v>76</v>
       </c>
     </row>
     <row r="746">
       <c r="A746" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B746" s="1" t="s">
-        <v>1675</v>
+        <v>1656</v>
       </c>
       <c r="C746" s="1" t="s">
-        <v>1676</v>
-[...1 lines deleted...]
-      <c r="D746" s="1"/>
+        <v>1657</v>
+      </c>
+      <c r="D746" s="1" t="s">
+        <v>1660</v>
+      </c>
       <c r="E746" s="1"/>
       <c r="F746" s="1" t="s">
-        <v>1677</v>
+        <v>1673</v>
       </c>
       <c r="G746" s="1" t="s">
-        <v>1678</v>
+        <v>1674</v>
       </c>
       <c r="H746" s="3">
-        <v>43</v>
+        <v>55</v>
       </c>
     </row>
     <row r="747">
       <c r="A747" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B747" s="1" t="s">
-        <v>1679</v>
+        <v>1656</v>
       </c>
       <c r="C747" s="1" t="s">
-        <v>1680</v>
-[...1 lines deleted...]
-      <c r="D747" s="1"/>
+        <v>1657</v>
+      </c>
+      <c r="D747" s="1" t="s">
+        <v>1660</v>
+      </c>
       <c r="E747" s="1"/>
       <c r="F747" s="1" t="s">
-        <v>1681</v>
+        <v>1675</v>
       </c>
       <c r="G747" s="1" t="s">
-        <v>1682</v>
+        <v>1676</v>
       </c>
       <c r="H747" s="3">
-        <v>11.99</v>
+        <v>59</v>
       </c>
     </row>
     <row r="748">
       <c r="A748" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B748" s="1" t="s">
-        <v>1683</v>
+        <v>1656</v>
       </c>
       <c r="C748" s="1" t="s">
-        <v>1684</v>
-[...1 lines deleted...]
-      <c r="D748" s="1"/>
+        <v>1657</v>
+      </c>
+      <c r="D748" s="1" t="s">
+        <v>1660</v>
+      </c>
       <c r="E748" s="1"/>
       <c r="F748" s="1" t="s">
-        <v>1685</v>
+        <v>1677</v>
       </c>
       <c r="G748" s="1" t="s">
-        <v>1686</v>
+        <v>1678</v>
       </c>
       <c r="H748" s="3">
-        <v>24.99</v>
+        <v>59</v>
       </c>
     </row>
     <row r="749">
       <c r="A749" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B749" s="1" t="s">
-        <v>1683</v>
+        <v>1656</v>
       </c>
       <c r="C749" s="1" t="s">
-        <v>1684</v>
+        <v>1657</v>
       </c>
       <c r="D749" s="1" t="s">
-        <v>1687</v>
+        <v>1660</v>
       </c>
       <c r="E749" s="1"/>
       <c r="F749" s="1" t="s">
-        <v>1688</v>
+        <v>1679</v>
       </c>
       <c r="G749" s="1" t="s">
-        <v>1689</v>
+        <v>1680</v>
       </c>
       <c r="H749" s="3">
-        <v>39.99</v>
+        <v>64</v>
       </c>
     </row>
     <row r="750">
       <c r="A750" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B750" s="1" t="s">
-        <v>1683</v>
+        <v>1656</v>
       </c>
       <c r="C750" s="1" t="s">
-        <v>1684</v>
-[...3 lines deleted...]
-      </c>
+        <v>1681</v>
+      </c>
+      <c r="D750" s="1"/>
       <c r="E750" s="1"/>
       <c r="F750" s="1" t="s">
-        <v>1690</v>
+        <v>1682</v>
       </c>
       <c r="G750" s="1" t="s">
-        <v>1691</v>
+        <v>1683</v>
       </c>
       <c r="H750" s="3">
-        <v>44.99</v>
+        <v>25.5</v>
       </c>
     </row>
     <row r="751">
       <c r="A751" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B751" s="1" t="s">
-        <v>1683</v>
+        <v>1656</v>
       </c>
       <c r="C751" s="1" t="s">
-        <v>1684</v>
-[...3 lines deleted...]
-      </c>
+        <v>1681</v>
+      </c>
+      <c r="D751" s="1"/>
       <c r="E751" s="1"/>
       <c r="F751" s="1" t="s">
-        <v>1692</v>
+        <v>1684</v>
       </c>
       <c r="G751" s="1" t="s">
-        <v>1693</v>
+        <v>1685</v>
       </c>
       <c r="H751" s="3">
-        <v>55.49</v>
+        <v>45.99</v>
       </c>
     </row>
     <row r="752">
       <c r="A752" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B752" s="1" t="s">
-        <v>1683</v>
+        <v>1656</v>
       </c>
       <c r="C752" s="1" t="s">
-        <v>1684</v>
-[...3 lines deleted...]
-      </c>
+        <v>1681</v>
+      </c>
+      <c r="D752" s="1"/>
       <c r="E752" s="1"/>
       <c r="F752" s="1" t="s">
-        <v>1694</v>
+        <v>1686</v>
       </c>
       <c r="G752" s="1" t="s">
-        <v>1695</v>
+        <v>1687</v>
       </c>
       <c r="H752" s="3">
-        <v>46.5</v>
+        <v>45.99</v>
       </c>
     </row>
     <row r="753">
       <c r="A753" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B753" s="1" t="s">
-        <v>1683</v>
+        <v>1656</v>
       </c>
       <c r="C753" s="1" t="s">
-        <v>1684</v>
-[...3 lines deleted...]
-      </c>
+        <v>1688</v>
+      </c>
+      <c r="D753" s="1"/>
       <c r="E753" s="1"/>
       <c r="F753" s="1" t="s">
-        <v>1696</v>
+        <v>1689</v>
       </c>
       <c r="G753" s="1" t="s">
-        <v>1697</v>
+        <v>1690</v>
       </c>
       <c r="H753" s="3">
-        <v>74.99</v>
+        <v>42.5</v>
       </c>
     </row>
     <row r="754">
       <c r="A754" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B754" s="1" t="s">
-        <v>1683</v>
+        <v>1656</v>
       </c>
       <c r="C754" s="1" t="s">
-        <v>1684</v>
-[...3 lines deleted...]
-      </c>
+        <v>1688</v>
+      </c>
+      <c r="D754" s="1"/>
       <c r="E754" s="1"/>
       <c r="F754" s="1" t="s">
-        <v>1698</v>
+        <v>1691</v>
       </c>
       <c r="G754" s="1" t="s">
-        <v>1699</v>
+        <v>1692</v>
       </c>
       <c r="H754" s="3">
-        <v>53</v>
+        <v>15.99</v>
       </c>
     </row>
     <row r="755">
       <c r="A755" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B755" s="1" t="s">
-        <v>1683</v>
+        <v>187</v>
       </c>
       <c r="C755" s="1" t="s">
-        <v>1684</v>
-[...3 lines deleted...]
-      </c>
+        <v>1693</v>
+      </c>
+      <c r="D755" s="1"/>
       <c r="E755" s="1"/>
       <c r="F755" s="1" t="s">
-        <v>1700</v>
+        <v>1694</v>
       </c>
       <c r="G755" s="1" t="s">
-        <v>1701</v>
+        <v>1695</v>
       </c>
       <c r="H755" s="3">
-        <v>57</v>
+        <v>11.99</v>
       </c>
     </row>
     <row r="756">
       <c r="A756" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B756" s="1" t="s">
-        <v>1683</v>
+        <v>187</v>
       </c>
       <c r="C756" s="1" t="s">
-        <v>1684</v>
-[...3 lines deleted...]
-      </c>
+        <v>1696</v>
+      </c>
+      <c r="D756" s="1"/>
       <c r="E756" s="1"/>
       <c r="F756" s="1" t="s">
-        <v>1702</v>
+        <v>1697</v>
       </c>
       <c r="G756" s="1" t="s">
-        <v>1703</v>
+        <v>1698</v>
       </c>
       <c r="H756" s="3">
-        <v>56.5</v>
+        <v>12.49</v>
       </c>
     </row>
     <row r="757">
       <c r="A757" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B757" s="1" t="s">
-        <v>1683</v>
+        <v>187</v>
       </c>
       <c r="C757" s="1" t="s">
-        <v>1684</v>
-[...3 lines deleted...]
-      </c>
+        <v>188</v>
+      </c>
+      <c r="D757" s="1"/>
       <c r="E757" s="1"/>
       <c r="F757" s="1" t="s">
-        <v>1704</v>
+        <v>1699</v>
       </c>
       <c r="G757" s="1" t="s">
-        <v>1705</v>
+        <v>1700</v>
       </c>
       <c r="H757" s="3">
-        <v>63</v>
+        <v>141</v>
       </c>
     </row>
     <row r="758">
       <c r="A758" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B758" s="1" t="s">
-        <v>1683</v>
+        <v>187</v>
       </c>
       <c r="C758" s="1" t="s">
-        <v>1706</v>
+        <v>188</v>
       </c>
       <c r="D758" s="1"/>
       <c r="E758" s="1"/>
       <c r="F758" s="1" t="s">
-        <v>1707</v>
+        <v>1701</v>
       </c>
       <c r="G758" s="1" t="s">
-        <v>1708</v>
+        <v>1702</v>
       </c>
       <c r="H758" s="3">
-        <v>25</v>
+        <v>40.99</v>
       </c>
     </row>
     <row r="759">
       <c r="A759" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B759" s="1" t="s">
-        <v>1683</v>
+        <v>187</v>
       </c>
       <c r="C759" s="1" t="s">
-        <v>1706</v>
+        <v>191</v>
       </c>
       <c r="D759" s="1"/>
       <c r="E759" s="1"/>
       <c r="F759" s="1" t="s">
-        <v>1709</v>
+        <v>1703</v>
       </c>
       <c r="G759" s="1" t="s">
-        <v>1710</v>
+        <v>1704</v>
       </c>
       <c r="H759" s="3">
-        <v>45.99</v>
+        <v>12.49</v>
       </c>
     </row>
     <row r="760">
       <c r="A760" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B760" s="1" t="s">
-        <v>1683</v>
+        <v>187</v>
       </c>
       <c r="C760" s="1" t="s">
-        <v>1706</v>
+        <v>191</v>
       </c>
       <c r="D760" s="1"/>
       <c r="E760" s="1"/>
       <c r="F760" s="1" t="s">
-        <v>1711</v>
+        <v>1705</v>
       </c>
       <c r="G760" s="1" t="s">
-        <v>1712</v>
+        <v>1706</v>
       </c>
       <c r="H760" s="3">
-        <v>45.99</v>
+        <v>11.99</v>
       </c>
     </row>
     <row r="761">
       <c r="A761" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B761" s="1" t="s">
-        <v>1683</v>
+        <v>187</v>
       </c>
       <c r="C761" s="1" t="s">
-        <v>1713</v>
-[...1 lines deleted...]
-      <c r="D761" s="1"/>
+        <v>191</v>
+      </c>
+      <c r="D761" s="1" t="s">
+        <v>1707</v>
+      </c>
       <c r="E761" s="1"/>
       <c r="F761" s="1" t="s">
-        <v>1714</v>
+        <v>1708</v>
       </c>
       <c r="G761" s="1" t="s">
-        <v>1715</v>
+        <v>1709</v>
       </c>
       <c r="H761" s="3">
-        <v>41.99</v>
+        <v>14.99</v>
       </c>
     </row>
     <row r="762">
       <c r="A762" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B762" s="1" t="s">
-        <v>1683</v>
+        <v>187</v>
       </c>
       <c r="C762" s="1" t="s">
-        <v>1713</v>
+        <v>1710</v>
       </c>
       <c r="D762" s="1"/>
       <c r="E762" s="1"/>
       <c r="F762" s="1" t="s">
-        <v>1716</v>
+        <v>1711</v>
       </c>
       <c r="G762" s="1" t="s">
-        <v>1717</v>
+        <v>1712</v>
       </c>
       <c r="H762" s="3">
-        <v>15.99</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="763">
       <c r="A763" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B763" s="1" t="s">
-        <v>200</v>
+        <v>1713</v>
       </c>
       <c r="C763" s="1" t="s">
+        <v>1714</v>
+      </c>
+      <c r="D763" s="1" t="s">
+        <v>1715</v>
+      </c>
+      <c r="E763" s="1" t="s">
+        <v>1716</v>
+      </c>
+      <c r="F763" s="1" t="s">
+        <v>1717</v>
+      </c>
+      <c r="G763" s="1" t="s">
         <v>1718</v>
       </c>
-      <c r="D763" s="1"/>
-[...6 lines deleted...]
-      </c>
       <c r="H763" s="3">
-        <v>11.99</v>
+        <v>8.99</v>
       </c>
     </row>
     <row r="764">
       <c r="A764" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B764" s="1" t="s">
-        <v>200</v>
+        <v>1719</v>
       </c>
       <c r="C764" s="1" t="s">
-        <v>1721</v>
+        <v>1720</v>
       </c>
       <c r="D764" s="1"/>
       <c r="E764" s="1"/>
       <c r="F764" s="1" t="s">
+        <v>1721</v>
+      </c>
+      <c r="G764" s="1" t="s">
         <v>1722</v>
       </c>
-      <c r="G764" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H764" s="3">
-        <v>12.49</v>
+        <v>20.19</v>
       </c>
     </row>
     <row r="765">
       <c r="A765" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B765" s="1" t="s">
-        <v>200</v>
+        <v>1723</v>
       </c>
       <c r="C765" s="1" t="s">
-        <v>201</v>
+        <v>1724</v>
       </c>
       <c r="D765" s="1"/>
       <c r="E765" s="1"/>
       <c r="F765" s="1" t="s">
-        <v>1724</v>
+        <v>1725</v>
       </c>
       <c r="G765" s="1" t="s">
-        <v>1725</v>
+        <v>1726</v>
       </c>
       <c r="H765" s="3">
-        <v>27.49</v>
+        <v>15.69</v>
       </c>
     </row>
     <row r="766">
       <c r="A766" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B766" s="1" t="s">
-        <v>200</v>
+        <v>1723</v>
       </c>
       <c r="C766" s="1" t="s">
-        <v>201</v>
+        <v>1727</v>
       </c>
       <c r="D766" s="1"/>
       <c r="E766" s="1"/>
       <c r="F766" s="1" t="s">
-        <v>1726</v>
+        <v>1728</v>
       </c>
       <c r="G766" s="1" t="s">
-        <v>1727</v>
+        <v>1729</v>
       </c>
       <c r="H766" s="3">
-        <v>40.99</v>
+        <v>46</v>
       </c>
     </row>
     <row r="767">
       <c r="A767" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B767" s="1" t="s">
-        <v>200</v>
+        <v>1723</v>
       </c>
       <c r="C767" s="1" t="s">
-        <v>204</v>
+        <v>1727</v>
       </c>
       <c r="D767" s="1"/>
       <c r="E767" s="1"/>
       <c r="F767" s="1" t="s">
-        <v>1728</v>
+        <v>1730</v>
       </c>
       <c r="G767" s="1" t="s">
-        <v>1729</v>
+        <v>1731</v>
       </c>
       <c r="H767" s="3">
-        <v>12.49</v>
+        <v>46</v>
       </c>
     </row>
     <row r="768">
       <c r="A768" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B768" s="1" t="s">
-        <v>200</v>
+        <v>1723</v>
       </c>
       <c r="C768" s="1" t="s">
-        <v>204</v>
+        <v>1727</v>
       </c>
       <c r="D768" s="1"/>
       <c r="E768" s="1"/>
       <c r="F768" s="1" t="s">
-        <v>1730</v>
+        <v>1732</v>
       </c>
       <c r="G768" s="1" t="s">
-        <v>1731</v>
+        <v>1733</v>
       </c>
       <c r="H768" s="3">
-        <v>11.99</v>
+        <v>46</v>
       </c>
     </row>
     <row r="769">
       <c r="A769" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B769" s="1" t="s">
-        <v>200</v>
+        <v>1723</v>
       </c>
       <c r="C769" s="1" t="s">
-        <v>204</v>
-[...3 lines deleted...]
-      </c>
+        <v>1734</v>
+      </c>
+      <c r="D769" s="1"/>
       <c r="E769" s="1"/>
       <c r="F769" s="1" t="s">
-        <v>1733</v>
+        <v>1735</v>
       </c>
       <c r="G769" s="1" t="s">
-        <v>1734</v>
+        <v>1736</v>
       </c>
       <c r="H769" s="3">
-        <v>14.99</v>
+        <v>9.49</v>
       </c>
     </row>
     <row r="770">
       <c r="A770" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B770" s="1" t="s">
-        <v>200</v>
+        <v>1723</v>
       </c>
       <c r="C770" s="1" t="s">
-        <v>1735</v>
+        <v>1734</v>
       </c>
       <c r="D770" s="1"/>
       <c r="E770" s="1"/>
       <c r="F770" s="1" t="s">
-        <v>1736</v>
+        <v>1737</v>
       </c>
       <c r="G770" s="1" t="s">
-        <v>1737</v>
+        <v>1738</v>
       </c>
       <c r="H770" s="3">
-        <v>10.19</v>
+        <v>9.99</v>
       </c>
     </row>
     <row r="771">
       <c r="A771" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B771" s="1" t="s">
-        <v>1738</v>
+        <v>1723</v>
       </c>
       <c r="C771" s="1" t="s">
         <v>1739</v>
       </c>
       <c r="D771" s="1" t="s">
         <v>1740</v>
       </c>
-      <c r="E771" s="1" t="s">
+      <c r="E771" s="1"/>
+      <c r="F771" s="1" t="s">
         <v>1741</v>
       </c>
-      <c r="F771" s="1" t="s">
+      <c r="G771" s="1" t="s">
         <v>1742</v>
       </c>
-      <c r="G771" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H771" s="3">
-        <v>8.99</v>
+        <v>29.99</v>
       </c>
     </row>
     <row r="772">
       <c r="A772" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B772" s="1" t="s">
-        <v>1744</v>
+        <v>1723</v>
       </c>
       <c r="C772" s="1" t="s">
-        <v>1745</v>
-[...1 lines deleted...]
-      <c r="D772" s="1"/>
+        <v>1739</v>
+      </c>
+      <c r="D772" s="1" t="s">
+        <v>1740</v>
+      </c>
       <c r="E772" s="1"/>
       <c r="F772" s="1" t="s">
-        <v>1746</v>
+        <v>1743</v>
       </c>
       <c r="G772" s="1" t="s">
-        <v>1747</v>
+        <v>1744</v>
       </c>
       <c r="H772" s="3">
-        <v>20.19</v>
+        <v>18.49</v>
       </c>
     </row>
     <row r="773">
       <c r="A773" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B773" s="1" t="s">
-        <v>183</v>
+        <v>1723</v>
       </c>
       <c r="C773" s="1" t="s">
-        <v>1748</v>
-[...1 lines deleted...]
-      <c r="D773" s="1"/>
+        <v>1739</v>
+      </c>
+      <c r="D773" s="1" t="s">
+        <v>1740</v>
+      </c>
       <c r="E773" s="1"/>
       <c r="F773" s="1" t="s">
-        <v>1749</v>
+        <v>1745</v>
       </c>
       <c r="G773" s="1" t="s">
-        <v>1750</v>
+        <v>1746</v>
       </c>
       <c r="H773" s="3">
-        <v>15.69</v>
+        <v>31.99</v>
       </c>
     </row>
     <row r="774">
       <c r="A774" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B774" s="1" t="s">
-        <v>183</v>
+        <v>1723</v>
       </c>
       <c r="C774" s="1" t="s">
-        <v>1751</v>
-[...1 lines deleted...]
-      <c r="D774" s="1"/>
+        <v>1739</v>
+      </c>
+      <c r="D774" s="1" t="s">
+        <v>1740</v>
+      </c>
       <c r="E774" s="1"/>
       <c r="F774" s="1" t="s">
-        <v>1752</v>
+        <v>1747</v>
       </c>
       <c r="G774" s="1" t="s">
-        <v>1753</v>
+        <v>1748</v>
       </c>
       <c r="H774" s="3">
-        <v>44.95</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="775">
       <c r="A775" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B775" s="1" t="s">
-        <v>183</v>
+        <v>1723</v>
       </c>
       <c r="C775" s="1" t="s">
-        <v>1751</v>
-[...1 lines deleted...]
-      <c r="D775" s="1"/>
+        <v>1739</v>
+      </c>
+      <c r="D775" s="1" t="s">
+        <v>1740</v>
+      </c>
       <c r="E775" s="1"/>
       <c r="F775" s="1" t="s">
-        <v>1754</v>
+        <v>1749</v>
       </c>
       <c r="G775" s="1" t="s">
-        <v>1755</v>
+        <v>1750</v>
       </c>
       <c r="H775" s="3">
-        <v>45</v>
+        <v>90.49</v>
       </c>
     </row>
     <row r="776">
       <c r="A776" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B776" s="1" t="s">
-        <v>183</v>
+        <v>178</v>
       </c>
       <c r="C776" s="1" t="s">
         <v>1751</v>
       </c>
       <c r="D776" s="1"/>
       <c r="E776" s="1"/>
       <c r="F776" s="1" t="s">
-        <v>1756</v>
+        <v>1752</v>
       </c>
       <c r="G776" s="1" t="s">
-        <v>1757</v>
+        <v>1753</v>
       </c>
       <c r="H776" s="3">
-        <v>44.99</v>
+        <v>4.19</v>
       </c>
     </row>
     <row r="777">
       <c r="A777" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B777" s="1" t="s">
-        <v>183</v>
+        <v>178</v>
       </c>
       <c r="C777" s="1" t="s">
-        <v>1758</v>
+        <v>1751</v>
       </c>
       <c r="D777" s="1"/>
       <c r="E777" s="1"/>
       <c r="F777" s="1" t="s">
-        <v>1759</v>
+        <v>1754</v>
       </c>
       <c r="G777" s="1" t="s">
-        <v>1760</v>
+        <v>1755</v>
       </c>
       <c r="H777" s="3">
-        <v>9.19</v>
+        <v>4.99</v>
       </c>
     </row>
     <row r="778">
       <c r="A778" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B778" s="1" t="s">
-        <v>183</v>
+        <v>178</v>
       </c>
       <c r="C778" s="1" t="s">
-        <v>1761</v>
-[...3 lines deleted...]
-      </c>
+        <v>1756</v>
+      </c>
+      <c r="D778" s="1"/>
       <c r="E778" s="1"/>
       <c r="F778" s="1" t="s">
-        <v>1763</v>
+        <v>1757</v>
       </c>
       <c r="G778" s="1" t="s">
-        <v>1764</v>
+        <v>1758</v>
       </c>
       <c r="H778" s="3">
-        <v>29.99</v>
+        <v>19.49</v>
       </c>
     </row>
     <row r="779">
       <c r="A779" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B779" s="1" t="s">
-        <v>183</v>
+        <v>178</v>
       </c>
       <c r="C779" s="1" t="s">
-        <v>1761</v>
+        <v>1759</v>
       </c>
       <c r="D779" s="1" t="s">
-        <v>1762</v>
+        <v>1760</v>
       </c>
       <c r="E779" s="1"/>
       <c r="F779" s="1" t="s">
-        <v>1765</v>
+        <v>1761</v>
       </c>
       <c r="G779" s="1" t="s">
-        <v>1766</v>
+        <v>1762</v>
       </c>
       <c r="H779" s="3">
-        <v>18.49</v>
+        <v>27.99</v>
       </c>
     </row>
     <row r="780">
       <c r="A780" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B780" s="1" t="s">
-        <v>183</v>
+        <v>178</v>
       </c>
       <c r="C780" s="1" t="s">
-        <v>1761</v>
+        <v>1759</v>
       </c>
       <c r="D780" s="1" t="s">
-        <v>1762</v>
+        <v>1763</v>
       </c>
       <c r="E780" s="1"/>
       <c r="F780" s="1" t="s">
-        <v>1767</v>
+        <v>1764</v>
       </c>
       <c r="G780" s="1" t="s">
-        <v>1768</v>
+        <v>1765</v>
       </c>
       <c r="H780" s="3">
-        <v>31.99</v>
+        <v>32.99</v>
       </c>
     </row>
     <row r="781">
       <c r="A781" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B781" s="1" t="s">
-        <v>183</v>
+        <v>178</v>
       </c>
       <c r="C781" s="1" t="s">
-        <v>1761</v>
+        <v>1759</v>
       </c>
       <c r="D781" s="1" t="s">
-        <v>1762</v>
+        <v>1763</v>
       </c>
       <c r="E781" s="1"/>
       <c r="F781" s="1" t="s">
-        <v>1769</v>
+        <v>1766</v>
       </c>
       <c r="G781" s="1" t="s">
-        <v>1770</v>
+        <v>1767</v>
       </c>
       <c r="H781" s="3">
-        <v>26.49</v>
+        <v>18.89</v>
       </c>
     </row>
     <row r="782">
       <c r="A782" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B782" s="1" t="s">
-        <v>183</v>
+        <v>178</v>
       </c>
       <c r="C782" s="1" t="s">
-        <v>1761</v>
+        <v>1759</v>
       </c>
       <c r="D782" s="1" t="s">
-        <v>1762</v>
+        <v>1763</v>
       </c>
       <c r="E782" s="1"/>
       <c r="F782" s="1" t="s">
-        <v>1771</v>
+        <v>1768</v>
       </c>
       <c r="G782" s="1" t="s">
-        <v>1772</v>
+        <v>1769</v>
       </c>
       <c r="H782" s="3">
-        <v>90.49</v>
+        <v>20.99</v>
       </c>
     </row>
     <row r="783">
       <c r="A783" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B783" s="1" t="s">
-        <v>183</v>
+        <v>178</v>
       </c>
       <c r="C783" s="1" t="s">
-        <v>1761</v>
+        <v>1759</v>
       </c>
       <c r="D783" s="1" t="s">
-        <v>1773</v>
+        <v>1763</v>
       </c>
       <c r="E783" s="1"/>
       <c r="F783" s="1" t="s">
-        <v>1774</v>
+        <v>1770</v>
       </c>
       <c r="G783" s="1" t="s">
-        <v>1775</v>
+        <v>1771</v>
       </c>
       <c r="H783" s="3">
-        <v>19.89</v>
+        <v>29.99</v>
       </c>
     </row>
     <row r="784">
       <c r="A784" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B784" s="1" t="s">
-        <v>187</v>
+        <v>178</v>
       </c>
       <c r="C784" s="1" t="s">
-        <v>1776</v>
-[...1 lines deleted...]
-      <c r="D784" s="1"/>
+        <v>1772</v>
+      </c>
+      <c r="D784" s="1" t="s">
+        <v>1773</v>
+      </c>
       <c r="E784" s="1"/>
       <c r="F784" s="1" t="s">
-        <v>1777</v>
+        <v>1774</v>
       </c>
       <c r="G784" s="1" t="s">
-        <v>1778</v>
+        <v>1775</v>
       </c>
       <c r="H784" s="3">
-        <v>4.19</v>
+        <v>31.99</v>
       </c>
     </row>
     <row r="785">
       <c r="A785" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B785" s="1" t="s">
-        <v>187</v>
+        <v>178</v>
       </c>
       <c r="C785" s="1" t="s">
         <v>1776</v>
       </c>
       <c r="D785" s="1"/>
       <c r="E785" s="1"/>
       <c r="F785" s="1" t="s">
-        <v>1779</v>
+        <v>1777</v>
       </c>
       <c r="G785" s="1" t="s">
-        <v>1780</v>
+        <v>1778</v>
       </c>
       <c r="H785" s="3">
-        <v>4.99</v>
+        <v>13.49</v>
       </c>
     </row>
     <row r="786">
       <c r="A786" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B786" s="1" t="s">
-        <v>187</v>
+        <v>178</v>
       </c>
       <c r="C786" s="1" t="s">
-        <v>1781</v>
+        <v>1779</v>
       </c>
       <c r="D786" s="1"/>
       <c r="E786" s="1"/>
       <c r="F786" s="1" t="s">
-        <v>1782</v>
+        <v>1780</v>
       </c>
       <c r="G786" s="1" t="s">
-        <v>1783</v>
+        <v>1781</v>
       </c>
       <c r="H786" s="3">
-        <v>19.49</v>
+        <v>2.99</v>
       </c>
     </row>
     <row r="787">
       <c r="A787" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B787" s="1" t="s">
-        <v>187</v>
+        <v>178</v>
       </c>
       <c r="C787" s="1" t="s">
-        <v>1784</v>
-[...3 lines deleted...]
-      </c>
+        <v>179</v>
+      </c>
+      <c r="D787" s="1"/>
       <c r="E787" s="1"/>
       <c r="F787" s="1" t="s">
-        <v>1786</v>
+        <v>1782</v>
       </c>
       <c r="G787" s="1" t="s">
-        <v>1787</v>
+        <v>1783</v>
       </c>
       <c r="H787" s="3">
-        <v>27.99</v>
+        <v>9.99</v>
       </c>
     </row>
     <row r="788">
       <c r="A788" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B788" s="1" t="s">
-        <v>187</v>
+        <v>178</v>
       </c>
       <c r="C788" s="1" t="s">
-        <v>1784</v>
-[...3 lines deleted...]
-      </c>
+        <v>179</v>
+      </c>
+      <c r="D788" s="1"/>
       <c r="E788" s="1"/>
       <c r="F788" s="1" t="s">
-        <v>1789</v>
+        <v>1784</v>
       </c>
       <c r="G788" s="1" t="s">
-        <v>1790</v>
+        <v>1785</v>
       </c>
       <c r="H788" s="3">
-        <v>32.99</v>
+        <v>10.99</v>
       </c>
     </row>
     <row r="789">
       <c r="A789" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B789" s="1" t="s">
-        <v>187</v>
+        <v>178</v>
       </c>
       <c r="C789" s="1" t="s">
-        <v>1784</v>
-[...3 lines deleted...]
-      </c>
+        <v>179</v>
+      </c>
+      <c r="D789" s="1"/>
       <c r="E789" s="1"/>
       <c r="F789" s="1" t="s">
-        <v>1791</v>
+        <v>1786</v>
       </c>
       <c r="G789" s="1" t="s">
-        <v>1792</v>
+        <v>1787</v>
       </c>
       <c r="H789" s="3">
-        <v>20.99</v>
+        <v>9.99</v>
       </c>
     </row>
     <row r="790">
       <c r="A790" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B790" s="1" t="s">
-        <v>187</v>
+        <v>178</v>
       </c>
       <c r="C790" s="1" t="s">
-        <v>1784</v>
-[...3 lines deleted...]
-      </c>
+        <v>179</v>
+      </c>
+      <c r="D790" s="1"/>
       <c r="E790" s="1"/>
       <c r="F790" s="1" t="s">
-        <v>1793</v>
+        <v>1788</v>
       </c>
       <c r="G790" s="1" t="s">
-        <v>1794</v>
+        <v>1789</v>
       </c>
       <c r="H790" s="3">
-        <v>29.99</v>
+        <v>11.49</v>
       </c>
     </row>
     <row r="791">
       <c r="A791" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B791" s="1" t="s">
-        <v>187</v>
+        <v>178</v>
       </c>
       <c r="C791" s="1" t="s">
-        <v>1795</v>
-[...3 lines deleted...]
-      </c>
+        <v>179</v>
+      </c>
+      <c r="D791" s="1"/>
       <c r="E791" s="1"/>
       <c r="F791" s="1" t="s">
-        <v>1797</v>
+        <v>1790</v>
       </c>
       <c r="G791" s="1" t="s">
-        <v>1798</v>
+        <v>1791</v>
       </c>
       <c r="H791" s="3">
-        <v>31.99</v>
+        <v>9.99</v>
       </c>
     </row>
     <row r="792">
       <c r="A792" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B792" s="1" t="s">
-        <v>187</v>
+        <v>178</v>
       </c>
       <c r="C792" s="1" t="s">
-        <v>1799</v>
+        <v>179</v>
       </c>
       <c r="D792" s="1"/>
       <c r="E792" s="1"/>
       <c r="F792" s="1" t="s">
-        <v>1800</v>
+        <v>1792</v>
       </c>
       <c r="G792" s="1" t="s">
-        <v>1801</v>
+        <v>1793</v>
       </c>
       <c r="H792" s="3">
-        <v>13.49</v>
+        <v>12.99</v>
       </c>
     </row>
     <row r="793">
       <c r="A793" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B793" s="1" t="s">
-        <v>187</v>
+        <v>178</v>
       </c>
       <c r="C793" s="1" t="s">
-        <v>1802</v>
+        <v>179</v>
       </c>
       <c r="D793" s="1"/>
       <c r="E793" s="1"/>
       <c r="F793" s="1" t="s">
-        <v>1803</v>
+        <v>1794</v>
       </c>
       <c r="G793" s="1" t="s">
-        <v>1804</v>
+        <v>1795</v>
       </c>
       <c r="H793" s="3">
-        <v>2.99</v>
+        <v>9.99</v>
       </c>
     </row>
     <row r="794">
       <c r="A794" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B794" s="1" t="s">
-        <v>187</v>
+        <v>178</v>
       </c>
       <c r="C794" s="1" t="s">
-        <v>188</v>
+        <v>1796</v>
       </c>
       <c r="D794" s="1"/>
       <c r="E794" s="1"/>
       <c r="F794" s="1" t="s">
-        <v>1805</v>
+        <v>1797</v>
       </c>
       <c r="G794" s="1" t="s">
-        <v>1806</v>
+        <v>1798</v>
       </c>
       <c r="H794" s="3">
-        <v>9.99</v>
+        <v>22.99</v>
       </c>
     </row>
     <row r="795">
       <c r="A795" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B795" s="1" t="s">
-        <v>187</v>
+        <v>178</v>
       </c>
       <c r="C795" s="1" t="s">
-        <v>188</v>
+        <v>1796</v>
       </c>
       <c r="D795" s="1"/>
       <c r="E795" s="1"/>
       <c r="F795" s="1" t="s">
-        <v>1807</v>
+        <v>1799</v>
       </c>
       <c r="G795" s="1" t="s">
-        <v>1808</v>
+        <v>1800</v>
       </c>
       <c r="H795" s="3">
-        <v>10.99</v>
+        <v>16.99</v>
       </c>
     </row>
     <row r="796">
       <c r="A796" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B796" s="1" t="s">
-        <v>187</v>
+        <v>178</v>
       </c>
       <c r="C796" s="1" t="s">
-        <v>188</v>
-[...2 lines deleted...]
-      <c r="E796" s="1"/>
+        <v>1801</v>
+      </c>
+      <c r="D796" s="1" t="s">
+        <v>1802</v>
+      </c>
+      <c r="E796" s="1" t="s">
+        <v>1803</v>
+      </c>
       <c r="F796" s="1" t="s">
-        <v>1809</v>
+        <v>1804</v>
       </c>
       <c r="G796" s="1" t="s">
-        <v>1810</v>
+        <v>1805</v>
       </c>
       <c r="H796" s="3">
-        <v>9.99</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="797">
       <c r="A797" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B797" s="1" t="s">
-        <v>187</v>
+        <v>178</v>
       </c>
       <c r="C797" s="1" t="s">
-        <v>188</v>
+        <v>1806</v>
       </c>
       <c r="D797" s="1"/>
       <c r="E797" s="1"/>
       <c r="F797" s="1" t="s">
-        <v>1811</v>
+        <v>1807</v>
       </c>
       <c r="G797" s="1" t="s">
-        <v>1812</v>
+        <v>1808</v>
       </c>
       <c r="H797" s="3">
-        <v>9.99</v>
+        <v>26.99</v>
       </c>
     </row>
     <row r="798">
       <c r="A798" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B798" s="1" t="s">
-        <v>187</v>
+        <v>178</v>
       </c>
       <c r="C798" s="1" t="s">
-        <v>188</v>
+        <v>1806</v>
       </c>
       <c r="D798" s="1"/>
       <c r="E798" s="1"/>
       <c r="F798" s="1" t="s">
-        <v>1813</v>
+        <v>1809</v>
       </c>
       <c r="G798" s="1" t="s">
-        <v>1814</v>
+        <v>1810</v>
       </c>
       <c r="H798" s="3">
-        <v>12.99</v>
+        <v>13.99</v>
       </c>
     </row>
     <row r="799">
       <c r="A799" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B799" s="1" t="s">
-        <v>187</v>
+        <v>178</v>
       </c>
       <c r="C799" s="1" t="s">
-        <v>188</v>
+        <v>1806</v>
       </c>
       <c r="D799" s="1"/>
       <c r="E799" s="1"/>
       <c r="F799" s="1" t="s">
-        <v>1815</v>
+        <v>1811</v>
       </c>
       <c r="G799" s="1" t="s">
-        <v>1816</v>
+        <v>1812</v>
       </c>
       <c r="H799" s="3">
-        <v>9.99</v>
+        <v>11.49</v>
       </c>
     </row>
     <row r="800">
       <c r="A800" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B800" s="1" t="s">
-        <v>187</v>
+        <v>178</v>
       </c>
       <c r="C800" s="1" t="s">
-        <v>1817</v>
+        <v>1806</v>
       </c>
       <c r="D800" s="1"/>
       <c r="E800" s="1"/>
       <c r="F800" s="1" t="s">
-        <v>1818</v>
+        <v>1813</v>
       </c>
       <c r="G800" s="1" t="s">
-        <v>1819</v>
+        <v>1814</v>
       </c>
       <c r="H800" s="3">
-        <v>22.99</v>
+        <v>11.19</v>
       </c>
     </row>
     <row r="801">
       <c r="A801" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B801" s="1" t="s">
-        <v>187</v>
+        <v>178</v>
       </c>
       <c r="C801" s="1" t="s">
-        <v>1817</v>
+        <v>1806</v>
       </c>
       <c r="D801" s="1"/>
       <c r="E801" s="1"/>
       <c r="F801" s="1" t="s">
-        <v>1820</v>
+        <v>1815</v>
       </c>
       <c r="G801" s="1" t="s">
-        <v>1821</v>
+        <v>1816</v>
       </c>
       <c r="H801" s="3">
-        <v>16.99</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="802">
       <c r="A802" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B802" s="1" t="s">
-        <v>187</v>
+        <v>178</v>
       </c>
       <c r="C802" s="1" t="s">
-        <v>1822</v>
-[...6 lines deleted...]
-      </c>
+        <v>1806</v>
+      </c>
+      <c r="D802" s="1"/>
+      <c r="E802" s="1"/>
       <c r="F802" s="1" t="s">
-        <v>1825</v>
+        <v>1817</v>
       </c>
       <c r="G802" s="1" t="s">
-        <v>1826</v>
+        <v>1818</v>
       </c>
       <c r="H802" s="3">
-        <v>24.99</v>
+        <v>30.99</v>
       </c>
     </row>
     <row r="803">
       <c r="A803" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B803" s="1" t="s">
-        <v>187</v>
+        <v>178</v>
       </c>
       <c r="C803" s="1" t="s">
-        <v>1827</v>
+        <v>1806</v>
       </c>
       <c r="D803" s="1"/>
       <c r="E803" s="1"/>
       <c r="F803" s="1" t="s">
-        <v>1828</v>
+        <v>1819</v>
       </c>
       <c r="G803" s="1" t="s">
-        <v>1829</v>
+        <v>1820</v>
       </c>
       <c r="H803" s="3">
-        <v>26.99</v>
+        <v>8.69</v>
       </c>
     </row>
     <row r="804">
       <c r="A804" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B804" s="1" t="s">
-        <v>187</v>
+        <v>178</v>
       </c>
       <c r="C804" s="1" t="s">
-        <v>1827</v>
+        <v>1806</v>
       </c>
       <c r="D804" s="1"/>
       <c r="E804" s="1"/>
       <c r="F804" s="1" t="s">
-        <v>1830</v>
+        <v>1821</v>
       </c>
       <c r="G804" s="1" t="s">
-        <v>1831</v>
+        <v>1822</v>
       </c>
       <c r="H804" s="3">
-        <v>13.99</v>
+        <v>30.99</v>
       </c>
     </row>
     <row r="805">
       <c r="A805" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B805" s="1" t="s">
-        <v>187</v>
+        <v>178</v>
       </c>
       <c r="C805" s="1" t="s">
-        <v>1827</v>
+        <v>1806</v>
       </c>
       <c r="D805" s="1"/>
       <c r="E805" s="1"/>
       <c r="F805" s="1" t="s">
-        <v>1832</v>
+        <v>1823</v>
       </c>
       <c r="G805" s="1" t="s">
-        <v>1833</v>
+        <v>1824</v>
       </c>
       <c r="H805" s="3">
-        <v>11.49</v>
+        <v>26.5</v>
       </c>
     </row>
     <row r="806">
       <c r="A806" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B806" s="1" t="s">
-        <v>187</v>
+        <v>178</v>
       </c>
       <c r="C806" s="1" t="s">
-        <v>1827</v>
+        <v>1806</v>
       </c>
       <c r="D806" s="1"/>
       <c r="E806" s="1"/>
       <c r="F806" s="1" t="s">
-        <v>1834</v>
+        <v>1825</v>
       </c>
       <c r="G806" s="1" t="s">
-        <v>1835</v>
+        <v>1826</v>
       </c>
       <c r="H806" s="3">
-        <v>11.19</v>
+        <v>35</v>
       </c>
     </row>
     <row r="807">
       <c r="A807" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B807" s="1" t="s">
-        <v>187</v>
+        <v>178</v>
       </c>
       <c r="C807" s="1" t="s">
-        <v>1827</v>
+        <v>1806</v>
       </c>
       <c r="D807" s="1"/>
       <c r="E807" s="1"/>
       <c r="F807" s="1" t="s">
-        <v>1836</v>
+        <v>1827</v>
       </c>
       <c r="G807" s="1" t="s">
-        <v>1837</v>
+        <v>1828</v>
       </c>
       <c r="H807" s="3">
-        <v>19.99</v>
+        <v>29.99</v>
       </c>
     </row>
     <row r="808">
       <c r="A808" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B808" s="1" t="s">
-        <v>187</v>
+        <v>178</v>
       </c>
       <c r="C808" s="1" t="s">
-        <v>1827</v>
+        <v>1806</v>
       </c>
       <c r="D808" s="1"/>
       <c r="E808" s="1"/>
       <c r="F808" s="1" t="s">
-        <v>1838</v>
+        <v>1829</v>
       </c>
       <c r="G808" s="1" t="s">
-        <v>1839</v>
+        <v>1830</v>
       </c>
       <c r="H808" s="3">
-        <v>30.99</v>
+        <v>10.75</v>
       </c>
     </row>
     <row r="809">
       <c r="A809" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B809" s="1" t="s">
-        <v>187</v>
+        <v>178</v>
       </c>
       <c r="C809" s="1" t="s">
-        <v>1827</v>
+        <v>1806</v>
       </c>
       <c r="D809" s="1"/>
       <c r="E809" s="1"/>
       <c r="F809" s="1" t="s">
-        <v>1840</v>
+        <v>1831</v>
       </c>
       <c r="G809" s="1" t="s">
-        <v>1841</v>
+        <v>1832</v>
       </c>
       <c r="H809" s="3">
-        <v>8.69</v>
+        <v>43.49</v>
       </c>
     </row>
     <row r="810">
       <c r="A810" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B810" s="1" t="s">
-        <v>187</v>
+        <v>178</v>
       </c>
       <c r="C810" s="1" t="s">
-        <v>1827</v>
+        <v>1806</v>
       </c>
       <c r="D810" s="1"/>
       <c r="E810" s="1"/>
       <c r="F810" s="1" t="s">
-        <v>1842</v>
+        <v>1833</v>
       </c>
       <c r="G810" s="1" t="s">
-        <v>1843</v>
+        <v>1834</v>
       </c>
       <c r="H810" s="3">
-        <v>30.99</v>
+        <v>13.49</v>
       </c>
     </row>
     <row r="811">
       <c r="A811" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B811" s="1" t="s">
-        <v>187</v>
+        <v>1835</v>
       </c>
       <c r="C811" s="1" t="s">
-        <v>1827</v>
+        <v>1836</v>
       </c>
       <c r="D811" s="1"/>
       <c r="E811" s="1"/>
       <c r="F811" s="1" t="s">
-        <v>1844</v>
+        <v>1837</v>
       </c>
       <c r="G811" s="1" t="s">
-        <v>1845</v>
+        <v>1838</v>
       </c>
       <c r="H811" s="3">
-        <v>25.99</v>
+        <v>10.99</v>
       </c>
     </row>
     <row r="812">
       <c r="A812" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B812" s="1" t="s">
-        <v>187</v>
+        <v>1835</v>
       </c>
       <c r="C812" s="1" t="s">
-        <v>1827</v>
+        <v>1836</v>
       </c>
       <c r="D812" s="1"/>
       <c r="E812" s="1"/>
       <c r="F812" s="1" t="s">
-        <v>1846</v>
+        <v>1839</v>
       </c>
       <c r="G812" s="1" t="s">
-        <v>1847</v>
+        <v>1840</v>
       </c>
       <c r="H812" s="3">
-        <v>35</v>
+        <v>13.49</v>
       </c>
     </row>
     <row r="813">
       <c r="A813" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B813" s="1" t="s">
-        <v>187</v>
+        <v>182</v>
       </c>
       <c r="C813" s="1" t="s">
-        <v>1827</v>
+        <v>183</v>
       </c>
       <c r="D813" s="1"/>
       <c r="E813" s="1"/>
       <c r="F813" s="1" t="s">
-        <v>1848</v>
+        <v>1841</v>
       </c>
       <c r="G813" s="1" t="s">
-        <v>1849</v>
+        <v>1842</v>
       </c>
       <c r="H813" s="3">
-        <v>29.99</v>
+        <v>16.99</v>
       </c>
     </row>
     <row r="814">
       <c r="A814" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B814" s="1" t="s">
-        <v>187</v>
+        <v>182</v>
       </c>
       <c r="C814" s="1" t="s">
-        <v>1827</v>
-[...1 lines deleted...]
-      <c r="D814" s="1"/>
+        <v>183</v>
+      </c>
+      <c r="D814" s="1" t="s">
+        <v>425</v>
+      </c>
       <c r="E814" s="1"/>
       <c r="F814" s="1" t="s">
-        <v>1850</v>
+        <v>1843</v>
       </c>
       <c r="G814" s="1" t="s">
-        <v>1851</v>
+        <v>1844</v>
       </c>
       <c r="H814" s="3">
-        <v>10.49</v>
+        <v>9.99</v>
       </c>
     </row>
     <row r="815">
       <c r="A815" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B815" s="1" t="s">
-        <v>187</v>
+        <v>182</v>
       </c>
       <c r="C815" s="1" t="s">
-        <v>1827</v>
-[...1 lines deleted...]
-      <c r="D815" s="1"/>
+        <v>183</v>
+      </c>
+      <c r="D815" s="1" t="s">
+        <v>1845</v>
+      </c>
       <c r="E815" s="1"/>
       <c r="F815" s="1" t="s">
-        <v>1852</v>
+        <v>1846</v>
       </c>
       <c r="G815" s="1" t="s">
-        <v>1853</v>
+        <v>1847</v>
       </c>
       <c r="H815" s="3">
-        <v>43.49</v>
+        <v>16.99</v>
       </c>
     </row>
     <row r="816">
       <c r="A816" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B816" s="1" t="s">
-        <v>187</v>
+        <v>182</v>
       </c>
       <c r="C816" s="1" t="s">
-        <v>1827</v>
-[...1 lines deleted...]
-      <c r="D816" s="1"/>
+        <v>183</v>
+      </c>
+      <c r="D816" s="1" t="s">
+        <v>1845</v>
+      </c>
       <c r="E816" s="1"/>
       <c r="F816" s="1" t="s">
-        <v>1854</v>
+        <v>1848</v>
       </c>
       <c r="G816" s="1" t="s">
-        <v>1855</v>
+        <v>1849</v>
       </c>
       <c r="H816" s="3">
-        <v>13.49</v>
+        <v>17.19</v>
       </c>
     </row>
     <row r="817">
       <c r="A817" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B817" s="1" t="s">
-        <v>191</v>
+        <v>182</v>
       </c>
       <c r="C817" s="1" t="s">
-        <v>192</v>
-[...1 lines deleted...]
-      <c r="D817" s="1"/>
+        <v>183</v>
+      </c>
+      <c r="D817" s="1" t="s">
+        <v>1850</v>
+      </c>
       <c r="E817" s="1"/>
       <c r="F817" s="1" t="s">
-        <v>1856</v>
+        <v>1851</v>
       </c>
       <c r="G817" s="1" t="s">
-        <v>1857</v>
+        <v>1852</v>
       </c>
       <c r="H817" s="3">
-        <v>10.69</v>
+        <v>46.99</v>
       </c>
     </row>
     <row r="818">
       <c r="A818" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B818" s="1" t="s">
-        <v>191</v>
+        <v>182</v>
       </c>
       <c r="C818" s="1" t="s">
-        <v>192</v>
-[...2 lines deleted...]
-      <c r="E818" s="1"/>
+        <v>183</v>
+      </c>
+      <c r="D818" s="1" t="s">
+        <v>1850</v>
+      </c>
+      <c r="E818" s="1" t="s">
+        <v>1853</v>
+      </c>
       <c r="F818" s="1" t="s">
-        <v>1858</v>
+        <v>1854</v>
       </c>
       <c r="G818" s="1" t="s">
-        <v>1859</v>
+        <v>1855</v>
       </c>
       <c r="H818" s="3">
-        <v>12.99</v>
+        <v>94.99</v>
       </c>
     </row>
     <row r="819">
       <c r="A819" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B819" s="1" t="s">
-        <v>195</v>
+        <v>182</v>
       </c>
       <c r="C819" s="1" t="s">
-        <v>196</v>
-[...2 lines deleted...]
-      <c r="E819" s="1"/>
+        <v>183</v>
+      </c>
+      <c r="D819" s="1" t="s">
+        <v>1850</v>
+      </c>
+      <c r="E819" s="1" t="s">
+        <v>1853</v>
+      </c>
       <c r="F819" s="1" t="s">
-        <v>1860</v>
+        <v>1856</v>
       </c>
       <c r="G819" s="1" t="s">
-        <v>1861</v>
+        <v>1857</v>
       </c>
       <c r="H819" s="3">
-        <v>16.99</v>
+        <v>200</v>
       </c>
     </row>
     <row r="820">
       <c r="A820" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B820" s="1" t="s">
-        <v>195</v>
+        <v>182</v>
       </c>
       <c r="C820" s="1" t="s">
-        <v>196</v>
+        <v>183</v>
       </c>
       <c r="D820" s="1" t="s">
-        <v>442</v>
+        <v>1858</v>
       </c>
       <c r="E820" s="1"/>
       <c r="F820" s="1" t="s">
-        <v>1862</v>
+        <v>1859</v>
       </c>
       <c r="G820" s="1" t="s">
-        <v>1863</v>
+        <v>1860</v>
       </c>
       <c r="H820" s="3">
-        <v>9.99</v>
+        <v>34.99</v>
       </c>
     </row>
     <row r="821">
       <c r="A821" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B821" s="1" t="s">
-        <v>195</v>
+        <v>182</v>
       </c>
       <c r="C821" s="1" t="s">
-        <v>196</v>
+        <v>183</v>
       </c>
       <c r="D821" s="1" t="s">
-        <v>1864</v>
-[...1 lines deleted...]
-      <c r="E821" s="1"/>
+        <v>1858</v>
+      </c>
+      <c r="E821" s="1" t="s">
+        <v>1861</v>
+      </c>
       <c r="F821" s="1" t="s">
-        <v>1865</v>
+        <v>1862</v>
       </c>
       <c r="G821" s="1" t="s">
-        <v>1866</v>
+        <v>1863</v>
       </c>
       <c r="H821" s="3">
-        <v>16.99</v>
+        <v>150</v>
       </c>
     </row>
     <row r="822">
       <c r="A822" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B822" s="1" t="s">
-        <v>195</v>
+        <v>182</v>
       </c>
       <c r="C822" s="1" t="s">
-        <v>196</v>
+        <v>183</v>
       </c>
       <c r="D822" s="1" t="s">
+        <v>1858</v>
+      </c>
+      <c r="E822" s="1" t="s">
+        <v>1861</v>
+      </c>
+      <c r="F822" s="1" t="s">
         <v>1864</v>
       </c>
-      <c r="E822" s="1"/>
-[...2 lines deleted...]
-      </c>
       <c r="G822" s="1" t="s">
-        <v>1868</v>
+        <v>1865</v>
       </c>
       <c r="H822" s="3">
-        <v>17.19</v>
+        <v>62.99</v>
       </c>
     </row>
     <row r="823">
       <c r="A823" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B823" s="1" t="s">
-        <v>195</v>
+        <v>182</v>
       </c>
       <c r="C823" s="1" t="s">
-        <v>196</v>
+        <v>183</v>
       </c>
       <c r="D823" s="1" t="s">
-        <v>1869</v>
-[...1 lines deleted...]
-      <c r="E823" s="1"/>
+        <v>1858</v>
+      </c>
+      <c r="E823" s="1" t="s">
+        <v>1861</v>
+      </c>
       <c r="F823" s="1" t="s">
-        <v>1870</v>
+        <v>1866</v>
       </c>
       <c r="G823" s="1" t="s">
-        <v>1871</v>
+        <v>1867</v>
       </c>
       <c r="H823" s="3">
-        <v>46.99</v>
+        <v>72.99</v>
       </c>
     </row>
     <row r="824">
       <c r="A824" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B824" s="1" t="s">
-        <v>195</v>
+        <v>182</v>
       </c>
       <c r="C824" s="1" t="s">
-        <v>196</v>
+        <v>183</v>
       </c>
       <c r="D824" s="1" t="s">
+        <v>1858</v>
+      </c>
+      <c r="E824" s="1" t="s">
+        <v>1861</v>
+      </c>
+      <c r="F824" s="1" t="s">
+        <v>1868</v>
+      </c>
+      <c r="G824" s="1" t="s">
         <v>1869</v>
       </c>
-      <c r="E824" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H824" s="3">
-        <v>94.99</v>
+        <v>54.99</v>
       </c>
     </row>
     <row r="825">
       <c r="A825" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B825" s="1" t="s">
-        <v>195</v>
+        <v>182</v>
       </c>
       <c r="C825" s="1" t="s">
-        <v>196</v>
+        <v>183</v>
       </c>
       <c r="D825" s="1" t="s">
-        <v>1869</v>
+        <v>1858</v>
       </c>
       <c r="E825" s="1" t="s">
+        <v>1870</v>
+      </c>
+      <c r="F825" s="1" t="s">
+        <v>1871</v>
+      </c>
+      <c r="G825" s="1" t="s">
         <v>1872</v>
       </c>
-      <c r="F825" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H825" s="3">
-        <v>200</v>
+        <v>39.99</v>
       </c>
     </row>
     <row r="826">
       <c r="A826" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B826" s="1" t="s">
-        <v>195</v>
+        <v>182</v>
       </c>
       <c r="C826" s="1" t="s">
-        <v>196</v>
+        <v>183</v>
       </c>
       <c r="D826" s="1" t="s">
-        <v>1877</v>
-[...1 lines deleted...]
-      <c r="E826" s="1"/>
+        <v>1858</v>
+      </c>
+      <c r="E826" s="1" t="s">
+        <v>1870</v>
+      </c>
       <c r="F826" s="1" t="s">
-        <v>1878</v>
+        <v>1873</v>
       </c>
       <c r="G826" s="1" t="s">
-        <v>1879</v>
+        <v>1874</v>
       </c>
       <c r="H826" s="3">
-        <v>34.99</v>
+        <v>42.99</v>
       </c>
     </row>
     <row r="827">
       <c r="A827" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B827" s="1" t="s">
-        <v>195</v>
+        <v>182</v>
       </c>
       <c r="C827" s="1" t="s">
-        <v>196</v>
+        <v>183</v>
       </c>
       <c r="D827" s="1" t="s">
-        <v>1877</v>
+        <v>1858</v>
       </c>
       <c r="E827" s="1" t="s">
-        <v>1880</v>
+        <v>1870</v>
       </c>
       <c r="F827" s="1" t="s">
-        <v>1881</v>
+        <v>1875</v>
       </c>
       <c r="G827" s="1" t="s">
-        <v>1882</v>
+        <v>1876</v>
       </c>
       <c r="H827" s="3">
-        <v>39.99</v>
+        <v>57.5</v>
       </c>
     </row>
     <row r="828">
       <c r="A828" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B828" s="1" t="s">
-        <v>195</v>
+        <v>182</v>
       </c>
       <c r="C828" s="1" t="s">
-        <v>196</v>
+        <v>183</v>
       </c>
       <c r="D828" s="1" t="s">
+        <v>1858</v>
+      </c>
+      <c r="E828" s="1" t="s">
+        <v>1870</v>
+      </c>
+      <c r="F828" s="1" t="s">
         <v>1877</v>
       </c>
-      <c r="E828" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G828" s="1" t="s">
-        <v>1884</v>
+        <v>1878</v>
       </c>
       <c r="H828" s="3">
-        <v>42.99</v>
+        <v>41.99</v>
       </c>
     </row>
     <row r="829">
       <c r="A829" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B829" s="1" t="s">
-        <v>195</v>
+        <v>182</v>
       </c>
       <c r="C829" s="1" t="s">
-        <v>196</v>
+        <v>183</v>
       </c>
       <c r="D829" s="1" t="s">
-        <v>1877</v>
+        <v>1858</v>
       </c>
       <c r="E829" s="1" t="s">
+        <v>1870</v>
+      </c>
+      <c r="F829" s="1" t="s">
+        <v>1879</v>
+      </c>
+      <c r="G829" s="1" t="s">
         <v>1880</v>
       </c>
-      <c r="F829" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H829" s="3">
-        <v>56.99</v>
+        <v>64.99</v>
       </c>
     </row>
     <row r="830">
       <c r="A830" s="1" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B830" s="1" t="s">
-        <v>195</v>
+        <v>182</v>
       </c>
       <c r="C830" s="1" t="s">
-        <v>196</v>
+        <v>1881</v>
       </c>
       <c r="D830" s="1" t="s">
-        <v>1877</v>
-[...3 lines deleted...]
-      </c>
+        <v>1882</v>
+      </c>
+      <c r="E830" s="1"/>
       <c r="F830" s="1" t="s">
-        <v>1887</v>
+        <v>1883</v>
       </c>
       <c r="G830" s="1" t="s">
-        <v>1888</v>
+        <v>1884</v>
       </c>
       <c r="H830" s="3">
-        <v>41.99</v>
+        <v>42.5</v>
       </c>
     </row>
     <row r="831">
       <c r="A831" s="1" t="s">
-        <v>342</v>
+        <v>1885</v>
       </c>
       <c r="B831" s="1" t="s">
-        <v>195</v>
+        <v>141</v>
       </c>
       <c r="C831" s="1" t="s">
-        <v>196</v>
+        <v>142</v>
       </c>
       <c r="D831" s="1" t="s">
-        <v>1877</v>
-[...3 lines deleted...]
-      </c>
+        <v>346</v>
+      </c>
+      <c r="E831" s="1"/>
       <c r="F831" s="1" t="s">
-        <v>1889</v>
+        <v>1886</v>
       </c>
       <c r="G831" s="1" t="s">
-        <v>1890</v>
+        <v>1887</v>
       </c>
       <c r="H831" s="3">
-        <v>64.99</v>
+        <v>14.99</v>
       </c>
     </row>
     <row r="832">
       <c r="A832" s="1" t="s">
-        <v>342</v>
+        <v>1885</v>
       </c>
       <c r="B832" s="1" t="s">
-        <v>195</v>
+        <v>141</v>
       </c>
       <c r="C832" s="1" t="s">
-        <v>196</v>
+        <v>142</v>
       </c>
       <c r="D832" s="1" t="s">
-        <v>1891</v>
-[...3 lines deleted...]
-      </c>
+        <v>361</v>
+      </c>
+      <c r="E832" s="1"/>
       <c r="F832" s="1" t="s">
-        <v>1893</v>
+        <v>1888</v>
       </c>
       <c r="G832" s="1" t="s">
-        <v>1894</v>
+        <v>1889</v>
       </c>
       <c r="H832" s="3">
-        <v>150</v>
+        <v>10.99</v>
       </c>
     </row>
     <row r="833">
       <c r="A833" s="1" t="s">
-        <v>342</v>
+        <v>1885</v>
       </c>
       <c r="B833" s="1" t="s">
-        <v>195</v>
+        <v>424</v>
       </c>
       <c r="C833" s="1" t="s">
-        <v>196</v>
-[...1 lines deleted...]
-      <c r="D833" s="1" t="s">
+        <v>425</v>
+      </c>
+      <c r="D833" s="1"/>
+      <c r="E833" s="1"/>
+      <c r="F833" s="1" t="s">
+        <v>1890</v>
+      </c>
+      <c r="G833" s="1" t="s">
         <v>1891</v>
       </c>
-      <c r="E833" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H833" s="3">
-        <v>62.99</v>
+        <v>8.69</v>
       </c>
     </row>
     <row r="834">
       <c r="A834" s="1" t="s">
-        <v>342</v>
+        <v>1885</v>
       </c>
       <c r="B834" s="1" t="s">
-        <v>195</v>
+        <v>446</v>
       </c>
       <c r="C834" s="1" t="s">
-        <v>196</v>
+        <v>447</v>
       </c>
       <c r="D834" s="1" t="s">
-        <v>1891</v>
+        <v>448</v>
       </c>
       <c r="E834" s="1" t="s">
+        <v>449</v>
+      </c>
+      <c r="F834" s="1" t="s">
         <v>1892</v>
       </c>
-      <c r="F834" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G834" s="1" t="s">
-        <v>1898</v>
+        <v>1893</v>
       </c>
       <c r="H834" s="3">
-        <v>72.99</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="835">
       <c r="A835" s="1" t="s">
-        <v>342</v>
+        <v>1885</v>
       </c>
       <c r="B835" s="1" t="s">
-        <v>195</v>
+        <v>9</v>
       </c>
       <c r="C835" s="1" t="s">
-        <v>196</v>
-[...6 lines deleted...]
-      </c>
+        <v>1357</v>
+      </c>
+      <c r="D835" s="1"/>
+      <c r="E835" s="1"/>
       <c r="F835" s="1" t="s">
-        <v>1899</v>
+        <v>1894</v>
       </c>
       <c r="G835" s="1" t="s">
-        <v>1900</v>
+        <v>1895</v>
       </c>
       <c r="H835" s="3">
-        <v>54.99</v>
+        <v>12.99</v>
       </c>
     </row>
     <row r="836">
       <c r="A836" s="1" t="s">
-        <v>342</v>
+        <v>1885</v>
       </c>
       <c r="B836" s="1" t="s">
-        <v>195</v>
+        <v>9</v>
       </c>
       <c r="C836" s="1" t="s">
-        <v>1901</v>
-[...3 lines deleted...]
-      </c>
+        <v>295</v>
+      </c>
+      <c r="D836" s="1"/>
       <c r="E836" s="1"/>
       <c r="F836" s="1" t="s">
-        <v>1903</v>
+        <v>1896</v>
       </c>
       <c r="G836" s="1" t="s">
-        <v>1904</v>
+        <v>1897</v>
       </c>
       <c r="H836" s="3">
-        <v>41.99</v>
+        <v>10.99</v>
       </c>
     </row>
     <row r="837">
       <c r="A837" s="1" t="s">
-        <v>1905</v>
+        <v>1885</v>
       </c>
       <c r="B837" s="1" t="s">
-        <v>146</v>
+        <v>9</v>
       </c>
       <c r="C837" s="1" t="s">
-        <v>147</v>
-[...3 lines deleted...]
-      </c>
+        <v>295</v>
+      </c>
+      <c r="D837" s="1"/>
       <c r="E837" s="1"/>
       <c r="F837" s="1" t="s">
-        <v>1906</v>
+        <v>1898</v>
       </c>
       <c r="G837" s="1" t="s">
-        <v>1907</v>
+        <v>1899</v>
       </c>
       <c r="H837" s="3">
-        <v>14.99</v>
+        <v>11.99</v>
       </c>
     </row>
     <row r="838">
       <c r="A838" s="1" t="s">
-        <v>1905</v>
+        <v>1885</v>
       </c>
       <c r="B838" s="1" t="s">
-        <v>146</v>
+        <v>9</v>
       </c>
       <c r="C838" s="1" t="s">
-        <v>147</v>
-[...3 lines deleted...]
-      </c>
+        <v>295</v>
+      </c>
+      <c r="D838" s="1"/>
       <c r="E838" s="1"/>
       <c r="F838" s="1" t="s">
-        <v>1908</v>
+        <v>1900</v>
       </c>
       <c r="G838" s="1" t="s">
-        <v>1909</v>
+        <v>1901</v>
       </c>
       <c r="H838" s="3">
         <v>10.99</v>
       </c>
     </row>
     <row r="839">
       <c r="A839" s="1" t="s">
-        <v>1905</v>
+        <v>1885</v>
       </c>
       <c r="B839" s="1" t="s">
-        <v>441</v>
+        <v>9</v>
       </c>
       <c r="C839" s="1" t="s">
-        <v>442</v>
+        <v>295</v>
       </c>
       <c r="D839" s="1"/>
       <c r="E839" s="1"/>
       <c r="F839" s="1" t="s">
-        <v>1910</v>
+        <v>1902</v>
       </c>
       <c r="G839" s="1" t="s">
-        <v>1911</v>
+        <v>1903</v>
       </c>
       <c r="H839" s="3">
-        <v>8.69</v>
+        <v>9.99</v>
       </c>
     </row>
     <row r="840">
       <c r="A840" s="1" t="s">
+        <v>1885</v>
+      </c>
+      <c r="B840" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C840" s="1" t="s">
+        <v>295</v>
+      </c>
+      <c r="D840" s="1"/>
+      <c r="E840" s="1"/>
+      <c r="F840" s="1" t="s">
+        <v>1904</v>
+      </c>
+      <c r="G840" s="1" t="s">
         <v>1905</v>
       </c>
-      <c r="B840" s="1" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H840" s="3">
-        <v>19.99</v>
+        <v>9.49</v>
       </c>
     </row>
     <row r="841">
       <c r="A841" s="1" t="s">
-        <v>1905</v>
+        <v>1885</v>
       </c>
       <c r="B841" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C841" s="1" t="s">
-        <v>1382</v>
-[...1 lines deleted...]
-      <c r="D841" s="1"/>
+        <v>295</v>
+      </c>
+      <c r="D841" s="1" t="s">
+        <v>1401</v>
+      </c>
       <c r="E841" s="1"/>
       <c r="F841" s="1" t="s">
-        <v>1914</v>
+        <v>1906</v>
       </c>
       <c r="G841" s="1" t="s">
-        <v>1915</v>
+        <v>1907</v>
       </c>
       <c r="H841" s="3">
-        <v>12.99</v>
+        <v>4.19</v>
       </c>
     </row>
     <row r="842">
       <c r="A842" s="1" t="s">
-        <v>1905</v>
+        <v>1885</v>
       </c>
       <c r="B842" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C842" s="1" t="s">
-        <v>308</v>
+        <v>1408</v>
       </c>
       <c r="D842" s="1"/>
       <c r="E842" s="1"/>
       <c r="F842" s="1" t="s">
-        <v>1916</v>
+        <v>1908</v>
       </c>
       <c r="G842" s="1" t="s">
-        <v>1917</v>
+        <v>1909</v>
       </c>
       <c r="H842" s="3">
-        <v>10.99</v>
+        <v>14.99</v>
       </c>
     </row>
     <row r="843">
       <c r="A843" s="1" t="s">
-        <v>1905</v>
+        <v>1885</v>
       </c>
       <c r="B843" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C843" s="1" t="s">
-        <v>308</v>
+        <v>1427</v>
       </c>
       <c r="D843" s="1"/>
       <c r="E843" s="1"/>
       <c r="F843" s="1" t="s">
-        <v>1918</v>
+        <v>1910</v>
       </c>
       <c r="G843" s="1" t="s">
-        <v>1919</v>
+        <v>1911</v>
       </c>
       <c r="H843" s="3">
-        <v>11.99</v>
+        <v>17.49</v>
       </c>
     </row>
     <row r="844">
       <c r="A844" s="1" t="s">
-        <v>1905</v>
+        <v>1885</v>
       </c>
       <c r="B844" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C844" s="1" t="s">
-        <v>308</v>
+        <v>1427</v>
       </c>
       <c r="D844" s="1"/>
       <c r="E844" s="1"/>
       <c r="F844" s="1" t="s">
-        <v>1920</v>
+        <v>1912</v>
       </c>
       <c r="G844" s="1" t="s">
-        <v>1921</v>
+        <v>1913</v>
       </c>
       <c r="H844" s="3">
-        <v>10.99</v>
+        <v>14.99</v>
       </c>
     </row>
     <row r="845">
       <c r="A845" s="1" t="s">
-        <v>1905</v>
+        <v>1885</v>
       </c>
       <c r="B845" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C845" s="1" t="s">
-        <v>308</v>
+        <v>1427</v>
       </c>
       <c r="D845" s="1"/>
       <c r="E845" s="1"/>
       <c r="F845" s="1" t="s">
-        <v>1922</v>
+        <v>1914</v>
       </c>
       <c r="G845" s="1" t="s">
-        <v>1923</v>
+        <v>1915</v>
       </c>
       <c r="H845" s="3">
-        <v>9.99</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="846">
       <c r="A846" s="1" t="s">
-        <v>1905</v>
+        <v>1885</v>
       </c>
       <c r="B846" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C846" s="1" t="s">
-        <v>308</v>
+        <v>1427</v>
       </c>
       <c r="D846" s="1"/>
       <c r="E846" s="1"/>
       <c r="F846" s="1" t="s">
-        <v>1924</v>
+        <v>1916</v>
       </c>
       <c r="G846" s="1" t="s">
-        <v>1925</v>
+        <v>1917</v>
       </c>
       <c r="H846" s="3">
-        <v>9.49</v>
+        <v>54.99</v>
       </c>
     </row>
     <row r="847">
       <c r="A847" s="1" t="s">
-        <v>1905</v>
+        <v>1885</v>
       </c>
       <c r="B847" s="1" t="s">
-        <v>9</v>
+        <v>174</v>
       </c>
       <c r="C847" s="1" t="s">
-        <v>308</v>
-[...3 lines deleted...]
-      </c>
+        <v>175</v>
+      </c>
+      <c r="D847" s="1"/>
       <c r="E847" s="1"/>
       <c r="F847" s="1" t="s">
-        <v>1926</v>
+        <v>1918</v>
       </c>
       <c r="G847" s="1" t="s">
-        <v>1927</v>
+        <v>1919</v>
       </c>
       <c r="H847" s="3">
-        <v>4.19</v>
+        <v>8.99</v>
       </c>
     </row>
     <row r="848">
       <c r="A848" s="1" t="s">
-        <v>1905</v>
+        <v>1885</v>
       </c>
       <c r="B848" s="1" t="s">
-        <v>9</v>
+        <v>174</v>
       </c>
       <c r="C848" s="1" t="s">
-        <v>1431</v>
+        <v>175</v>
       </c>
       <c r="D848" s="1"/>
       <c r="E848" s="1"/>
       <c r="F848" s="1" t="s">
-        <v>1928</v>
+        <v>1920</v>
       </c>
       <c r="G848" s="1" t="s">
-        <v>1929</v>
+        <v>1921</v>
       </c>
       <c r="H848" s="3">
-        <v>10.99</v>
+        <v>9.99</v>
       </c>
     </row>
     <row r="849">
       <c r="A849" s="1" t="s">
-        <v>1905</v>
+        <v>1885</v>
       </c>
       <c r="B849" s="1" t="s">
-        <v>9</v>
+        <v>174</v>
       </c>
       <c r="C849" s="1" t="s">
-        <v>1431</v>
-[...1 lines deleted...]
-      <c r="D849" s="1"/>
+        <v>175</v>
+      </c>
+      <c r="D849" s="1" t="s">
+        <v>315</v>
+      </c>
       <c r="E849" s="1"/>
       <c r="F849" s="1" t="s">
-        <v>1930</v>
+        <v>1922</v>
       </c>
       <c r="G849" s="1" t="s">
-        <v>1931</v>
+        <v>1923</v>
       </c>
       <c r="H849" s="3">
-        <v>14.99</v>
+        <v>8.99</v>
       </c>
     </row>
     <row r="850">
       <c r="A850" s="1" t="s">
-        <v>1905</v>
+        <v>1885</v>
       </c>
       <c r="B850" s="1" t="s">
-        <v>9</v>
+        <v>174</v>
       </c>
       <c r="C850" s="1" t="s">
-        <v>1450</v>
-[...1 lines deleted...]
-      <c r="D850" s="1"/>
+        <v>175</v>
+      </c>
+      <c r="D850" s="1" t="s">
+        <v>320</v>
+      </c>
       <c r="E850" s="1"/>
       <c r="F850" s="1" t="s">
-        <v>1932</v>
+        <v>1924</v>
       </c>
       <c r="G850" s="1" t="s">
-        <v>1933</v>
+        <v>1925</v>
       </c>
       <c r="H850" s="3">
-        <v>17.49</v>
+        <v>8.99</v>
       </c>
     </row>
     <row r="851">
       <c r="A851" s="1" t="s">
-        <v>1905</v>
+        <v>1885</v>
       </c>
       <c r="B851" s="1" t="s">
-        <v>9</v>
+        <v>187</v>
       </c>
       <c r="C851" s="1" t="s">
-        <v>1450</v>
-[...1 lines deleted...]
-      <c r="D851" s="1"/>
+        <v>191</v>
+      </c>
+      <c r="D851" s="1" t="s">
+        <v>1926</v>
+      </c>
       <c r="E851" s="1"/>
       <c r="F851" s="1" t="s">
-        <v>1934</v>
+        <v>1927</v>
       </c>
       <c r="G851" s="1" t="s">
-        <v>1935</v>
+        <v>1928</v>
       </c>
       <c r="H851" s="3">
-        <v>14.99</v>
+        <v>9.89</v>
       </c>
     </row>
     <row r="852">
       <c r="A852" s="1" t="s">
-        <v>1905</v>
+        <v>1885</v>
       </c>
       <c r="B852" s="1" t="s">
-        <v>9</v>
+        <v>1723</v>
       </c>
       <c r="C852" s="1" t="s">
-        <v>1450</v>
-[...1 lines deleted...]
-      <c r="D852" s="1"/>
+        <v>1739</v>
+      </c>
+      <c r="D852" s="1" t="s">
+        <v>1740</v>
+      </c>
       <c r="E852" s="1"/>
       <c r="F852" s="1" t="s">
-        <v>1936</v>
+        <v>1929</v>
       </c>
       <c r="G852" s="1" t="s">
-        <v>1937</v>
+        <v>1930</v>
       </c>
       <c r="H852" s="3">
-        <v>18.99</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="853">
       <c r="A853" s="1" t="s">
-        <v>1905</v>
+        <v>1885</v>
       </c>
       <c r="B853" s="1" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="C853" s="1" t="s">
-        <v>180</v>
+        <v>1779</v>
       </c>
       <c r="D853" s="1"/>
       <c r="E853" s="1"/>
       <c r="F853" s="1" t="s">
-        <v>1938</v>
+        <v>1931</v>
       </c>
       <c r="G853" s="1" t="s">
-        <v>1939</v>
+        <v>1932</v>
       </c>
       <c r="H853" s="3">
-        <v>8.99</v>
+        <v>2.99</v>
       </c>
     </row>
     <row r="854">
       <c r="A854" s="1" t="s">
-        <v>1905</v>
+        <v>1885</v>
       </c>
       <c r="B854" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="C854" s="1" t="s">
         <v>179</v>
-      </c>
-[...1 lines deleted...]
-        <v>180</v>
       </c>
       <c r="D854" s="1"/>
       <c r="E854" s="1"/>
       <c r="F854" s="1" t="s">
-        <v>1940</v>
+        <v>1933</v>
       </c>
       <c r="G854" s="1" t="s">
-        <v>1941</v>
+        <v>1934</v>
       </c>
       <c r="H854" s="3">
-        <v>9.99</v>
+        <v>8.99</v>
       </c>
     </row>
     <row r="855">
       <c r="A855" s="1" t="s">
-        <v>1905</v>
+        <v>1885</v>
       </c>
       <c r="B855" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="C855" s="1" t="s">
         <v>179</v>
       </c>
-      <c r="C855" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D855" s="1"/>
       <c r="E855" s="1"/>
       <c r="F855" s="1" t="s">
-        <v>1942</v>
+        <v>1935</v>
       </c>
       <c r="G855" s="1" t="s">
-        <v>1943</v>
+        <v>1936</v>
       </c>
       <c r="H855" s="3">
         <v>8.99</v>
       </c>
     </row>
     <row r="856">
       <c r="A856" s="1" t="s">
-        <v>1905</v>
+        <v>1885</v>
       </c>
       <c r="B856" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="C856" s="1" t="s">
         <v>179</v>
       </c>
-      <c r="C856" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D856" s="1"/>
       <c r="E856" s="1"/>
       <c r="F856" s="1" t="s">
-        <v>1944</v>
+        <v>1937</v>
       </c>
       <c r="G856" s="1" t="s">
-        <v>1945</v>
+        <v>1938</v>
       </c>
       <c r="H856" s="3">
-        <v>8.99</v>
+        <v>9.99</v>
       </c>
     </row>
     <row r="857">
       <c r="A857" s="1" t="s">
-        <v>1905</v>
+        <v>1885</v>
       </c>
       <c r="B857" s="1" t="s">
-        <v>200</v>
+        <v>178</v>
       </c>
       <c r="C857" s="1" t="s">
-        <v>204</v>
+        <v>1806</v>
       </c>
       <c r="D857" s="1" t="s">
-        <v>1946</v>
+        <v>1939</v>
       </c>
       <c r="E857" s="1"/>
       <c r="F857" s="1" t="s">
-        <v>1947</v>
+        <v>1940</v>
       </c>
       <c r="G857" s="1" t="s">
-        <v>1948</v>
+        <v>1941</v>
       </c>
       <c r="H857" s="3">
-        <v>9.89</v>
+        <v>10.99</v>
       </c>
     </row>
     <row r="858">
       <c r="A858" s="1" t="s">
-        <v>1905</v>
+        <v>1885</v>
       </c>
       <c r="B858" s="1" t="s">
-        <v>183</v>
+        <v>1835</v>
       </c>
       <c r="C858" s="1" t="s">
-        <v>1761</v>
-[...3 lines deleted...]
-      </c>
+        <v>1836</v>
+      </c>
+      <c r="D858" s="1"/>
       <c r="E858" s="1"/>
       <c r="F858" s="1" t="s">
-        <v>1949</v>
+        <v>1942</v>
       </c>
       <c r="G858" s="1" t="s">
-        <v>1950</v>
+        <v>1943</v>
       </c>
       <c r="H858" s="3">
-        <v>19.99</v>
+        <v>10.69</v>
       </c>
     </row>
     <row r="859">
       <c r="A859" s="1" t="s">
-        <v>1905</v>
+        <v>1885</v>
       </c>
       <c r="B859" s="1" t="s">
-        <v>187</v>
+        <v>1835</v>
       </c>
       <c r="C859" s="1" t="s">
-        <v>1802</v>
+        <v>1836</v>
       </c>
       <c r="D859" s="1"/>
       <c r="E859" s="1"/>
       <c r="F859" s="1" t="s">
-        <v>1951</v>
+        <v>1944</v>
       </c>
       <c r="G859" s="1" t="s">
-        <v>1952</v>
+        <v>1945</v>
       </c>
       <c r="H859" s="3">
-        <v>2.99</v>
+        <v>12.99</v>
       </c>
     </row>
     <row r="860">
       <c r="A860" s="1" t="s">
-        <v>1905</v>
+        <v>1885</v>
       </c>
       <c r="B860" s="1" t="s">
-        <v>187</v>
+        <v>182</v>
       </c>
       <c r="C860" s="1" t="s">
-        <v>188</v>
+        <v>183</v>
       </c>
       <c r="D860" s="1"/>
       <c r="E860" s="1"/>
       <c r="F860" s="1" t="s">
-        <v>1953</v>
+        <v>1946</v>
       </c>
       <c r="G860" s="1" t="s">
-        <v>1954</v>
+        <v>1947</v>
       </c>
       <c r="H860" s="3">
-        <v>8.99</v>
+        <v>10.49</v>
       </c>
     </row>
     <row r="861">
       <c r="A861" s="1" t="s">
-        <v>1905</v>
+        <v>1885</v>
       </c>
       <c r="B861" s="1" t="s">
-        <v>187</v>
+        <v>182</v>
       </c>
       <c r="C861" s="1" t="s">
-        <v>188</v>
+        <v>183</v>
       </c>
       <c r="D861" s="1"/>
       <c r="E861" s="1"/>
       <c r="F861" s="1" t="s">
-        <v>1955</v>
+        <v>1948</v>
       </c>
       <c r="G861" s="1" t="s">
-        <v>1956</v>
+        <v>1949</v>
       </c>
       <c r="H861" s="3">
         <v>8.99</v>
       </c>
     </row>
     <row r="862">
       <c r="A862" s="1" t="s">
-        <v>1905</v>
+        <v>1950</v>
       </c>
       <c r="B862" s="1" t="s">
-        <v>187</v>
+        <v>141</v>
       </c>
       <c r="C862" s="1" t="s">
-        <v>188</v>
-[...1 lines deleted...]
-      <c r="D862" s="1"/>
+        <v>142</v>
+      </c>
+      <c r="D862" s="1" t="s">
+        <v>361</v>
+      </c>
       <c r="E862" s="1"/>
       <c r="F862" s="1" t="s">
-        <v>1957</v>
+        <v>1951</v>
       </c>
       <c r="G862" s="1" t="s">
-        <v>1958</v>
+        <v>1952</v>
       </c>
       <c r="H862" s="3">
-        <v>9.99</v>
+        <v>13.19</v>
       </c>
     </row>
     <row r="863">
       <c r="A863" s="1" t="s">
-        <v>1905</v>
+        <v>1950</v>
       </c>
       <c r="B863" s="1" t="s">
-        <v>187</v>
+        <v>446</v>
       </c>
       <c r="C863" s="1" t="s">
-        <v>1827</v>
+        <v>447</v>
       </c>
       <c r="D863" s="1" t="s">
-        <v>1959</v>
+        <v>448</v>
       </c>
       <c r="E863" s="1"/>
       <c r="F863" s="1" t="s">
-        <v>1960</v>
+        <v>1953</v>
       </c>
       <c r="G863" s="1" t="s">
-        <v>1961</v>
+        <v>1954</v>
       </c>
       <c r="H863" s="3">
-        <v>10.49</v>
+        <v>44.99</v>
       </c>
     </row>
     <row r="864">
       <c r="A864" s="1" t="s">
-        <v>1905</v>
+        <v>1950</v>
       </c>
       <c r="B864" s="1" t="s">
-        <v>191</v>
+        <v>446</v>
       </c>
       <c r="C864" s="1" t="s">
-        <v>192</v>
-[...1 lines deleted...]
-      <c r="D864" s="1"/>
+        <v>447</v>
+      </c>
+      <c r="D864" s="1" t="s">
+        <v>448</v>
+      </c>
       <c r="E864" s="1"/>
       <c r="F864" s="1" t="s">
-        <v>1962</v>
+        <v>1955</v>
       </c>
       <c r="G864" s="1" t="s">
-        <v>1963</v>
+        <v>1956</v>
       </c>
       <c r="H864" s="3">
-        <v>10.69</v>
+        <v>44.99</v>
       </c>
     </row>
     <row r="865">
       <c r="A865" s="1" t="s">
-        <v>1905</v>
+        <v>1950</v>
       </c>
       <c r="B865" s="1" t="s">
-        <v>191</v>
+        <v>446</v>
       </c>
       <c r="C865" s="1" t="s">
-        <v>192</v>
-[...1 lines deleted...]
-      <c r="D865" s="1"/>
+        <v>447</v>
+      </c>
+      <c r="D865" s="1" t="s">
+        <v>448</v>
+      </c>
       <c r="E865" s="1"/>
       <c r="F865" s="1" t="s">
-        <v>1964</v>
+        <v>1957</v>
       </c>
       <c r="G865" s="1" t="s">
-        <v>1965</v>
+        <v>1958</v>
       </c>
       <c r="H865" s="3">
-        <v>12.99</v>
+        <v>43.99</v>
       </c>
     </row>
     <row r="866">
       <c r="A866" s="1" t="s">
-        <v>1905</v>
+        <v>1950</v>
       </c>
       <c r="B866" s="1" t="s">
-        <v>195</v>
+        <v>446</v>
       </c>
       <c r="C866" s="1" t="s">
-        <v>196</v>
-[...1 lines deleted...]
-      <c r="D866" s="1"/>
+        <v>447</v>
+      </c>
+      <c r="D866" s="1" t="s">
+        <v>448</v>
+      </c>
       <c r="E866" s="1"/>
       <c r="F866" s="1" t="s">
-        <v>1966</v>
+        <v>1959</v>
       </c>
       <c r="G866" s="1" t="s">
-        <v>1967</v>
+        <v>1960</v>
       </c>
       <c r="H866" s="3">
-        <v>9.99</v>
+        <v>75.49</v>
       </c>
     </row>
     <row r="867">
       <c r="A867" s="1" t="s">
-        <v>1905</v>
+        <v>1950</v>
       </c>
       <c r="B867" s="1" t="s">
-        <v>195</v>
+        <v>446</v>
       </c>
       <c r="C867" s="1" t="s">
-        <v>196</v>
-[...1 lines deleted...]
-      <c r="D867" s="1"/>
+        <v>447</v>
+      </c>
+      <c r="D867" s="1" t="s">
+        <v>448</v>
+      </c>
       <c r="E867" s="1"/>
       <c r="F867" s="1" t="s">
-        <v>1968</v>
+        <v>1961</v>
       </c>
       <c r="G867" s="1" t="s">
-        <v>1969</v>
+        <v>1962</v>
       </c>
       <c r="H867" s="3">
-        <v>8.99</v>
+        <v>37.99</v>
       </c>
     </row>
     <row r="868">
       <c r="A868" s="1" t="s">
-        <v>1970</v>
+        <v>1950</v>
       </c>
       <c r="B868" s="1" t="s">
-        <v>146</v>
+        <v>446</v>
       </c>
       <c r="C868" s="1" t="s">
-        <v>147</v>
+        <v>447</v>
       </c>
       <c r="D868" s="1" t="s">
-        <v>372</v>
+        <v>448</v>
       </c>
       <c r="E868" s="1"/>
       <c r="F868" s="1" t="s">
-        <v>1971</v>
+        <v>1963</v>
       </c>
       <c r="G868" s="1" t="s">
-        <v>1972</v>
+        <v>1964</v>
       </c>
       <c r="H868" s="3">
-        <v>13.19</v>
+        <v>85.49</v>
       </c>
     </row>
     <row r="869">
       <c r="A869" s="1" t="s">
-        <v>1970</v>
+        <v>1950</v>
       </c>
       <c r="B869" s="1" t="s">
-        <v>468</v>
+        <v>446</v>
       </c>
       <c r="C869" s="1" t="s">
-        <v>469</v>
+        <v>447</v>
       </c>
       <c r="D869" s="1" t="s">
-        <v>470</v>
+        <v>448</v>
       </c>
       <c r="E869" s="1"/>
       <c r="F869" s="1" t="s">
-        <v>1973</v>
+        <v>1965</v>
       </c>
       <c r="G869" s="1" t="s">
-        <v>1974</v>
+        <v>1966</v>
       </c>
       <c r="H869" s="3">
-        <v>44.99</v>
+        <v>85.49</v>
       </c>
     </row>
     <row r="870">
       <c r="A870" s="1" t="s">
-        <v>1970</v>
+        <v>1950</v>
       </c>
       <c r="B870" s="1" t="s">
-        <v>468</v>
+        <v>446</v>
       </c>
       <c r="C870" s="1" t="s">
-        <v>469</v>
+        <v>447</v>
       </c>
       <c r="D870" s="1" t="s">
-        <v>470</v>
+        <v>448</v>
       </c>
       <c r="E870" s="1"/>
       <c r="F870" s="1" t="s">
-        <v>1975</v>
+        <v>1967</v>
       </c>
       <c r="G870" s="1" t="s">
-        <v>1976</v>
+        <v>1968</v>
       </c>
       <c r="H870" s="3">
-        <v>44.99</v>
+        <v>33.99</v>
       </c>
     </row>
     <row r="871">
       <c r="A871" s="1" t="s">
-        <v>1970</v>
+        <v>1950</v>
       </c>
       <c r="B871" s="1" t="s">
-        <v>468</v>
+        <v>446</v>
       </c>
       <c r="C871" s="1" t="s">
-        <v>469</v>
+        <v>447</v>
       </c>
       <c r="D871" s="1" t="s">
-        <v>470</v>
+        <v>448</v>
       </c>
       <c r="E871" s="1"/>
       <c r="F871" s="1" t="s">
-        <v>1977</v>
+        <v>1969</v>
       </c>
       <c r="G871" s="1" t="s">
-        <v>1978</v>
+        <v>1970</v>
       </c>
       <c r="H871" s="3">
-        <v>43.99</v>
+        <v>29.99</v>
       </c>
     </row>
     <row r="872">
       <c r="A872" s="1" t="s">
-        <v>1970</v>
+        <v>1950</v>
       </c>
       <c r="B872" s="1" t="s">
-        <v>468</v>
+        <v>446</v>
       </c>
       <c r="C872" s="1" t="s">
-        <v>469</v>
+        <v>447</v>
       </c>
       <c r="D872" s="1" t="s">
-        <v>470</v>
+        <v>448</v>
       </c>
       <c r="E872" s="1"/>
       <c r="F872" s="1" t="s">
-        <v>1979</v>
+        <v>1971</v>
       </c>
       <c r="G872" s="1" t="s">
-        <v>1980</v>
+        <v>1972</v>
       </c>
       <c r="H872" s="3">
-        <v>75.49</v>
+        <v>29.99</v>
       </c>
     </row>
     <row r="873">
       <c r="A873" s="1" t="s">
-        <v>1970</v>
+        <v>1950</v>
       </c>
       <c r="B873" s="1" t="s">
-        <v>468</v>
+        <v>446</v>
       </c>
       <c r="C873" s="1" t="s">
-        <v>469</v>
+        <v>447</v>
       </c>
       <c r="D873" s="1" t="s">
-        <v>470</v>
-[...1 lines deleted...]
-      <c r="E873" s="1"/>
+        <v>448</v>
+      </c>
+      <c r="E873" s="1" t="s">
+        <v>449</v>
+      </c>
       <c r="F873" s="1" t="s">
-        <v>1981</v>
+        <v>1973</v>
       </c>
       <c r="G873" s="1" t="s">
-        <v>1982</v>
+        <v>1974</v>
       </c>
       <c r="H873" s="3">
-        <v>37.99</v>
+        <v>26.99</v>
       </c>
     </row>
     <row r="874">
       <c r="A874" s="1" t="s">
-        <v>1970</v>
+        <v>1950</v>
       </c>
       <c r="B874" s="1" t="s">
-        <v>468</v>
+        <v>446</v>
       </c>
       <c r="C874" s="1" t="s">
-        <v>469</v>
+        <v>447</v>
       </c>
       <c r="D874" s="1" t="s">
-        <v>470</v>
-[...1 lines deleted...]
-      <c r="E874" s="1"/>
+        <v>448</v>
+      </c>
+      <c r="E874" s="1" t="s">
+        <v>449</v>
+      </c>
       <c r="F874" s="1" t="s">
-        <v>1983</v>
+        <v>1975</v>
       </c>
       <c r="G874" s="1" t="s">
-        <v>1984</v>
+        <v>1976</v>
       </c>
       <c r="H874" s="3">
-        <v>85.49</v>
+        <v>31.99</v>
       </c>
     </row>
     <row r="875">
       <c r="A875" s="1" t="s">
-        <v>1970</v>
+        <v>1950</v>
       </c>
       <c r="B875" s="1" t="s">
-        <v>468</v>
+        <v>446</v>
       </c>
       <c r="C875" s="1" t="s">
-        <v>469</v>
+        <v>447</v>
       </c>
       <c r="D875" s="1" t="s">
-        <v>470</v>
-[...1 lines deleted...]
-      <c r="E875" s="1"/>
+        <v>448</v>
+      </c>
+      <c r="E875" s="1" t="s">
+        <v>1977</v>
+      </c>
       <c r="F875" s="1" t="s">
-        <v>1985</v>
+        <v>1978</v>
       </c>
       <c r="G875" s="1" t="s">
-        <v>1986</v>
+        <v>1979</v>
       </c>
       <c r="H875" s="3">
-        <v>85.49</v>
+        <v>110</v>
       </c>
     </row>
     <row r="876">
       <c r="A876" s="1" t="s">
-        <v>1970</v>
+        <v>1950</v>
       </c>
       <c r="B876" s="1" t="s">
-        <v>468</v>
+        <v>446</v>
       </c>
       <c r="C876" s="1" t="s">
-        <v>469</v>
+        <v>447</v>
       </c>
       <c r="D876" s="1" t="s">
-        <v>470</v>
-[...1 lines deleted...]
-      <c r="E876" s="1"/>
+        <v>448</v>
+      </c>
+      <c r="E876" s="1" t="s">
+        <v>1977</v>
+      </c>
       <c r="F876" s="1" t="s">
-        <v>1987</v>
+        <v>1980</v>
       </c>
       <c r="G876" s="1" t="s">
-        <v>1988</v>
+        <v>1981</v>
       </c>
       <c r="H876" s="3">
-        <v>33.99</v>
+        <v>28.89</v>
       </c>
     </row>
     <row r="877">
       <c r="A877" s="1" t="s">
-        <v>1970</v>
+        <v>1950</v>
       </c>
       <c r="B877" s="1" t="s">
-        <v>468</v>
+        <v>446</v>
       </c>
       <c r="C877" s="1" t="s">
-        <v>469</v>
+        <v>447</v>
       </c>
       <c r="D877" s="1" t="s">
-        <v>470</v>
-[...1 lines deleted...]
-      <c r="E877" s="1"/>
+        <v>448</v>
+      </c>
+      <c r="E877" s="1" t="s">
+        <v>1977</v>
+      </c>
       <c r="F877" s="1" t="s">
-        <v>1989</v>
+        <v>1982</v>
       </c>
       <c r="G877" s="1" t="s">
-        <v>1990</v>
+        <v>1983</v>
       </c>
       <c r="H877" s="3">
-        <v>29.99</v>
+        <v>68</v>
       </c>
     </row>
     <row r="878">
       <c r="A878" s="1" t="s">
-        <v>1970</v>
+        <v>1950</v>
       </c>
       <c r="B878" s="1" t="s">
-        <v>468</v>
+        <v>446</v>
       </c>
       <c r="C878" s="1" t="s">
-        <v>469</v>
+        <v>447</v>
       </c>
       <c r="D878" s="1" t="s">
-        <v>470</v>
-[...1 lines deleted...]
-      <c r="E878" s="1"/>
+        <v>448</v>
+      </c>
+      <c r="E878" s="1" t="s">
+        <v>1977</v>
+      </c>
       <c r="F878" s="1" t="s">
-        <v>1991</v>
+        <v>1984</v>
       </c>
       <c r="G878" s="1" t="s">
-        <v>1992</v>
+        <v>1985</v>
       </c>
       <c r="H878" s="3">
-        <v>29.99</v>
+        <v>17.49</v>
       </c>
     </row>
     <row r="879">
       <c r="A879" s="1" t="s">
-        <v>1970</v>
+        <v>1950</v>
       </c>
       <c r="B879" s="1" t="s">
-        <v>468</v>
+        <v>446</v>
       </c>
       <c r="C879" s="1" t="s">
-        <v>469</v>
+        <v>447</v>
       </c>
       <c r="D879" s="1" t="s">
-        <v>470</v>
+        <v>448</v>
       </c>
       <c r="E879" s="1" t="s">
-        <v>471</v>
+        <v>1977</v>
       </c>
       <c r="F879" s="1" t="s">
-        <v>1993</v>
+        <v>1986</v>
       </c>
       <c r="G879" s="1" t="s">
-        <v>1994</v>
+        <v>1987</v>
       </c>
       <c r="H879" s="3">
-        <v>26.99</v>
+        <v>30.99</v>
       </c>
     </row>
     <row r="880">
       <c r="A880" s="1" t="s">
-        <v>1970</v>
+        <v>1950</v>
       </c>
       <c r="B880" s="1" t="s">
-        <v>468</v>
+        <v>446</v>
       </c>
       <c r="C880" s="1" t="s">
-        <v>469</v>
+        <v>447</v>
       </c>
       <c r="D880" s="1" t="s">
-        <v>470</v>
+        <v>448</v>
       </c>
       <c r="E880" s="1" t="s">
-        <v>471</v>
+        <v>1977</v>
       </c>
       <c r="F880" s="1" t="s">
-        <v>1995</v>
+        <v>1988</v>
       </c>
       <c r="G880" s="1" t="s">
-        <v>1996</v>
+        <v>1989</v>
       </c>
       <c r="H880" s="3">
-        <v>31.99</v>
+        <v>33.99</v>
       </c>
     </row>
     <row r="881">
       <c r="A881" s="1" t="s">
-        <v>1970</v>
+        <v>1950</v>
       </c>
       <c r="B881" s="1" t="s">
-        <v>468</v>
+        <v>446</v>
       </c>
       <c r="C881" s="1" t="s">
-        <v>469</v>
+        <v>447</v>
       </c>
       <c r="D881" s="1" t="s">
-        <v>470</v>
+        <v>448</v>
       </c>
       <c r="E881" s="1" t="s">
-        <v>1997</v>
+        <v>1977</v>
       </c>
       <c r="F881" s="1" t="s">
-        <v>1998</v>
+        <v>1990</v>
       </c>
       <c r="G881" s="1" t="s">
-        <v>1999</v>
+        <v>1991</v>
       </c>
       <c r="H881" s="3">
-        <v>110</v>
+        <v>79.99</v>
       </c>
     </row>
     <row r="882">
       <c r="A882" s="1" t="s">
-        <v>1970</v>
+        <v>1950</v>
       </c>
       <c r="B882" s="1" t="s">
-        <v>468</v>
+        <v>9</v>
       </c>
       <c r="C882" s="1" t="s">
-        <v>469</v>
+        <v>1992</v>
       </c>
       <c r="D882" s="1" t="s">
-        <v>470</v>
-[...3 lines deleted...]
-      </c>
+        <v>1993</v>
+      </c>
+      <c r="E882" s="1"/>
       <c r="F882" s="1" t="s">
-        <v>2000</v>
+        <v>1994</v>
       </c>
       <c r="G882" s="1" t="s">
-        <v>2001</v>
+        <v>1995</v>
       </c>
       <c r="H882" s="3">
-        <v>42.99</v>
+        <v>17.99</v>
       </c>
     </row>
     <row r="883">
       <c r="A883" s="1" t="s">
-        <v>1970</v>
+        <v>1950</v>
       </c>
       <c r="B883" s="1" t="s">
-        <v>468</v>
+        <v>9</v>
       </c>
       <c r="C883" s="1" t="s">
-        <v>469</v>
+        <v>1992</v>
       </c>
       <c r="D883" s="1" t="s">
-        <v>470</v>
-[...1 lines deleted...]
-      <c r="E883" s="1" t="s">
+        <v>1993</v>
+      </c>
+      <c r="E883" s="1"/>
+      <c r="F883" s="1" t="s">
+        <v>1996</v>
+      </c>
+      <c r="G883" s="1" t="s">
         <v>1997</v>
       </c>
-      <c r="F883" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H883" s="3">
-        <v>28.89</v>
+        <v>14.99</v>
       </c>
     </row>
     <row r="884">
       <c r="A884" s="1" t="s">
-        <v>1970</v>
+        <v>1950</v>
       </c>
       <c r="B884" s="1" t="s">
-        <v>468</v>
+        <v>9</v>
       </c>
       <c r="C884" s="1" t="s">
-        <v>469</v>
-[...6 lines deleted...]
-      </c>
+        <v>9</v>
+      </c>
+      <c r="D884" s="1"/>
+      <c r="E884" s="1"/>
       <c r="F884" s="1" t="s">
-        <v>2004</v>
+        <v>1998</v>
       </c>
       <c r="G884" s="1" t="s">
-        <v>2005</v>
+        <v>1999</v>
       </c>
       <c r="H884" s="3">
-        <v>68</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="885">
       <c r="A885" s="1" t="s">
-        <v>1970</v>
+        <v>1950</v>
       </c>
       <c r="B885" s="1" t="s">
-        <v>468</v>
+        <v>9</v>
       </c>
       <c r="C885" s="1" t="s">
-        <v>469</v>
+        <v>295</v>
       </c>
       <c r="D885" s="1" t="s">
-        <v>470</v>
-[...3 lines deleted...]
-      </c>
+        <v>1391</v>
+      </c>
+      <c r="E885" s="1"/>
       <c r="F885" s="1" t="s">
-        <v>2006</v>
+        <v>2000</v>
       </c>
       <c r="G885" s="1" t="s">
-        <v>2007</v>
+        <v>2001</v>
       </c>
       <c r="H885" s="3">
-        <v>17.49</v>
+        <v>10.99</v>
       </c>
     </row>
     <row r="886">
       <c r="A886" s="1" t="s">
-        <v>1970</v>
+        <v>1950</v>
       </c>
       <c r="B886" s="1" t="s">
-        <v>468</v>
+        <v>9</v>
       </c>
       <c r="C886" s="1" t="s">
-        <v>469</v>
+        <v>1408</v>
       </c>
       <c r="D886" s="1" t="s">
-        <v>470</v>
-[...3 lines deleted...]
-      </c>
+        <v>2002</v>
+      </c>
+      <c r="E886" s="1"/>
       <c r="F886" s="1" t="s">
-        <v>2008</v>
+        <v>2003</v>
       </c>
       <c r="G886" s="1" t="s">
-        <v>2009</v>
+        <v>2004</v>
       </c>
       <c r="H886" s="3">
-        <v>30.99</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="887">
       <c r="A887" s="1" t="s">
-        <v>1970</v>
+        <v>1950</v>
       </c>
       <c r="B887" s="1" t="s">
-        <v>468</v>
+        <v>9</v>
       </c>
       <c r="C887" s="1" t="s">
-        <v>469</v>
+        <v>1408</v>
       </c>
       <c r="D887" s="1" t="s">
-        <v>470</v>
-[...3 lines deleted...]
-      </c>
+        <v>2002</v>
+      </c>
+      <c r="E887" s="1"/>
       <c r="F887" s="1" t="s">
-        <v>2010</v>
+        <v>2005</v>
       </c>
       <c r="G887" s="1" t="s">
-        <v>2011</v>
+        <v>2006</v>
       </c>
       <c r="H887" s="3">
-        <v>33.99</v>
+        <v>17.49</v>
       </c>
     </row>
     <row r="888">
       <c r="A888" s="1" t="s">
-        <v>1970</v>
+        <v>1950</v>
       </c>
       <c r="B888" s="1" t="s">
-        <v>468</v>
+        <v>174</v>
       </c>
       <c r="C888" s="1" t="s">
-        <v>469</v>
-[...6 lines deleted...]
-      </c>
+        <v>1591</v>
+      </c>
+      <c r="D888" s="1"/>
+      <c r="E888" s="1"/>
       <c r="F888" s="1" t="s">
-        <v>2012</v>
+        <v>2007</v>
       </c>
       <c r="G888" s="1" t="s">
-        <v>2013</v>
+        <v>2008</v>
       </c>
       <c r="H888" s="3">
-        <v>79.99</v>
+        <v>13.69</v>
       </c>
     </row>
     <row r="889">
       <c r="A889" s="1" t="s">
-        <v>1970</v>
+        <v>1950</v>
       </c>
       <c r="B889" s="1" t="s">
-        <v>9</v>
+        <v>174</v>
       </c>
       <c r="C889" s="1" t="s">
-        <v>2014</v>
-[...3 lines deleted...]
-      </c>
+        <v>175</v>
+      </c>
+      <c r="D889" s="1"/>
       <c r="E889" s="1"/>
       <c r="F889" s="1" t="s">
-        <v>2016</v>
+        <v>2009</v>
       </c>
       <c r="G889" s="1" t="s">
-        <v>2017</v>
+        <v>2010</v>
       </c>
       <c r="H889" s="3">
-        <v>17.99</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="890">
       <c r="A890" s="1" t="s">
-        <v>1970</v>
+        <v>1950</v>
       </c>
       <c r="B890" s="1" t="s">
-        <v>9</v>
+        <v>174</v>
       </c>
       <c r="C890" s="1" t="s">
-        <v>2014</v>
-[...3 lines deleted...]
-      </c>
+        <v>1633</v>
+      </c>
+      <c r="D890" s="1"/>
       <c r="E890" s="1"/>
       <c r="F890" s="1" t="s">
-        <v>2018</v>
+        <v>2011</v>
       </c>
       <c r="G890" s="1" t="s">
-        <v>2019</v>
+        <v>2012</v>
       </c>
       <c r="H890" s="3">
-        <v>14.99</v>
+        <v>12.99</v>
       </c>
     </row>
     <row r="891">
       <c r="A891" s="1" t="s">
-        <v>1970</v>
+        <v>1950</v>
       </c>
       <c r="B891" s="1" t="s">
-        <v>9</v>
+        <v>1723</v>
       </c>
       <c r="C891" s="1" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="D891" s="1"/>
+        <v>1739</v>
+      </c>
+      <c r="D891" s="1" t="s">
+        <v>1740</v>
+      </c>
       <c r="E891" s="1"/>
       <c r="F891" s="1" t="s">
-        <v>2020</v>
+        <v>2013</v>
       </c>
       <c r="G891" s="1" t="s">
-        <v>2021</v>
+        <v>2014</v>
       </c>
       <c r="H891" s="3">
-        <v>10.19</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="892">
       <c r="A892" s="1" t="s">
-        <v>1970</v>
+        <v>1950</v>
       </c>
       <c r="B892" s="1" t="s">
-        <v>9</v>
+        <v>178</v>
       </c>
       <c r="C892" s="1" t="s">
-        <v>308</v>
+        <v>2015</v>
       </c>
       <c r="D892" s="1" t="s">
-        <v>1414</v>
+        <v>2016</v>
       </c>
       <c r="E892" s="1"/>
       <c r="F892" s="1" t="s">
-        <v>2022</v>
+        <v>2017</v>
       </c>
       <c r="G892" s="1" t="s">
-        <v>2023</v>
+        <v>2018</v>
       </c>
       <c r="H892" s="3">
-        <v>10.99</v>
+        <v>12.99</v>
       </c>
     </row>
     <row r="893">
       <c r="A893" s="1" t="s">
-        <v>1970</v>
+        <v>1950</v>
       </c>
       <c r="B893" s="1" t="s">
-        <v>9</v>
+        <v>178</v>
       </c>
       <c r="C893" s="1" t="s">
-        <v>1431</v>
+        <v>2015</v>
       </c>
       <c r="D893" s="1" t="s">
-        <v>2024</v>
+        <v>2016</v>
       </c>
       <c r="E893" s="1"/>
       <c r="F893" s="1" t="s">
-        <v>2025</v>
+        <v>2019</v>
       </c>
       <c r="G893" s="1" t="s">
-        <v>2026</v>
+        <v>2020</v>
       </c>
       <c r="H893" s="3">
-        <v>21.99</v>
+        <v>12.99</v>
       </c>
     </row>
     <row r="894">
       <c r="A894" s="1" t="s">
-        <v>1970</v>
+        <v>2021</v>
       </c>
       <c r="B894" s="1" t="s">
-        <v>9</v>
+        <v>141</v>
       </c>
       <c r="C894" s="1" t="s">
-        <v>1431</v>
+        <v>142</v>
       </c>
       <c r="D894" s="1" t="s">
-        <v>2024</v>
+        <v>341</v>
       </c>
       <c r="E894" s="1"/>
       <c r="F894" s="1" t="s">
-        <v>2027</v>
+        <v>2022</v>
       </c>
       <c r="G894" s="1" t="s">
-        <v>2028</v>
+        <v>2023</v>
       </c>
       <c r="H894" s="3">
-        <v>17.49</v>
+        <v>9.69</v>
       </c>
     </row>
     <row r="895">
       <c r="A895" s="1" t="s">
-        <v>1970</v>
+        <v>2021</v>
       </c>
       <c r="B895" s="1" t="s">
-        <v>179</v>
+        <v>141</v>
       </c>
       <c r="C895" s="1" t="s">
-        <v>1614</v>
-[...1 lines deleted...]
-      <c r="D895" s="1"/>
+        <v>142</v>
+      </c>
+      <c r="D895" s="1" t="s">
+        <v>341</v>
+      </c>
       <c r="E895" s="1"/>
       <c r="F895" s="1" t="s">
-        <v>2029</v>
+        <v>2024</v>
       </c>
       <c r="G895" s="1" t="s">
-        <v>2030</v>
+        <v>2025</v>
       </c>
       <c r="H895" s="3">
-        <v>13.69</v>
+        <v>10.99</v>
       </c>
     </row>
     <row r="896">
       <c r="A896" s="1" t="s">
-        <v>1970</v>
+        <v>2021</v>
       </c>
       <c r="B896" s="1" t="s">
-        <v>179</v>
+        <v>141</v>
       </c>
       <c r="C896" s="1" t="s">
-        <v>180</v>
-[...1 lines deleted...]
-      <c r="D896" s="1"/>
+        <v>142</v>
+      </c>
+      <c r="D896" s="1" t="s">
+        <v>361</v>
+      </c>
       <c r="E896" s="1"/>
       <c r="F896" s="1" t="s">
-        <v>2031</v>
+        <v>2026</v>
       </c>
       <c r="G896" s="1" t="s">
-        <v>2032</v>
+        <v>2027</v>
       </c>
       <c r="H896" s="3">
-        <v>13.89</v>
+        <v>11.19</v>
       </c>
     </row>
     <row r="897">
       <c r="A897" s="1" t="s">
-        <v>1970</v>
+        <v>2021</v>
       </c>
       <c r="B897" s="1" t="s">
-        <v>179</v>
+        <v>146</v>
       </c>
       <c r="C897" s="1" t="s">
-        <v>1665</v>
-[...1 lines deleted...]
-      <c r="D897" s="1"/>
+        <v>373</v>
+      </c>
+      <c r="D897" s="1" t="s">
+        <v>374</v>
+      </c>
       <c r="E897" s="1"/>
       <c r="F897" s="1" t="s">
-        <v>2033</v>
+        <v>2028</v>
       </c>
       <c r="G897" s="1" t="s">
-        <v>2034</v>
+        <v>2029</v>
       </c>
       <c r="H897" s="3">
-        <v>12.99</v>
+        <v>29.99</v>
       </c>
     </row>
     <row r="898">
       <c r="A898" s="1" t="s">
-        <v>1970</v>
+        <v>2021</v>
       </c>
       <c r="B898" s="1" t="s">
-        <v>183</v>
+        <v>146</v>
       </c>
       <c r="C898" s="1" t="s">
-        <v>1761</v>
+        <v>373</v>
       </c>
       <c r="D898" s="1" t="s">
-        <v>1762</v>
+        <v>374</v>
       </c>
       <c r="E898" s="1"/>
       <c r="F898" s="1" t="s">
-        <v>2035</v>
+        <v>2030</v>
       </c>
       <c r="G898" s="1" t="s">
-        <v>2036</v>
+        <v>2031</v>
       </c>
       <c r="H898" s="3">
-        <v>19.99</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="899">
       <c r="A899" s="1" t="s">
-        <v>1970</v>
+        <v>2021</v>
       </c>
       <c r="B899" s="1" t="s">
-        <v>187</v>
+        <v>146</v>
       </c>
       <c r="C899" s="1" t="s">
-        <v>2037</v>
+        <v>373</v>
       </c>
       <c r="D899" s="1" t="s">
-        <v>2038</v>
+        <v>374</v>
       </c>
       <c r="E899" s="1"/>
       <c r="F899" s="1" t="s">
-        <v>2039</v>
+        <v>2032</v>
       </c>
       <c r="G899" s="1" t="s">
-        <v>2040</v>
+        <v>2033</v>
       </c>
       <c r="H899" s="3">
-        <v>12.99</v>
+        <v>23.99</v>
       </c>
     </row>
     <row r="900">
       <c r="A900" s="1" t="s">
-        <v>1970</v>
+        <v>2021</v>
       </c>
       <c r="B900" s="1" t="s">
-        <v>187</v>
+        <v>146</v>
       </c>
       <c r="C900" s="1" t="s">
-        <v>2037</v>
-[...3 lines deleted...]
-      </c>
+        <v>147</v>
+      </c>
+      <c r="D900" s="1"/>
       <c r="E900" s="1"/>
       <c r="F900" s="1" t="s">
-        <v>2041</v>
+        <v>2034</v>
       </c>
       <c r="G900" s="1" t="s">
-        <v>2042</v>
+        <v>2035</v>
       </c>
       <c r="H900" s="3">
-        <v>12.99</v>
+        <v>132</v>
       </c>
     </row>
     <row r="901">
       <c r="A901" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B901" s="1" t="s">
         <v>146</v>
       </c>
       <c r="C901" s="1" t="s">
         <v>147</v>
       </c>
       <c r="D901" s="1" t="s">
-        <v>352</v>
+        <v>414</v>
       </c>
       <c r="E901" s="1"/>
       <c r="F901" s="1" t="s">
-        <v>2044</v>
+        <v>2036</v>
       </c>
       <c r="G901" s="1" t="s">
-        <v>2045</v>
+        <v>2037</v>
       </c>
       <c r="H901" s="3">
-        <v>10.99</v>
+        <v>13.99</v>
       </c>
     </row>
     <row r="902">
       <c r="A902" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B902" s="1" t="s">
         <v>146</v>
       </c>
       <c r="C902" s="1" t="s">
         <v>147</v>
       </c>
       <c r="D902" s="1" t="s">
-        <v>372</v>
+        <v>2038</v>
       </c>
       <c r="E902" s="1"/>
       <c r="F902" s="1" t="s">
-        <v>2046</v>
+        <v>2039</v>
       </c>
       <c r="G902" s="1" t="s">
-        <v>2047</v>
+        <v>2040</v>
       </c>
       <c r="H902" s="3">
-        <v>11.19</v>
+        <v>13.99</v>
       </c>
     </row>
     <row r="903">
       <c r="A903" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B903" s="1" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
       <c r="C903" s="1" t="s">
-        <v>386</v>
-[...3 lines deleted...]
-      </c>
+        <v>421</v>
+      </c>
+      <c r="D903" s="1"/>
       <c r="E903" s="1"/>
       <c r="F903" s="1" t="s">
-        <v>2048</v>
+        <v>2041</v>
       </c>
       <c r="G903" s="1" t="s">
-        <v>2049</v>
+        <v>2042</v>
       </c>
       <c r="H903" s="3">
-        <v>29.99</v>
+        <v>10.49</v>
       </c>
     </row>
     <row r="904">
       <c r="A904" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B904" s="1" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
       <c r="C904" s="1" t="s">
-        <v>386</v>
-[...3 lines deleted...]
-      </c>
+        <v>421</v>
+      </c>
+      <c r="D904" s="1"/>
       <c r="E904" s="1"/>
       <c r="F904" s="1" t="s">
-        <v>2050</v>
+        <v>2043</v>
       </c>
       <c r="G904" s="1" t="s">
-        <v>2051</v>
+        <v>2044</v>
       </c>
       <c r="H904" s="3">
-        <v>24.99</v>
+        <v>7.99</v>
       </c>
     </row>
     <row r="905">
       <c r="A905" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B905" s="1" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
       <c r="C905" s="1" t="s">
-        <v>386</v>
-[...3 lines deleted...]
-      </c>
+        <v>2045</v>
+      </c>
+      <c r="D905" s="1"/>
       <c r="E905" s="1"/>
       <c r="F905" s="1" t="s">
-        <v>2052</v>
+        <v>2046</v>
       </c>
       <c r="G905" s="1" t="s">
-        <v>2053</v>
+        <v>2047</v>
       </c>
       <c r="H905" s="3">
-        <v>23.99</v>
+        <v>9.99</v>
       </c>
     </row>
     <row r="906">
       <c r="A906" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B906" s="1" t="s">
-        <v>151</v>
+        <v>2048</v>
       </c>
       <c r="C906" s="1" t="s">
-        <v>152</v>
+        <v>2049</v>
       </c>
       <c r="D906" s="1"/>
       <c r="E906" s="1"/>
       <c r="F906" s="1" t="s">
-        <v>2054</v>
+        <v>2050</v>
       </c>
       <c r="G906" s="1" t="s">
-        <v>2055</v>
+        <v>2051</v>
       </c>
       <c r="H906" s="3">
-        <v>132</v>
+        <v>4.19</v>
       </c>
     </row>
     <row r="907">
       <c r="A907" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B907" s="1" t="s">
-        <v>151</v>
+        <v>2048</v>
       </c>
       <c r="C907" s="1" t="s">
-        <v>152</v>
-[...3 lines deleted...]
-      </c>
+        <v>2052</v>
+      </c>
+      <c r="D907" s="1"/>
       <c r="E907" s="1"/>
       <c r="F907" s="1" t="s">
-        <v>2056</v>
+        <v>2053</v>
       </c>
       <c r="G907" s="1" t="s">
-        <v>2057</v>
+        <v>2054</v>
       </c>
       <c r="H907" s="3">
-        <v>13.99</v>
+        <v>14.49</v>
       </c>
     </row>
     <row r="908">
       <c r="A908" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B908" s="1" t="s">
-        <v>151</v>
+        <v>424</v>
       </c>
       <c r="C908" s="1" t="s">
-        <v>152</v>
-[...3 lines deleted...]
-      </c>
+        <v>425</v>
+      </c>
+      <c r="D908" s="1"/>
       <c r="E908" s="1"/>
       <c r="F908" s="1" t="s">
-        <v>2059</v>
+        <v>2055</v>
       </c>
       <c r="G908" s="1" t="s">
-        <v>2060</v>
+        <v>2056</v>
       </c>
       <c r="H908" s="3">
-        <v>13.99</v>
+        <v>9.49</v>
       </c>
     </row>
     <row r="909">
       <c r="A909" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B909" s="1" t="s">
-        <v>151</v>
+        <v>424</v>
       </c>
       <c r="C909" s="1" t="s">
-        <v>438</v>
+        <v>425</v>
       </c>
       <c r="D909" s="1"/>
       <c r="E909" s="1"/>
       <c r="F909" s="1" t="s">
-        <v>2061</v>
+        <v>2057</v>
       </c>
       <c r="G909" s="1" t="s">
-        <v>2062</v>
+        <v>2058</v>
       </c>
       <c r="H909" s="3">
-        <v>10.49</v>
+        <v>3.19</v>
       </c>
     </row>
     <row r="910">
       <c r="A910" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B910" s="1" t="s">
-        <v>151</v>
+        <v>424</v>
       </c>
       <c r="C910" s="1" t="s">
-        <v>438</v>
+        <v>425</v>
       </c>
       <c r="D910" s="1"/>
       <c r="E910" s="1"/>
       <c r="F910" s="1" t="s">
-        <v>2063</v>
+        <v>2059</v>
       </c>
       <c r="G910" s="1" t="s">
-        <v>2064</v>
+        <v>2060</v>
       </c>
       <c r="H910" s="3">
-        <v>7.99</v>
+        <v>9.99</v>
       </c>
     </row>
     <row r="911">
       <c r="A911" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B911" s="1" t="s">
-        <v>151</v>
+        <v>424</v>
       </c>
       <c r="C911" s="1" t="s">
-        <v>2065</v>
+        <v>425</v>
       </c>
       <c r="D911" s="1"/>
       <c r="E911" s="1"/>
       <c r="F911" s="1" t="s">
-        <v>2066</v>
+        <v>2061</v>
       </c>
       <c r="G911" s="1" t="s">
-        <v>2067</v>
+        <v>2062</v>
       </c>
       <c r="H911" s="3">
-        <v>9.99</v>
+        <v>5.49</v>
       </c>
     </row>
     <row r="912">
       <c r="A912" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B912" s="1" t="s">
-        <v>2068</v>
+        <v>424</v>
       </c>
       <c r="C912" s="1" t="s">
-        <v>2069</v>
+        <v>425</v>
       </c>
       <c r="D912" s="1"/>
       <c r="E912" s="1"/>
       <c r="F912" s="1" t="s">
-        <v>2070</v>
+        <v>2063</v>
       </c>
       <c r="G912" s="1" t="s">
-        <v>2071</v>
+        <v>2064</v>
       </c>
       <c r="H912" s="3">
-        <v>4.19</v>
+        <v>9.99</v>
       </c>
     </row>
     <row r="913">
       <c r="A913" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B913" s="1" t="s">
-        <v>2068</v>
+        <v>424</v>
       </c>
       <c r="C913" s="1" t="s">
-        <v>2072</v>
+        <v>425</v>
       </c>
       <c r="D913" s="1"/>
       <c r="E913" s="1"/>
       <c r="F913" s="1" t="s">
-        <v>2073</v>
+        <v>2065</v>
       </c>
       <c r="G913" s="1" t="s">
-        <v>2074</v>
+        <v>2066</v>
       </c>
       <c r="H913" s="3">
-        <v>14.19</v>
+        <v>9.49</v>
       </c>
     </row>
     <row r="914">
       <c r="A914" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B914" s="1" t="s">
-        <v>441</v>
+        <v>424</v>
       </c>
       <c r="C914" s="1" t="s">
-        <v>442</v>
+        <v>425</v>
       </c>
       <c r="D914" s="1"/>
       <c r="E914" s="1"/>
       <c r="F914" s="1" t="s">
-        <v>2075</v>
+        <v>2067</v>
       </c>
       <c r="G914" s="1" t="s">
-        <v>2076</v>
+        <v>2068</v>
       </c>
       <c r="H914" s="3">
-        <v>9.49</v>
+        <v>9.99</v>
       </c>
     </row>
     <row r="915">
       <c r="A915" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B915" s="1" t="s">
-        <v>441</v>
+        <v>424</v>
       </c>
       <c r="C915" s="1" t="s">
-        <v>442</v>
+        <v>425</v>
       </c>
       <c r="D915" s="1"/>
       <c r="E915" s="1"/>
       <c r="F915" s="1" t="s">
-        <v>2077</v>
+        <v>2069</v>
       </c>
       <c r="G915" s="1" t="s">
-        <v>2078</v>
+        <v>2070</v>
       </c>
       <c r="H915" s="3">
-        <v>3.19</v>
+        <v>9.49</v>
       </c>
     </row>
     <row r="916">
       <c r="A916" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B916" s="1" t="s">
-        <v>441</v>
+        <v>424</v>
       </c>
       <c r="C916" s="1" t="s">
         <v>442</v>
       </c>
-      <c r="D916" s="1"/>
+      <c r="D916" s="1" t="s">
+        <v>2071</v>
+      </c>
       <c r="E916" s="1"/>
       <c r="F916" s="1" t="s">
-        <v>2079</v>
+        <v>2072</v>
       </c>
       <c r="G916" s="1" t="s">
-        <v>2080</v>
+        <v>2073</v>
       </c>
       <c r="H916" s="3">
-        <v>9.99</v>
+        <v>7.89</v>
       </c>
     </row>
     <row r="917">
       <c r="A917" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B917" s="1" t="s">
-        <v>441</v>
+        <v>424</v>
       </c>
       <c r="C917" s="1" t="s">
         <v>442</v>
       </c>
-      <c r="D917" s="1"/>
+      <c r="D917" s="1" t="s">
+        <v>2071</v>
+      </c>
       <c r="E917" s="1"/>
       <c r="F917" s="1" t="s">
-        <v>2081</v>
+        <v>2074</v>
       </c>
       <c r="G917" s="1" t="s">
-        <v>2082</v>
+        <v>2075</v>
       </c>
       <c r="H917" s="3">
-        <v>4.99</v>
+        <v>8.99</v>
       </c>
     </row>
     <row r="918">
       <c r="A918" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B918" s="1" t="s">
-        <v>441</v>
+        <v>424</v>
       </c>
       <c r="C918" s="1" t="s">
         <v>442</v>
       </c>
-      <c r="D918" s="1"/>
-      <c r="E918" s="1"/>
+      <c r="D918" s="1" t="s">
+        <v>443</v>
+      </c>
+      <c r="E918" s="1" t="s">
+        <v>2076</v>
+      </c>
       <c r="F918" s="1" t="s">
-        <v>2083</v>
+        <v>2077</v>
       </c>
       <c r="G918" s="1" t="s">
-        <v>2084</v>
+        <v>2078</v>
       </c>
       <c r="H918" s="3">
-        <v>9.99</v>
+        <v>10.89</v>
       </c>
     </row>
     <row r="919">
       <c r="A919" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B919" s="1" t="s">
-        <v>441</v>
+        <v>446</v>
       </c>
       <c r="C919" s="1" t="s">
-        <v>442</v>
-[...1 lines deleted...]
-      <c r="D919" s="1"/>
+        <v>2079</v>
+      </c>
+      <c r="D919" s="1" t="s">
+        <v>2080</v>
+      </c>
       <c r="E919" s="1"/>
       <c r="F919" s="1" t="s">
-        <v>2085</v>
+        <v>2081</v>
       </c>
       <c r="G919" s="1" t="s">
-        <v>2086</v>
+        <v>2082</v>
       </c>
       <c r="H919" s="3">
-        <v>9.49</v>
+        <v>15.65</v>
       </c>
     </row>
     <row r="920">
       <c r="A920" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B920" s="1" t="s">
-        <v>441</v>
+        <v>446</v>
       </c>
       <c r="C920" s="1" t="s">
-        <v>442</v>
-[...2 lines deleted...]
-      <c r="E920" s="1"/>
+        <v>447</v>
+      </c>
+      <c r="D920" s="1" t="s">
+        <v>448</v>
+      </c>
+      <c r="E920" s="1" t="s">
+        <v>449</v>
+      </c>
       <c r="F920" s="1" t="s">
-        <v>2087</v>
+        <v>2083</v>
       </c>
       <c r="G920" s="1" t="s">
-        <v>2088</v>
+        <v>2084</v>
       </c>
       <c r="H920" s="3">
-        <v>9.99</v>
+        <v>16.89</v>
       </c>
     </row>
     <row r="921">
       <c r="A921" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B921" s="1" t="s">
-        <v>441</v>
+        <v>446</v>
       </c>
       <c r="C921" s="1" t="s">
-        <v>442</v>
-[...2 lines deleted...]
-      <c r="E921" s="1"/>
+        <v>447</v>
+      </c>
+      <c r="D921" s="1" t="s">
+        <v>448</v>
+      </c>
+      <c r="E921" s="1" t="s">
+        <v>449</v>
+      </c>
       <c r="F921" s="1" t="s">
-        <v>2089</v>
+        <v>2085</v>
       </c>
       <c r="G921" s="1" t="s">
-        <v>2090</v>
+        <v>2086</v>
       </c>
       <c r="H921" s="3">
-        <v>9.49</v>
+        <v>18.75</v>
       </c>
     </row>
     <row r="922">
       <c r="A922" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B922" s="1" t="s">
-        <v>441</v>
+        <v>9</v>
       </c>
       <c r="C922" s="1" t="s">
-        <v>464</v>
-[...3 lines deleted...]
-      </c>
+        <v>1992</v>
+      </c>
+      <c r="D922" s="1"/>
       <c r="E922" s="1"/>
       <c r="F922" s="1" t="s">
-        <v>2091</v>
+        <v>2087</v>
       </c>
       <c r="G922" s="1" t="s">
-        <v>2092</v>
+        <v>2088</v>
       </c>
       <c r="H922" s="3">
-        <v>7.89</v>
+        <v>12.99</v>
       </c>
     </row>
     <row r="923">
       <c r="A923" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B923" s="1" t="s">
-        <v>441</v>
+        <v>9</v>
       </c>
       <c r="C923" s="1" t="s">
-        <v>464</v>
-[...3 lines deleted...]
-      </c>
+        <v>1992</v>
+      </c>
+      <c r="D923" s="1"/>
       <c r="E923" s="1"/>
       <c r="F923" s="1" t="s">
-        <v>2093</v>
+        <v>2089</v>
       </c>
       <c r="G923" s="1" t="s">
-        <v>2094</v>
+        <v>2090</v>
       </c>
       <c r="H923" s="3">
-        <v>8.99</v>
+        <v>20.99</v>
       </c>
     </row>
     <row r="924">
       <c r="A924" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B924" s="1" t="s">
-        <v>441</v>
+        <v>9</v>
       </c>
       <c r="C924" s="1" t="s">
-        <v>464</v>
-[...6 lines deleted...]
-      </c>
+        <v>1992</v>
+      </c>
+      <c r="D924" s="1"/>
+      <c r="E924" s="1"/>
       <c r="F924" s="1" t="s">
-        <v>2096</v>
+        <v>2091</v>
       </c>
       <c r="G924" s="1" t="s">
-        <v>2097</v>
+        <v>2092</v>
       </c>
       <c r="H924" s="3">
-        <v>10.89</v>
+        <v>12.49</v>
       </c>
     </row>
     <row r="925">
       <c r="A925" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B925" s="1" t="s">
-        <v>468</v>
+        <v>9</v>
       </c>
       <c r="C925" s="1" t="s">
-        <v>2098</v>
-[...3 lines deleted...]
-      </c>
+        <v>1992</v>
+      </c>
+      <c r="D925" s="1"/>
       <c r="E925" s="1"/>
       <c r="F925" s="1" t="s">
-        <v>2100</v>
+        <v>2093</v>
       </c>
       <c r="G925" s="1" t="s">
-        <v>2101</v>
+        <v>2094</v>
       </c>
       <c r="H925" s="3">
-        <v>15.65</v>
+        <v>14.99</v>
       </c>
     </row>
     <row r="926">
       <c r="A926" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B926" s="1" t="s">
-        <v>468</v>
+        <v>9</v>
       </c>
       <c r="C926" s="1" t="s">
-        <v>469</v>
-[...6 lines deleted...]
-      </c>
+        <v>1992</v>
+      </c>
+      <c r="D926" s="1"/>
+      <c r="E926" s="1"/>
       <c r="F926" s="1" t="s">
-        <v>2102</v>
+        <v>2095</v>
       </c>
       <c r="G926" s="1" t="s">
-        <v>2103</v>
+        <v>2096</v>
       </c>
       <c r="H926" s="3">
-        <v>16.89</v>
+        <v>15.99</v>
       </c>
     </row>
     <row r="927">
       <c r="A927" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B927" s="1" t="s">
-        <v>468</v>
+        <v>9</v>
       </c>
       <c r="C927" s="1" t="s">
-        <v>469</v>
-[...6 lines deleted...]
-      </c>
+        <v>1992</v>
+      </c>
+      <c r="D927" s="1"/>
+      <c r="E927" s="1"/>
       <c r="F927" s="1" t="s">
-        <v>2104</v>
+        <v>2097</v>
       </c>
       <c r="G927" s="1" t="s">
-        <v>2105</v>
+        <v>2098</v>
       </c>
       <c r="H927" s="3">
-        <v>18.75</v>
+        <v>60.99</v>
       </c>
     </row>
     <row r="928">
       <c r="A928" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B928" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C928" s="1" t="s">
-        <v>2014</v>
+        <v>1992</v>
       </c>
       <c r="D928" s="1"/>
       <c r="E928" s="1"/>
       <c r="F928" s="1" t="s">
-        <v>2106</v>
+        <v>2099</v>
       </c>
       <c r="G928" s="1" t="s">
-        <v>2107</v>
+        <v>2100</v>
       </c>
       <c r="H928" s="3">
-        <v>12.99</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="929">
       <c r="A929" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B929" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C929" s="1" t="s">
-        <v>2014</v>
+        <v>1992</v>
       </c>
       <c r="D929" s="1"/>
       <c r="E929" s="1"/>
       <c r="F929" s="1" t="s">
-        <v>2108</v>
+        <v>2101</v>
       </c>
       <c r="G929" s="1" t="s">
-        <v>2109</v>
+        <v>2102</v>
       </c>
       <c r="H929" s="3">
-        <v>20.99</v>
+        <v>13.69</v>
       </c>
     </row>
     <row r="930">
       <c r="A930" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B930" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C930" s="1" t="s">
-        <v>2014</v>
+        <v>1992</v>
       </c>
       <c r="D930" s="1"/>
       <c r="E930" s="1"/>
       <c r="F930" s="1" t="s">
-        <v>2110</v>
+        <v>2103</v>
       </c>
       <c r="G930" s="1" t="s">
-        <v>2111</v>
+        <v>2104</v>
       </c>
       <c r="H930" s="3">
-        <v>14.99</v>
+        <v>32.49</v>
       </c>
     </row>
     <row r="931">
       <c r="A931" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B931" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C931" s="1" t="s">
-        <v>2014</v>
-[...1 lines deleted...]
-      <c r="D931" s="1"/>
+        <v>1992</v>
+      </c>
+      <c r="D931" s="1" t="s">
+        <v>2105</v>
+      </c>
       <c r="E931" s="1"/>
       <c r="F931" s="1" t="s">
-        <v>2112</v>
+        <v>2106</v>
       </c>
       <c r="G931" s="1" t="s">
-        <v>2113</v>
+        <v>2107</v>
       </c>
       <c r="H931" s="3">
-        <v>15.99</v>
+        <v>20.99</v>
       </c>
     </row>
     <row r="932">
       <c r="A932" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B932" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C932" s="1" t="s">
-        <v>2014</v>
-[...1 lines deleted...]
-      <c r="D932" s="1"/>
+        <v>1992</v>
+      </c>
+      <c r="D932" s="1" t="s">
+        <v>1993</v>
+      </c>
       <c r="E932" s="1"/>
       <c r="F932" s="1" t="s">
-        <v>2114</v>
+        <v>2108</v>
       </c>
       <c r="G932" s="1" t="s">
-        <v>2115</v>
+        <v>2109</v>
       </c>
       <c r="H932" s="3">
-        <v>60.99</v>
+        <v>23.95</v>
       </c>
     </row>
     <row r="933">
       <c r="A933" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B933" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C933" s="1" t="s">
-        <v>2014</v>
-[...1 lines deleted...]
-      <c r="D933" s="1"/>
+        <v>1992</v>
+      </c>
+      <c r="D933" s="1" t="s">
+        <v>1993</v>
+      </c>
       <c r="E933" s="1"/>
       <c r="F933" s="1" t="s">
-        <v>2116</v>
+        <v>2110</v>
       </c>
       <c r="G933" s="1" t="s">
-        <v>2117</v>
+        <v>2111</v>
       </c>
       <c r="H933" s="3">
-        <v>19.99</v>
+        <v>12.19</v>
       </c>
     </row>
     <row r="934">
       <c r="A934" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B934" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C934" s="1" t="s">
-        <v>2014</v>
-[...1 lines deleted...]
-      <c r="D934" s="1"/>
+        <v>1992</v>
+      </c>
+      <c r="D934" s="1" t="s">
+        <v>1993</v>
+      </c>
       <c r="E934" s="1"/>
       <c r="F934" s="1" t="s">
-        <v>2118</v>
+        <v>2112</v>
       </c>
       <c r="G934" s="1" t="s">
-        <v>2119</v>
+        <v>2113</v>
       </c>
       <c r="H934" s="3">
-        <v>13.69</v>
+        <v>15.2</v>
       </c>
     </row>
     <row r="935">
       <c r="A935" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B935" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C935" s="1" t="s">
-        <v>2014</v>
-[...1 lines deleted...]
-      <c r="D935" s="1"/>
+        <v>1992</v>
+      </c>
+      <c r="D935" s="1" t="s">
+        <v>2114</v>
+      </c>
       <c r="E935" s="1"/>
       <c r="F935" s="1" t="s">
-        <v>2120</v>
+        <v>2115</v>
       </c>
       <c r="G935" s="1" t="s">
-        <v>2121</v>
+        <v>2116</v>
       </c>
       <c r="H935" s="3">
-        <v>32.49</v>
+        <v>28.5</v>
       </c>
     </row>
     <row r="936">
       <c r="A936" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B936" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C936" s="1" t="s">
-        <v>2014</v>
+        <v>155</v>
       </c>
       <c r="D936" s="1" t="s">
-        <v>2122</v>
+        <v>2117</v>
       </c>
       <c r="E936" s="1"/>
       <c r="F936" s="1" t="s">
-        <v>2123</v>
+        <v>2118</v>
       </c>
       <c r="G936" s="1" t="s">
-        <v>2124</v>
+        <v>2119</v>
       </c>
       <c r="H936" s="3">
-        <v>20.99</v>
+        <v>15.75</v>
       </c>
     </row>
     <row r="937">
       <c r="A937" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B937" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C937" s="1" t="s">
-        <v>2014</v>
+        <v>155</v>
       </c>
       <c r="D937" s="1" t="s">
-        <v>2015</v>
+        <v>666</v>
       </c>
       <c r="E937" s="1"/>
       <c r="F937" s="1" t="s">
-        <v>2125</v>
+        <v>2120</v>
       </c>
       <c r="G937" s="1" t="s">
-        <v>2126</v>
+        <v>2121</v>
       </c>
       <c r="H937" s="3">
-        <v>23.95</v>
+        <v>45</v>
       </c>
     </row>
     <row r="938">
       <c r="A938" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B938" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C938" s="1" t="s">
-        <v>2014</v>
+        <v>155</v>
       </c>
       <c r="D938" s="1" t="s">
-        <v>2015</v>
+        <v>666</v>
       </c>
       <c r="E938" s="1"/>
       <c r="F938" s="1" t="s">
-        <v>2127</v>
+        <v>2122</v>
       </c>
       <c r="G938" s="1" t="s">
-        <v>2128</v>
+        <v>2123</v>
       </c>
       <c r="H938" s="3">
-        <v>12.19</v>
+        <v>48</v>
       </c>
     </row>
     <row r="939">
       <c r="A939" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B939" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C939" s="1" t="s">
-        <v>2014</v>
+        <v>155</v>
       </c>
       <c r="D939" s="1" t="s">
-        <v>2015</v>
+        <v>156</v>
       </c>
       <c r="E939" s="1"/>
       <c r="F939" s="1" t="s">
-        <v>2129</v>
+        <v>2124</v>
       </c>
       <c r="G939" s="1" t="s">
-        <v>2130</v>
+        <v>2125</v>
       </c>
       <c r="H939" s="3">
-        <v>15.2</v>
+        <v>26.99</v>
       </c>
     </row>
     <row r="940">
       <c r="A940" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B940" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C940" s="1" t="s">
-        <v>2014</v>
-[...3 lines deleted...]
-      </c>
+        <v>850</v>
+      </c>
+      <c r="D940" s="1"/>
       <c r="E940" s="1"/>
       <c r="F940" s="1" t="s">
-        <v>2132</v>
+        <v>2126</v>
       </c>
       <c r="G940" s="1" t="s">
-        <v>2133</v>
+        <v>2127</v>
       </c>
       <c r="H940" s="3">
-        <v>27.99</v>
+        <v>120</v>
       </c>
     </row>
     <row r="941">
       <c r="A941" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B941" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C941" s="1" t="s">
-        <v>160</v>
+        <v>850</v>
       </c>
       <c r="D941" s="1" t="s">
-        <v>2134</v>
+        <v>2128</v>
       </c>
       <c r="E941" s="1"/>
       <c r="F941" s="1" t="s">
-        <v>2135</v>
+        <v>2129</v>
       </c>
       <c r="G941" s="1" t="s">
-        <v>2136</v>
+        <v>2130</v>
       </c>
       <c r="H941" s="3">
-        <v>15.75</v>
+        <v>32.99</v>
       </c>
     </row>
     <row r="942">
       <c r="A942" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B942" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C942" s="1" t="s">
-        <v>160</v>
+        <v>850</v>
       </c>
       <c r="D942" s="1" t="s">
-        <v>686</v>
+        <v>2128</v>
       </c>
       <c r="E942" s="1"/>
       <c r="F942" s="1" t="s">
-        <v>2137</v>
+        <v>2131</v>
       </c>
       <c r="G942" s="1" t="s">
-        <v>2138</v>
+        <v>2132</v>
       </c>
       <c r="H942" s="3">
-        <v>45</v>
+        <v>69.5</v>
       </c>
     </row>
     <row r="943">
       <c r="A943" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B943" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C943" s="1" t="s">
-        <v>160</v>
+        <v>850</v>
       </c>
       <c r="D943" s="1" t="s">
-        <v>686</v>
+        <v>2128</v>
       </c>
       <c r="E943" s="1"/>
       <c r="F943" s="1" t="s">
-        <v>2139</v>
+        <v>2133</v>
       </c>
       <c r="G943" s="1" t="s">
-        <v>2140</v>
+        <v>2134</v>
       </c>
       <c r="H943" s="3">
         <v>45</v>
       </c>
     </row>
     <row r="944">
       <c r="A944" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B944" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C944" s="1" t="s">
-        <v>160</v>
+        <v>850</v>
       </c>
       <c r="D944" s="1" t="s">
-        <v>161</v>
+        <v>2128</v>
       </c>
       <c r="E944" s="1"/>
       <c r="F944" s="1" t="s">
-        <v>2141</v>
+        <v>2135</v>
       </c>
       <c r="G944" s="1" t="s">
-        <v>2142</v>
+        <v>2136</v>
       </c>
       <c r="H944" s="3">
-        <v>26.5</v>
+        <v>60.5</v>
       </c>
     </row>
     <row r="945">
       <c r="A945" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B945" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C945" s="1" t="s">
-        <v>872</v>
-[...1 lines deleted...]
-      <c r="D945" s="1"/>
+        <v>850</v>
+      </c>
+      <c r="D945" s="1" t="s">
+        <v>2128</v>
+      </c>
       <c r="E945" s="1"/>
       <c r="F945" s="1" t="s">
-        <v>2143</v>
+        <v>2137</v>
       </c>
       <c r="G945" s="1" t="s">
-        <v>2144</v>
+        <v>2138</v>
       </c>
       <c r="H945" s="3">
-        <v>120</v>
+        <v>64</v>
       </c>
     </row>
     <row r="946">
       <c r="A946" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B946" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C946" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D946" s="1" t="s">
-        <v>2145</v>
+        <v>2128</v>
       </c>
       <c r="E946" s="1"/>
       <c r="F946" s="1" t="s">
-        <v>2146</v>
+        <v>2139</v>
       </c>
       <c r="G946" s="1" t="s">
-        <v>2147</v>
+        <v>2140</v>
       </c>
       <c r="H946" s="3">
-        <v>32.99</v>
+        <v>68.5</v>
       </c>
     </row>
     <row r="947">
       <c r="A947" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B947" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C947" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D947" s="1" t="s">
-        <v>2145</v>
+        <v>2128</v>
       </c>
       <c r="E947" s="1"/>
       <c r="F947" s="1" t="s">
-        <v>2148</v>
+        <v>2141</v>
       </c>
       <c r="G947" s="1" t="s">
-        <v>2149</v>
+        <v>2142</v>
       </c>
       <c r="H947" s="3">
-        <v>68</v>
+        <v>69.5</v>
       </c>
     </row>
     <row r="948">
       <c r="A948" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B948" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C948" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D948" s="1" t="s">
-        <v>2145</v>
+        <v>2128</v>
       </c>
       <c r="E948" s="1"/>
       <c r="F948" s="1" t="s">
-        <v>2150</v>
+        <v>2143</v>
       </c>
       <c r="G948" s="1" t="s">
-        <v>2151</v>
+        <v>2144</v>
       </c>
       <c r="H948" s="3">
-        <v>36</v>
+        <v>68.5</v>
       </c>
     </row>
     <row r="949">
       <c r="A949" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B949" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C949" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D949" s="1" t="s">
-        <v>2145</v>
+        <v>2128</v>
       </c>
       <c r="E949" s="1"/>
       <c r="F949" s="1" t="s">
-        <v>2152</v>
+        <v>2145</v>
       </c>
       <c r="G949" s="1" t="s">
-        <v>2153</v>
+        <v>2146</v>
       </c>
       <c r="H949" s="3">
-        <v>45</v>
+        <v>35</v>
       </c>
     </row>
     <row r="950">
       <c r="A950" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B950" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C950" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D950" s="1" t="s">
-        <v>2145</v>
+        <v>2128</v>
       </c>
       <c r="E950" s="1"/>
       <c r="F950" s="1" t="s">
-        <v>2154</v>
+        <v>2147</v>
       </c>
       <c r="G950" s="1" t="s">
-        <v>2155</v>
+        <v>2148</v>
       </c>
       <c r="H950" s="3">
-        <v>60.5</v>
+        <v>61</v>
       </c>
     </row>
     <row r="951">
       <c r="A951" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B951" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C951" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D951" s="1" t="s">
-        <v>2145</v>
+        <v>2128</v>
       </c>
       <c r="E951" s="1"/>
       <c r="F951" s="1" t="s">
-        <v>2156</v>
+        <v>2149</v>
       </c>
       <c r="G951" s="1" t="s">
-        <v>2157</v>
+        <v>2150</v>
       </c>
       <c r="H951" s="3">
-        <v>59.99</v>
+        <v>64.5</v>
       </c>
     </row>
     <row r="952">
       <c r="A952" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B952" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C952" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D952" s="1" t="s">
-        <v>2145</v>
+        <v>2128</v>
       </c>
       <c r="E952" s="1"/>
       <c r="F952" s="1" t="s">
-        <v>2158</v>
+        <v>2151</v>
       </c>
       <c r="G952" s="1" t="s">
-        <v>2159</v>
+        <v>2152</v>
       </c>
       <c r="H952" s="3">
-        <v>66</v>
+        <v>64.5</v>
       </c>
     </row>
     <row r="953">
       <c r="A953" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B953" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C953" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D953" s="1" t="s">
-        <v>2145</v>
+        <v>2128</v>
       </c>
       <c r="E953" s="1"/>
       <c r="F953" s="1" t="s">
-        <v>2160</v>
+        <v>2153</v>
       </c>
       <c r="G953" s="1" t="s">
-        <v>2161</v>
+        <v>2154</v>
       </c>
       <c r="H953" s="3">
-        <v>68.5</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="954">
       <c r="A954" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B954" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C954" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D954" s="1" t="s">
-        <v>2145</v>
+        <v>2128</v>
       </c>
       <c r="E954" s="1"/>
       <c r="F954" s="1" t="s">
-        <v>2162</v>
+        <v>2155</v>
       </c>
       <c r="G954" s="1" t="s">
-        <v>2163</v>
+        <v>2156</v>
       </c>
       <c r="H954" s="3">
-        <v>68.5</v>
+        <v>23.99</v>
       </c>
     </row>
     <row r="955">
       <c r="A955" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B955" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C955" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D955" s="1" t="s">
-        <v>2145</v>
+        <v>2128</v>
       </c>
       <c r="E955" s="1"/>
       <c r="F955" s="1" t="s">
-        <v>2164</v>
+        <v>2157</v>
       </c>
       <c r="G955" s="1" t="s">
-        <v>2165</v>
+        <v>2158</v>
       </c>
       <c r="H955" s="3">
-        <v>35</v>
+        <v>29.95</v>
       </c>
     </row>
     <row r="956">
       <c r="A956" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B956" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C956" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D956" s="1" t="s">
-        <v>2145</v>
+        <v>2128</v>
       </c>
       <c r="E956" s="1"/>
       <c r="F956" s="1" t="s">
-        <v>2166</v>
+        <v>2159</v>
       </c>
       <c r="G956" s="1" t="s">
-        <v>2167</v>
+        <v>2160</v>
       </c>
       <c r="H956" s="3">
-        <v>61</v>
+        <v>130</v>
       </c>
     </row>
     <row r="957">
       <c r="A957" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B957" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C957" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D957" s="1" t="s">
-        <v>2145</v>
+        <v>2128</v>
       </c>
       <c r="E957" s="1"/>
       <c r="F957" s="1" t="s">
-        <v>2168</v>
+        <v>2161</v>
       </c>
       <c r="G957" s="1" t="s">
-        <v>2169</v>
+        <v>2162</v>
       </c>
       <c r="H957" s="3">
-        <v>64.5</v>
+        <v>130</v>
       </c>
     </row>
     <row r="958">
       <c r="A958" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B958" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C958" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D958" s="1" t="s">
-        <v>2145</v>
+        <v>2128</v>
       </c>
       <c r="E958" s="1"/>
       <c r="F958" s="1" t="s">
-        <v>2170</v>
+        <v>2163</v>
       </c>
       <c r="G958" s="1" t="s">
-        <v>2171</v>
+        <v>2164</v>
       </c>
       <c r="H958" s="3">
-        <v>64.5</v>
+        <v>78</v>
       </c>
     </row>
     <row r="959">
       <c r="A959" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B959" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C959" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D959" s="1" t="s">
-        <v>2145</v>
+        <v>2128</v>
       </c>
       <c r="E959" s="1"/>
       <c r="F959" s="1" t="s">
-        <v>2172</v>
+        <v>2165</v>
       </c>
       <c r="G959" s="1" t="s">
-        <v>2173</v>
+        <v>2166</v>
       </c>
       <c r="H959" s="3">
-        <v>21.5</v>
+        <v>79.5</v>
       </c>
     </row>
     <row r="960">
       <c r="A960" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B960" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C960" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D960" s="1" t="s">
-        <v>2145</v>
+        <v>2128</v>
       </c>
       <c r="E960" s="1"/>
       <c r="F960" s="1" t="s">
-        <v>2174</v>
+        <v>2167</v>
       </c>
       <c r="G960" s="1" t="s">
-        <v>2175</v>
+        <v>2168</v>
       </c>
       <c r="H960" s="3">
-        <v>23.99</v>
+        <v>34.5</v>
       </c>
     </row>
     <row r="961">
       <c r="A961" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B961" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C961" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D961" s="1" t="s">
-        <v>2145</v>
+        <v>2128</v>
       </c>
       <c r="E961" s="1"/>
       <c r="F961" s="1" t="s">
-        <v>2176</v>
+        <v>2169</v>
       </c>
       <c r="G961" s="1" t="s">
-        <v>2177</v>
+        <v>2170</v>
       </c>
       <c r="H961" s="3">
-        <v>32.99</v>
+        <v>34.5</v>
       </c>
     </row>
     <row r="962">
       <c r="A962" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B962" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C962" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D962" s="1" t="s">
-        <v>2145</v>
+        <v>2128</v>
       </c>
       <c r="E962" s="1"/>
       <c r="F962" s="1" t="s">
-        <v>2178</v>
+        <v>2171</v>
       </c>
       <c r="G962" s="1" t="s">
-        <v>2179</v>
+        <v>2172</v>
       </c>
       <c r="H962" s="3">
-        <v>130</v>
+        <v>34.5</v>
       </c>
     </row>
     <row r="963">
       <c r="A963" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B963" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C963" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D963" s="1" t="s">
-        <v>2145</v>
+        <v>2128</v>
       </c>
       <c r="E963" s="1"/>
       <c r="F963" s="1" t="s">
-        <v>2180</v>
+        <v>2173</v>
       </c>
       <c r="G963" s="1" t="s">
-        <v>2181</v>
+        <v>2174</v>
       </c>
       <c r="H963" s="3">
-        <v>130</v>
+        <v>25.99</v>
       </c>
     </row>
     <row r="964">
       <c r="A964" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B964" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C964" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D964" s="1" t="s">
-        <v>2145</v>
-[...1 lines deleted...]
-      <c r="E964" s="1"/>
+        <v>2128</v>
+      </c>
+      <c r="E964" s="1" t="s">
+        <v>2175</v>
+      </c>
       <c r="F964" s="1" t="s">
-        <v>2182</v>
+        <v>2176</v>
       </c>
       <c r="G964" s="1" t="s">
-        <v>2183</v>
+        <v>2177</v>
       </c>
       <c r="H964" s="3">
-        <v>76.99</v>
+        <v>35</v>
       </c>
     </row>
     <row r="965">
       <c r="A965" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B965" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C965" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D965" s="1" t="s">
-        <v>2145</v>
-[...1 lines deleted...]
-      <c r="E965" s="1"/>
+        <v>2128</v>
+      </c>
+      <c r="E965" s="1" t="s">
+        <v>2175</v>
+      </c>
       <c r="F965" s="1" t="s">
-        <v>2184</v>
+        <v>2178</v>
       </c>
       <c r="G965" s="1" t="s">
-        <v>2185</v>
+        <v>2179</v>
       </c>
       <c r="H965" s="3">
-        <v>76.99</v>
+        <v>65</v>
       </c>
     </row>
     <row r="966">
       <c r="A966" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B966" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C966" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D966" s="1" t="s">
-        <v>2145</v>
+        <v>885</v>
       </c>
       <c r="E966" s="1"/>
       <c r="F966" s="1" t="s">
-        <v>2186</v>
+        <v>2180</v>
       </c>
       <c r="G966" s="1" t="s">
-        <v>2187</v>
+        <v>2181</v>
       </c>
       <c r="H966" s="3">
-        <v>34.5</v>
+        <v>12.49</v>
       </c>
     </row>
     <row r="967">
       <c r="A967" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B967" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C967" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D967" s="1" t="s">
-        <v>2145</v>
+        <v>885</v>
       </c>
       <c r="E967" s="1"/>
       <c r="F967" s="1" t="s">
-        <v>2188</v>
+        <v>2182</v>
       </c>
       <c r="G967" s="1" t="s">
-        <v>2189</v>
+        <v>2183</v>
       </c>
       <c r="H967" s="3">
-        <v>34.5</v>
+        <v>14.99</v>
       </c>
     </row>
     <row r="968">
       <c r="A968" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B968" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C968" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D968" s="1" t="s">
-        <v>2145</v>
-[...1 lines deleted...]
-      <c r="E968" s="1"/>
+        <v>885</v>
+      </c>
+      <c r="E968" s="1" t="s">
+        <v>2184</v>
+      </c>
       <c r="F968" s="1" t="s">
-        <v>2190</v>
+        <v>2185</v>
       </c>
       <c r="G968" s="1" t="s">
-        <v>2191</v>
+        <v>2186</v>
       </c>
       <c r="H968" s="3">
-        <v>29.99</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="969">
       <c r="A969" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B969" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C969" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D969" s="1" t="s">
-        <v>2145</v>
-[...1 lines deleted...]
-      <c r="E969" s="1"/>
+        <v>885</v>
+      </c>
+      <c r="E969" s="1" t="s">
+        <v>2187</v>
+      </c>
       <c r="F969" s="1" t="s">
-        <v>2192</v>
+        <v>2188</v>
       </c>
       <c r="G969" s="1" t="s">
-        <v>2193</v>
+        <v>2189</v>
       </c>
       <c r="H969" s="3">
-        <v>25.99</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="970">
       <c r="A970" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B970" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C970" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D970" s="1" t="s">
-        <v>2145</v>
+        <v>885</v>
       </c>
       <c r="E970" s="1" t="s">
-        <v>2194</v>
+        <v>2187</v>
       </c>
       <c r="F970" s="1" t="s">
-        <v>2195</v>
+        <v>2190</v>
       </c>
       <c r="G970" s="1" t="s">
-        <v>2196</v>
+        <v>2191</v>
       </c>
       <c r="H970" s="3">
-        <v>35.49</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="971">
       <c r="A971" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B971" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C971" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D971" s="1" t="s">
-        <v>2145</v>
+        <v>885</v>
       </c>
       <c r="E971" s="1" t="s">
-        <v>2194</v>
+        <v>2187</v>
       </c>
       <c r="F971" s="1" t="s">
-        <v>2197</v>
+        <v>2192</v>
       </c>
       <c r="G971" s="1" t="s">
-        <v>2198</v>
+        <v>2193</v>
       </c>
       <c r="H971" s="3">
-        <v>59.99</v>
+        <v>26</v>
       </c>
     </row>
     <row r="972">
       <c r="A972" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B972" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C972" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D972" s="1" t="s">
-        <v>907</v>
-[...1 lines deleted...]
-      <c r="E972" s="1"/>
+        <v>885</v>
+      </c>
+      <c r="E972" s="1" t="s">
+        <v>2187</v>
+      </c>
       <c r="F972" s="1" t="s">
-        <v>2199</v>
+        <v>2194</v>
       </c>
       <c r="G972" s="1" t="s">
-        <v>2200</v>
+        <v>2195</v>
       </c>
       <c r="H972" s="3">
-        <v>12.49</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="973">
       <c r="A973" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B973" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C973" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D973" s="1" t="s">
-        <v>907</v>
-[...1 lines deleted...]
-      <c r="E973" s="1"/>
+        <v>885</v>
+      </c>
+      <c r="E973" s="1" t="s">
+        <v>2187</v>
+      </c>
       <c r="F973" s="1" t="s">
-        <v>2201</v>
+        <v>2196</v>
       </c>
       <c r="G973" s="1" t="s">
-        <v>2202</v>
+        <v>2197</v>
       </c>
       <c r="H973" s="3">
-        <v>14.99</v>
+        <v>25.99</v>
       </c>
     </row>
     <row r="974">
       <c r="A974" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B974" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C974" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D974" s="1" t="s">
-        <v>907</v>
-[...3 lines deleted...]
-      </c>
+        <v>895</v>
+      </c>
+      <c r="E974" s="1"/>
       <c r="F974" s="1" t="s">
-        <v>2204</v>
+        <v>2198</v>
       </c>
       <c r="G974" s="1" t="s">
-        <v>2205</v>
+        <v>2199</v>
       </c>
       <c r="H974" s="3">
-        <v>19.99</v>
+        <v>42.99</v>
       </c>
     </row>
     <row r="975">
       <c r="A975" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B975" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C975" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D975" s="1" t="s">
-        <v>907</v>
-[...3 lines deleted...]
-      </c>
+        <v>895</v>
+      </c>
+      <c r="E975" s="1"/>
       <c r="F975" s="1" t="s">
-        <v>2207</v>
+        <v>2200</v>
       </c>
       <c r="G975" s="1" t="s">
-        <v>2208</v>
+        <v>2201</v>
       </c>
       <c r="H975" s="3">
-        <v>24.99</v>
+        <v>34</v>
       </c>
     </row>
     <row r="976">
       <c r="A976" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B976" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C976" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D976" s="1" t="s">
-        <v>907</v>
-[...3 lines deleted...]
-      </c>
+        <v>895</v>
+      </c>
+      <c r="E976" s="1"/>
       <c r="F976" s="1" t="s">
-        <v>2209</v>
+        <v>2202</v>
       </c>
       <c r="G976" s="1" t="s">
-        <v>2210</v>
+        <v>2203</v>
       </c>
       <c r="H976" s="3">
-        <v>24.99</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="977">
       <c r="A977" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B977" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C977" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D977" s="1" t="s">
-        <v>907</v>
-[...3 lines deleted...]
-      </c>
+        <v>895</v>
+      </c>
+      <c r="E977" s="1"/>
       <c r="F977" s="1" t="s">
-        <v>2211</v>
+        <v>2204</v>
       </c>
       <c r="G977" s="1" t="s">
-        <v>2212</v>
+        <v>2205</v>
       </c>
       <c r="H977" s="3">
-        <v>26</v>
+        <v>36</v>
       </c>
     </row>
     <row r="978">
       <c r="A978" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B978" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C978" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D978" s="1" t="s">
-        <v>907</v>
+        <v>895</v>
       </c>
       <c r="E978" s="1" t="s">
         <v>2206</v>
       </c>
       <c r="F978" s="1" t="s">
-        <v>2213</v>
+        <v>2207</v>
       </c>
       <c r="G978" s="1" t="s">
-        <v>2214</v>
+        <v>2208</v>
       </c>
       <c r="H978" s="3">
-        <v>24.99</v>
+        <v>42</v>
       </c>
     </row>
     <row r="979">
       <c r="A979" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B979" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C979" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D979" s="1" t="s">
-        <v>907</v>
+        <v>895</v>
       </c>
       <c r="E979" s="1" t="s">
         <v>2206</v>
       </c>
       <c r="F979" s="1" t="s">
-        <v>2215</v>
+        <v>2209</v>
       </c>
       <c r="G979" s="1" t="s">
-        <v>2216</v>
+        <v>2210</v>
       </c>
       <c r="H979" s="3">
-        <v>25.99</v>
+        <v>45</v>
       </c>
     </row>
     <row r="980">
       <c r="A980" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B980" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C980" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D980" s="1" t="s">
-        <v>919</v>
-[...1 lines deleted...]
-      <c r="E980" s="1"/>
+        <v>895</v>
+      </c>
+      <c r="E980" s="1" t="s">
+        <v>2206</v>
+      </c>
       <c r="F980" s="1" t="s">
-        <v>2217</v>
+        <v>2211</v>
       </c>
       <c r="G980" s="1" t="s">
-        <v>2218</v>
+        <v>2212</v>
       </c>
       <c r="H980" s="3">
-        <v>42.99</v>
+        <v>38</v>
       </c>
     </row>
     <row r="981">
       <c r="A981" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B981" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C981" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D981" s="1" t="s">
-        <v>919</v>
-[...1 lines deleted...]
-      <c r="E981" s="1"/>
+        <v>895</v>
+      </c>
+      <c r="E981" s="1" t="s">
+        <v>2206</v>
+      </c>
       <c r="F981" s="1" t="s">
-        <v>2219</v>
+        <v>2213</v>
       </c>
       <c r="G981" s="1" t="s">
-        <v>2220</v>
+        <v>2214</v>
       </c>
       <c r="H981" s="3">
-        <v>33.99</v>
+        <v>38.99</v>
       </c>
     </row>
     <row r="982">
       <c r="A982" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B982" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C982" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D982" s="1" t="s">
-        <v>919</v>
-[...1 lines deleted...]
-      <c r="E982" s="1"/>
+        <v>895</v>
+      </c>
+      <c r="E982" s="1" t="s">
+        <v>2206</v>
+      </c>
       <c r="F982" s="1" t="s">
-        <v>2221</v>
+        <v>2215</v>
       </c>
       <c r="G982" s="1" t="s">
-        <v>2222</v>
+        <v>2216</v>
       </c>
       <c r="H982" s="3">
-        <v>38</v>
+        <v>44.99</v>
       </c>
     </row>
     <row r="983">
       <c r="A983" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B983" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C983" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D983" s="1" t="s">
-        <v>919</v>
-[...1 lines deleted...]
-      <c r="E983" s="1"/>
+        <v>895</v>
+      </c>
+      <c r="E983" s="1" t="s">
+        <v>937</v>
+      </c>
       <c r="F983" s="1" t="s">
-        <v>2223</v>
+        <v>2217</v>
       </c>
       <c r="G983" s="1" t="s">
-        <v>2224</v>
+        <v>2218</v>
       </c>
       <c r="H983" s="3">
-        <v>35</v>
+        <v>34.99</v>
       </c>
     </row>
     <row r="984">
       <c r="A984" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B984" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C984" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D984" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E984" s="1" t="s">
-        <v>2225</v>
+        <v>937</v>
       </c>
       <c r="F984" s="1" t="s">
-        <v>2226</v>
+        <v>2219</v>
       </c>
       <c r="G984" s="1" t="s">
-        <v>2227</v>
+        <v>2220</v>
       </c>
       <c r="H984" s="3">
-        <v>40.5</v>
+        <v>35.99</v>
       </c>
     </row>
     <row r="985">
       <c r="A985" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B985" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C985" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D985" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E985" s="1" t="s">
-        <v>2225</v>
+        <v>937</v>
       </c>
       <c r="F985" s="1" t="s">
-        <v>2228</v>
+        <v>2221</v>
       </c>
       <c r="G985" s="1" t="s">
-        <v>2229</v>
+        <v>2222</v>
       </c>
       <c r="H985" s="3">
-        <v>45</v>
+        <v>42.49</v>
       </c>
     </row>
     <row r="986">
       <c r="A986" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B986" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C986" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D986" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E986" s="1" t="s">
-        <v>2225</v>
+        <v>937</v>
       </c>
       <c r="F986" s="1" t="s">
-        <v>2230</v>
+        <v>2223</v>
       </c>
       <c r="G986" s="1" t="s">
-        <v>2231</v>
+        <v>2224</v>
       </c>
       <c r="H986" s="3">
-        <v>38</v>
+        <v>32</v>
       </c>
     </row>
     <row r="987">
       <c r="A987" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B987" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C987" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D987" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E987" s="1" t="s">
+        <v>937</v>
+      </c>
+      <c r="F987" s="1" t="s">
         <v>2225</v>
       </c>
-      <c r="F987" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G987" s="1" t="s">
-        <v>2233</v>
+        <v>2226</v>
       </c>
       <c r="H987" s="3">
-        <v>38.99</v>
+        <v>35</v>
       </c>
     </row>
     <row r="988">
       <c r="A988" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B988" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C988" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D988" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E988" s="1" t="s">
-        <v>2225</v>
+        <v>937</v>
       </c>
       <c r="F988" s="1" t="s">
-        <v>2234</v>
+        <v>2227</v>
       </c>
       <c r="G988" s="1" t="s">
-        <v>2235</v>
+        <v>2228</v>
       </c>
       <c r="H988" s="3">
-        <v>44.99</v>
+        <v>30.49</v>
       </c>
     </row>
     <row r="989">
       <c r="A989" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B989" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C989" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D989" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E989" s="1" t="s">
-        <v>2236</v>
+        <v>937</v>
       </c>
       <c r="F989" s="1" t="s">
-        <v>2237</v>
+        <v>2229</v>
       </c>
       <c r="G989" s="1" t="s">
-        <v>2238</v>
+        <v>2230</v>
       </c>
       <c r="H989" s="3">
-        <v>27.99</v>
+        <v>32</v>
       </c>
     </row>
     <row r="990">
       <c r="A990" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B990" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C990" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D990" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E990" s="1" t="s">
-        <v>2236</v>
+        <v>937</v>
       </c>
       <c r="F990" s="1" t="s">
-        <v>2239</v>
+        <v>2231</v>
       </c>
       <c r="G990" s="1" t="s">
-        <v>2240</v>
+        <v>2232</v>
       </c>
       <c r="H990" s="3">
-        <v>23.99</v>
+        <v>44</v>
       </c>
     </row>
     <row r="991">
       <c r="A991" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B991" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C991" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D991" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E991" s="1" t="s">
-        <v>2236</v>
+        <v>2233</v>
       </c>
       <c r="F991" s="1" t="s">
-        <v>2241</v>
+        <v>2234</v>
       </c>
       <c r="G991" s="1" t="s">
-        <v>2242</v>
+        <v>2235</v>
       </c>
       <c r="H991" s="3">
-        <v>46.99</v>
+        <v>28.5</v>
       </c>
     </row>
     <row r="992">
       <c r="A992" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B992" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C992" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D992" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E992" s="1" t="s">
+        <v>2233</v>
+      </c>
+      <c r="F992" s="1" t="s">
         <v>2236</v>
       </c>
-      <c r="F992" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G992" s="1" t="s">
-        <v>2244</v>
+        <v>2237</v>
       </c>
       <c r="H992" s="3">
-        <v>46.99</v>
+        <v>24.5</v>
       </c>
     </row>
     <row r="993">
       <c r="A993" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B993" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C993" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D993" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E993" s="1" t="s">
-        <v>2236</v>
+        <v>2233</v>
       </c>
       <c r="F993" s="1" t="s">
-        <v>2245</v>
+        <v>2238</v>
       </c>
       <c r="G993" s="1" t="s">
-        <v>2246</v>
+        <v>2239</v>
       </c>
       <c r="H993" s="3">
-        <v>49.99</v>
+        <v>54</v>
       </c>
     </row>
     <row r="994">
       <c r="A994" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B994" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C994" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D994" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E994" s="1" t="s">
-        <v>968</v>
+        <v>2233</v>
       </c>
       <c r="F994" s="1" t="s">
-        <v>2247</v>
+        <v>2240</v>
       </c>
       <c r="G994" s="1" t="s">
-        <v>2248</v>
+        <v>2241</v>
       </c>
       <c r="H994" s="3">
-        <v>120</v>
+        <v>49.95</v>
       </c>
     </row>
     <row r="995">
       <c r="A995" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B995" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C995" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D995" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E995" s="1" t="s">
-        <v>968</v>
+        <v>2233</v>
       </c>
       <c r="F995" s="1" t="s">
-        <v>2249</v>
+        <v>2242</v>
       </c>
       <c r="G995" s="1" t="s">
-        <v>2250</v>
+        <v>2243</v>
       </c>
       <c r="H995" s="3">
-        <v>120</v>
+        <v>49.99</v>
       </c>
     </row>
     <row r="996">
       <c r="A996" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B996" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C996" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D996" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E996" s="1" t="s">
-        <v>968</v>
+        <v>952</v>
       </c>
       <c r="F996" s="1" t="s">
-        <v>2251</v>
+        <v>2244</v>
       </c>
       <c r="G996" s="1" t="s">
-        <v>2252</v>
+        <v>2245</v>
       </c>
       <c r="H996" s="3">
-        <v>76.99</v>
+        <v>120</v>
       </c>
     </row>
     <row r="997">
       <c r="A997" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B997" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C997" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D997" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E997" s="1" t="s">
-        <v>968</v>
+        <v>952</v>
       </c>
       <c r="F997" s="1" t="s">
-        <v>2253</v>
+        <v>2246</v>
       </c>
       <c r="G997" s="1" t="s">
-        <v>2254</v>
+        <v>2247</v>
       </c>
       <c r="H997" s="3">
-        <v>99.99</v>
+        <v>120</v>
       </c>
     </row>
     <row r="998">
       <c r="A998" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B998" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C998" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D998" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E998" s="1" t="s">
-        <v>968</v>
+        <v>952</v>
       </c>
       <c r="F998" s="1" t="s">
-        <v>2255</v>
+        <v>2248</v>
       </c>
       <c r="G998" s="1" t="s">
-        <v>2256</v>
+        <v>2249</v>
       </c>
       <c r="H998" s="3">
-        <v>106</v>
+        <v>78</v>
       </c>
     </row>
     <row r="999">
       <c r="A999" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B999" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C999" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D999" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E999" s="1" t="s">
-        <v>968</v>
+        <v>952</v>
       </c>
       <c r="F999" s="1" t="s">
-        <v>2257</v>
+        <v>2250</v>
       </c>
       <c r="G999" s="1" t="s">
-        <v>2258</v>
+        <v>2251</v>
       </c>
       <c r="H999" s="3">
-        <v>106</v>
+        <v>89</v>
       </c>
     </row>
     <row r="1000">
       <c r="A1000" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1000" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1000" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D1000" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E1000" s="1" t="s">
-        <v>968</v>
+        <v>952</v>
       </c>
       <c r="F1000" s="1" t="s">
-        <v>2259</v>
+        <v>2252</v>
       </c>
       <c r="G1000" s="1" t="s">
-        <v>2260</v>
+        <v>2253</v>
       </c>
       <c r="H1000" s="3">
-        <v>110</v>
+        <v>106</v>
       </c>
     </row>
     <row r="1001">
       <c r="A1001" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1001" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1001" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D1001" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E1001" s="1" t="s">
-        <v>968</v>
+        <v>952</v>
       </c>
       <c r="F1001" s="1" t="s">
-        <v>2261</v>
+        <v>2254</v>
       </c>
       <c r="G1001" s="1" t="s">
-        <v>2262</v>
+        <v>2255</v>
       </c>
       <c r="H1001" s="3">
-        <v>78</v>
+        <v>109</v>
       </c>
     </row>
     <row r="1002">
       <c r="A1002" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1002" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1002" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D1002" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E1002" s="1" t="s">
-        <v>968</v>
+        <v>952</v>
       </c>
       <c r="F1002" s="1" t="s">
-        <v>2263</v>
+        <v>2256</v>
       </c>
       <c r="G1002" s="1" t="s">
-        <v>2264</v>
+        <v>2257</v>
       </c>
       <c r="H1002" s="3">
-        <v>60.99</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1003">
       <c r="A1003" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1003" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1003" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D1003" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E1003" s="1" t="s">
-        <v>968</v>
+        <v>952</v>
       </c>
       <c r="F1003" s="1" t="s">
-        <v>2265</v>
+        <v>2258</v>
       </c>
       <c r="G1003" s="1" t="s">
-        <v>2266</v>
+        <v>2259</v>
       </c>
       <c r="H1003" s="3">
-        <v>69.99</v>
+        <v>78</v>
       </c>
     </row>
     <row r="1004">
       <c r="A1004" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1004" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1004" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D1004" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E1004" s="1" t="s">
-        <v>968</v>
+        <v>952</v>
       </c>
       <c r="F1004" s="1" t="s">
-        <v>2267</v>
+        <v>2260</v>
       </c>
       <c r="G1004" s="1" t="s">
-        <v>2268</v>
+        <v>2261</v>
       </c>
       <c r="H1004" s="3">
-        <v>69</v>
+        <v>72</v>
       </c>
     </row>
     <row r="1005">
       <c r="A1005" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1005" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1005" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D1005" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E1005" s="1" t="s">
-        <v>968</v>
+        <v>952</v>
       </c>
       <c r="F1005" s="1" t="s">
-        <v>2269</v>
+        <v>2262</v>
       </c>
       <c r="G1005" s="1" t="s">
-        <v>2270</v>
+        <v>2263</v>
       </c>
       <c r="H1005" s="3">
-        <v>900</v>
+        <v>69</v>
       </c>
     </row>
     <row r="1006">
       <c r="A1006" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1006" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1006" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D1006" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E1006" s="1" t="s">
-        <v>968</v>
+        <v>952</v>
       </c>
       <c r="F1006" s="1" t="s">
-        <v>2271</v>
+        <v>2264</v>
       </c>
       <c r="G1006" s="1" t="s">
-        <v>2272</v>
+        <v>2265</v>
       </c>
       <c r="H1006" s="3">
-        <v>1125</v>
+        <v>900</v>
       </c>
     </row>
     <row r="1007">
       <c r="A1007" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1007" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1007" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D1007" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E1007" s="1" t="s">
-        <v>968</v>
+        <v>952</v>
       </c>
       <c r="F1007" s="1" t="s">
-        <v>2273</v>
+        <v>2266</v>
       </c>
       <c r="G1007" s="1" t="s">
-        <v>2274</v>
+        <v>2267</v>
       </c>
       <c r="H1007" s="3">
-        <v>899</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="1008">
       <c r="A1008" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1008" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1008" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D1008" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E1008" s="1" t="s">
-        <v>968</v>
+        <v>952</v>
       </c>
       <c r="F1008" s="1" t="s">
-        <v>2275</v>
+        <v>2268</v>
       </c>
       <c r="G1008" s="1" t="s">
-        <v>2276</v>
+        <v>2269</v>
       </c>
       <c r="H1008" s="3">
-        <v>1250</v>
+        <v>899</v>
       </c>
     </row>
     <row r="1009">
       <c r="A1009" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1009" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1009" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D1009" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E1009" s="1" t="s">
-        <v>968</v>
+        <v>952</v>
       </c>
       <c r="F1009" s="1" t="s">
-        <v>2277</v>
+        <v>2270</v>
       </c>
       <c r="G1009" s="1" t="s">
-        <v>2278</v>
+        <v>2271</v>
       </c>
       <c r="H1009" s="3">
-        <v>900</v>
+        <v>999</v>
       </c>
     </row>
     <row r="1010">
       <c r="A1010" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1010" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1010" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D1010" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E1010" s="1" t="s">
-        <v>968</v>
+        <v>952</v>
       </c>
       <c r="F1010" s="1" t="s">
-        <v>2279</v>
+        <v>2272</v>
       </c>
       <c r="G1010" s="1" t="s">
-        <v>2280</v>
+        <v>2273</v>
       </c>
       <c r="H1010" s="3">
-        <v>1100</v>
+        <v>900</v>
       </c>
     </row>
     <row r="1011">
       <c r="A1011" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1011" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1011" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D1011" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E1011" s="1" t="s">
-        <v>2281</v>
+        <v>952</v>
       </c>
       <c r="F1011" s="1" t="s">
-        <v>2282</v>
+        <v>2274</v>
       </c>
       <c r="G1011" s="1" t="s">
-        <v>2283</v>
+        <v>2275</v>
       </c>
       <c r="H1011" s="3">
-        <v>22.99</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="1012">
       <c r="A1012" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1012" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1012" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D1012" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E1012" s="1" t="s">
-        <v>978</v>
+        <v>2276</v>
       </c>
       <c r="F1012" s="1" t="s">
-        <v>2284</v>
+        <v>2277</v>
       </c>
       <c r="G1012" s="1" t="s">
-        <v>2285</v>
+        <v>2278</v>
       </c>
       <c r="H1012" s="3">
         <v>22.99</v>
       </c>
     </row>
     <row r="1013">
       <c r="A1013" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1013" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1013" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D1013" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E1013" s="1" t="s">
-        <v>981</v>
+        <v>962</v>
       </c>
       <c r="F1013" s="1" t="s">
-        <v>2286</v>
+        <v>2279</v>
       </c>
       <c r="G1013" s="1" t="s">
-        <v>2287</v>
+        <v>2280</v>
       </c>
       <c r="H1013" s="3">
-        <v>19.89</v>
+        <v>22.99</v>
       </c>
     </row>
     <row r="1014">
       <c r="A1014" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1014" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1014" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D1014" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E1014" s="1" t="s">
-        <v>981</v>
+        <v>965</v>
       </c>
       <c r="F1014" s="1" t="s">
-        <v>2288</v>
+        <v>2281</v>
       </c>
       <c r="G1014" s="1" t="s">
-        <v>2289</v>
+        <v>2282</v>
       </c>
       <c r="H1014" s="3">
-        <v>25.49</v>
+        <v>19.89</v>
       </c>
     </row>
     <row r="1015">
       <c r="A1015" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1015" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1015" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D1015" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E1015" s="1" t="s">
-        <v>981</v>
+        <v>965</v>
       </c>
       <c r="F1015" s="1" t="s">
-        <v>2290</v>
+        <v>2283</v>
       </c>
       <c r="G1015" s="1" t="s">
-        <v>2291</v>
+        <v>2284</v>
       </c>
       <c r="H1015" s="3">
-        <v>27.5</v>
+        <v>25.99</v>
       </c>
     </row>
     <row r="1016">
       <c r="A1016" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1016" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1016" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D1016" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E1016" s="1" t="s">
-        <v>2292</v>
+        <v>965</v>
       </c>
       <c r="F1016" s="1" t="s">
-        <v>2293</v>
+        <v>2285</v>
       </c>
       <c r="G1016" s="1" t="s">
-        <v>2294</v>
+        <v>2286</v>
       </c>
       <c r="H1016" s="3">
-        <v>78</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="1017">
       <c r="A1017" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1017" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1017" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D1017" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E1017" s="1" t="s">
-        <v>2292</v>
+        <v>2287</v>
       </c>
       <c r="F1017" s="1" t="s">
-        <v>2295</v>
+        <v>2288</v>
       </c>
       <c r="G1017" s="1" t="s">
-        <v>2296</v>
+        <v>2289</v>
       </c>
       <c r="H1017" s="3">
-        <v>120</v>
+        <v>78</v>
       </c>
     </row>
     <row r="1018">
       <c r="A1018" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1018" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1018" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D1018" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E1018" s="1" t="s">
-        <v>2292</v>
+        <v>2287</v>
       </c>
       <c r="F1018" s="1" t="s">
-        <v>2297</v>
+        <v>2290</v>
       </c>
       <c r="G1018" s="1" t="s">
-        <v>2298</v>
+        <v>2291</v>
       </c>
       <c r="H1018" s="3">
         <v>120</v>
       </c>
     </row>
     <row r="1019">
       <c r="A1019" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1019" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1019" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D1019" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E1019" s="1" t="s">
+        <v>2287</v>
+      </c>
+      <c r="F1019" s="1" t="s">
         <v>2292</v>
       </c>
-      <c r="F1019" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G1019" s="1" t="s">
-        <v>2300</v>
+        <v>2293</v>
       </c>
       <c r="H1019" s="3">
-        <v>137</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1020">
       <c r="A1020" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1020" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1020" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D1020" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E1020" s="1" t="s">
-        <v>2292</v>
+        <v>2287</v>
       </c>
       <c r="F1020" s="1" t="s">
-        <v>2301</v>
+        <v>2294</v>
       </c>
       <c r="G1020" s="1" t="s">
-        <v>2302</v>
+        <v>2295</v>
       </c>
       <c r="H1020" s="3">
-        <v>138</v>
+        <v>144</v>
       </c>
     </row>
     <row r="1021">
       <c r="A1021" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1021" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1021" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D1021" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E1021" s="1" t="s">
-        <v>2292</v>
+        <v>2287</v>
       </c>
       <c r="F1021" s="1" t="s">
-        <v>2303</v>
+        <v>2296</v>
       </c>
       <c r="G1021" s="1" t="s">
-        <v>2304</v>
+        <v>2297</v>
       </c>
       <c r="H1021" s="3">
-        <v>64.99</v>
+        <v>129</v>
       </c>
     </row>
     <row r="1022">
       <c r="A1022" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1022" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1022" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D1022" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E1022" s="1" t="s">
-        <v>2292</v>
+        <v>2287</v>
       </c>
       <c r="F1022" s="1" t="s">
-        <v>2305</v>
+        <v>2298</v>
       </c>
       <c r="G1022" s="1" t="s">
-        <v>2306</v>
+        <v>2299</v>
       </c>
       <c r="H1022" s="3">
-        <v>72.99</v>
+        <v>64.99</v>
       </c>
     </row>
     <row r="1023">
       <c r="A1023" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1023" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1023" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D1023" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E1023" s="1" t="s">
-        <v>2292</v>
+        <v>2287</v>
       </c>
       <c r="F1023" s="1" t="s">
-        <v>2307</v>
+        <v>2300</v>
       </c>
       <c r="G1023" s="1" t="s">
-        <v>2308</v>
+        <v>2301</v>
       </c>
       <c r="H1023" s="3">
-        <v>57.99</v>
+        <v>74.5</v>
       </c>
     </row>
     <row r="1024">
       <c r="A1024" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1024" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1024" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D1024" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E1024" s="1" t="s">
-        <v>2292</v>
+        <v>2287</v>
       </c>
       <c r="F1024" s="1" t="s">
-        <v>2309</v>
+        <v>2302</v>
       </c>
       <c r="G1024" s="1" t="s">
-        <v>2310</v>
+        <v>2303</v>
       </c>
       <c r="H1024" s="3">
         <v>57.99</v>
       </c>
     </row>
     <row r="1025">
       <c r="A1025" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1025" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1025" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D1025" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E1025" s="1" t="s">
-        <v>2292</v>
+        <v>2287</v>
       </c>
       <c r="F1025" s="1" t="s">
-        <v>2311</v>
+        <v>2304</v>
       </c>
       <c r="G1025" s="1" t="s">
-        <v>2312</v>
+        <v>2305</v>
       </c>
       <c r="H1025" s="3">
-        <v>74.99</v>
+        <v>58</v>
       </c>
     </row>
     <row r="1026">
       <c r="A1026" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1026" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1026" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D1026" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E1026" s="1" t="s">
-        <v>2292</v>
+        <v>2287</v>
       </c>
       <c r="F1026" s="1" t="s">
-        <v>2313</v>
+        <v>2306</v>
       </c>
       <c r="G1026" s="1" t="s">
-        <v>2314</v>
+        <v>2307</v>
       </c>
       <c r="H1026" s="3">
-        <v>74.99</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1027">
       <c r="A1027" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1027" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1027" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D1027" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E1027" s="1" t="s">
-        <v>2292</v>
+        <v>2287</v>
       </c>
       <c r="F1027" s="1" t="s">
-        <v>2315</v>
+        <v>2308</v>
       </c>
       <c r="G1027" s="1" t="s">
-        <v>2316</v>
+        <v>2309</v>
       </c>
       <c r="H1027" s="3">
-        <v>65</v>
+        <v>69.5</v>
       </c>
     </row>
     <row r="1028">
       <c r="A1028" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1028" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1028" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D1028" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E1028" s="1" t="s">
-        <v>2292</v>
+        <v>2287</v>
       </c>
       <c r="F1028" s="1" t="s">
-        <v>2317</v>
+        <v>2310</v>
       </c>
       <c r="G1028" s="1" t="s">
-        <v>2318</v>
+        <v>2311</v>
       </c>
       <c r="H1028" s="3">
-        <v>84.99</v>
+        <v>65</v>
       </c>
     </row>
     <row r="1029">
       <c r="A1029" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1029" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1029" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D1029" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E1029" s="1" t="s">
-        <v>2292</v>
+        <v>2287</v>
       </c>
       <c r="F1029" s="1" t="s">
-        <v>2319</v>
+        <v>2312</v>
       </c>
       <c r="G1029" s="1" t="s">
-        <v>2320</v>
+        <v>2313</v>
       </c>
       <c r="H1029" s="3">
         <v>85</v>
       </c>
     </row>
     <row r="1030">
       <c r="A1030" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1030" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1030" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D1030" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E1030" s="1" t="s">
-        <v>2292</v>
+        <v>2287</v>
       </c>
       <c r="F1030" s="1" t="s">
-        <v>2321</v>
+        <v>2314</v>
       </c>
       <c r="G1030" s="1" t="s">
-        <v>2322</v>
+        <v>2315</v>
       </c>
       <c r="H1030" s="3">
-        <v>64.99</v>
+        <v>85</v>
       </c>
     </row>
     <row r="1031">
       <c r="A1031" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1031" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1031" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D1031" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E1031" s="1" t="s">
-        <v>2323</v>
+        <v>2287</v>
       </c>
       <c r="F1031" s="1" t="s">
-        <v>2324</v>
+        <v>2316</v>
       </c>
       <c r="G1031" s="1" t="s">
-        <v>2325</v>
+        <v>2317</v>
       </c>
       <c r="H1031" s="3">
-        <v>390</v>
+        <v>64.99</v>
       </c>
     </row>
     <row r="1032">
       <c r="A1032" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1032" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1032" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D1032" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E1032" s="1" t="s">
-        <v>2323</v>
+        <v>2318</v>
       </c>
       <c r="F1032" s="1" t="s">
-        <v>2326</v>
+        <v>2319</v>
       </c>
       <c r="G1032" s="1" t="s">
-        <v>2327</v>
+        <v>2320</v>
       </c>
       <c r="H1032" s="3">
-        <v>225</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1033">
       <c r="A1033" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1033" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1033" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D1033" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E1033" s="1" t="s">
-        <v>2323</v>
+        <v>2318</v>
       </c>
       <c r="F1033" s="1" t="s">
-        <v>2328</v>
+        <v>2321</v>
       </c>
       <c r="G1033" s="1" t="s">
-        <v>2329</v>
+        <v>2322</v>
       </c>
       <c r="H1033" s="3">
-        <v>55.5</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1034">
       <c r="A1034" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1034" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1034" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D1034" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E1034" s="1" t="s">
+        <v>2318</v>
+      </c>
+      <c r="F1034" s="1" t="s">
         <v>2323</v>
       </c>
-      <c r="F1034" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G1034" s="1" t="s">
-        <v>2331</v>
+        <v>2324</v>
       </c>
       <c r="H1034" s="3">
-        <v>145</v>
+        <v>55.5</v>
       </c>
     </row>
     <row r="1035">
       <c r="A1035" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1035" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1035" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D1035" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E1035" s="1" t="s">
-        <v>2323</v>
+        <v>2318</v>
       </c>
       <c r="F1035" s="1" t="s">
-        <v>2332</v>
+        <v>2325</v>
       </c>
       <c r="G1035" s="1" t="s">
-        <v>2333</v>
+        <v>2326</v>
       </c>
       <c r="H1035" s="3">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1036">
       <c r="A1036" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1036" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1036" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D1036" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E1036" s="1" t="s">
-        <v>2323</v>
+        <v>2318</v>
       </c>
       <c r="F1036" s="1" t="s">
-        <v>2334</v>
+        <v>2327</v>
       </c>
       <c r="G1036" s="1" t="s">
-        <v>2335</v>
+        <v>2328</v>
       </c>
       <c r="H1036" s="3">
         <v>110</v>
       </c>
     </row>
     <row r="1037">
       <c r="A1037" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1037" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1037" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D1037" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E1037" s="1" t="s">
-        <v>2323</v>
+        <v>2318</v>
       </c>
       <c r="F1037" s="1" t="s">
-        <v>2336</v>
+        <v>2329</v>
       </c>
       <c r="G1037" s="1" t="s">
-        <v>2337</v>
+        <v>2330</v>
       </c>
       <c r="H1037" s="3">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1038">
       <c r="A1038" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1038" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1038" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D1038" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E1038" s="1" t="s">
-        <v>2323</v>
+        <v>2318</v>
       </c>
       <c r="F1038" s="1" t="s">
-        <v>2338</v>
+        <v>2331</v>
       </c>
       <c r="G1038" s="1" t="s">
-        <v>2339</v>
+        <v>2332</v>
       </c>
       <c r="H1038" s="3">
-        <v>262</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1039">
       <c r="A1039" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1039" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1039" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D1039" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E1039" s="1" t="s">
-        <v>2323</v>
+        <v>2318</v>
       </c>
       <c r="F1039" s="1" t="s">
-        <v>2340</v>
+        <v>2333</v>
       </c>
       <c r="G1039" s="1" t="s">
-        <v>2341</v>
+        <v>2334</v>
       </c>
       <c r="H1039" s="3">
-        <v>86.99</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1040">
       <c r="A1040" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1040" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1040" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D1040" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E1040" s="1" t="s">
-        <v>2323</v>
+        <v>2318</v>
       </c>
       <c r="F1040" s="1" t="s">
-        <v>2342</v>
+        <v>2335</v>
       </c>
       <c r="G1040" s="1" t="s">
-        <v>2343</v>
+        <v>2336</v>
       </c>
       <c r="H1040" s="3">
-        <v>75.5</v>
+        <v>89</v>
       </c>
     </row>
     <row r="1041">
       <c r="A1041" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1041" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1041" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D1041" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E1041" s="1" t="s">
-        <v>2323</v>
+        <v>2318</v>
       </c>
       <c r="F1041" s="1" t="s">
-        <v>2344</v>
+        <v>2337</v>
       </c>
       <c r="G1041" s="1" t="s">
-        <v>2345</v>
+        <v>2338</v>
       </c>
       <c r="H1041" s="3">
-        <v>75</v>
+        <v>79</v>
       </c>
     </row>
     <row r="1042">
       <c r="A1042" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1042" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1042" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D1042" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E1042" s="1" t="s">
-        <v>2323</v>
+        <v>2318</v>
       </c>
       <c r="F1042" s="1" t="s">
-        <v>2346</v>
+        <v>2339</v>
       </c>
       <c r="G1042" s="1" t="s">
-        <v>2347</v>
+        <v>2340</v>
       </c>
       <c r="H1042" s="3">
         <v>78</v>
       </c>
     </row>
     <row r="1043">
       <c r="A1043" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1043" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1043" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D1043" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E1043" s="1" t="s">
-        <v>2323</v>
+        <v>2318</v>
       </c>
       <c r="F1043" s="1" t="s">
-        <v>2348</v>
+        <v>2341</v>
       </c>
       <c r="G1043" s="1" t="s">
-        <v>2349</v>
+        <v>2342</v>
       </c>
       <c r="H1043" s="3">
-        <v>59.99</v>
+        <v>79</v>
       </c>
     </row>
     <row r="1044">
       <c r="A1044" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1044" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1044" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D1044" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E1044" s="1" t="s">
-        <v>2323</v>
+        <v>2318</v>
       </c>
       <c r="F1044" s="1" t="s">
-        <v>2350</v>
+        <v>2343</v>
       </c>
       <c r="G1044" s="1" t="s">
-        <v>2351</v>
+        <v>2344</v>
       </c>
       <c r="H1044" s="3">
-        <v>75.5</v>
+        <v>65</v>
       </c>
     </row>
     <row r="1045">
       <c r="A1045" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1045" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1045" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D1045" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E1045" s="1" t="s">
-        <v>2323</v>
+        <v>2318</v>
       </c>
       <c r="F1045" s="1" t="s">
-        <v>2352</v>
+        <v>2345</v>
       </c>
       <c r="G1045" s="1" t="s">
-        <v>2353</v>
+        <v>2346</v>
       </c>
       <c r="H1045" s="3">
-        <v>75</v>
+        <v>75.5</v>
       </c>
     </row>
     <row r="1046">
       <c r="A1046" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1046" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1046" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D1046" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E1046" s="1" t="s">
-        <v>2354</v>
+        <v>2318</v>
       </c>
       <c r="F1046" s="1" t="s">
-        <v>2355</v>
+        <v>2347</v>
       </c>
       <c r="G1046" s="1" t="s">
-        <v>2356</v>
+        <v>2348</v>
       </c>
       <c r="H1046" s="3">
-        <v>35</v>
+        <v>76</v>
       </c>
     </row>
     <row r="1047">
       <c r="A1047" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1047" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1047" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D1047" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E1047" s="1" t="s">
-        <v>2354</v>
+        <v>2349</v>
       </c>
       <c r="F1047" s="1" t="s">
-        <v>2357</v>
+        <v>2350</v>
       </c>
       <c r="G1047" s="1" t="s">
-        <v>2358</v>
+        <v>2351</v>
       </c>
       <c r="H1047" s="3">
-        <v>40.5</v>
+        <v>35</v>
       </c>
     </row>
     <row r="1048">
       <c r="A1048" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1048" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1048" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D1048" s="1" t="s">
-        <v>919</v>
+        <v>895</v>
       </c>
       <c r="E1048" s="1" t="s">
-        <v>2354</v>
+        <v>2349</v>
       </c>
       <c r="F1048" s="1" t="s">
-        <v>2359</v>
+        <v>2352</v>
       </c>
       <c r="G1048" s="1" t="s">
-        <v>2360</v>
+        <v>2353</v>
       </c>
       <c r="H1048" s="3">
-        <v>39</v>
+        <v>40.5</v>
       </c>
     </row>
     <row r="1049">
       <c r="A1049" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1049" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1049" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D1049" s="1" t="s">
-        <v>1106</v>
-[...1 lines deleted...]
-      <c r="E1049" s="1"/>
+        <v>895</v>
+      </c>
+      <c r="E1049" s="1" t="s">
+        <v>2349</v>
+      </c>
       <c r="F1049" s="1" t="s">
-        <v>2361</v>
+        <v>2354</v>
       </c>
       <c r="G1049" s="1" t="s">
-        <v>2362</v>
+        <v>2355</v>
       </c>
       <c r="H1049" s="3">
-        <v>19.89</v>
+        <v>39</v>
       </c>
     </row>
     <row r="1050">
       <c r="A1050" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1050" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1050" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D1050" s="1" t="s">
-        <v>1106</v>
-[...3 lines deleted...]
-      </c>
+        <v>1092</v>
+      </c>
+      <c r="E1050" s="1"/>
       <c r="F1050" s="1" t="s">
-        <v>2363</v>
+        <v>2356</v>
       </c>
       <c r="G1050" s="1" t="s">
-        <v>2364</v>
+        <v>2357</v>
       </c>
       <c r="H1050" s="3">
-        <v>34.99</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="1051">
       <c r="A1051" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1051" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1051" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D1051" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E1051" s="1" t="s">
-        <v>1107</v>
+        <v>1287</v>
       </c>
       <c r="F1051" s="1" t="s">
-        <v>2365</v>
+        <v>2358</v>
       </c>
       <c r="G1051" s="1" t="s">
-        <v>2366</v>
+        <v>2359</v>
       </c>
       <c r="H1051" s="3">
-        <v>34.99</v>
+        <v>39</v>
       </c>
     </row>
     <row r="1052">
       <c r="A1052" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1052" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1052" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D1052" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E1052" s="1" t="s">
-        <v>1107</v>
+        <v>1287</v>
       </c>
       <c r="F1052" s="1" t="s">
-        <v>2367</v>
+        <v>2360</v>
       </c>
       <c r="G1052" s="1" t="s">
-        <v>2368</v>
+        <v>2361</v>
       </c>
       <c r="H1052" s="3">
-        <v>42.49</v>
+        <v>48</v>
       </c>
     </row>
     <row r="1053">
       <c r="A1053" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1053" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1053" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D1053" s="1" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="E1053" s="1" t="s">
-        <v>1107</v>
+        <v>1287</v>
       </c>
       <c r="F1053" s="1" t="s">
-        <v>2369</v>
+        <v>2362</v>
       </c>
       <c r="G1053" s="1" t="s">
-        <v>2370</v>
+        <v>2363</v>
       </c>
       <c r="H1053" s="3">
-        <v>31.99</v>
+        <v>48</v>
       </c>
     </row>
     <row r="1054">
       <c r="A1054" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1054" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1054" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D1054" s="1" t="s">
-        <v>1106</v>
+        <v>1345</v>
       </c>
       <c r="E1054" s="1" t="s">
-        <v>1107</v>
+        <v>2364</v>
       </c>
       <c r="F1054" s="1" t="s">
-        <v>2371</v>
+        <v>2365</v>
       </c>
       <c r="G1054" s="1" t="s">
-        <v>2372</v>
+        <v>2366</v>
       </c>
       <c r="H1054" s="3">
-        <v>33.99</v>
+        <v>16.99</v>
       </c>
     </row>
     <row r="1055">
       <c r="A1055" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1055" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1055" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D1055" s="1" t="s">
-        <v>1106</v>
+        <v>1345</v>
       </c>
       <c r="E1055" s="1" t="s">
-        <v>1107</v>
+        <v>2364</v>
       </c>
       <c r="F1055" s="1" t="s">
-        <v>2373</v>
+        <v>2367</v>
       </c>
       <c r="G1055" s="1" t="s">
-        <v>2374</v>
+        <v>2368</v>
       </c>
       <c r="H1055" s="3">
-        <v>30.49</v>
+        <v>21.5</v>
       </c>
     </row>
     <row r="1056">
       <c r="A1056" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1056" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1056" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D1056" s="1" t="s">
-        <v>1106</v>
+        <v>1345</v>
       </c>
       <c r="E1056" s="1" t="s">
-        <v>1107</v>
+        <v>2364</v>
       </c>
       <c r="F1056" s="1" t="s">
-        <v>2375</v>
+        <v>2369</v>
       </c>
       <c r="G1056" s="1" t="s">
-        <v>2376</v>
+        <v>2370</v>
       </c>
       <c r="H1056" s="3">
-        <v>30.49</v>
+        <v>22.49</v>
       </c>
     </row>
     <row r="1057">
       <c r="A1057" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1057" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1057" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D1057" s="1" t="s">
-        <v>1106</v>
+        <v>1345</v>
       </c>
       <c r="E1057" s="1" t="s">
-        <v>1107</v>
+        <v>2364</v>
       </c>
       <c r="F1057" s="1" t="s">
-        <v>2377</v>
+        <v>2371</v>
       </c>
       <c r="G1057" s="1" t="s">
-        <v>2378</v>
+        <v>2372</v>
       </c>
       <c r="H1057" s="3">
-        <v>42.99</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="1058">
       <c r="A1058" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1058" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1058" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D1058" s="1" t="s">
-        <v>1106</v>
+        <v>1345</v>
       </c>
       <c r="E1058" s="1" t="s">
-        <v>1307</v>
+        <v>2364</v>
       </c>
       <c r="F1058" s="1" t="s">
-        <v>2379</v>
+        <v>2373</v>
       </c>
       <c r="G1058" s="1" t="s">
-        <v>2380</v>
+        <v>2374</v>
       </c>
       <c r="H1058" s="3">
-        <v>39</v>
+        <v>25</v>
       </c>
     </row>
     <row r="1059">
       <c r="A1059" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1059" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1059" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D1059" s="1" t="s">
-        <v>1106</v>
+        <v>1345</v>
       </c>
       <c r="E1059" s="1" t="s">
-        <v>1307</v>
+        <v>2364</v>
       </c>
       <c r="F1059" s="1" t="s">
-        <v>2381</v>
+        <v>2375</v>
       </c>
       <c r="G1059" s="1" t="s">
-        <v>2382</v>
+        <v>2376</v>
       </c>
       <c r="H1059" s="3">
-        <v>46.5</v>
+        <v>28.5</v>
       </c>
     </row>
     <row r="1060">
       <c r="A1060" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1060" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1060" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D1060" s="1" t="s">
-        <v>1106</v>
+        <v>1345</v>
       </c>
       <c r="E1060" s="1" t="s">
-        <v>1307</v>
+        <v>2364</v>
       </c>
       <c r="F1060" s="1" t="s">
-        <v>2383</v>
+        <v>2377</v>
       </c>
       <c r="G1060" s="1" t="s">
-        <v>2384</v>
+        <v>2378</v>
       </c>
       <c r="H1060" s="3">
-        <v>46.5</v>
+        <v>16.99</v>
       </c>
     </row>
     <row r="1061">
       <c r="A1061" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1061" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1061" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D1061" s="1" t="s">
-        <v>1370</v>
+        <v>1345</v>
       </c>
       <c r="E1061" s="1" t="s">
-        <v>2385</v>
+        <v>2364</v>
       </c>
       <c r="F1061" s="1" t="s">
-        <v>2386</v>
+        <v>2379</v>
       </c>
       <c r="G1061" s="1" t="s">
-        <v>2387</v>
+        <v>2380</v>
       </c>
       <c r="H1061" s="3">
-        <v>16.99</v>
+        <v>9.99</v>
       </c>
     </row>
     <row r="1062">
       <c r="A1062" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1062" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1062" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D1062" s="1" t="s">
-        <v>1370</v>
+        <v>1345</v>
       </c>
       <c r="E1062" s="1" t="s">
-        <v>2385</v>
+        <v>2381</v>
       </c>
       <c r="F1062" s="1" t="s">
-        <v>2388</v>
+        <v>2382</v>
       </c>
       <c r="G1062" s="1" t="s">
-        <v>2389</v>
+        <v>2383</v>
       </c>
       <c r="H1062" s="3">
-        <v>20.99</v>
+        <v>82.5</v>
       </c>
     </row>
     <row r="1063">
       <c r="A1063" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1063" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1063" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D1063" s="1" t="s">
-        <v>1370</v>
+        <v>1345</v>
       </c>
       <c r="E1063" s="1" t="s">
+        <v>2381</v>
+      </c>
+      <c r="F1063" s="1" t="s">
+        <v>2384</v>
+      </c>
+      <c r="G1063" s="1" t="s">
         <v>2385</v>
       </c>
-      <c r="F1063" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H1063" s="3">
-        <v>21.99</v>
+        <v>82.5</v>
       </c>
     </row>
     <row r="1064">
       <c r="A1064" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1064" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1064" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D1064" s="1" t="s">
-        <v>1370</v>
+        <v>1345</v>
       </c>
       <c r="E1064" s="1" t="s">
-        <v>2385</v>
+        <v>2381</v>
       </c>
       <c r="F1064" s="1" t="s">
-        <v>2392</v>
+        <v>2386</v>
       </c>
       <c r="G1064" s="1" t="s">
-        <v>2393</v>
+        <v>2387</v>
       </c>
       <c r="H1064" s="3">
-        <v>24.99</v>
+        <v>82.5</v>
       </c>
     </row>
     <row r="1065">
       <c r="A1065" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1065" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1065" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D1065" s="1" t="s">
-        <v>1370</v>
+        <v>1345</v>
       </c>
       <c r="E1065" s="1" t="s">
-        <v>2385</v>
+        <v>2381</v>
       </c>
       <c r="F1065" s="1" t="s">
-        <v>2394</v>
+        <v>2388</v>
       </c>
       <c r="G1065" s="1" t="s">
-        <v>2395</v>
+        <v>2389</v>
       </c>
       <c r="H1065" s="3">
-        <v>27.99</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1066">
       <c r="A1066" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1066" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1066" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D1066" s="1" t="s">
-        <v>1370</v>
+        <v>1345</v>
       </c>
       <c r="E1066" s="1" t="s">
-        <v>2385</v>
+        <v>2381</v>
       </c>
       <c r="F1066" s="1" t="s">
-        <v>2396</v>
+        <v>2390</v>
       </c>
       <c r="G1066" s="1" t="s">
-        <v>2397</v>
+        <v>2391</v>
       </c>
       <c r="H1066" s="3">
-        <v>27.99</v>
+        <v>41.99</v>
       </c>
     </row>
     <row r="1067">
       <c r="A1067" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1067" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1067" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D1067" s="1" t="s">
-        <v>1370</v>
+        <v>1345</v>
       </c>
       <c r="E1067" s="1" t="s">
-        <v>2385</v>
+        <v>2381</v>
       </c>
       <c r="F1067" s="1" t="s">
-        <v>2398</v>
+        <v>2392</v>
       </c>
       <c r="G1067" s="1" t="s">
-        <v>2399</v>
+        <v>2393</v>
       </c>
       <c r="H1067" s="3">
-        <v>16.99</v>
+        <v>41.99</v>
       </c>
     </row>
     <row r="1068">
       <c r="A1068" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1068" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1068" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D1068" s="1" t="s">
-        <v>1370</v>
+        <v>1345</v>
       </c>
       <c r="E1068" s="1" t="s">
-        <v>2385</v>
+        <v>2381</v>
       </c>
       <c r="F1068" s="1" t="s">
-        <v>2400</v>
+        <v>2394</v>
       </c>
       <c r="G1068" s="1" t="s">
-        <v>2401</v>
+        <v>2395</v>
       </c>
       <c r="H1068" s="3">
-        <v>9.99</v>
+        <v>31.5</v>
       </c>
     </row>
     <row r="1069">
       <c r="A1069" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1069" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1069" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D1069" s="1" t="s">
-        <v>1370</v>
+        <v>1345</v>
       </c>
       <c r="E1069" s="1" t="s">
-        <v>2402</v>
+        <v>2381</v>
       </c>
       <c r="F1069" s="1" t="s">
-        <v>2403</v>
+        <v>2396</v>
       </c>
       <c r="G1069" s="1" t="s">
-        <v>2404</v>
+        <v>2397</v>
       </c>
       <c r="H1069" s="3">
-        <v>82</v>
+        <v>32.99</v>
       </c>
     </row>
     <row r="1070">
       <c r="A1070" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1070" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1070" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D1070" s="1" t="s">
-        <v>1370</v>
+        <v>1345</v>
       </c>
       <c r="E1070" s="1" t="s">
-        <v>2402</v>
+        <v>2381</v>
       </c>
       <c r="F1070" s="1" t="s">
-        <v>2405</v>
+        <v>2398</v>
       </c>
       <c r="G1070" s="1" t="s">
-        <v>2406</v>
+        <v>2399</v>
       </c>
       <c r="H1070" s="3">
-        <v>81.99</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="1071">
       <c r="A1071" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1071" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1071" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D1071" s="1" t="s">
-        <v>1370</v>
+        <v>1345</v>
       </c>
       <c r="E1071" s="1" t="s">
-        <v>2402</v>
+        <v>2381</v>
       </c>
       <c r="F1071" s="1" t="s">
-        <v>2407</v>
+        <v>2400</v>
       </c>
       <c r="G1071" s="1" t="s">
-        <v>2408</v>
+        <v>2401</v>
       </c>
       <c r="H1071" s="3">
-        <v>81.99</v>
+        <v>32</v>
       </c>
     </row>
     <row r="1072">
       <c r="A1072" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1072" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1072" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D1072" s="1" t="s">
-        <v>1370</v>
+        <v>1345</v>
       </c>
       <c r="E1072" s="1" t="s">
+        <v>2381</v>
+      </c>
+      <c r="F1072" s="1" t="s">
         <v>2402</v>
       </c>
-      <c r="F1072" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G1072" s="1" t="s">
-        <v>2410</v>
+        <v>2403</v>
       </c>
       <c r="H1072" s="3">
-        <v>41.99</v>
+        <v>72.99</v>
       </c>
     </row>
     <row r="1073">
       <c r="A1073" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1073" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1073" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D1073" s="1" t="s">
-        <v>1370</v>
+        <v>1345</v>
       </c>
       <c r="E1073" s="1" t="s">
-        <v>2402</v>
+        <v>2404</v>
       </c>
       <c r="F1073" s="1" t="s">
-        <v>2411</v>
+        <v>2405</v>
       </c>
       <c r="G1073" s="1" t="s">
-        <v>2412</v>
+        <v>2406</v>
       </c>
       <c r="H1073" s="3">
-        <v>41.99</v>
+        <v>21.49</v>
       </c>
     </row>
     <row r="1074">
       <c r="A1074" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1074" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1074" s="1" t="s">
-        <v>872</v>
+        <v>850</v>
       </c>
       <c r="D1074" s="1" t="s">
-        <v>1370</v>
+        <v>1345</v>
       </c>
       <c r="E1074" s="1" t="s">
-        <v>2402</v>
+        <v>2407</v>
       </c>
       <c r="F1074" s="1" t="s">
-        <v>2413</v>
+        <v>2408</v>
       </c>
       <c r="G1074" s="1" t="s">
-        <v>2414</v>
+        <v>2409</v>
       </c>
       <c r="H1074" s="3">
-        <v>41.99</v>
+        <v>21.49</v>
       </c>
     </row>
     <row r="1075">
       <c r="A1075" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1075" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1075" s="1" t="s">
-        <v>872</v>
-[...6 lines deleted...]
-      </c>
+        <v>2410</v>
+      </c>
+      <c r="D1075" s="1"/>
+      <c r="E1075" s="1"/>
       <c r="F1075" s="1" t="s">
-        <v>2415</v>
+        <v>2411</v>
       </c>
       <c r="G1075" s="1" t="s">
-        <v>2416</v>
+        <v>2412</v>
       </c>
       <c r="H1075" s="3">
-        <v>33.99</v>
+        <v>9.49</v>
       </c>
     </row>
     <row r="1076">
       <c r="A1076" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1076" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1076" s="1" t="s">
-        <v>872</v>
-[...6 lines deleted...]
-      </c>
+        <v>2410</v>
+      </c>
+      <c r="D1076" s="1"/>
+      <c r="E1076" s="1"/>
       <c r="F1076" s="1" t="s">
-        <v>2417</v>
+        <v>2413</v>
       </c>
       <c r="G1076" s="1" t="s">
-        <v>2418</v>
+        <v>2414</v>
       </c>
       <c r="H1076" s="3">
-        <v>32.99</v>
+        <v>9.49</v>
       </c>
     </row>
     <row r="1077">
       <c r="A1077" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1077" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1077" s="1" t="s">
-        <v>872</v>
+        <v>1351</v>
       </c>
       <c r="D1077" s="1" t="s">
-        <v>1370</v>
-[...3 lines deleted...]
-      </c>
+        <v>1352</v>
+      </c>
+      <c r="E1077" s="1"/>
       <c r="F1077" s="1" t="s">
-        <v>2419</v>
+        <v>2415</v>
       </c>
       <c r="G1077" s="1" t="s">
-        <v>2420</v>
+        <v>2416</v>
       </c>
       <c r="H1077" s="3">
-        <v>34.99</v>
+        <v>19.89</v>
       </c>
     </row>
     <row r="1078">
       <c r="A1078" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1078" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1078" s="1" t="s">
-        <v>872</v>
-[...6 lines deleted...]
-      </c>
+        <v>1357</v>
+      </c>
+      <c r="D1078" s="1"/>
+      <c r="E1078" s="1"/>
       <c r="F1078" s="1" t="s">
-        <v>2421</v>
+        <v>2417</v>
       </c>
       <c r="G1078" s="1" t="s">
-        <v>2422</v>
+        <v>2418</v>
       </c>
       <c r="H1078" s="3">
-        <v>34.99</v>
+        <v>12.99</v>
       </c>
     </row>
     <row r="1079">
       <c r="A1079" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1079" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1079" s="1" t="s">
-        <v>872</v>
-[...6 lines deleted...]
-      </c>
+        <v>2419</v>
+      </c>
+      <c r="D1079" s="1"/>
+      <c r="E1079" s="1"/>
       <c r="F1079" s="1" t="s">
-        <v>2423</v>
+        <v>2420</v>
       </c>
       <c r="G1079" s="1" t="s">
-        <v>2424</v>
+        <v>2421</v>
       </c>
       <c r="H1079" s="3">
-        <v>72.99</v>
+        <v>10.99</v>
       </c>
     </row>
     <row r="1080">
       <c r="A1080" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1080" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1080" s="1" t="s">
-        <v>872</v>
-[...6 lines deleted...]
-      </c>
+        <v>163</v>
+      </c>
+      <c r="D1080" s="1"/>
+      <c r="E1080" s="1"/>
       <c r="F1080" s="1" t="s">
-        <v>2426</v>
+        <v>2422</v>
       </c>
       <c r="G1080" s="1" t="s">
-        <v>2427</v>
+        <v>2423</v>
       </c>
       <c r="H1080" s="3">
-        <v>19.99</v>
+        <v>10.99</v>
       </c>
     </row>
     <row r="1081">
       <c r="A1081" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1081" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1081" s="1" t="s">
-        <v>872</v>
-[...6 lines deleted...]
-      </c>
+        <v>163</v>
+      </c>
+      <c r="D1081" s="1"/>
+      <c r="E1081" s="1"/>
       <c r="F1081" s="1" t="s">
-        <v>2429</v>
+        <v>2424</v>
       </c>
       <c r="G1081" s="1" t="s">
-        <v>2430</v>
+        <v>2425</v>
       </c>
       <c r="H1081" s="3">
-        <v>19.99</v>
+        <v>10.49</v>
       </c>
     </row>
     <row r="1082">
       <c r="A1082" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1082" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1082" s="1" t="s">
-        <v>2431</v>
-[...1 lines deleted...]
-      <c r="D1082" s="1"/>
+        <v>163</v>
+      </c>
+      <c r="D1082" s="1" t="s">
+        <v>1363</v>
+      </c>
       <c r="E1082" s="1"/>
       <c r="F1082" s="1" t="s">
-        <v>2432</v>
+        <v>2426</v>
       </c>
       <c r="G1082" s="1" t="s">
-        <v>2433</v>
+        <v>2427</v>
       </c>
       <c r="H1082" s="3">
-        <v>9.49</v>
+        <v>10.99</v>
       </c>
     </row>
     <row r="1083">
       <c r="A1083" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1083" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1083" s="1" t="s">
-        <v>2431</v>
-[...2 lines deleted...]
-      <c r="E1083" s="1"/>
+        <v>163</v>
+      </c>
+      <c r="D1083" s="1" t="s">
+        <v>1363</v>
+      </c>
+      <c r="E1083" s="1" t="s">
+        <v>1364</v>
+      </c>
       <c r="F1083" s="1" t="s">
-        <v>2434</v>
+        <v>2428</v>
       </c>
       <c r="G1083" s="1" t="s">
-        <v>2435</v>
+        <v>2429</v>
       </c>
       <c r="H1083" s="3">
-        <v>9.49</v>
+        <v>22.99</v>
       </c>
     </row>
     <row r="1084">
       <c r="A1084" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1084" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1084" s="1" t="s">
-        <v>1376</v>
-[...3 lines deleted...]
-      </c>
+        <v>2430</v>
+      </c>
+      <c r="D1084" s="1"/>
       <c r="E1084" s="1"/>
       <c r="F1084" s="1" t="s">
-        <v>2436</v>
+        <v>2431</v>
       </c>
       <c r="G1084" s="1" t="s">
-        <v>2437</v>
+        <v>2432</v>
       </c>
       <c r="H1084" s="3">
-        <v>19.89</v>
+        <v>39.95</v>
       </c>
     </row>
     <row r="1085">
       <c r="A1085" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1085" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1085" s="1" t="s">
-        <v>1382</v>
+        <v>295</v>
       </c>
       <c r="D1085" s="1"/>
       <c r="E1085" s="1"/>
       <c r="F1085" s="1" t="s">
-        <v>2438</v>
+        <v>2433</v>
       </c>
       <c r="G1085" s="1" t="s">
-        <v>2439</v>
+        <v>2434</v>
       </c>
       <c r="H1085" s="3">
-        <v>12.99</v>
+        <v>15.49</v>
       </c>
     </row>
     <row r="1086">
       <c r="A1086" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1086" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1086" s="1" t="s">
-        <v>2440</v>
+        <v>295</v>
       </c>
       <c r="D1086" s="1"/>
       <c r="E1086" s="1"/>
       <c r="F1086" s="1" t="s">
-        <v>2441</v>
+        <v>2435</v>
       </c>
       <c r="G1086" s="1" t="s">
-        <v>2442</v>
+        <v>2436</v>
       </c>
       <c r="H1086" s="3">
-        <v>10.99</v>
+        <v>15.49</v>
       </c>
     </row>
     <row r="1087">
       <c r="A1087" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1087" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1087" s="1" t="s">
-        <v>168</v>
+        <v>295</v>
       </c>
       <c r="D1087" s="1"/>
       <c r="E1087" s="1"/>
       <c r="F1087" s="1" t="s">
-        <v>2443</v>
+        <v>2437</v>
       </c>
       <c r="G1087" s="1" t="s">
-        <v>2444</v>
+        <v>2438</v>
       </c>
       <c r="H1087" s="3">
-        <v>10.99</v>
+        <v>11.99</v>
       </c>
     </row>
     <row r="1088">
       <c r="A1088" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1088" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1088" s="1" t="s">
-        <v>168</v>
+        <v>295</v>
       </c>
       <c r="D1088" s="1"/>
       <c r="E1088" s="1"/>
       <c r="F1088" s="1" t="s">
-        <v>2445</v>
+        <v>2439</v>
       </c>
       <c r="G1088" s="1" t="s">
-        <v>2446</v>
+        <v>2440</v>
       </c>
       <c r="H1088" s="3">
-        <v>10.49</v>
+        <v>11.99</v>
       </c>
     </row>
     <row r="1089">
       <c r="A1089" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1089" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1089" s="1" t="s">
-        <v>168</v>
-[...3 lines deleted...]
-      </c>
+        <v>295</v>
+      </c>
+      <c r="D1089" s="1"/>
       <c r="E1089" s="1"/>
       <c r="F1089" s="1" t="s">
-        <v>2447</v>
+        <v>2441</v>
       </c>
       <c r="G1089" s="1" t="s">
-        <v>2448</v>
+        <v>2442</v>
       </c>
       <c r="H1089" s="3">
-        <v>10.99</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="1090">
       <c r="A1090" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1090" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1090" s="1" t="s">
-        <v>168</v>
-[...6 lines deleted...]
-      </c>
+        <v>295</v>
+      </c>
+      <c r="D1090" s="1"/>
+      <c r="E1090" s="1"/>
       <c r="F1090" s="1" t="s">
-        <v>2449</v>
+        <v>2443</v>
       </c>
       <c r="G1090" s="1" t="s">
-        <v>2450</v>
+        <v>2444</v>
       </c>
       <c r="H1090" s="3">
-        <v>22.99</v>
+        <v>11.99</v>
       </c>
     </row>
     <row r="1091">
       <c r="A1091" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1091" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1091" s="1" t="s">
-        <v>2451</v>
+        <v>295</v>
       </c>
       <c r="D1091" s="1"/>
       <c r="E1091" s="1"/>
       <c r="F1091" s="1" t="s">
-        <v>2452</v>
+        <v>2445</v>
       </c>
       <c r="G1091" s="1" t="s">
-        <v>2453</v>
+        <v>2446</v>
       </c>
       <c r="H1091" s="3">
-        <v>38.99</v>
+        <v>11.99</v>
       </c>
     </row>
     <row r="1092">
       <c r="A1092" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1092" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1092" s="1" t="s">
-        <v>308</v>
+        <v>295</v>
       </c>
       <c r="D1092" s="1"/>
       <c r="E1092" s="1"/>
       <c r="F1092" s="1" t="s">
-        <v>2454</v>
+        <v>2447</v>
       </c>
       <c r="G1092" s="1" t="s">
-        <v>2455</v>
+        <v>2448</v>
       </c>
       <c r="H1092" s="3">
-        <v>15.49</v>
+        <v>10.99</v>
       </c>
     </row>
     <row r="1093">
       <c r="A1093" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1093" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1093" s="1" t="s">
-        <v>308</v>
+        <v>295</v>
       </c>
       <c r="D1093" s="1"/>
       <c r="E1093" s="1"/>
       <c r="F1093" s="1" t="s">
-        <v>2456</v>
+        <v>2449</v>
       </c>
       <c r="G1093" s="1" t="s">
-        <v>2457</v>
+        <v>2450</v>
       </c>
       <c r="H1093" s="3">
-        <v>15.49</v>
+        <v>11.99</v>
       </c>
     </row>
     <row r="1094">
       <c r="A1094" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1094" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1094" s="1" t="s">
-        <v>308</v>
+        <v>295</v>
       </c>
       <c r="D1094" s="1"/>
       <c r="E1094" s="1"/>
       <c r="F1094" s="1" t="s">
-        <v>2458</v>
+        <v>2451</v>
       </c>
       <c r="G1094" s="1" t="s">
-        <v>2459</v>
+        <v>2452</v>
       </c>
       <c r="H1094" s="3">
-        <v>11.99</v>
+        <v>12.49</v>
       </c>
     </row>
     <row r="1095">
       <c r="A1095" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1095" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1095" s="1" t="s">
-        <v>308</v>
+        <v>295</v>
       </c>
       <c r="D1095" s="1"/>
       <c r="E1095" s="1"/>
       <c r="F1095" s="1" t="s">
-        <v>2460</v>
+        <v>2453</v>
       </c>
       <c r="G1095" s="1" t="s">
-        <v>2461</v>
+        <v>2454</v>
       </c>
       <c r="H1095" s="3">
-        <v>11.99</v>
+        <v>10.99</v>
       </c>
     </row>
     <row r="1096">
       <c r="A1096" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1096" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1096" s="1" t="s">
-        <v>308</v>
-[...1 lines deleted...]
-      <c r="D1096" s="1"/>
+        <v>295</v>
+      </c>
+      <c r="D1096" s="1" t="s">
+        <v>2455</v>
+      </c>
       <c r="E1096" s="1"/>
       <c r="F1096" s="1" t="s">
-        <v>2462</v>
+        <v>2456</v>
       </c>
       <c r="G1096" s="1" t="s">
-        <v>2463</v>
+        <v>2457</v>
       </c>
       <c r="H1096" s="3">
-        <v>10.19</v>
+        <v>10.99</v>
       </c>
     </row>
     <row r="1097">
       <c r="A1097" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1097" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1097" s="1" t="s">
-        <v>308</v>
-[...1 lines deleted...]
-      <c r="D1097" s="1"/>
+        <v>295</v>
+      </c>
+      <c r="D1097" s="1" t="s">
+        <v>1391</v>
+      </c>
       <c r="E1097" s="1"/>
       <c r="F1097" s="1" t="s">
-        <v>2464</v>
+        <v>2458</v>
       </c>
       <c r="G1097" s="1" t="s">
-        <v>2465</v>
+        <v>2459</v>
       </c>
       <c r="H1097" s="3">
-        <v>11.99</v>
+        <v>8.99</v>
       </c>
     </row>
     <row r="1098">
       <c r="A1098" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1098" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1098" s="1" t="s">
-        <v>308</v>
-[...1 lines deleted...]
-      <c r="D1098" s="1"/>
+        <v>295</v>
+      </c>
+      <c r="D1098" s="1" t="s">
+        <v>1391</v>
+      </c>
       <c r="E1098" s="1"/>
       <c r="F1098" s="1" t="s">
-        <v>2466</v>
+        <v>2460</v>
       </c>
       <c r="G1098" s="1" t="s">
-        <v>2467</v>
+        <v>2461</v>
       </c>
       <c r="H1098" s="3">
-        <v>11.99</v>
+        <v>4.19</v>
       </c>
     </row>
     <row r="1099">
       <c r="A1099" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1099" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1099" s="1" t="s">
-        <v>308</v>
-[...1 lines deleted...]
-      <c r="D1099" s="1"/>
+        <v>295</v>
+      </c>
+      <c r="D1099" s="1" t="s">
+        <v>1391</v>
+      </c>
       <c r="E1099" s="1"/>
       <c r="F1099" s="1" t="s">
-        <v>2468</v>
+        <v>2462</v>
       </c>
       <c r="G1099" s="1" t="s">
-        <v>2469</v>
+        <v>2463</v>
       </c>
       <c r="H1099" s="3">
-        <v>10.99</v>
+        <v>2.99</v>
       </c>
     </row>
     <row r="1100">
       <c r="A1100" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1100" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1100" s="1" t="s">
-        <v>308</v>
-[...1 lines deleted...]
-      <c r="D1100" s="1"/>
+        <v>295</v>
+      </c>
+      <c r="D1100" s="1" t="s">
+        <v>1401</v>
+      </c>
       <c r="E1100" s="1"/>
       <c r="F1100" s="1" t="s">
-        <v>2470</v>
+        <v>2464</v>
       </c>
       <c r="G1100" s="1" t="s">
-        <v>2471</v>
+        <v>2465</v>
       </c>
       <c r="H1100" s="3">
-        <v>11.99</v>
+        <v>12.99</v>
       </c>
     </row>
     <row r="1101">
       <c r="A1101" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1101" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1101" s="1" t="s">
-        <v>308</v>
-[...1 lines deleted...]
-      <c r="D1101" s="1"/>
+        <v>295</v>
+      </c>
+      <c r="D1101" s="1" t="s">
+        <v>1401</v>
+      </c>
       <c r="E1101" s="1"/>
       <c r="F1101" s="1" t="s">
-        <v>2472</v>
+        <v>2466</v>
       </c>
       <c r="G1101" s="1" t="s">
-        <v>2473</v>
+        <v>2467</v>
       </c>
       <c r="H1101" s="3">
-        <v>12.19</v>
+        <v>11.99</v>
       </c>
     </row>
     <row r="1102">
       <c r="A1102" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1102" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1102" s="1" t="s">
-        <v>308</v>
+        <v>1408</v>
       </c>
       <c r="D1102" s="1"/>
       <c r="E1102" s="1"/>
       <c r="F1102" s="1" t="s">
-        <v>2474</v>
+        <v>2468</v>
       </c>
       <c r="G1102" s="1" t="s">
-        <v>2475</v>
+        <v>2469</v>
       </c>
       <c r="H1102" s="3">
-        <v>10.99</v>
+        <v>76</v>
       </c>
     </row>
     <row r="1103">
       <c r="A1103" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1103" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1103" s="1" t="s">
-        <v>308</v>
-[...3 lines deleted...]
-      </c>
+        <v>1408</v>
+      </c>
+      <c r="D1103" s="1"/>
       <c r="E1103" s="1"/>
       <c r="F1103" s="1" t="s">
-        <v>2477</v>
+        <v>2470</v>
       </c>
       <c r="G1103" s="1" t="s">
-        <v>2478</v>
+        <v>2471</v>
       </c>
       <c r="H1103" s="3">
-        <v>10.99</v>
+        <v>76</v>
       </c>
     </row>
     <row r="1104">
       <c r="A1104" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1104" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1104" s="1" t="s">
-        <v>308</v>
-[...3 lines deleted...]
-      </c>
+        <v>1408</v>
+      </c>
+      <c r="D1104" s="1"/>
       <c r="E1104" s="1"/>
       <c r="F1104" s="1" t="s">
-        <v>2479</v>
+        <v>2472</v>
       </c>
       <c r="G1104" s="1" t="s">
-        <v>2480</v>
+        <v>2473</v>
       </c>
       <c r="H1104" s="3">
-        <v>8.99</v>
+        <v>12.49</v>
       </c>
     </row>
     <row r="1105">
       <c r="A1105" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1105" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1105" s="1" t="s">
-        <v>308</v>
-[...3 lines deleted...]
-      </c>
+        <v>1408</v>
+      </c>
+      <c r="D1105" s="1"/>
       <c r="E1105" s="1"/>
       <c r="F1105" s="1" t="s">
-        <v>2481</v>
+        <v>2474</v>
       </c>
       <c r="G1105" s="1" t="s">
-        <v>2482</v>
+        <v>2475</v>
       </c>
       <c r="H1105" s="3">
-        <v>4.19</v>
+        <v>7.44</v>
       </c>
     </row>
     <row r="1106">
       <c r="A1106" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1106" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1106" s="1" t="s">
-        <v>308</v>
-[...3 lines deleted...]
-      </c>
+        <v>1408</v>
+      </c>
+      <c r="D1106" s="1"/>
       <c r="E1106" s="1"/>
       <c r="F1106" s="1" t="s">
-        <v>2483</v>
+        <v>2476</v>
       </c>
       <c r="G1106" s="1" t="s">
-        <v>2484</v>
+        <v>2477</v>
       </c>
       <c r="H1106" s="3">
-        <v>2.99</v>
+        <v>8.89</v>
       </c>
     </row>
     <row r="1107">
       <c r="A1107" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1107" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1107" s="1" t="s">
-        <v>308</v>
-[...3 lines deleted...]
-      </c>
+        <v>1408</v>
+      </c>
+      <c r="D1107" s="1"/>
       <c r="E1107" s="1"/>
       <c r="F1107" s="1" t="s">
-        <v>2485</v>
+        <v>2478</v>
       </c>
       <c r="G1107" s="1" t="s">
-        <v>2486</v>
+        <v>2479</v>
       </c>
       <c r="H1107" s="3">
-        <v>12.99</v>
+        <v>28.5</v>
       </c>
     </row>
     <row r="1108">
       <c r="A1108" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1108" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1108" s="1" t="s">
-        <v>308</v>
-[...3 lines deleted...]
-      </c>
+        <v>1408</v>
+      </c>
+      <c r="D1108" s="1"/>
       <c r="E1108" s="1"/>
       <c r="F1108" s="1" t="s">
-        <v>2487</v>
+        <v>2480</v>
       </c>
       <c r="G1108" s="1" t="s">
-        <v>2488</v>
+        <v>2481</v>
       </c>
       <c r="H1108" s="3">
-        <v>11.99</v>
+        <v>20.19</v>
       </c>
     </row>
     <row r="1109">
       <c r="A1109" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1109" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1109" s="1" t="s">
-        <v>1431</v>
+        <v>1408</v>
       </c>
       <c r="D1109" s="1"/>
       <c r="E1109" s="1"/>
       <c r="F1109" s="1" t="s">
-        <v>2489</v>
+        <v>2482</v>
       </c>
       <c r="G1109" s="1" t="s">
-        <v>2490</v>
+        <v>2483</v>
       </c>
       <c r="H1109" s="3">
-        <v>76</v>
+        <v>16.49</v>
       </c>
     </row>
     <row r="1110">
       <c r="A1110" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1110" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1110" s="1" t="s">
-        <v>1431</v>
+        <v>1408</v>
       </c>
       <c r="D1110" s="1"/>
       <c r="E1110" s="1"/>
       <c r="F1110" s="1" t="s">
-        <v>2491</v>
+        <v>2484</v>
       </c>
       <c r="G1110" s="1" t="s">
-        <v>2492</v>
+        <v>2485</v>
       </c>
       <c r="H1110" s="3">
-        <v>76</v>
+        <v>50.99</v>
       </c>
     </row>
     <row r="1111">
       <c r="A1111" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1111" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1111" s="1" t="s">
-        <v>1431</v>
+        <v>1408</v>
       </c>
       <c r="D1111" s="1"/>
       <c r="E1111" s="1"/>
       <c r="F1111" s="1" t="s">
-        <v>2493</v>
+        <v>2486</v>
       </c>
       <c r="G1111" s="1" t="s">
-        <v>2494</v>
+        <v>2487</v>
       </c>
       <c r="H1111" s="3">
-        <v>12.19</v>
+        <v>25.49</v>
       </c>
     </row>
     <row r="1112">
       <c r="A1112" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1112" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1112" s="1" t="s">
-        <v>1431</v>
+        <v>1408</v>
       </c>
       <c r="D1112" s="1"/>
       <c r="E1112" s="1"/>
       <c r="F1112" s="1" t="s">
-        <v>2495</v>
+        <v>2488</v>
       </c>
       <c r="G1112" s="1" t="s">
-        <v>2496</v>
+        <v>2489</v>
       </c>
       <c r="H1112" s="3">
-        <v>7.44</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="1113">
       <c r="A1113" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1113" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1113" s="1" t="s">
-        <v>1431</v>
+        <v>1408</v>
       </c>
       <c r="D1113" s="1"/>
       <c r="E1113" s="1"/>
       <c r="F1113" s="1" t="s">
-        <v>2497</v>
+        <v>2490</v>
       </c>
       <c r="G1113" s="1" t="s">
-        <v>2498</v>
+        <v>2491</v>
       </c>
       <c r="H1113" s="3">
-        <v>8.89</v>
+        <v>20.99</v>
       </c>
     </row>
     <row r="1114">
       <c r="A1114" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1114" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1114" s="1" t="s">
-        <v>1431</v>
+        <v>1408</v>
       </c>
       <c r="D1114" s="1"/>
       <c r="E1114" s="1"/>
       <c r="F1114" s="1" t="s">
-        <v>2499</v>
+        <v>2492</v>
       </c>
       <c r="G1114" s="1" t="s">
-        <v>2500</v>
+        <v>2493</v>
       </c>
       <c r="H1114" s="3">
-        <v>27.99</v>
+        <v>12.69</v>
       </c>
     </row>
     <row r="1115">
       <c r="A1115" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1115" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1115" s="1" t="s">
-        <v>1431</v>
-[...1 lines deleted...]
-      <c r="D1115" s="1"/>
+        <v>1408</v>
+      </c>
+      <c r="D1115" s="1" t="s">
+        <v>1413</v>
+      </c>
       <c r="E1115" s="1"/>
       <c r="F1115" s="1" t="s">
-        <v>2501</v>
+        <v>2494</v>
       </c>
       <c r="G1115" s="1" t="s">
-        <v>2502</v>
+        <v>2495</v>
       </c>
       <c r="H1115" s="3">
-        <v>20.19</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="1116">
       <c r="A1116" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1116" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1116" s="1" t="s">
-        <v>1431</v>
-[...1 lines deleted...]
-      <c r="D1116" s="1"/>
+        <v>1408</v>
+      </c>
+      <c r="D1116" s="1" t="s">
+        <v>2496</v>
+      </c>
       <c r="E1116" s="1"/>
       <c r="F1116" s="1" t="s">
-        <v>2503</v>
+        <v>2497</v>
       </c>
       <c r="G1116" s="1" t="s">
-        <v>2504</v>
+        <v>2498</v>
       </c>
       <c r="H1116" s="3">
-        <v>16.49</v>
+        <v>78.5</v>
       </c>
     </row>
     <row r="1117">
       <c r="A1117" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1117" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1117" s="1" t="s">
-        <v>1431</v>
-[...1 lines deleted...]
-      <c r="D1117" s="1"/>
+        <v>1408</v>
+      </c>
+      <c r="D1117" s="1" t="s">
+        <v>2499</v>
+      </c>
       <c r="E1117" s="1"/>
       <c r="F1117" s="1" t="s">
-        <v>2505</v>
+        <v>2500</v>
       </c>
       <c r="G1117" s="1" t="s">
-        <v>2506</v>
+        <v>2501</v>
       </c>
       <c r="H1117" s="3">
-        <v>50.99</v>
+        <v>44.99</v>
       </c>
     </row>
     <row r="1118">
       <c r="A1118" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1118" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1118" s="1" t="s">
-        <v>1431</v>
-[...1 lines deleted...]
-      <c r="D1118" s="1"/>
+        <v>1408</v>
+      </c>
+      <c r="D1118" s="1" t="s">
+        <v>2002</v>
+      </c>
       <c r="E1118" s="1"/>
       <c r="F1118" s="1" t="s">
-        <v>2507</v>
+        <v>2502</v>
       </c>
       <c r="G1118" s="1" t="s">
-        <v>2508</v>
+        <v>2503</v>
       </c>
       <c r="H1118" s="3">
-        <v>25.49</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="1119">
       <c r="A1119" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1119" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1119" s="1" t="s">
-        <v>1431</v>
-[...1 lines deleted...]
-      <c r="D1119" s="1"/>
+        <v>1408</v>
+      </c>
+      <c r="D1119" s="1" t="s">
+        <v>2002</v>
+      </c>
       <c r="E1119" s="1"/>
       <c r="F1119" s="1" t="s">
-        <v>2509</v>
+        <v>2504</v>
       </c>
       <c r="G1119" s="1" t="s">
-        <v>2510</v>
+        <v>2505</v>
       </c>
       <c r="H1119" s="3">
         <v>19.99</v>
       </c>
     </row>
     <row r="1120">
       <c r="A1120" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1120" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1120" s="1" t="s">
-        <v>1431</v>
-[...1 lines deleted...]
-      <c r="D1120" s="1"/>
+        <v>1408</v>
+      </c>
+      <c r="D1120" s="1" t="s">
+        <v>2002</v>
+      </c>
       <c r="E1120" s="1"/>
       <c r="F1120" s="1" t="s">
-        <v>2511</v>
+        <v>2506</v>
       </c>
       <c r="G1120" s="1" t="s">
-        <v>2512</v>
+        <v>2507</v>
       </c>
       <c r="H1120" s="3">
-        <v>20.99</v>
+        <v>17.99</v>
       </c>
     </row>
     <row r="1121">
       <c r="A1121" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1121" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1121" s="1" t="s">
-        <v>1431</v>
-[...1 lines deleted...]
-      <c r="D1121" s="1"/>
+        <v>1408</v>
+      </c>
+      <c r="D1121" s="1" t="s">
+        <v>2002</v>
+      </c>
       <c r="E1121" s="1"/>
       <c r="F1121" s="1" t="s">
-        <v>2513</v>
+        <v>2508</v>
       </c>
       <c r="G1121" s="1" t="s">
-        <v>2514</v>
+        <v>2509</v>
       </c>
       <c r="H1121" s="3">
-        <v>12.69</v>
+        <v>13.49</v>
       </c>
     </row>
     <row r="1122">
       <c r="A1122" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1122" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1122" s="1" t="s">
-        <v>1431</v>
+        <v>1427</v>
       </c>
       <c r="D1122" s="1" t="s">
-        <v>1436</v>
+        <v>1428</v>
       </c>
       <c r="E1122" s="1"/>
       <c r="F1122" s="1" t="s">
-        <v>2515</v>
+        <v>2510</v>
       </c>
       <c r="G1122" s="1" t="s">
-        <v>2516</v>
+        <v>2511</v>
       </c>
       <c r="H1122" s="3">
-        <v>19.99</v>
+        <v>39.49</v>
       </c>
     </row>
     <row r="1123">
       <c r="A1123" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1123" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1123" s="1" t="s">
-        <v>1431</v>
+        <v>166</v>
       </c>
       <c r="D1123" s="1" t="s">
-        <v>2517</v>
+        <v>1523</v>
       </c>
       <c r="E1123" s="1"/>
       <c r="F1123" s="1" t="s">
-        <v>2518</v>
+        <v>2512</v>
       </c>
       <c r="G1123" s="1" t="s">
-        <v>2519</v>
+        <v>2513</v>
       </c>
       <c r="H1123" s="3">
-        <v>78.5</v>
+        <v>40.49</v>
       </c>
     </row>
     <row r="1124">
       <c r="A1124" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1124" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1124" s="1" t="s">
-        <v>1431</v>
+        <v>166</v>
       </c>
       <c r="D1124" s="1" t="s">
-        <v>2520</v>
+        <v>1523</v>
       </c>
       <c r="E1124" s="1"/>
       <c r="F1124" s="1" t="s">
-        <v>2521</v>
+        <v>2514</v>
       </c>
       <c r="G1124" s="1" t="s">
-        <v>2522</v>
+        <v>2515</v>
       </c>
       <c r="H1124" s="3">
-        <v>44.99</v>
+        <v>27.49</v>
       </c>
     </row>
     <row r="1125">
       <c r="A1125" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1125" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1125" s="1" t="s">
-        <v>1431</v>
+        <v>166</v>
       </c>
       <c r="D1125" s="1" t="s">
-        <v>2024</v>
+        <v>2516</v>
       </c>
       <c r="E1125" s="1"/>
       <c r="F1125" s="1" t="s">
-        <v>2523</v>
+        <v>2517</v>
       </c>
       <c r="G1125" s="1" t="s">
-        <v>2524</v>
+        <v>2518</v>
       </c>
       <c r="H1125" s="3">
-        <v>21.99</v>
+        <v>55</v>
       </c>
     </row>
     <row r="1126">
       <c r="A1126" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1126" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1126" s="1" t="s">
-        <v>1431</v>
+        <v>166</v>
       </c>
       <c r="D1126" s="1" t="s">
-        <v>2024</v>
+        <v>2516</v>
       </c>
       <c r="E1126" s="1"/>
       <c r="F1126" s="1" t="s">
-        <v>2525</v>
+        <v>2519</v>
       </c>
       <c r="G1126" s="1" t="s">
-        <v>2526</v>
+        <v>2520</v>
       </c>
       <c r="H1126" s="3">
-        <v>19.99</v>
+        <v>46</v>
       </c>
     </row>
     <row r="1127">
       <c r="A1127" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1127" s="1" t="s">
-        <v>9</v>
+        <v>1536</v>
       </c>
       <c r="C1127" s="1" t="s">
-        <v>1431</v>
+        <v>1537</v>
       </c>
       <c r="D1127" s="1" t="s">
-        <v>2024</v>
+        <v>2521</v>
       </c>
       <c r="E1127" s="1"/>
       <c r="F1127" s="1" t="s">
-        <v>2527</v>
+        <v>2522</v>
       </c>
       <c r="G1127" s="1" t="s">
-        <v>2528</v>
+        <v>2523</v>
       </c>
       <c r="H1127" s="3">
-        <v>17.99</v>
+        <v>9.99</v>
       </c>
     </row>
     <row r="1128">
       <c r="A1128" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1128" s="1" t="s">
-        <v>9</v>
+        <v>1548</v>
       </c>
       <c r="C1128" s="1" t="s">
-        <v>1431</v>
-[...3 lines deleted...]
-      </c>
+        <v>2524</v>
+      </c>
+      <c r="D1128" s="1"/>
       <c r="E1128" s="1"/>
       <c r="F1128" s="1" t="s">
-        <v>2529</v>
+        <v>2525</v>
       </c>
       <c r="G1128" s="1" t="s">
-        <v>2530</v>
+        <v>2526</v>
       </c>
       <c r="H1128" s="3">
-        <v>13.49</v>
+        <v>13.2</v>
       </c>
     </row>
     <row r="1129">
       <c r="A1129" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1129" s="1" t="s">
-        <v>9</v>
+        <v>1548</v>
       </c>
       <c r="C1129" s="1" t="s">
-        <v>1450</v>
-[...3 lines deleted...]
-      </c>
+        <v>2524</v>
+      </c>
+      <c r="D1129" s="1"/>
       <c r="E1129" s="1"/>
       <c r="F1129" s="1" t="s">
-        <v>2531</v>
+        <v>2527</v>
       </c>
       <c r="G1129" s="1" t="s">
-        <v>2532</v>
+        <v>2528</v>
       </c>
       <c r="H1129" s="3">
-        <v>39.49</v>
+        <v>12.69</v>
       </c>
     </row>
     <row r="1130">
       <c r="A1130" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1130" s="1" t="s">
-        <v>9</v>
+        <v>1548</v>
       </c>
       <c r="C1130" s="1" t="s">
-        <v>171</v>
-[...3 lines deleted...]
-      </c>
+        <v>2524</v>
+      </c>
+      <c r="D1130" s="1"/>
       <c r="E1130" s="1"/>
       <c r="F1130" s="1" t="s">
-        <v>2533</v>
+        <v>2529</v>
       </c>
       <c r="G1130" s="1" t="s">
-        <v>2534</v>
+        <v>2530</v>
       </c>
       <c r="H1130" s="3">
-        <v>40.49</v>
+        <v>10.69</v>
       </c>
     </row>
     <row r="1131">
       <c r="A1131" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1131" s="1" t="s">
-        <v>9</v>
+        <v>1548</v>
       </c>
       <c r="C1131" s="1" t="s">
-        <v>171</v>
-[...3 lines deleted...]
-      </c>
+        <v>2524</v>
+      </c>
+      <c r="D1131" s="1"/>
       <c r="E1131" s="1"/>
       <c r="F1131" s="1" t="s">
-        <v>2535</v>
+        <v>2531</v>
       </c>
       <c r="G1131" s="1" t="s">
-        <v>2536</v>
+        <v>2532</v>
       </c>
       <c r="H1131" s="3">
-        <v>27.49</v>
+        <v>10.49</v>
       </c>
     </row>
     <row r="1132">
       <c r="A1132" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1132" s="1" t="s">
-        <v>9</v>
+        <v>1548</v>
       </c>
       <c r="C1132" s="1" t="s">
-        <v>171</v>
-[...3 lines deleted...]
-      </c>
+        <v>2524</v>
+      </c>
+      <c r="D1132" s="1"/>
       <c r="E1132" s="1"/>
       <c r="F1132" s="1" t="s">
-        <v>2538</v>
+        <v>2533</v>
       </c>
       <c r="G1132" s="1" t="s">
-        <v>2539</v>
+        <v>2534</v>
       </c>
       <c r="H1132" s="3">
-        <v>50.99</v>
+        <v>9.69</v>
       </c>
     </row>
     <row r="1133">
       <c r="A1133" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1133" s="1" t="s">
-        <v>9</v>
+        <v>1548</v>
       </c>
       <c r="C1133" s="1" t="s">
-        <v>171</v>
-[...3 lines deleted...]
-      </c>
+        <v>2535</v>
+      </c>
+      <c r="D1133" s="1"/>
       <c r="E1133" s="1"/>
       <c r="F1133" s="1" t="s">
-        <v>2540</v>
+        <v>2536</v>
       </c>
       <c r="G1133" s="1" t="s">
-        <v>2541</v>
+        <v>2537</v>
       </c>
       <c r="H1133" s="3">
-        <v>45.99</v>
+        <v>16.69</v>
       </c>
     </row>
     <row r="1134">
       <c r="A1134" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1134" s="1" t="s">
-        <v>1561</v>
+        <v>1548</v>
       </c>
       <c r="C1134" s="1" t="s">
-        <v>1562</v>
-[...3 lines deleted...]
-      </c>
+        <v>2535</v>
+      </c>
+      <c r="D1134" s="1"/>
       <c r="E1134" s="1"/>
       <c r="F1134" s="1" t="s">
-        <v>2543</v>
+        <v>2538</v>
       </c>
       <c r="G1134" s="1" t="s">
-        <v>2544</v>
+        <v>2539</v>
       </c>
       <c r="H1134" s="3">
-        <v>9.99</v>
+        <v>20.99</v>
       </c>
     </row>
     <row r="1135">
       <c r="A1135" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1135" s="1" t="s">
-        <v>1573</v>
+        <v>1548</v>
       </c>
       <c r="C1135" s="1" t="s">
-        <v>2545</v>
+        <v>2535</v>
       </c>
       <c r="D1135" s="1"/>
       <c r="E1135" s="1"/>
       <c r="F1135" s="1" t="s">
-        <v>2546</v>
+        <v>2540</v>
       </c>
       <c r="G1135" s="1" t="s">
-        <v>2547</v>
+        <v>2541</v>
       </c>
       <c r="H1135" s="3">
-        <v>13.2</v>
+        <v>20.99</v>
       </c>
     </row>
     <row r="1136">
       <c r="A1136" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1136" s="1" t="s">
-        <v>1573</v>
+        <v>170</v>
       </c>
       <c r="C1136" s="1" t="s">
-        <v>2545</v>
+        <v>171</v>
       </c>
       <c r="D1136" s="1"/>
       <c r="E1136" s="1"/>
       <c r="F1136" s="1" t="s">
-        <v>2548</v>
+        <v>2542</v>
       </c>
       <c r="G1136" s="1" t="s">
-        <v>2549</v>
+        <v>2543</v>
       </c>
       <c r="H1136" s="3">
-        <v>12.69</v>
+        <v>9.19</v>
       </c>
     </row>
     <row r="1137">
       <c r="A1137" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1137" s="1" t="s">
-        <v>1573</v>
+        <v>1552</v>
       </c>
       <c r="C1137" s="1" t="s">
-        <v>2545</v>
+        <v>2544</v>
       </c>
       <c r="D1137" s="1"/>
       <c r="E1137" s="1"/>
       <c r="F1137" s="1" t="s">
-        <v>2550</v>
+        <v>2545</v>
       </c>
       <c r="G1137" s="1" t="s">
-        <v>2551</v>
+        <v>2546</v>
       </c>
       <c r="H1137" s="3">
-        <v>10.69</v>
+        <v>26</v>
       </c>
     </row>
     <row r="1138">
       <c r="A1138" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1138" s="1" t="s">
-        <v>1573</v>
+        <v>174</v>
       </c>
       <c r="C1138" s="1" t="s">
-        <v>2545</v>
+        <v>1556</v>
       </c>
       <c r="D1138" s="1"/>
       <c r="E1138" s="1"/>
       <c r="F1138" s="1" t="s">
-        <v>2552</v>
+        <v>2547</v>
       </c>
       <c r="G1138" s="1" t="s">
-        <v>2553</v>
+        <v>2548</v>
       </c>
       <c r="H1138" s="3">
-        <v>10.49</v>
+        <v>12.99</v>
       </c>
     </row>
     <row r="1139">
       <c r="A1139" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1139" s="1" t="s">
-        <v>1573</v>
+        <v>174</v>
       </c>
       <c r="C1139" s="1" t="s">
-        <v>2545</v>
+        <v>1559</v>
       </c>
       <c r="D1139" s="1"/>
       <c r="E1139" s="1"/>
       <c r="F1139" s="1" t="s">
-        <v>2554</v>
+        <v>2549</v>
       </c>
       <c r="G1139" s="1" t="s">
-        <v>2555</v>
+        <v>2550</v>
       </c>
       <c r="H1139" s="3">
-        <v>9.69</v>
+        <v>10.65</v>
       </c>
     </row>
     <row r="1140">
       <c r="A1140" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1140" s="1" t="s">
-        <v>1573</v>
+        <v>174</v>
       </c>
       <c r="C1140" s="1" t="s">
-        <v>2556</v>
+        <v>1559</v>
       </c>
       <c r="D1140" s="1"/>
       <c r="E1140" s="1"/>
       <c r="F1140" s="1" t="s">
-        <v>2557</v>
+        <v>2551</v>
       </c>
       <c r="G1140" s="1" t="s">
-        <v>2558</v>
+        <v>2552</v>
       </c>
       <c r="H1140" s="3">
-        <v>16.69</v>
+        <v>9.99</v>
       </c>
     </row>
     <row r="1141">
       <c r="A1141" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1141" s="1" t="s">
-        <v>1573</v>
+        <v>174</v>
       </c>
       <c r="C1141" s="1" t="s">
-        <v>2556</v>
+        <v>2553</v>
       </c>
       <c r="D1141" s="1"/>
       <c r="E1141" s="1"/>
       <c r="F1141" s="1" t="s">
-        <v>2559</v>
+        <v>2554</v>
       </c>
       <c r="G1141" s="1" t="s">
-        <v>2560</v>
+        <v>2555</v>
       </c>
       <c r="H1141" s="3">
-        <v>20.99</v>
+        <v>10.49</v>
       </c>
     </row>
     <row r="1142">
       <c r="A1142" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1142" s="1" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="C1142" s="1" t="s">
-        <v>176</v>
+        <v>1571</v>
       </c>
       <c r="D1142" s="1"/>
       <c r="E1142" s="1"/>
       <c r="F1142" s="1" t="s">
-        <v>2561</v>
+        <v>2556</v>
       </c>
       <c r="G1142" s="1" t="s">
-        <v>2562</v>
+        <v>2557</v>
       </c>
       <c r="H1142" s="3">
-        <v>9.19</v>
+        <v>17.99</v>
       </c>
     </row>
     <row r="1143">
       <c r="A1143" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1143" s="1" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="C1143" s="1" t="s">
-        <v>1581</v>
-[...1 lines deleted...]
-      <c r="D1143" s="1"/>
+        <v>1571</v>
+      </c>
+      <c r="D1143" s="1" t="s">
+        <v>2558</v>
+      </c>
       <c r="E1143" s="1"/>
       <c r="F1143" s="1" t="s">
-        <v>2563</v>
+        <v>2559</v>
       </c>
       <c r="G1143" s="1" t="s">
-        <v>2564</v>
+        <v>2560</v>
       </c>
       <c r="H1143" s="3">
-        <v>12.99</v>
+        <v>17.69</v>
       </c>
     </row>
     <row r="1144">
       <c r="A1144" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1144" s="1" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="C1144" s="1" t="s">
-        <v>1584</v>
+        <v>1581</v>
       </c>
       <c r="D1144" s="1"/>
       <c r="E1144" s="1"/>
       <c r="F1144" s="1" t="s">
-        <v>2565</v>
+        <v>2561</v>
       </c>
       <c r="G1144" s="1" t="s">
-        <v>2566</v>
+        <v>2562</v>
       </c>
       <c r="H1144" s="3">
-        <v>10.65</v>
+        <v>10.99</v>
       </c>
     </row>
     <row r="1145">
       <c r="A1145" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1145" s="1" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="C1145" s="1" t="s">
-        <v>1584</v>
+        <v>1591</v>
       </c>
       <c r="D1145" s="1"/>
       <c r="E1145" s="1"/>
       <c r="F1145" s="1" t="s">
-        <v>2567</v>
+        <v>2563</v>
       </c>
       <c r="G1145" s="1" t="s">
-        <v>2568</v>
+        <v>2564</v>
       </c>
       <c r="H1145" s="3">
-        <v>9.99</v>
+        <v>10.49</v>
       </c>
     </row>
     <row r="1146">
       <c r="A1146" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1146" s="1" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="C1146" s="1" t="s">
-        <v>1588</v>
-[...1 lines deleted...]
-      <c r="D1146" s="1"/>
+        <v>1591</v>
+      </c>
+      <c r="D1146" s="1" t="s">
+        <v>1598</v>
+      </c>
       <c r="E1146" s="1"/>
       <c r="F1146" s="1" t="s">
-        <v>2569</v>
+        <v>2565</v>
       </c>
       <c r="G1146" s="1" t="s">
-        <v>2570</v>
+        <v>2566</v>
       </c>
       <c r="H1146" s="3">
-        <v>8.49</v>
+        <v>10.69</v>
       </c>
     </row>
     <row r="1147">
       <c r="A1147" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1147" s="1" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="C1147" s="1" t="s">
-        <v>2571</v>
+        <v>1604</v>
       </c>
       <c r="D1147" s="1"/>
       <c r="E1147" s="1"/>
       <c r="F1147" s="1" t="s">
-        <v>2572</v>
+        <v>2567</v>
       </c>
       <c r="G1147" s="1" t="s">
-        <v>2573</v>
+        <v>2568</v>
       </c>
       <c r="H1147" s="3">
-        <v>10.49</v>
+        <v>14.29</v>
       </c>
     </row>
     <row r="1148">
       <c r="A1148" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1148" s="1" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="C1148" s="1" t="s">
-        <v>1596</v>
+        <v>1604</v>
       </c>
       <c r="D1148" s="1"/>
       <c r="E1148" s="1"/>
       <c r="F1148" s="1" t="s">
-        <v>2574</v>
+        <v>2569</v>
       </c>
       <c r="G1148" s="1" t="s">
-        <v>2575</v>
+        <v>2570</v>
       </c>
       <c r="H1148" s="3">
-        <v>17.99</v>
+        <v>18.69</v>
       </c>
     </row>
     <row r="1149">
       <c r="A1149" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1149" s="1" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="C1149" s="1" t="s">
-        <v>1596</v>
+        <v>1604</v>
       </c>
       <c r="D1149" s="1" t="s">
-        <v>2576</v>
+        <v>2571</v>
       </c>
       <c r="E1149" s="1"/>
       <c r="F1149" s="1" t="s">
-        <v>2577</v>
+        <v>2572</v>
       </c>
       <c r="G1149" s="1" t="s">
-        <v>2578</v>
+        <v>2573</v>
       </c>
       <c r="H1149" s="3">
-        <v>17.69</v>
+        <v>13.99</v>
       </c>
     </row>
     <row r="1150">
       <c r="A1150" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1150" s="1" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="C1150" s="1" t="s">
         <v>1604</v>
       </c>
-      <c r="D1150" s="1"/>
-      <c r="E1150" s="1"/>
+      <c r="D1150" s="1" t="s">
+        <v>2571</v>
+      </c>
+      <c r="E1150" s="1" t="s">
+        <v>2574</v>
+      </c>
       <c r="F1150" s="1" t="s">
-        <v>2579</v>
+        <v>2575</v>
       </c>
       <c r="G1150" s="1" t="s">
-        <v>2580</v>
+        <v>2576</v>
       </c>
       <c r="H1150" s="3">
-        <v>10.99</v>
+        <v>14.49</v>
       </c>
     </row>
     <row r="1151">
       <c r="A1151" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1151" s="1" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="C1151" s="1" t="s">
-        <v>1614</v>
-[...1 lines deleted...]
-      <c r="D1151" s="1"/>
+        <v>1604</v>
+      </c>
+      <c r="D1151" s="1" t="s">
+        <v>2577</v>
+      </c>
       <c r="E1151" s="1"/>
       <c r="F1151" s="1" t="s">
-        <v>2581</v>
+        <v>2578</v>
       </c>
       <c r="G1151" s="1" t="s">
-        <v>2582</v>
+        <v>2579</v>
       </c>
       <c r="H1151" s="3">
-        <v>10.49</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="1152">
       <c r="A1152" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1152" s="1" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="C1152" s="1" t="s">
-        <v>1614</v>
-[...3 lines deleted...]
-      </c>
+        <v>175</v>
+      </c>
+      <c r="D1152" s="1"/>
       <c r="E1152" s="1"/>
       <c r="F1152" s="1" t="s">
-        <v>2583</v>
+        <v>2580</v>
       </c>
       <c r="G1152" s="1" t="s">
-        <v>2584</v>
+        <v>2581</v>
       </c>
       <c r="H1152" s="3">
-        <v>10.69</v>
+        <v>8.99</v>
       </c>
     </row>
     <row r="1153">
       <c r="A1153" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1153" s="1" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="C1153" s="1" t="s">
-        <v>1627</v>
+        <v>175</v>
       </c>
       <c r="D1153" s="1"/>
       <c r="E1153" s="1"/>
       <c r="F1153" s="1" t="s">
-        <v>2585</v>
+        <v>2582</v>
       </c>
       <c r="G1153" s="1" t="s">
-        <v>2586</v>
+        <v>2583</v>
       </c>
       <c r="H1153" s="3">
-        <v>13.99</v>
+        <v>9.99</v>
       </c>
     </row>
     <row r="1154">
       <c r="A1154" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1154" s="1" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="C1154" s="1" t="s">
-        <v>1627</v>
+        <v>175</v>
       </c>
       <c r="D1154" s="1"/>
       <c r="E1154" s="1"/>
       <c r="F1154" s="1" t="s">
-        <v>2587</v>
+        <v>2584</v>
       </c>
       <c r="G1154" s="1" t="s">
-        <v>2588</v>
+        <v>2585</v>
       </c>
       <c r="H1154" s="3">
-        <v>18.69</v>
+        <v>11.75</v>
       </c>
     </row>
     <row r="1155">
       <c r="A1155" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1155" s="1" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="C1155" s="1" t="s">
-        <v>1627</v>
-[...3 lines deleted...]
-      </c>
+        <v>175</v>
+      </c>
+      <c r="D1155" s="1"/>
       <c r="E1155" s="1"/>
       <c r="F1155" s="1" t="s">
-        <v>2590</v>
+        <v>2586</v>
       </c>
       <c r="G1155" s="1" t="s">
-        <v>2591</v>
+        <v>2587</v>
       </c>
       <c r="H1155" s="3">
-        <v>13.99</v>
+        <v>8.99</v>
       </c>
     </row>
     <row r="1156">
       <c r="A1156" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1156" s="1" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="C1156" s="1" t="s">
-        <v>1627</v>
+        <v>1633</v>
       </c>
       <c r="D1156" s="1" t="s">
+        <v>2588</v>
+      </c>
+      <c r="E1156" s="1"/>
+      <c r="F1156" s="1" t="s">
         <v>2589</v>
       </c>
-      <c r="E1156" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G1156" s="1" t="s">
-        <v>2594</v>
+        <v>2590</v>
       </c>
       <c r="H1156" s="3">
-        <v>13.99</v>
+        <v>10.99</v>
       </c>
     </row>
     <row r="1157">
       <c r="A1157" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1157" s="1" t="s">
-        <v>179</v>
+        <v>1656</v>
       </c>
       <c r="C1157" s="1" t="s">
-        <v>1627</v>
-[...3 lines deleted...]
-      </c>
+        <v>1657</v>
+      </c>
+      <c r="D1157" s="1"/>
       <c r="E1157" s="1"/>
       <c r="F1157" s="1" t="s">
-        <v>2596</v>
+        <v>2591</v>
       </c>
       <c r="G1157" s="1" t="s">
-        <v>2597</v>
+        <v>2592</v>
       </c>
       <c r="H1157" s="3">
-        <v>21.99</v>
+        <v>17.69</v>
       </c>
     </row>
     <row r="1158">
       <c r="A1158" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1158" s="1" t="s">
-        <v>179</v>
+        <v>1656</v>
       </c>
       <c r="C1158" s="1" t="s">
-        <v>180</v>
+        <v>1657</v>
       </c>
       <c r="D1158" s="1"/>
       <c r="E1158" s="1"/>
       <c r="F1158" s="1" t="s">
-        <v>2598</v>
+        <v>2593</v>
       </c>
       <c r="G1158" s="1" t="s">
-        <v>2599</v>
+        <v>2594</v>
       </c>
       <c r="H1158" s="3">
-        <v>8.99</v>
+        <v>14.89</v>
       </c>
     </row>
     <row r="1159">
       <c r="A1159" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1159" s="1" t="s">
-        <v>179</v>
+        <v>1656</v>
       </c>
       <c r="C1159" s="1" t="s">
-        <v>180</v>
+        <v>1657</v>
       </c>
       <c r="D1159" s="1"/>
       <c r="E1159" s="1"/>
       <c r="F1159" s="1" t="s">
-        <v>2600</v>
+        <v>2595</v>
       </c>
       <c r="G1159" s="1" t="s">
-        <v>2601</v>
+        <v>2596</v>
       </c>
       <c r="H1159" s="3">
-        <v>9.99</v>
+        <v>16.99</v>
       </c>
     </row>
     <row r="1160">
       <c r="A1160" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1160" s="1" t="s">
-        <v>179</v>
+        <v>1656</v>
       </c>
       <c r="C1160" s="1" t="s">
-        <v>180</v>
-[...1 lines deleted...]
-      <c r="D1160" s="1"/>
+        <v>1657</v>
+      </c>
+      <c r="D1160" s="1" t="s">
+        <v>1660</v>
+      </c>
       <c r="E1160" s="1"/>
       <c r="F1160" s="1" t="s">
-        <v>2602</v>
+        <v>2597</v>
       </c>
       <c r="G1160" s="1" t="s">
-        <v>2603</v>
+        <v>2598</v>
       </c>
       <c r="H1160" s="3">
-        <v>11.49</v>
+        <v>40.99</v>
       </c>
     </row>
     <row r="1161">
       <c r="A1161" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1161" s="1" t="s">
-        <v>179</v>
+        <v>1656</v>
       </c>
       <c r="C1161" s="1" t="s">
-        <v>180</v>
-[...1 lines deleted...]
-      <c r="D1161" s="1"/>
+        <v>1657</v>
+      </c>
+      <c r="D1161" s="1" t="s">
+        <v>1660</v>
+      </c>
       <c r="E1161" s="1"/>
       <c r="F1161" s="1" t="s">
-        <v>2604</v>
+        <v>2599</v>
       </c>
       <c r="G1161" s="1" t="s">
-        <v>2605</v>
+        <v>2600</v>
       </c>
       <c r="H1161" s="3">
-        <v>8.99</v>
+        <v>39.99</v>
       </c>
     </row>
     <row r="1162">
       <c r="A1162" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1162" s="1" t="s">
-        <v>179</v>
+        <v>1656</v>
       </c>
       <c r="C1162" s="1" t="s">
-        <v>1665</v>
-[...1 lines deleted...]
-      <c r="D1162" s="1"/>
+        <v>1657</v>
+      </c>
+      <c r="D1162" s="1" t="s">
+        <v>1660</v>
+      </c>
       <c r="E1162" s="1"/>
       <c r="F1162" s="1" t="s">
-        <v>2606</v>
+        <v>2601</v>
       </c>
       <c r="G1162" s="1" t="s">
-        <v>2607</v>
+        <v>2602</v>
       </c>
       <c r="H1162" s="3">
-        <v>13.99</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="1163">
       <c r="A1163" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1163" s="1" t="s">
-        <v>179</v>
+        <v>1656</v>
       </c>
       <c r="C1163" s="1" t="s">
-        <v>1665</v>
+        <v>1657</v>
       </c>
       <c r="D1163" s="1" t="s">
-        <v>2608</v>
+        <v>1660</v>
       </c>
       <c r="E1163" s="1"/>
       <c r="F1163" s="1" t="s">
-        <v>2609</v>
+        <v>2603</v>
       </c>
       <c r="G1163" s="1" t="s">
-        <v>2610</v>
+        <v>2604</v>
       </c>
       <c r="H1163" s="3">
-        <v>9.49</v>
+        <v>31.99</v>
       </c>
     </row>
     <row r="1164">
       <c r="A1164" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1164" s="1" t="s">
-        <v>1683</v>
+        <v>1656</v>
       </c>
       <c r="C1164" s="1" t="s">
-        <v>1684</v>
-[...1 lines deleted...]
-      <c r="D1164" s="1"/>
+        <v>1657</v>
+      </c>
+      <c r="D1164" s="1" t="s">
+        <v>1660</v>
+      </c>
       <c r="E1164" s="1"/>
       <c r="F1164" s="1" t="s">
-        <v>2611</v>
+        <v>2605</v>
       </c>
       <c r="G1164" s="1" t="s">
-        <v>2612</v>
+        <v>2606</v>
       </c>
       <c r="H1164" s="3">
-        <v>17.69</v>
+        <v>33.49</v>
       </c>
     </row>
     <row r="1165">
       <c r="A1165" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1165" s="1" t="s">
-        <v>1683</v>
+        <v>1656</v>
       </c>
       <c r="C1165" s="1" t="s">
-        <v>1684</v>
-[...1 lines deleted...]
-      <c r="D1165" s="1"/>
+        <v>1657</v>
+      </c>
+      <c r="D1165" s="1" t="s">
+        <v>1660</v>
+      </c>
       <c r="E1165" s="1"/>
       <c r="F1165" s="1" t="s">
-        <v>2613</v>
+        <v>2607</v>
       </c>
       <c r="G1165" s="1" t="s">
-        <v>2614</v>
+        <v>2608</v>
       </c>
       <c r="H1165" s="3">
-        <v>14.89</v>
+        <v>49.95</v>
       </c>
     </row>
     <row r="1166">
       <c r="A1166" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1166" s="1" t="s">
-        <v>1683</v>
+        <v>1656</v>
       </c>
       <c r="C1166" s="1" t="s">
-        <v>1684</v>
-[...1 lines deleted...]
-      <c r="D1166" s="1"/>
+        <v>1657</v>
+      </c>
+      <c r="D1166" s="1" t="s">
+        <v>1660</v>
+      </c>
       <c r="E1166" s="1"/>
       <c r="F1166" s="1" t="s">
-        <v>2615</v>
+        <v>2609</v>
       </c>
       <c r="G1166" s="1" t="s">
-        <v>2616</v>
+        <v>2610</v>
       </c>
       <c r="H1166" s="3">
-        <v>16.99</v>
+        <v>37.99</v>
       </c>
     </row>
     <row r="1167">
       <c r="A1167" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1167" s="1" t="s">
-        <v>1683</v>
+        <v>1656</v>
       </c>
       <c r="C1167" s="1" t="s">
-        <v>1684</v>
+        <v>1657</v>
       </c>
       <c r="D1167" s="1" t="s">
-        <v>1687</v>
+        <v>1660</v>
       </c>
       <c r="E1167" s="1"/>
       <c r="F1167" s="1" t="s">
-        <v>2617</v>
+        <v>2611</v>
       </c>
       <c r="G1167" s="1" t="s">
-        <v>2618</v>
+        <v>2612</v>
       </c>
       <c r="H1167" s="3">
-        <v>39.99</v>
+        <v>49.95</v>
       </c>
     </row>
     <row r="1168">
       <c r="A1168" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1168" s="1" t="s">
-        <v>1683</v>
+        <v>1656</v>
       </c>
       <c r="C1168" s="1" t="s">
-        <v>1684</v>
+        <v>1657</v>
       </c>
       <c r="D1168" s="1" t="s">
-        <v>1687</v>
+        <v>1660</v>
       </c>
       <c r="E1168" s="1"/>
       <c r="F1168" s="1" t="s">
-        <v>2619</v>
+        <v>2613</v>
       </c>
       <c r="G1168" s="1" t="s">
-        <v>2620</v>
+        <v>2614</v>
       </c>
       <c r="H1168" s="3">
-        <v>38.99</v>
+        <v>49</v>
       </c>
     </row>
     <row r="1169">
       <c r="A1169" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1169" s="1" t="s">
-        <v>1683</v>
+        <v>1656</v>
       </c>
       <c r="C1169" s="1" t="s">
-        <v>1684</v>
+        <v>1657</v>
       </c>
       <c r="D1169" s="1" t="s">
-        <v>1687</v>
+        <v>1660</v>
       </c>
       <c r="E1169" s="1"/>
       <c r="F1169" s="1" t="s">
-        <v>2621</v>
+        <v>2615</v>
       </c>
       <c r="G1169" s="1" t="s">
-        <v>2622</v>
+        <v>2616</v>
       </c>
       <c r="H1169" s="3">
-        <v>31.99</v>
+        <v>29.99</v>
       </c>
     </row>
     <row r="1170">
       <c r="A1170" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1170" s="1" t="s">
-        <v>1683</v>
+        <v>1656</v>
       </c>
       <c r="C1170" s="1" t="s">
-        <v>1684</v>
+        <v>1657</v>
       </c>
       <c r="D1170" s="1" t="s">
-        <v>1687</v>
+        <v>1660</v>
       </c>
       <c r="E1170" s="1"/>
       <c r="F1170" s="1" t="s">
-        <v>2623</v>
+        <v>2617</v>
       </c>
       <c r="G1170" s="1" t="s">
-        <v>2624</v>
+        <v>2618</v>
       </c>
       <c r="H1170" s="3">
-        <v>33.49</v>
+        <v>32</v>
       </c>
     </row>
     <row r="1171">
       <c r="A1171" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1171" s="1" t="s">
-        <v>1683</v>
+        <v>1656</v>
       </c>
       <c r="C1171" s="1" t="s">
-        <v>1684</v>
+        <v>1657</v>
       </c>
       <c r="D1171" s="1" t="s">
-        <v>1687</v>
+        <v>1660</v>
       </c>
       <c r="E1171" s="1"/>
       <c r="F1171" s="1" t="s">
-        <v>2625</v>
+        <v>2619</v>
       </c>
       <c r="G1171" s="1" t="s">
-        <v>2626</v>
+        <v>2620</v>
       </c>
       <c r="H1171" s="3">
-        <v>53.56</v>
+        <v>24.5</v>
       </c>
     </row>
     <row r="1172">
       <c r="A1172" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1172" s="1" t="s">
-        <v>1683</v>
+        <v>1656</v>
       </c>
       <c r="C1172" s="1" t="s">
-        <v>1684</v>
+        <v>1657</v>
       </c>
       <c r="D1172" s="1" t="s">
-        <v>1687</v>
+        <v>1660</v>
       </c>
       <c r="E1172" s="1"/>
       <c r="F1172" s="1" t="s">
-        <v>2627</v>
+        <v>2621</v>
       </c>
       <c r="G1172" s="1" t="s">
-        <v>2628</v>
+        <v>2622</v>
       </c>
       <c r="H1172" s="3">
-        <v>53.56</v>
+        <v>29.99</v>
       </c>
     </row>
     <row r="1173">
       <c r="A1173" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1173" s="1" t="s">
-        <v>1683</v>
+        <v>1656</v>
       </c>
       <c r="C1173" s="1" t="s">
-        <v>1684</v>
+        <v>1657</v>
       </c>
       <c r="D1173" s="1" t="s">
-        <v>1687</v>
+        <v>1660</v>
       </c>
       <c r="E1173" s="1"/>
       <c r="F1173" s="1" t="s">
-        <v>2629</v>
+        <v>2623</v>
       </c>
       <c r="G1173" s="1" t="s">
-        <v>2630</v>
+        <v>2624</v>
       </c>
       <c r="H1173" s="3">
-        <v>48</v>
+        <v>35</v>
       </c>
     </row>
     <row r="1174">
       <c r="A1174" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1174" s="1" t="s">
-        <v>1683</v>
+        <v>1656</v>
       </c>
       <c r="C1174" s="1" t="s">
-        <v>1684</v>
+        <v>1657</v>
       </c>
       <c r="D1174" s="1" t="s">
-        <v>1687</v>
+        <v>1660</v>
       </c>
       <c r="E1174" s="1"/>
       <c r="F1174" s="1" t="s">
-        <v>2631</v>
+        <v>2625</v>
       </c>
       <c r="G1174" s="1" t="s">
-        <v>2632</v>
+        <v>2626</v>
       </c>
       <c r="H1174" s="3">
-        <v>29</v>
+        <v>35.99</v>
       </c>
     </row>
     <row r="1175">
       <c r="A1175" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1175" s="1" t="s">
-        <v>1683</v>
+        <v>1656</v>
       </c>
       <c r="C1175" s="1" t="s">
-        <v>1684</v>
-[...3 lines deleted...]
-      </c>
+        <v>1681</v>
+      </c>
+      <c r="D1175" s="1"/>
       <c r="E1175" s="1"/>
       <c r="F1175" s="1" t="s">
-        <v>2633</v>
+        <v>2627</v>
       </c>
       <c r="G1175" s="1" t="s">
-        <v>2634</v>
+        <v>2628</v>
       </c>
       <c r="H1175" s="3">
-        <v>32</v>
+        <v>22.99</v>
       </c>
     </row>
     <row r="1176">
       <c r="A1176" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1176" s="1" t="s">
-        <v>1683</v>
+        <v>1656</v>
       </c>
       <c r="C1176" s="1" t="s">
-        <v>1684</v>
-[...3 lines deleted...]
-      </c>
+        <v>1681</v>
+      </c>
+      <c r="D1176" s="1"/>
       <c r="E1176" s="1"/>
       <c r="F1176" s="1" t="s">
-        <v>2635</v>
+        <v>2629</v>
       </c>
       <c r="G1176" s="1" t="s">
-        <v>2636</v>
+        <v>2630</v>
       </c>
       <c r="H1176" s="3">
-        <v>24.5</v>
+        <v>13.49</v>
       </c>
     </row>
     <row r="1177">
       <c r="A1177" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1177" s="1" t="s">
-        <v>1683</v>
+        <v>1656</v>
       </c>
       <c r="C1177" s="1" t="s">
-        <v>1684</v>
-[...3 lines deleted...]
-      </c>
+        <v>1681</v>
+      </c>
+      <c r="D1177" s="1"/>
       <c r="E1177" s="1"/>
       <c r="F1177" s="1" t="s">
-        <v>2637</v>
+        <v>2631</v>
       </c>
       <c r="G1177" s="1" t="s">
-        <v>2638</v>
+        <v>2632</v>
       </c>
       <c r="H1177" s="3">
-        <v>27</v>
+        <v>7.49</v>
       </c>
     </row>
     <row r="1178">
       <c r="A1178" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1178" s="1" t="s">
-        <v>1683</v>
+        <v>1656</v>
       </c>
       <c r="C1178" s="1" t="s">
-        <v>1684</v>
-[...3 lines deleted...]
-      </c>
+        <v>1688</v>
+      </c>
+      <c r="D1178" s="1"/>
       <c r="E1178" s="1"/>
       <c r="F1178" s="1" t="s">
-        <v>2639</v>
+        <v>2633</v>
       </c>
       <c r="G1178" s="1" t="s">
-        <v>2640</v>
+        <v>2634</v>
       </c>
       <c r="H1178" s="3">
-        <v>39</v>
+        <v>31.49</v>
       </c>
     </row>
     <row r="1179">
       <c r="A1179" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1179" s="1" t="s">
-        <v>1683</v>
+        <v>1656</v>
       </c>
       <c r="C1179" s="1" t="s">
-        <v>1684</v>
-[...3 lines deleted...]
-      </c>
+        <v>1688</v>
+      </c>
+      <c r="D1179" s="1"/>
       <c r="E1179" s="1"/>
       <c r="F1179" s="1" t="s">
-        <v>2641</v>
+        <v>2635</v>
       </c>
       <c r="G1179" s="1" t="s">
-        <v>2642</v>
+        <v>2636</v>
       </c>
       <c r="H1179" s="3">
-        <v>35.99</v>
+        <v>13.49</v>
       </c>
     </row>
     <row r="1180">
       <c r="A1180" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1180" s="1" t="s">
-        <v>1683</v>
+        <v>1656</v>
       </c>
       <c r="C1180" s="1" t="s">
-        <v>1706</v>
+        <v>1688</v>
       </c>
       <c r="D1180" s="1"/>
       <c r="E1180" s="1"/>
       <c r="F1180" s="1" t="s">
-        <v>2643</v>
+        <v>2637</v>
       </c>
       <c r="G1180" s="1" t="s">
-        <v>2644</v>
+        <v>2638</v>
       </c>
       <c r="H1180" s="3">
-        <v>22.99</v>
+        <v>13.99</v>
       </c>
     </row>
     <row r="1181">
       <c r="A1181" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1181" s="1" t="s">
-        <v>1683</v>
+        <v>1656</v>
       </c>
       <c r="C1181" s="1" t="s">
-        <v>1706</v>
+        <v>1688</v>
       </c>
       <c r="D1181" s="1"/>
       <c r="E1181" s="1"/>
       <c r="F1181" s="1" t="s">
-        <v>2645</v>
+        <v>2639</v>
       </c>
       <c r="G1181" s="1" t="s">
-        <v>2646</v>
+        <v>2640</v>
       </c>
       <c r="H1181" s="3">
-        <v>11.5</v>
+        <v>15.49</v>
       </c>
     </row>
     <row r="1182">
       <c r="A1182" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1182" s="1" t="s">
-        <v>1683</v>
+        <v>1656</v>
       </c>
       <c r="C1182" s="1" t="s">
-        <v>1706</v>
+        <v>1688</v>
       </c>
       <c r="D1182" s="1"/>
       <c r="E1182" s="1"/>
       <c r="F1182" s="1" t="s">
-        <v>2647</v>
+        <v>2641</v>
       </c>
       <c r="G1182" s="1" t="s">
-        <v>2648</v>
+        <v>2642</v>
       </c>
       <c r="H1182" s="3">
-        <v>13.19</v>
+        <v>48</v>
       </c>
     </row>
     <row r="1183">
       <c r="A1183" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1183" s="1" t="s">
-        <v>1683</v>
+        <v>1656</v>
       </c>
       <c r="C1183" s="1" t="s">
-        <v>1706</v>
+        <v>1688</v>
       </c>
       <c r="D1183" s="1"/>
       <c r="E1183" s="1"/>
       <c r="F1183" s="1" t="s">
-        <v>2649</v>
+        <v>2643</v>
       </c>
       <c r="G1183" s="1" t="s">
-        <v>2650</v>
+        <v>2644</v>
       </c>
       <c r="H1183" s="3">
-        <v>7.49</v>
+        <v>10.99</v>
       </c>
     </row>
     <row r="1184">
       <c r="A1184" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1184" s="1" t="s">
-        <v>1683</v>
+        <v>187</v>
       </c>
       <c r="C1184" s="1" t="s">
-        <v>1713</v>
+        <v>191</v>
       </c>
       <c r="D1184" s="1"/>
       <c r="E1184" s="1"/>
       <c r="F1184" s="1" t="s">
-        <v>2651</v>
+        <v>2645</v>
       </c>
       <c r="G1184" s="1" t="s">
-        <v>2652</v>
+        <v>2646</v>
       </c>
       <c r="H1184" s="3">
-        <v>30.99</v>
+        <v>11.99</v>
       </c>
     </row>
     <row r="1185">
       <c r="A1185" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1185" s="1" t="s">
-        <v>1683</v>
+        <v>187</v>
       </c>
       <c r="C1185" s="1" t="s">
-        <v>1713</v>
-[...1 lines deleted...]
-      <c r="D1185" s="1"/>
+        <v>191</v>
+      </c>
+      <c r="D1185" s="1" t="s">
+        <v>1926</v>
+      </c>
       <c r="E1185" s="1"/>
       <c r="F1185" s="1" t="s">
-        <v>2653</v>
+        <v>2647</v>
       </c>
       <c r="G1185" s="1" t="s">
-        <v>2654</v>
+        <v>2648</v>
       </c>
       <c r="H1185" s="3">
-        <v>13.49</v>
+        <v>39.99</v>
       </c>
     </row>
     <row r="1186">
       <c r="A1186" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1186" s="1" t="s">
-        <v>1683</v>
+        <v>187</v>
       </c>
       <c r="C1186" s="1" t="s">
-        <v>1713</v>
-[...1 lines deleted...]
-      <c r="D1186" s="1"/>
+        <v>191</v>
+      </c>
+      <c r="D1186" s="1" t="s">
+        <v>1707</v>
+      </c>
       <c r="E1186" s="1"/>
       <c r="F1186" s="1" t="s">
-        <v>2655</v>
+        <v>2649</v>
       </c>
       <c r="G1186" s="1" t="s">
-        <v>2656</v>
+        <v>2650</v>
       </c>
       <c r="H1186" s="3">
         <v>13.99</v>
       </c>
     </row>
     <row r="1187">
       <c r="A1187" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1187" s="1" t="s">
-        <v>1683</v>
+        <v>187</v>
       </c>
       <c r="C1187" s="1" t="s">
-        <v>1713</v>
-[...1 lines deleted...]
-      <c r="D1187" s="1"/>
+        <v>191</v>
+      </c>
+      <c r="D1187" s="1" t="s">
+        <v>1707</v>
+      </c>
       <c r="E1187" s="1"/>
       <c r="F1187" s="1" t="s">
-        <v>2657</v>
+        <v>2651</v>
       </c>
       <c r="G1187" s="1" t="s">
-        <v>2658</v>
+        <v>2652</v>
       </c>
       <c r="H1187" s="3">
-        <v>14.49</v>
+        <v>32.99</v>
       </c>
     </row>
     <row r="1188">
       <c r="A1188" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1188" s="1" t="s">
-        <v>1683</v>
+        <v>187</v>
       </c>
       <c r="C1188" s="1" t="s">
-        <v>1713</v>
+        <v>2653</v>
       </c>
       <c r="D1188" s="1"/>
       <c r="E1188" s="1"/>
       <c r="F1188" s="1" t="s">
-        <v>2659</v>
+        <v>2654</v>
       </c>
       <c r="G1188" s="1" t="s">
-        <v>2660</v>
+        <v>2655</v>
       </c>
       <c r="H1188" s="3">
-        <v>15.49</v>
+        <v>11.49</v>
       </c>
     </row>
     <row r="1189">
       <c r="A1189" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1189" s="1" t="s">
-        <v>1683</v>
+        <v>187</v>
       </c>
       <c r="C1189" s="1" t="s">
-        <v>1713</v>
+        <v>2653</v>
       </c>
       <c r="D1189" s="1"/>
       <c r="E1189" s="1"/>
       <c r="F1189" s="1" t="s">
-        <v>2661</v>
+        <v>2656</v>
       </c>
       <c r="G1189" s="1" t="s">
-        <v>2662</v>
+        <v>2657</v>
       </c>
       <c r="H1189" s="3">
-        <v>48</v>
+        <v>12.99</v>
       </c>
     </row>
     <row r="1190">
       <c r="A1190" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1190" s="1" t="s">
-        <v>1683</v>
+        <v>187</v>
       </c>
       <c r="C1190" s="1" t="s">
-        <v>1713</v>
+        <v>1710</v>
       </c>
       <c r="D1190" s="1"/>
       <c r="E1190" s="1"/>
       <c r="F1190" s="1" t="s">
-        <v>2663</v>
+        <v>2658</v>
       </c>
       <c r="G1190" s="1" t="s">
-        <v>2664</v>
+        <v>2659</v>
       </c>
       <c r="H1190" s="3">
-        <v>10.99</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="1191">
       <c r="A1191" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1191" s="1" t="s">
-        <v>200</v>
+        <v>1713</v>
       </c>
       <c r="C1191" s="1" t="s">
-        <v>204</v>
-[...2 lines deleted...]
-      <c r="E1191" s="1"/>
+        <v>1714</v>
+      </c>
+      <c r="D1191" s="1" t="s">
+        <v>1715</v>
+      </c>
+      <c r="E1191" s="1" t="s">
+        <v>1716</v>
+      </c>
       <c r="F1191" s="1" t="s">
-        <v>2665</v>
+        <v>2660</v>
       </c>
       <c r="G1191" s="1" t="s">
-        <v>2666</v>
+        <v>2661</v>
       </c>
       <c r="H1191" s="3">
-        <v>11.99</v>
+        <v>8.99</v>
       </c>
     </row>
     <row r="1192">
       <c r="A1192" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1192" s="1" t="s">
-        <v>200</v>
+        <v>1719</v>
       </c>
       <c r="C1192" s="1" t="s">
-        <v>204</v>
-[...3 lines deleted...]
-      </c>
+        <v>1720</v>
+      </c>
+      <c r="D1192" s="1"/>
       <c r="E1192" s="1"/>
       <c r="F1192" s="1" t="s">
-        <v>2667</v>
+        <v>2662</v>
       </c>
       <c r="G1192" s="1" t="s">
-        <v>2668</v>
+        <v>2663</v>
       </c>
       <c r="H1192" s="3">
-        <v>39.99</v>
+        <v>16.5</v>
       </c>
     </row>
     <row r="1193">
       <c r="A1193" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1193" s="1" t="s">
-        <v>200</v>
+        <v>1719</v>
       </c>
       <c r="C1193" s="1" t="s">
-        <v>204</v>
-[...3 lines deleted...]
-      </c>
+        <v>1720</v>
+      </c>
+      <c r="D1193" s="1"/>
       <c r="E1193" s="1"/>
       <c r="F1193" s="1" t="s">
-        <v>2669</v>
+        <v>2664</v>
       </c>
       <c r="G1193" s="1" t="s">
-        <v>2670</v>
+        <v>2665</v>
       </c>
       <c r="H1193" s="3">
-        <v>13.99</v>
+        <v>24.89</v>
       </c>
     </row>
     <row r="1194">
       <c r="A1194" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1194" s="1" t="s">
-        <v>200</v>
+        <v>1719</v>
       </c>
       <c r="C1194" s="1" t="s">
-        <v>204</v>
-[...3 lines deleted...]
-      </c>
+        <v>1720</v>
+      </c>
+      <c r="D1194" s="1"/>
       <c r="E1194" s="1"/>
       <c r="F1194" s="1" t="s">
-        <v>2671</v>
+        <v>2666</v>
       </c>
       <c r="G1194" s="1" t="s">
-        <v>2672</v>
+        <v>2667</v>
       </c>
       <c r="H1194" s="3">
-        <v>32.99</v>
+        <v>11.89</v>
       </c>
     </row>
     <row r="1195">
       <c r="A1195" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1195" s="1" t="s">
-        <v>200</v>
+        <v>1723</v>
       </c>
       <c r="C1195" s="1" t="s">
-        <v>2673</v>
+        <v>1724</v>
       </c>
       <c r="D1195" s="1"/>
       <c r="E1195" s="1"/>
       <c r="F1195" s="1" t="s">
-        <v>2674</v>
+        <v>2668</v>
       </c>
       <c r="G1195" s="1" t="s">
-        <v>2675</v>
+        <v>2669</v>
       </c>
       <c r="H1195" s="3">
-        <v>11.19</v>
+        <v>14.99</v>
       </c>
     </row>
     <row r="1196">
       <c r="A1196" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1196" s="1" t="s">
-        <v>200</v>
+        <v>1723</v>
       </c>
       <c r="C1196" s="1" t="s">
-        <v>2673</v>
+        <v>1724</v>
       </c>
       <c r="D1196" s="1"/>
       <c r="E1196" s="1"/>
       <c r="F1196" s="1" t="s">
-        <v>2676</v>
+        <v>2670</v>
       </c>
       <c r="G1196" s="1" t="s">
-        <v>2677</v>
+        <v>2671</v>
       </c>
       <c r="H1196" s="3">
-        <v>12.99</v>
+        <v>10.89</v>
       </c>
     </row>
     <row r="1197">
       <c r="A1197" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1197" s="1" t="s">
-        <v>200</v>
+        <v>1723</v>
       </c>
       <c r="C1197" s="1" t="s">
-        <v>1735</v>
+        <v>1727</v>
       </c>
       <c r="D1197" s="1"/>
       <c r="E1197" s="1"/>
       <c r="F1197" s="1" t="s">
-        <v>2678</v>
+        <v>2672</v>
       </c>
       <c r="G1197" s="1" t="s">
-        <v>2679</v>
+        <v>2673</v>
       </c>
       <c r="H1197" s="3">
-        <v>10.19</v>
+        <v>38.95</v>
       </c>
     </row>
     <row r="1198">
       <c r="A1198" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1198" s="1" t="s">
-        <v>1738</v>
+        <v>1723</v>
       </c>
       <c r="C1198" s="1" t="s">
-        <v>1739</v>
-[...6 lines deleted...]
-      </c>
+        <v>1727</v>
+      </c>
+      <c r="D1198" s="1"/>
+      <c r="E1198" s="1"/>
       <c r="F1198" s="1" t="s">
-        <v>2680</v>
+        <v>2674</v>
       </c>
       <c r="G1198" s="1" t="s">
-        <v>2681</v>
+        <v>2675</v>
       </c>
       <c r="H1198" s="3">
-        <v>8.99</v>
+        <v>42</v>
       </c>
     </row>
     <row r="1199">
       <c r="A1199" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1199" s="1" t="s">
-        <v>1744</v>
+        <v>1723</v>
       </c>
       <c r="C1199" s="1" t="s">
-        <v>1745</v>
+        <v>1727</v>
       </c>
       <c r="D1199" s="1"/>
       <c r="E1199" s="1"/>
       <c r="F1199" s="1" t="s">
-        <v>2682</v>
+        <v>2676</v>
       </c>
       <c r="G1199" s="1" t="s">
-        <v>2683</v>
+        <v>2677</v>
       </c>
       <c r="H1199" s="3">
-        <v>16.5</v>
+        <v>38.5</v>
       </c>
     </row>
     <row r="1200">
       <c r="A1200" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1200" s="1" t="s">
-        <v>1744</v>
+        <v>1723</v>
       </c>
       <c r="C1200" s="1" t="s">
-        <v>1745</v>
+        <v>1734</v>
       </c>
       <c r="D1200" s="1"/>
       <c r="E1200" s="1"/>
       <c r="F1200" s="1" t="s">
-        <v>2684</v>
+        <v>2678</v>
       </c>
       <c r="G1200" s="1" t="s">
-        <v>2685</v>
+        <v>2679</v>
       </c>
       <c r="H1200" s="3">
-        <v>24.89</v>
+        <v>9.49</v>
       </c>
     </row>
     <row r="1201">
       <c r="A1201" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1201" s="1" t="s">
-        <v>1744</v>
+        <v>1723</v>
       </c>
       <c r="C1201" s="1" t="s">
-        <v>1745</v>
-[...1 lines deleted...]
-      <c r="D1201" s="1"/>
+        <v>1739</v>
+      </c>
+      <c r="D1201" s="1" t="s">
+        <v>1740</v>
+      </c>
       <c r="E1201" s="1"/>
       <c r="F1201" s="1" t="s">
-        <v>2686</v>
+        <v>2680</v>
       </c>
       <c r="G1201" s="1" t="s">
-        <v>2687</v>
+        <v>2681</v>
       </c>
       <c r="H1201" s="3">
-        <v>11.89</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="1202">
       <c r="A1202" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1202" s="1" t="s">
-        <v>183</v>
+        <v>1723</v>
       </c>
       <c r="C1202" s="1" t="s">
-        <v>1748</v>
-[...1 lines deleted...]
-      <c r="D1202" s="1"/>
+        <v>1739</v>
+      </c>
+      <c r="D1202" s="1" t="s">
+        <v>1740</v>
+      </c>
       <c r="E1202" s="1"/>
       <c r="F1202" s="1" t="s">
-        <v>2688</v>
+        <v>2682</v>
       </c>
       <c r="G1202" s="1" t="s">
-        <v>2689</v>
+        <v>2683</v>
       </c>
       <c r="H1202" s="3">
-        <v>14.99</v>
+        <v>27.95</v>
       </c>
     </row>
     <row r="1203">
       <c r="A1203" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1203" s="1" t="s">
-        <v>183</v>
+        <v>1723</v>
       </c>
       <c r="C1203" s="1" t="s">
-        <v>1748</v>
-[...1 lines deleted...]
-      <c r="D1203" s="1"/>
+        <v>1739</v>
+      </c>
+      <c r="D1203" s="1" t="s">
+        <v>1740</v>
+      </c>
       <c r="E1203" s="1"/>
       <c r="F1203" s="1" t="s">
-        <v>2690</v>
+        <v>2684</v>
       </c>
       <c r="G1203" s="1" t="s">
-        <v>2691</v>
+        <v>2685</v>
       </c>
       <c r="H1203" s="3">
-        <v>10.89</v>
+        <v>15.99</v>
       </c>
     </row>
     <row r="1204">
       <c r="A1204" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1204" s="1" t="s">
-        <v>183</v>
+        <v>1723</v>
       </c>
       <c r="C1204" s="1" t="s">
-        <v>1751</v>
-[...1 lines deleted...]
-      <c r="D1204" s="1"/>
+        <v>1739</v>
+      </c>
+      <c r="D1204" s="1" t="s">
+        <v>2686</v>
+      </c>
       <c r="E1204" s="1"/>
       <c r="F1204" s="1" t="s">
-        <v>2692</v>
+        <v>2687</v>
       </c>
       <c r="G1204" s="1" t="s">
-        <v>2693</v>
+        <v>2688</v>
       </c>
       <c r="H1204" s="3">
-        <v>38.25</v>
+        <v>19.89</v>
       </c>
     </row>
     <row r="1205">
       <c r="A1205" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1205" s="1" t="s">
-        <v>183</v>
+        <v>178</v>
       </c>
       <c r="C1205" s="1" t="s">
-        <v>1751</v>
-[...1 lines deleted...]
-      <c r="D1205" s="1"/>
+        <v>1759</v>
+      </c>
+      <c r="D1205" s="1" t="s">
+        <v>1760</v>
+      </c>
       <c r="E1205" s="1"/>
       <c r="F1205" s="1" t="s">
-        <v>2694</v>
+        <v>2689</v>
       </c>
       <c r="G1205" s="1" t="s">
-        <v>2695</v>
+        <v>2690</v>
       </c>
       <c r="H1205" s="3">
-        <v>38.25</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="1206">
       <c r="A1206" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1206" s="1" t="s">
-        <v>183</v>
+        <v>178</v>
       </c>
       <c r="C1206" s="1" t="s">
-        <v>1751</v>
+        <v>1779</v>
       </c>
       <c r="D1206" s="1"/>
       <c r="E1206" s="1"/>
       <c r="F1206" s="1" t="s">
-        <v>2696</v>
+        <v>2691</v>
       </c>
       <c r="G1206" s="1" t="s">
-        <v>2697</v>
+        <v>2692</v>
       </c>
       <c r="H1206" s="3">
-        <v>39.99</v>
+        <v>2.99</v>
       </c>
     </row>
     <row r="1207">
       <c r="A1207" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1207" s="1" t="s">
-        <v>183</v>
+        <v>178</v>
       </c>
       <c r="C1207" s="1" t="s">
-        <v>1751</v>
+        <v>179</v>
       </c>
       <c r="D1207" s="1"/>
       <c r="E1207" s="1"/>
       <c r="F1207" s="1" t="s">
-        <v>2698</v>
+        <v>2693</v>
       </c>
       <c r="G1207" s="1" t="s">
-        <v>2699</v>
+        <v>2694</v>
       </c>
       <c r="H1207" s="3">
-        <v>37.99</v>
+        <v>8.99</v>
       </c>
     </row>
     <row r="1208">
       <c r="A1208" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1208" s="1" t="s">
-        <v>183</v>
+        <v>178</v>
       </c>
       <c r="C1208" s="1" t="s">
-        <v>1758</v>
+        <v>179</v>
       </c>
       <c r="D1208" s="1"/>
       <c r="E1208" s="1"/>
       <c r="F1208" s="1" t="s">
-        <v>2700</v>
+        <v>2695</v>
       </c>
       <c r="G1208" s="1" t="s">
-        <v>2701</v>
+        <v>2696</v>
       </c>
       <c r="H1208" s="3">
-        <v>9.19</v>
+        <v>11.49</v>
       </c>
     </row>
     <row r="1209">
       <c r="A1209" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1209" s="1" t="s">
-        <v>183</v>
+        <v>178</v>
       </c>
       <c r="C1209" s="1" t="s">
-        <v>1761</v>
-[...3 lines deleted...]
-      </c>
+        <v>179</v>
+      </c>
+      <c r="D1209" s="1"/>
       <c r="E1209" s="1"/>
       <c r="F1209" s="1" t="s">
-        <v>2702</v>
+        <v>2697</v>
       </c>
       <c r="G1209" s="1" t="s">
-        <v>2703</v>
+        <v>2698</v>
       </c>
       <c r="H1209" s="3">
-        <v>21.49</v>
+        <v>8.99</v>
       </c>
     </row>
     <row r="1210">
       <c r="A1210" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1210" s="1" t="s">
-        <v>183</v>
+        <v>178</v>
       </c>
       <c r="C1210" s="1" t="s">
-        <v>1761</v>
-[...3 lines deleted...]
-      </c>
+        <v>179</v>
+      </c>
+      <c r="D1210" s="1"/>
       <c r="E1210" s="1"/>
       <c r="F1210" s="1" t="s">
-        <v>2704</v>
+        <v>2699</v>
       </c>
       <c r="G1210" s="1" t="s">
-        <v>2705</v>
+        <v>2700</v>
       </c>
       <c r="H1210" s="3">
-        <v>26.99</v>
+        <v>9.99</v>
       </c>
     </row>
     <row r="1211">
       <c r="A1211" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1211" s="1" t="s">
-        <v>183</v>
+        <v>178</v>
       </c>
       <c r="C1211" s="1" t="s">
-        <v>1761</v>
-[...3 lines deleted...]
-      </c>
+        <v>2701</v>
+      </c>
+      <c r="D1211" s="1"/>
       <c r="E1211" s="1"/>
       <c r="F1211" s="1" t="s">
-        <v>2706</v>
+        <v>2702</v>
       </c>
       <c r="G1211" s="1" t="s">
-        <v>2707</v>
+        <v>2703</v>
       </c>
       <c r="H1211" s="3">
-        <v>15.99</v>
+        <v>15.75</v>
       </c>
     </row>
     <row r="1212">
       <c r="A1212" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1212" s="1" t="s">
-        <v>183</v>
+        <v>178</v>
       </c>
       <c r="C1212" s="1" t="s">
-        <v>1761</v>
+        <v>2701</v>
       </c>
       <c r="D1212" s="1" t="s">
-        <v>2708</v>
+        <v>2704</v>
       </c>
       <c r="E1212" s="1"/>
       <c r="F1212" s="1" t="s">
-        <v>2709</v>
+        <v>2705</v>
       </c>
       <c r="G1212" s="1" t="s">
-        <v>2710</v>
+        <v>2706</v>
       </c>
       <c r="H1212" s="3">
-        <v>19.89</v>
+        <v>15.99</v>
       </c>
     </row>
     <row r="1213">
       <c r="A1213" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1213" s="1" t="s">
-        <v>187</v>
+        <v>178</v>
       </c>
       <c r="C1213" s="1" t="s">
-        <v>1784</v>
-[...3 lines deleted...]
-      </c>
+        <v>1806</v>
+      </c>
+      <c r="D1213" s="1"/>
       <c r="E1213" s="1"/>
       <c r="F1213" s="1" t="s">
-        <v>2711</v>
+        <v>2707</v>
       </c>
       <c r="G1213" s="1" t="s">
-        <v>2712</v>
+        <v>2708</v>
       </c>
       <c r="H1213" s="3">
-        <v>18.99</v>
+        <v>10.99</v>
       </c>
     </row>
     <row r="1214">
       <c r="A1214" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1214" s="1" t="s">
-        <v>187</v>
+        <v>178</v>
       </c>
       <c r="C1214" s="1" t="s">
-        <v>1802</v>
+        <v>1806</v>
       </c>
       <c r="D1214" s="1"/>
       <c r="E1214" s="1"/>
       <c r="F1214" s="1" t="s">
-        <v>2713</v>
+        <v>2709</v>
       </c>
       <c r="G1214" s="1" t="s">
-        <v>2714</v>
+        <v>2710</v>
       </c>
       <c r="H1214" s="3">
-        <v>2.99</v>
+        <v>7.99</v>
       </c>
     </row>
     <row r="1215">
       <c r="A1215" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1215" s="1" t="s">
-        <v>187</v>
+        <v>178</v>
       </c>
       <c r="C1215" s="1" t="s">
-        <v>188</v>
+        <v>1806</v>
       </c>
       <c r="D1215" s="1"/>
       <c r="E1215" s="1"/>
       <c r="F1215" s="1" t="s">
-        <v>2715</v>
+        <v>2711</v>
       </c>
       <c r="G1215" s="1" t="s">
-        <v>2716</v>
+        <v>2712</v>
       </c>
       <c r="H1215" s="3">
-        <v>8.99</v>
+        <v>10.29</v>
       </c>
     </row>
     <row r="1216">
       <c r="A1216" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1216" s="1" t="s">
-        <v>187</v>
+        <v>178</v>
       </c>
       <c r="C1216" s="1" t="s">
-        <v>188</v>
+        <v>1806</v>
       </c>
       <c r="D1216" s="1"/>
       <c r="E1216" s="1"/>
       <c r="F1216" s="1" t="s">
-        <v>2717</v>
+        <v>2713</v>
       </c>
       <c r="G1216" s="1" t="s">
-        <v>2718</v>
+        <v>2714</v>
       </c>
       <c r="H1216" s="3">
-        <v>11.49</v>
+        <v>9.49</v>
       </c>
     </row>
     <row r="1217">
       <c r="A1217" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1217" s="1" t="s">
-        <v>187</v>
+        <v>178</v>
       </c>
       <c r="C1217" s="1" t="s">
-        <v>188</v>
+        <v>1806</v>
       </c>
       <c r="D1217" s="1"/>
       <c r="E1217" s="1"/>
       <c r="F1217" s="1" t="s">
-        <v>2719</v>
+        <v>2715</v>
       </c>
       <c r="G1217" s="1" t="s">
-        <v>2720</v>
+        <v>2716</v>
       </c>
       <c r="H1217" s="3">
-        <v>8.99</v>
+        <v>15.49</v>
       </c>
     </row>
     <row r="1218">
       <c r="A1218" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1218" s="1" t="s">
-        <v>187</v>
+        <v>178</v>
       </c>
       <c r="C1218" s="1" t="s">
-        <v>188</v>
+        <v>1806</v>
       </c>
       <c r="D1218" s="1"/>
       <c r="E1218" s="1"/>
       <c r="F1218" s="1" t="s">
-        <v>2721</v>
+        <v>2717</v>
       </c>
       <c r="G1218" s="1" t="s">
-        <v>2722</v>
+        <v>2718</v>
       </c>
       <c r="H1218" s="3">
-        <v>9.99</v>
+        <v>44.99</v>
       </c>
     </row>
     <row r="1219">
       <c r="A1219" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1219" s="1" t="s">
-        <v>187</v>
+        <v>178</v>
       </c>
       <c r="C1219" s="1" t="s">
-        <v>2723</v>
-[...3 lines deleted...]
-      </c>
+        <v>2719</v>
+      </c>
+      <c r="D1219" s="1"/>
       <c r="E1219" s="1"/>
       <c r="F1219" s="1" t="s">
-        <v>2725</v>
+        <v>2720</v>
       </c>
       <c r="G1219" s="1" t="s">
-        <v>2726</v>
+        <v>2721</v>
       </c>
       <c r="H1219" s="3">
-        <v>15.99</v>
+        <v>9.99</v>
       </c>
     </row>
     <row r="1220">
       <c r="A1220" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1220" s="1" t="s">
-        <v>187</v>
+        <v>178</v>
       </c>
       <c r="C1220" s="1" t="s">
-        <v>1827</v>
+        <v>2719</v>
       </c>
       <c r="D1220" s="1"/>
       <c r="E1220" s="1"/>
       <c r="F1220" s="1" t="s">
-        <v>2727</v>
+        <v>2722</v>
       </c>
       <c r="G1220" s="1" t="s">
-        <v>2728</v>
+        <v>2723</v>
       </c>
       <c r="H1220" s="3">
-        <v>10.99</v>
+        <v>14.99</v>
       </c>
     </row>
     <row r="1221">
       <c r="A1221" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1221" s="1" t="s">
-        <v>187</v>
+        <v>1835</v>
       </c>
       <c r="C1221" s="1" t="s">
-        <v>1827</v>
+        <v>1836</v>
       </c>
       <c r="D1221" s="1"/>
       <c r="E1221" s="1"/>
       <c r="F1221" s="1" t="s">
-        <v>2729</v>
+        <v>2724</v>
       </c>
       <c r="G1221" s="1" t="s">
-        <v>2730</v>
+        <v>2725</v>
       </c>
       <c r="H1221" s="3">
-        <v>7.99</v>
+        <v>10.69</v>
       </c>
     </row>
     <row r="1222">
       <c r="A1222" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1222" s="1" t="s">
-        <v>187</v>
+        <v>1835</v>
       </c>
       <c r="C1222" s="1" t="s">
-        <v>1827</v>
+        <v>1836</v>
       </c>
       <c r="D1222" s="1"/>
       <c r="E1222" s="1"/>
       <c r="F1222" s="1" t="s">
-        <v>2731</v>
+        <v>2726</v>
       </c>
       <c r="G1222" s="1" t="s">
-        <v>2732</v>
+        <v>2727</v>
       </c>
       <c r="H1222" s="3">
-        <v>10.19</v>
+        <v>12.99</v>
       </c>
     </row>
     <row r="1223">
       <c r="A1223" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1223" s="1" t="s">
-        <v>187</v>
+        <v>182</v>
       </c>
       <c r="C1223" s="1" t="s">
-        <v>1827</v>
+        <v>183</v>
       </c>
       <c r="D1223" s="1"/>
       <c r="E1223" s="1"/>
       <c r="F1223" s="1" t="s">
-        <v>2733</v>
+        <v>2728</v>
       </c>
       <c r="G1223" s="1" t="s">
-        <v>2734</v>
+        <v>2729</v>
       </c>
       <c r="H1223" s="3">
         <v>9.49</v>
       </c>
     </row>
     <row r="1224">
       <c r="A1224" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1224" s="1" t="s">
-        <v>187</v>
+        <v>182</v>
       </c>
       <c r="C1224" s="1" t="s">
-        <v>1827</v>
-[...1 lines deleted...]
-      <c r="D1224" s="1"/>
+        <v>183</v>
+      </c>
+      <c r="D1224" s="1" t="s">
+        <v>1845</v>
+      </c>
       <c r="E1224" s="1"/>
       <c r="F1224" s="1" t="s">
-        <v>2735</v>
+        <v>2730</v>
       </c>
       <c r="G1224" s="1" t="s">
-        <v>2736</v>
+        <v>2731</v>
       </c>
       <c r="H1224" s="3">
-        <v>15.49</v>
+        <v>16.69</v>
       </c>
     </row>
     <row r="1225">
       <c r="A1225" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1225" s="1" t="s">
-        <v>187</v>
+        <v>182</v>
       </c>
       <c r="C1225" s="1" t="s">
-        <v>1827</v>
-[...1 lines deleted...]
-      <c r="D1225" s="1"/>
+        <v>183</v>
+      </c>
+      <c r="D1225" s="1" t="s">
+        <v>2732</v>
+      </c>
       <c r="E1225" s="1"/>
       <c r="F1225" s="1" t="s">
-        <v>2737</v>
+        <v>2733</v>
       </c>
       <c r="G1225" s="1" t="s">
-        <v>2738</v>
+        <v>2734</v>
       </c>
       <c r="H1225" s="3">
-        <v>44.99</v>
+        <v>13.99</v>
       </c>
     </row>
     <row r="1226">
       <c r="A1226" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1226" s="1" t="s">
-        <v>187</v>
+        <v>182</v>
       </c>
       <c r="C1226" s="1" t="s">
-        <v>2739</v>
-[...2 lines deleted...]
-      <c r="E1226" s="1"/>
+        <v>183</v>
+      </c>
+      <c r="D1226" s="1" t="s">
+        <v>2735</v>
+      </c>
+      <c r="E1226" s="1" t="s">
+        <v>2736</v>
+      </c>
       <c r="F1226" s="1" t="s">
-        <v>2740</v>
+        <v>2737</v>
       </c>
       <c r="G1226" s="1" t="s">
-        <v>2741</v>
+        <v>2738</v>
       </c>
       <c r="H1226" s="3">
-        <v>9.99</v>
+        <v>26.99</v>
       </c>
     </row>
     <row r="1227">
       <c r="A1227" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1227" s="1" t="s">
-        <v>187</v>
+        <v>182</v>
       </c>
       <c r="C1227" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="D1227" s="1" t="s">
+        <v>1858</v>
+      </c>
+      <c r="E1227" s="1" t="s">
         <v>2739</v>
       </c>
-      <c r="D1227" s="1"/>
-      <c r="E1227" s="1"/>
       <c r="F1227" s="1" t="s">
-        <v>2742</v>
+        <v>2740</v>
       </c>
       <c r="G1227" s="1" t="s">
-        <v>2743</v>
+        <v>2741</v>
       </c>
       <c r="H1227" s="3">
-        <v>14.99</v>
+        <v>42.49</v>
       </c>
     </row>
     <row r="1228">
       <c r="A1228" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1228" s="1" t="s">
-        <v>191</v>
+        <v>182</v>
       </c>
       <c r="C1228" s="1" t="s">
-        <v>192</v>
-[...2 lines deleted...]
-      <c r="E1228" s="1"/>
+        <v>183</v>
+      </c>
+      <c r="D1228" s="1" t="s">
+        <v>1858</v>
+      </c>
+      <c r="E1228" s="1" t="s">
+        <v>2739</v>
+      </c>
       <c r="F1228" s="1" t="s">
-        <v>2744</v>
+        <v>2742</v>
       </c>
       <c r="G1228" s="1" t="s">
-        <v>2745</v>
+        <v>2743</v>
       </c>
       <c r="H1228" s="3">
-        <v>10.69</v>
+        <v>38.99</v>
       </c>
     </row>
     <row r="1229">
       <c r="A1229" s="1" t="s">
-        <v>2043</v>
+        <v>2021</v>
       </c>
       <c r="B1229" s="1" t="s">
-        <v>191</v>
+        <v>182</v>
       </c>
       <c r="C1229" s="1" t="s">
-        <v>192</v>
-[...2 lines deleted...]
-      <c r="E1229" s="1"/>
+        <v>183</v>
+      </c>
+      <c r="D1229" s="1" t="s">
+        <v>1858</v>
+      </c>
+      <c r="E1229" s="1" t="s">
+        <v>1870</v>
+      </c>
       <c r="F1229" s="1" t="s">
-        <v>2746</v>
+        <v>2744</v>
       </c>
       <c r="G1229" s="1" t="s">
-        <v>2747</v>
+        <v>2745</v>
       </c>
       <c r="H1229" s="3">
-        <v>12.99</v>
-[...172 lines deleted...]
-      <c r="H1236" s="3">
         <v>54.99</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>