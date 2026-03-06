--- v5 (2026-02-14)
+++ v6 (2026-03-06)
@@ -5,51 +5,51 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="House of Townend" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2746" uniqueCount="2746">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2727" uniqueCount="2727">
   <si>
     <t>Category</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>SubRegion</t>
   </si>
   <si>
     <t>SubSubRegion</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>ProductCode</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
@@ -151,56 +151,50 @@
   <si>
     <t>BOLL085</t>
   </si>
   <si>
     <t>Gosset Celebris Blanc de Blancs 2012 Champagne</t>
   </si>
   <si>
     <t>GOSS050</t>
   </si>
   <si>
     <t>Gosset Grand Rosé Champagne</t>
   </si>
   <si>
     <t>GOSS015</t>
   </si>
   <si>
     <t>Gosset Grande Reserve Brut Champagne</t>
   </si>
   <si>
     <t>GOSS001</t>
   </si>
   <si>
     <t>Chigny-les-Roses</t>
   </si>
   <si>
-    <t>Gardet Blanc de Noirs Premier Cru</t>
-[...4 lines deleted...]
-  <si>
     <t>Gardet Brut Rosé</t>
   </si>
   <si>
     <t>GARD195</t>
   </si>
   <si>
     <t>Gardet Brut Tradition</t>
   </si>
   <si>
     <t>GARD165</t>
   </si>
   <si>
     <t>Gardet Brut Tradition, Half Bottle</t>
   </si>
   <si>
     <t>GARD175</t>
   </si>
   <si>
     <t>Gardet Brut Tradition, Jeroboam</t>
   </si>
   <si>
     <t>GARD020</t>
   </si>
   <si>
     <t>Gardet Brut Tradition, Magnum</t>
@@ -241,56 +235,50 @@
   <si>
     <t>Côte des Bar</t>
   </si>
   <si>
     <t>René Jolly Blanc de Noirs Brut</t>
   </si>
   <si>
     <t>RENE010</t>
   </si>
   <si>
     <t>Épernay</t>
   </si>
   <si>
     <t>Dom Perignon</t>
   </si>
   <si>
     <t>DOMP240</t>
   </si>
   <si>
     <t>House of Townend Special Reserve Champagne</t>
   </si>
   <si>
     <t>TSRC010</t>
   </si>
   <si>
-    <t>House Of Townend Special Reserve Cuvée NV, Magnum</t>
-[...4 lines deleted...]
-  <si>
     <t>Pol Roger 2016 Vintage Champagne</t>
   </si>
   <si>
     <t>POLR255</t>
   </si>
   <si>
     <t>Pol Roger 2016 Vintage Champagne Magnum</t>
   </si>
   <si>
     <t>POLR260</t>
   </si>
   <si>
     <t>Pol Roger Blanc de Blancs 2015</t>
   </si>
   <si>
     <t>POLR240</t>
   </si>
   <si>
     <t>Pol Roger Brut Reserve NV</t>
   </si>
   <si>
     <t>POLR105</t>
   </si>
   <si>
     <t>Pol Roger Rich Demi-Sec</t>
@@ -460,62 +448,50 @@
   <si>
     <t>Santa Rosa</t>
   </si>
   <si>
     <t>Santa Julia Tardio, Zuccardi</t>
   </si>
   <si>
     <t>SANT245</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>South Australia</t>
   </si>
   <si>
     <t>Clare Valley</t>
   </si>
   <si>
     <t>Mitchell Noble Sémillon, Half Bottle</t>
   </si>
   <si>
     <t>MITC065</t>
   </si>
   <si>
-    <t>Victoria</t>
-[...10 lines deleted...]
-  <si>
     <t>Bordeaux</t>
   </si>
   <si>
     <t>Sauternes</t>
   </si>
   <si>
     <t>Château Coutet Barsac 2010</t>
   </si>
   <si>
     <t>COUT025</t>
   </si>
   <si>
     <t>DV By Château Doisy-Védrines Sauternes, Half Bottle</t>
   </si>
   <si>
     <t>DOIS005</t>
   </si>
   <si>
     <t>Sauternes 2022 Grand Vin de Bordeaux Half Bottle</t>
   </si>
   <si>
     <t>SAUT020</t>
   </si>
   <si>
     <t>Gascony</t>
@@ -961,56 +937,50 @@
   <si>
     <t>PROS090</t>
   </si>
   <si>
     <t>Villa Sandi Prosecco Rosé</t>
   </si>
   <si>
     <t>VILL340</t>
   </si>
   <si>
     <t>Villa Sandi, Magnum</t>
   </si>
   <si>
     <t>VILL215</t>
   </si>
   <si>
     <t>Trento</t>
   </si>
   <si>
     <t>Amori Prosecco</t>
   </si>
   <si>
     <t>AMOR001</t>
   </si>
   <si>
-    <t>Amori Prosecco 20cl</t>
-[...4 lines deleted...]
-  <si>
     <t>Treviso</t>
   </si>
   <si>
     <t>Floralba Prosecco</t>
   </si>
   <si>
     <t>PROS140</t>
   </si>
   <si>
     <t>Pure Prosecco</t>
   </si>
   <si>
     <t>PURE035</t>
   </si>
   <si>
     <t>Pure Prosecco 20cl</t>
   </si>
   <si>
     <t>PURE075</t>
   </si>
   <si>
     <t>Pure Prosecco Rosé</t>
   </si>
   <si>
     <t>PURE080</t>
@@ -1039,56 +1009,50 @@
   <si>
     <t>Calchaquí Valley</t>
   </si>
   <si>
     <t>Vallisto Barbera</t>
   </si>
   <si>
     <t>VALL020</t>
   </si>
   <si>
     <t>Bodegas Gouguenheim 'Blue Melosa' Flores Malbec</t>
   </si>
   <si>
     <t>GOUG105</t>
   </si>
   <si>
     <t>Centro Mendoza</t>
   </si>
   <si>
     <t>Las Pampas Malbec</t>
   </si>
   <si>
     <t>PAMP015</t>
   </si>
   <si>
-    <t>Las Pampas Shiraz Malbec</t>
-[...4 lines deleted...]
-  <si>
     <t>Luján de Cuyo</t>
   </si>
   <si>
     <t>Mendel Finca Los Andes Malbec</t>
   </si>
   <si>
     <t>MEND115</t>
   </si>
   <si>
     <t>Agrelo</t>
   </si>
   <si>
     <t>Mendel Finca Remota</t>
   </si>
   <si>
     <t>MEND085</t>
   </si>
   <si>
     <t>Mendel Lunta Malbec</t>
   </si>
   <si>
     <t>MEND075</t>
   </si>
   <si>
     <t>Mendel Malbec</t>
@@ -1213,59 +1177,50 @@
   <si>
     <t>Penfolds Rwt Bin 798 Shiraz 2022</t>
   </si>
   <si>
     <t>PENF080</t>
   </si>
   <si>
     <t>Riverside Grenache Mataro Shiraz 2015, Powell &amp; Son</t>
   </si>
   <si>
     <t>POWE035</t>
   </si>
   <si>
     <t>Yalumba The Caley 2015</t>
   </si>
   <si>
     <t>YALU075</t>
   </si>
   <si>
     <t>Yalumba The Caley 2016</t>
   </si>
   <si>
     <t>YALU085</t>
   </si>
   <si>
-    <t>Nuriootpa</t>
-[...7 lines deleted...]
-  <si>
     <t>Kingston Estate Cabernet Sauvignon</t>
   </si>
   <si>
     <t>KING045</t>
   </si>
   <si>
     <t>Kingston Estate Shiraz</t>
   </si>
   <si>
     <t>KING050</t>
   </si>
   <si>
     <t>Coonawarra</t>
   </si>
   <si>
     <t>Penfolds Bin 169 Cabernet Sauvignon 2021</t>
   </si>
   <si>
     <t>PENF055</t>
   </si>
   <si>
     <t>Penfolds Bin 169 Cabernet Sauvignon 2022</t>
   </si>
   <si>
     <t>PENF075</t>
@@ -1321,56 +1276,50 @@
   <si>
     <t>El Picador Merlot</t>
   </si>
   <si>
     <t>ELPI100</t>
   </si>
   <si>
     <t>Ladera Merlot, Quarter Bottle</t>
   </si>
   <si>
     <t>LADE025</t>
   </si>
   <si>
     <t>Ladera Verde Merlot, Half Bottle</t>
   </si>
   <si>
     <t>LADE005</t>
   </si>
   <si>
     <t>Las Manitos Malbec Shiraz</t>
   </si>
   <si>
     <t>LASM045</t>
   </si>
   <si>
-    <t>Pato Torronte Merlot</t>
-[...4 lines deleted...]
-  <si>
     <t>Tonada Merlot</t>
   </si>
   <si>
     <t>TONA070</t>
   </si>
   <si>
     <t>Leyda Valley</t>
   </si>
   <si>
     <t>San Antonio</t>
   </si>
   <si>
     <t>Dancing Flame Gran Reserva Pinot Noir</t>
   </si>
   <si>
     <t>DANC001</t>
   </si>
   <si>
     <t>England</t>
   </si>
   <si>
     <t>Sussex</t>
   </si>
   <si>
     <t>West Sussex</t>
@@ -2398,56 +2347,50 @@
   <si>
     <t>Château Gruaud Larose 2021, 2ème Cru, Saint-Julien</t>
   </si>
   <si>
     <t>GRUA225</t>
   </si>
   <si>
     <t>Château Gruaud Larose 2022, 2ème Cru, Saint-Julien</t>
   </si>
   <si>
     <t>GRUA235</t>
   </si>
   <si>
     <t>Château Lalande-Borie 2016, Saint-Julien</t>
   </si>
   <si>
     <t>LALA020</t>
   </si>
   <si>
     <t>Château Lalande-Borie 2017, Saint-Julien</t>
   </si>
   <si>
     <t>LALA025</t>
   </si>
   <si>
-    <t>Château Langoa Barton 2011 3ème Cru St Julien</t>
-[...4 lines deleted...]
-  <si>
     <t>Château Langoa Barton 2016, 3ème Cru Classé Saint-Julien</t>
   </si>
   <si>
     <t>LANG150</t>
   </si>
   <si>
     <t>Château Langoa Barton 2017, 3ème Cru Classé Saint-Julien</t>
   </si>
   <si>
     <t>LANG155</t>
   </si>
   <si>
     <t>Château Langoa Barton 2021, 3ème Cru Classé Saint-Julien</t>
   </si>
   <si>
     <t>LANG175</t>
   </si>
   <si>
     <t>Château Léoville Barton 2017, 2ème Grand Cru Classé</t>
   </si>
   <si>
     <t>LEOV310</t>
   </si>
   <si>
     <t>Château Léoville Barton 2019, 2ème Grand Cru Classé</t>
@@ -2905,68 +2848,56 @@
   <si>
     <t>Chorey-Lès-Beaune 2021, Domaine Tollot Beaut</t>
   </si>
   <si>
     <t>CHOR180</t>
   </si>
   <si>
     <t>Chorey-Lès-Beaune 2023, Domaine Tollot-Beaut</t>
   </si>
   <si>
     <t>CHOR200</t>
   </si>
   <si>
     <t>Coteaux Bourguignons</t>
   </si>
   <si>
     <t>Coteaux Bourguignons Le P’tit Bonheur Rouge 2023, Domaine Prunier-Bonheur</t>
   </si>
   <si>
     <t>COTE210</t>
   </si>
   <si>
     <t>Hautes Côtes de Beaune</t>
   </si>
   <si>
-    <t>Bourgogne Hautes Côtes de Beaune ' La Perrière' Rouge 2020, Domaine Denis Carré</t>
-[...4 lines deleted...]
-  <si>
     <t>Bourgogne Hautes Côtes de Beaune 2023, Domaine Machard de Gramont</t>
   </si>
   <si>
     <t>BOUR042</t>
   </si>
   <si>
-    <t>Hautes Côtes de Beaune La Perrière 2021, Domaine Denis Carré</t>
-[...4 lines deleted...]
-  <si>
     <t>Hautes Côtes de Beaune La Perrière 2022, Domaine Denis Carré</t>
   </si>
   <si>
     <t>HAUT380</t>
   </si>
   <si>
     <t>Maranges</t>
   </si>
   <si>
     <t>Maranges 1er Cru La Boutière Rouge 2022, Domaine Bachelet-Monnot</t>
   </si>
   <si>
     <t>MARA070</t>
   </si>
   <si>
     <t>Maranges 1er Cru La Boutière Rouge 2023, Domaine Bachelet-Monnot</t>
   </si>
   <si>
     <t>MARA075</t>
   </si>
   <si>
     <t>Monthelie</t>
   </si>
   <si>
     <t>Monthelie Rouge 2020, Domaine Prunier-Bonheur</t>
@@ -3094,56 +3025,50 @@
   <si>
     <t>Savigny Champ Chevrey 2017, Domaine Tollot-Beaut</t>
   </si>
   <si>
     <t>SAVI275</t>
   </si>
   <si>
     <t>Savigny-Champ-Chevrey 1er Cru 2023 MAGNUM, Domaine Tollot-Beaut</t>
   </si>
   <si>
     <t>SAVI350</t>
   </si>
   <si>
     <t>Savigny-lès-Beaune Cuveé Reine Joly 2021, Domaine Camus-Bruchon</t>
   </si>
   <si>
     <t>SAVI320</t>
   </si>
   <si>
     <t>Savigny-lès-Beaune Cuveé Reine Joly 2022, Domaine Camus-Bruchon</t>
   </si>
   <si>
     <t>SAVI335</t>
   </si>
   <si>
-    <t>Savigny-lès-Beaune, La Reine Joly 2016, Domaine Camus Bruchon</t>
-[...4 lines deleted...]
-  <si>
     <t>Volnay</t>
   </si>
   <si>
     <t>Volnay 1er Cru Champans 2016, Domaine Joseph Voillot</t>
   </si>
   <si>
     <t>VOLN305</t>
   </si>
   <si>
     <t>Volnay 1er Cru Les Champans 2013, Domaine Joseph Voillot</t>
   </si>
   <si>
     <t>VOLN245</t>
   </si>
   <si>
     <t>Volnay 1er Cru Les Champans 2018, Domaine Joseph Voillot</t>
   </si>
   <si>
     <t>VOLN345</t>
   </si>
   <si>
     <t>Volnay 1er Cru Les Champans 2019, Domaine Joseph Voillot</t>
   </si>
   <si>
     <t>VOLN375</t>
@@ -3295,56 +3220,50 @@
   <si>
     <t>Volnay Village 2020, Domaine Joseph Voillot</t>
   </si>
   <si>
     <t>VOLN390</t>
   </si>
   <si>
     <t>Volnay Village 2021, Domaine Voillot</t>
   </si>
   <si>
     <t>VOLN420</t>
   </si>
   <si>
     <t>Côte de Nuits</t>
   </si>
   <si>
     <t>Bourgogne Pinot Noir</t>
   </si>
   <si>
     <t>Bourgogne Pinot Noir 2020, Domaine Lécheneaut</t>
   </si>
   <si>
     <t>BOUR940</t>
   </si>
   <si>
-    <t>Bourgogne Rouge "Le Chapitre" 2020, Domaine Machard de Gramont</t>
-[...4 lines deleted...]
-  <si>
     <t>Bourgogne Rouge 2020, Domaine Sérafin</t>
   </si>
   <si>
     <t>BOUR965</t>
   </si>
   <si>
     <t>Chambolle-Musigny</t>
   </si>
   <si>
     <t>Chambolle Musigny "Les Nazoires" 2022 Domaine Machard de Gramont</t>
   </si>
   <si>
     <t>CHAM275</t>
   </si>
   <si>
     <t>Chambolle Musigny 1er Cru Les Baudes 2007, Domaine Sérafin</t>
   </si>
   <si>
     <t>CHAM065</t>
   </si>
   <si>
     <t>Chambolle Musigny 1er Cru Les Baudes 2008, Domaine Sérafin</t>
   </si>
   <si>
     <t>CHAM085</t>
@@ -4072,188 +3991,242 @@
   <si>
     <t>BOUR053</t>
   </si>
   <si>
     <t>Cahors</t>
   </si>
   <si>
     <t>Château de Flore Cahors Malbec</t>
   </si>
   <si>
     <t>CAHO001</t>
   </si>
   <si>
     <t>Corbière</t>
   </si>
   <si>
     <t>Cucugnan</t>
   </si>
   <si>
     <t>Domaine Peter Sichel Red</t>
   </si>
   <si>
     <t>SICH010</t>
   </si>
   <si>
-    <t>Domaine Peter Sichel Vin Nature</t>
-[...4 lines deleted...]
-  <si>
     <t>Corsica</t>
   </si>
   <si>
     <t>Ile de Beaute Rouge, Domaine Barcelo</t>
   </si>
   <si>
     <t>BARC010</t>
   </si>
   <si>
     <t>French Regional</t>
   </si>
   <si>
     <t>Marquis de Ciceron Merlot, 10ltr</t>
   </si>
   <si>
     <t>MARQU050</t>
   </si>
   <si>
     <t>Pays du Gers</t>
   </si>
   <si>
     <t>Saint Mont</t>
   </si>
   <si>
     <t>Le Faîte Rouge</t>
   </si>
   <si>
     <t>FAIT005</t>
   </si>
   <si>
+    <t>Big Beltie Cabernet Sauvignon</t>
+  </si>
+  <si>
+    <t>BIGB001</t>
+  </si>
+  <si>
     <t>Domaine St André Folie d’Ines Rouge</t>
   </si>
   <si>
     <t>ANDR045</t>
   </si>
   <si>
+    <t>Domaine St André Terroir Maritime Rouge</t>
+  </si>
+  <si>
+    <t>ANDR040</t>
+  </si>
+  <si>
     <t>Elaboration GSM (Grenache, Syrah, Mourvèdre)</t>
   </si>
   <si>
     <t>GSM001</t>
   </si>
   <si>
     <t>Jean Didier Rouge Grande Reserve GCM</t>
   </si>
   <si>
     <t>JEAN030</t>
   </si>
   <si>
     <t>Jean Didier Rouge Grande Reserve GCM (Plastic Bottles)</t>
   </si>
   <si>
     <t>JEAN050</t>
   </si>
   <si>
+    <t>Le Barthas 2024 MAGNUMS, Pierre Cros</t>
+  </si>
+  <si>
+    <t>CROS270</t>
+  </si>
+  <si>
+    <t>Le Barthas 2024, Pierre Cros</t>
+  </si>
+  <si>
+    <t>CROS265</t>
+  </si>
+  <si>
     <t>Le Bon Papa 2023, Pierre Cros</t>
   </si>
   <si>
     <t>CROS225</t>
   </si>
   <si>
     <t>Le Charme Merlot, Philippe Lebrun</t>
   </si>
   <si>
     <t>CHAR275</t>
   </si>
   <si>
+    <t>Le Piquepoul Noir de Mamie 2023, Pierre Cros</t>
+  </si>
+  <si>
+    <t>CROS250</t>
+  </si>
+  <si>
     <t>Le Professeur Marselan</t>
   </si>
   <si>
     <t>PROF015</t>
   </si>
   <si>
     <t>Les Argelières Cabernet Franc</t>
   </si>
   <si>
     <t>ARGE010</t>
   </si>
   <si>
     <t>Les Argelières Pinot Noir</t>
   </si>
   <si>
     <t>ARGE015</t>
   </si>
   <si>
+    <t>Les Mal Aimés 2024, Pierre Cros</t>
+  </si>
+  <si>
+    <t>CROS260</t>
+  </si>
+  <si>
+    <t>Les Rocs 2023, Pierre Cros</t>
+  </si>
+  <si>
+    <t>CROS215</t>
+  </si>
+  <si>
     <t>Old Vines Carignan, Coquille de Terre</t>
   </si>
   <si>
     <t>COQU005</t>
   </si>
   <si>
     <t>Richelieu GCM, Plastic Bottle</t>
   </si>
   <si>
     <t>DUKE090</t>
   </si>
   <si>
     <t>Shiraz, Deux Grives</t>
   </si>
   <si>
     <t>DEUX005</t>
   </si>
   <si>
+    <t>Vieilles Vignes 2023 MAGNUMS, Pierre Cros</t>
+  </si>
+  <si>
+    <t>CROS280</t>
+  </si>
+  <si>
+    <t>Vieilles Vignes 2023, Pierre Cros</t>
+  </si>
+  <si>
+    <t>CROS275</t>
+  </si>
+  <si>
     <t>Languedoc</t>
   </si>
   <si>
     <t xml:space="preserve">Bruno Andreu,  De-alcoholised Merlot Vin de France</t>
   </si>
   <si>
     <t>BRUN065</t>
   </si>
   <si>
     <t>Minervois</t>
   </si>
   <si>
-    <t>Les Aspres 2020, Domaine Pierre Cros</t>
-[...4 lines deleted...]
-  <si>
     <t>Les Aspres 2021, Domaine Pierre Cros</t>
   </si>
   <si>
     <t>CROS195</t>
   </si>
   <si>
     <t>Les Aspres 2023, Pierre Cros</t>
   </si>
   <si>
     <t>CROS230</t>
   </si>
   <si>
+    <t>Minervois Tradition 2024 MAGNUMS, Pierre Cros</t>
+  </si>
+  <si>
+    <t>CROS255</t>
+  </si>
+  <si>
+    <t>Minervois Tradition 2024, Pierre Cros</t>
+  </si>
+  <si>
+    <t>CROS290</t>
+  </si>
+  <si>
     <t>Pays D'Oc</t>
   </si>
   <si>
     <t>Grenache Le Cayre 2023, Château Grand Moulin</t>
   </si>
   <si>
     <t>MOUL280</t>
   </si>
   <si>
     <t>Hornhead Malbec</t>
   </si>
   <si>
     <t>HORN005</t>
   </si>
   <si>
     <t>Nuit de Lumieres Petit Verdot</t>
   </si>
   <si>
     <t>LUMI005</t>
   </si>
   <si>
     <t>Loire Valley</t>
   </si>
   <si>
     <t>Chinon La Noblaie, Domaine de La Noblaie</t>
@@ -4417,65 +4390,65 @@
   <si>
     <t>Hommage à Jacques Perrin 2009, Château de Beaucastel</t>
   </si>
   <si>
     <t>BEAU380</t>
   </si>
   <si>
     <t>Hommage à Jacques Perrin 2009, Château de Beaucastel, Magnum</t>
   </si>
   <si>
     <t>BEAU385</t>
   </si>
   <si>
     <t>Hommage à Jacques Perrin 2011, Château de Beaucastel</t>
   </si>
   <si>
     <t>BEAU440</t>
   </si>
   <si>
     <t>Hommage à Jacques Perrin 2014, Château de Beaucastel</t>
   </si>
   <si>
     <t>BEAU490</t>
   </si>
   <si>
+    <t>Télégramme 2022, Châteauneuf-du-Pape, Domaine du Vieux Télégraphe</t>
+  </si>
+  <si>
+    <t>TELE095</t>
+  </si>
+  <si>
     <t>Côtes du Rhône</t>
   </si>
   <si>
     <t>Côtes du Rhône Vieilles Vignes, Les Côteaux du Rhône</t>
   </si>
   <si>
     <t>COTE115</t>
   </si>
   <si>
-    <t>Côtes du Rhône Villages, Les Arbouzes</t>
-[...4 lines deleted...]
-  <si>
     <t>Crozes Hemitage</t>
   </si>
   <si>
     <t>Crozes-Hermitage 2020, Domaine Yann Chave</t>
   </si>
   <si>
     <t>CROZ495</t>
   </si>
   <si>
     <t>Crozes-Hermitage 'Clos des Grives' 2019, Domaine Combier</t>
   </si>
   <si>
     <t>CROZ490</t>
   </si>
   <si>
     <t>Crozes-Hermitage 'Clos des Grives' 2020, Domaine Laurent Combier</t>
   </si>
   <si>
     <t>CROZ505</t>
   </si>
   <si>
     <t>Crozes-Hermitage 'Clos des Grives' 2021, Domaine Laurent Combier</t>
   </si>
   <si>
     <t>CROZ530</t>
@@ -4759,56 +4732,50 @@
   <si>
     <t>Barolo</t>
   </si>
   <si>
     <t xml:space="preserve">Barolo DOCG Cerviano Merli,  Mario Giribaldi</t>
   </si>
   <si>
     <t>BARO105</t>
   </si>
   <si>
     <t xml:space="preserve">Barolo DOCG,  Mario Giribaldi</t>
   </si>
   <si>
     <t>BARO080</t>
   </si>
   <si>
     <t>Puglia</t>
   </si>
   <si>
     <t>Primitivo Appassimento, Carlomagno</t>
   </si>
   <si>
     <t>CARL095</t>
   </si>
   <si>
-    <t>Primitivo Appassimento, Preciso</t>
-[...4 lines deleted...]
-  <si>
     <t>Primitivo Salento Amanti</t>
   </si>
   <si>
     <t>AMAN010</t>
   </si>
   <si>
     <t>Salento</t>
   </si>
   <si>
     <t>Salice Salentino DOC Riserva, Paolo Leo</t>
   </si>
   <si>
     <t>SALI015</t>
   </si>
   <si>
     <t>Sicily</t>
   </si>
   <si>
     <t>Lombardo Marsala Cucino (Cooking Marsala)</t>
   </si>
   <si>
     <t>MDRA020</t>
   </si>
   <si>
     <t>Lombardo Marsala Superior Secco</t>
@@ -4855,80 +4822,86 @@
   <si>
     <t>CANT225</t>
   </si>
   <si>
     <t>Avisio Hills</t>
   </si>
   <si>
     <t>Ritratto Rosso, Cantina Lavis</t>
   </si>
   <si>
     <t>CANT200</t>
   </si>
   <si>
     <t>Lavis</t>
   </si>
   <si>
     <t>Teroldego Vigneti Cantina Lavis</t>
   </si>
   <si>
     <t>CANT190</t>
   </si>
   <si>
     <t>Tuscany</t>
   </si>
   <si>
+    <t>Brunello di Montalcino 2016, Col di Lamo</t>
+  </si>
+  <si>
+    <t>BRUN045</t>
+  </si>
+  <si>
     <t>Brunello di Montalcino Riserva 2016, Col di Lamo</t>
   </si>
   <si>
     <t>BRUN050</t>
   </si>
   <si>
     <t>Brunello di Montalcino, Col di Lamo</t>
   </si>
   <si>
     <t>LAMO020</t>
   </si>
   <si>
     <t>Rosso di Montepulciano Barbanera</t>
   </si>
   <si>
     <t>BARB075</t>
   </si>
   <si>
+    <t>Toscana Rosso da Uve Leggermente Appassite, Duca di Saragnano</t>
+  </si>
+  <si>
+    <t>TOSC010</t>
+  </si>
+  <si>
     <t>Toscana Rosso Nove Legni, Le Forconate</t>
   </si>
   <si>
     <t>FORC005</t>
   </si>
   <si>
-    <t>Vino Nobile di Montepulciano Barbanera</t>
-[...4 lines deleted...]
-  <si>
     <t>Chianti</t>
   </si>
   <si>
     <t>Altore IGT Toscana, Chioccioli Altadonna</t>
   </si>
   <si>
     <t>CHIO010</t>
   </si>
   <si>
     <t>Chianti Duca di Saragnano Barbanera</t>
   </si>
   <si>
     <t>CHIA190</t>
   </si>
   <si>
     <t>Valpolicella Classico Lonardi</t>
   </si>
   <si>
     <t>VALP125</t>
   </si>
   <si>
     <t>Verona</t>
   </si>
   <si>
     <t>Amarone della Valpolicella Riserva “Nino Zeni” Docg Classico, Zeni</t>
@@ -4939,50 +4912,56 @@
   <si>
     <t>Corvina i.g.t., Zeni</t>
   </si>
   <si>
     <t>ZENI035</t>
   </si>
   <si>
     <t>Bardolino</t>
   </si>
   <si>
     <t>Bardolino doc Classico Vigne Alte, Zeni</t>
   </si>
   <si>
     <t>ZENI010</t>
   </si>
   <si>
     <t>Bardolino Superiore DOCG Classico, Zeni</t>
   </si>
   <si>
     <t>ZENI040</t>
   </si>
   <si>
     <t>Valpolicella</t>
   </si>
   <si>
+    <t>Amarone della Valpolicella doc Barriques, Zeni</t>
+  </si>
+  <si>
+    <t>ZENI030</t>
+  </si>
+  <si>
     <t>Amarone della Valpolicella, Lonardi</t>
   </si>
   <si>
     <t>AMAR060</t>
   </si>
   <si>
     <t>Valpolicella Ripasso, Lonardi</t>
   </si>
   <si>
     <t>VALP085</t>
   </si>
   <si>
     <t>Lebanon</t>
   </si>
   <si>
     <t>Bekka Valley</t>
   </si>
   <si>
     <t>Château Musar, Gaston Hochar</t>
   </si>
   <si>
     <t>MUSA070</t>
   </si>
   <si>
     <t>Mexico</t>
@@ -5116,57 +5095,51 @@
   <si>
     <t>SMAR001</t>
   </si>
   <si>
     <t>Dão</t>
   </si>
   <si>
     <t>Dao Tinto Gandarada</t>
   </si>
   <si>
     <t>DAOG001</t>
   </si>
   <si>
     <t>Poças Fora da Série Red Roga</t>
   </si>
   <si>
     <t>POCA350</t>
   </si>
   <si>
     <t>Poças Fora da Série Red Throwback</t>
   </si>
   <si>
     <t>POCA360</t>
   </si>
   <si>
-    <t>Coroa d'Ouro Tinto</t>
-[...5 lines deleted...]
-    <t>Reserva, Manoel Poças</t>
+    <t>Pocas Reserva Red</t>
   </si>
   <si>
     <t>POCA180</t>
   </si>
   <si>
     <t>Numão</t>
   </si>
   <si>
     <t>Poças Tinto, Manoel Poças</t>
   </si>
   <si>
     <t>POCA400</t>
   </si>
   <si>
     <t>Ribatejo</t>
   </si>
   <si>
     <t>Terra de Lobos Castelâo Cabernet</t>
   </si>
   <si>
     <t>TERR175</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
@@ -5179,2892 +5152,2862 @@
   <si>
     <t>Banat</t>
   </si>
   <si>
     <t>Lautarul Pinot Noir</t>
   </si>
   <si>
     <t>LAUT005</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>Styria</t>
   </si>
   <si>
     <t>Doppler Winery Efekt Rdece</t>
   </si>
   <si>
     <t>DOPP025</t>
   </si>
   <si>
     <t>South Africa</t>
   </si>
   <si>
+    <t>Hemel-en-Aarde Valley</t>
+  </si>
+  <si>
+    <t>Hamilton Russell Pinot Noir 2022</t>
+  </si>
+  <si>
+    <t>HAMI075</t>
+  </si>
+  <si>
+    <t>Hamilton Russell Pinot Noir 2023</t>
+  </si>
+  <si>
+    <t>HAMI085</t>
+  </si>
+  <si>
+    <t>Hamilton Russell Pinot Noir 2024</t>
+  </si>
+  <si>
+    <t>HAMI095</t>
+  </si>
+  <si>
+    <t>Robertson</t>
+  </si>
+  <si>
+    <t>Shiraz Wide River</t>
+  </si>
+  <si>
+    <t>WIDE015</t>
+  </si>
+  <si>
+    <t>Western Cape</t>
+  </si>
+  <si>
+    <t>Paarl</t>
+  </si>
+  <si>
+    <t>Avondale La Luna</t>
+  </si>
+  <si>
+    <t>AVON370</t>
+  </si>
+  <si>
+    <t>Avondale Pekin Red Jonty's Ducks</t>
+  </si>
+  <si>
+    <t>AVON415</t>
+  </si>
+  <si>
+    <t>Avondale Qvevri</t>
+  </si>
+  <si>
+    <t>AVON405</t>
+  </si>
+  <si>
+    <t>Avondale Samsara Syrah</t>
+  </si>
+  <si>
+    <t>AVON365</t>
+  </si>
+  <si>
+    <t>Vilafonté Series C</t>
+  </si>
+  <si>
+    <t>VILA015</t>
+  </si>
+  <si>
+    <t>Aragon</t>
+  </si>
+  <si>
+    <t>Canned Wine Company No. 5 Old Vine Garnacha 18.75cl Can</t>
+  </si>
+  <si>
+    <t>CANN040</t>
+  </si>
+  <si>
+    <t>Canned Wine Company No. 5 Old Vine Garnacha 250ml Can</t>
+  </si>
+  <si>
+    <t>CANN020</t>
+  </si>
+  <si>
+    <t>Benavente</t>
+  </si>
+  <si>
+    <t>Otero Reserva</t>
+  </si>
+  <si>
+    <t>OTER001</t>
+  </si>
+  <si>
+    <t>Castilla y León</t>
+  </si>
+  <si>
+    <t>Finca Pedraza</t>
+  </si>
+  <si>
+    <t>Clunia Malbec</t>
+  </si>
+  <si>
+    <t>CLUN010</t>
+  </si>
+  <si>
+    <t>Toro</t>
+  </si>
+  <si>
+    <t>Aier, Rejadorada</t>
+  </si>
+  <si>
+    <t>REJA010</t>
+  </si>
+  <si>
+    <t>Novellum Crianza, Rejadorada</t>
+  </si>
+  <si>
+    <t>REJA001</t>
+  </si>
+  <si>
+    <t>Sango, Rejadorada</t>
+  </si>
+  <si>
+    <t>REJA015</t>
+  </si>
+  <si>
+    <t>Catalunya</t>
+  </si>
+  <si>
+    <t>Priorat</t>
+  </si>
+  <si>
+    <t>Cuvée "Riu" Rouge Priorat</t>
+  </si>
+  <si>
+    <t>PRIO020</t>
+  </si>
+  <si>
+    <t>Jumilla</t>
+  </si>
+  <si>
+    <t>Goru Jumilla</t>
+  </si>
+  <si>
+    <t>GORU001</t>
+  </si>
+  <si>
+    <t>La Mancha</t>
+  </si>
+  <si>
+    <t>Wallflower Red Wine Can Single Serve</t>
+  </si>
+  <si>
+    <t>WALL025</t>
+  </si>
+  <si>
+    <t>Campo Nuevo Tempranillo</t>
+  </si>
+  <si>
+    <t>CAMP080</t>
+  </si>
+  <si>
+    <t>Garnacha, Príncipe de Viana</t>
+  </si>
+  <si>
+    <t>PRIN125</t>
+  </si>
+  <si>
+    <t>Perdido Tempranillo, Vino de la Tierra 3 Riberas</t>
+  </si>
+  <si>
+    <t>PERD001</t>
+  </si>
+  <si>
+    <t>Principe de Viana Crianza</t>
+  </si>
+  <si>
+    <t>PRIN075</t>
+  </si>
+  <si>
+    <t>Principe de Viana Pleno Tempranillo</t>
+  </si>
+  <si>
+    <t>PLEN065</t>
+  </si>
+  <si>
+    <t>Principe de Viana Reserva</t>
+  </si>
+  <si>
+    <t>PRIN165</t>
+  </si>
+  <si>
+    <t>Trashumante Tinto</t>
+  </si>
+  <si>
+    <t>TRAS001</t>
+  </si>
+  <si>
+    <t>Ribera del Duero</t>
+  </si>
+  <si>
+    <t>Crianza, Oro de Castilla</t>
+  </si>
+  <si>
+    <t>CAST145</t>
+  </si>
+  <si>
+    <t>Gaudeamus Roble</t>
+  </si>
+  <si>
+    <t>CAST140</t>
+  </si>
+  <si>
+    <t>Ribero del Duero</t>
+  </si>
+  <si>
+    <t>Valledolid</t>
+  </si>
+  <si>
+    <t>Pesquera de Duero</t>
+  </si>
+  <si>
+    <t>Tinto Pesquera Crianza , Bodegas Alejandro Fernández</t>
+  </si>
+  <si>
+    <t>PESQ075</t>
+  </si>
+  <si>
+    <t>Rioja</t>
+  </si>
+  <si>
+    <t>2021 Maturana Rioja Vega</t>
+  </si>
+  <si>
+    <t>RIOJ485</t>
+  </si>
+  <si>
+    <t>Muerza Crianza, Bodegas Ugalde</t>
+  </si>
+  <si>
+    <t>MUER001</t>
+  </si>
+  <si>
+    <t>Muerza Tempranillo, Bodegas Ugalde</t>
+  </si>
+  <si>
+    <t>MUER005</t>
+  </si>
+  <si>
+    <t>Navajas Gustales Red Crianza</t>
+  </si>
+  <si>
+    <t>NAVA015</t>
+  </si>
+  <si>
+    <t>Reserva, Rioja Vega</t>
+  </si>
+  <si>
+    <t>RIOJ460</t>
+  </si>
+  <si>
+    <t>Rioja Vega &amp; House of Townend 20th Anniversary Collaboration</t>
+  </si>
+  <si>
+    <t>RIOJ390</t>
+  </si>
+  <si>
+    <t>Rioja Vega Crianza, Half Bottle</t>
+  </si>
+  <si>
+    <t>RIOJ160</t>
+  </si>
+  <si>
+    <t>Rioja Vega Crianza, Magnum</t>
+  </si>
+  <si>
+    <t>RIOJ165</t>
+  </si>
+  <si>
+    <t>Rioja Vega Gran Reserva</t>
+  </si>
+  <si>
+    <t>RIOJ325</t>
+  </si>
+  <si>
+    <t>Rioja Vega Gran Reserva 2011, Anadas Miticas</t>
+  </si>
+  <si>
+    <t>RIOJ395</t>
+  </si>
+  <si>
+    <t>Rioja Vega Reserva 135 Aniversario 2011</t>
+  </si>
+  <si>
+    <t>RIOJ345</t>
+  </si>
+  <si>
+    <t>Rioja Vega Tempranillo</t>
+  </si>
+  <si>
+    <t>RIOJ300</t>
+  </si>
+  <si>
+    <t>Rioja Vega Venta Jalón Reserva 2016</t>
+  </si>
+  <si>
+    <t>RIOJ360</t>
+  </si>
+  <si>
+    <t>Rioja Vega, Crianza</t>
+  </si>
+  <si>
+    <t>RIOJ455</t>
+  </si>
+  <si>
+    <t>Thailand</t>
+  </si>
+  <si>
+    <t>Don Muang</t>
+  </si>
+  <si>
+    <t>Monsoon Pokdum Shiraz</t>
+  </si>
+  <si>
+    <t>MONS015</t>
+  </si>
+  <si>
+    <t>Monsoon Valley Shiraz Premium</t>
+  </si>
+  <si>
+    <t>MONS035</t>
+  </si>
+  <si>
+    <t>Smoking Loon Old Vine Zinfandel</t>
+  </si>
+  <si>
+    <t>SMOK001</t>
+  </si>
+  <si>
+    <t>770 Miles Zinfandel</t>
+  </si>
+  <si>
+    <t>MILE005</t>
+  </si>
+  <si>
+    <t>Clarksburg</t>
+  </si>
+  <si>
+    <t>The Crusher Petite Syrah</t>
+  </si>
+  <si>
+    <t>CRUS010</t>
+  </si>
+  <si>
+    <t>The Crusher Pinot Noir</t>
+  </si>
+  <si>
+    <t>CRUS005</t>
+  </si>
+  <si>
+    <t>Napa Valley</t>
+  </si>
+  <si>
+    <t>Priest Ranch Petite Sirah</t>
+  </si>
+  <si>
+    <t>PRIE025</t>
+  </si>
+  <si>
+    <t>Rutherford</t>
+  </si>
+  <si>
+    <t>Inglenook Cabernet Sauvignon 2017</t>
+  </si>
+  <si>
+    <t>INGL015</t>
+  </si>
+  <si>
+    <t>Inglenook Rubicon 2015</t>
+  </si>
+  <si>
+    <t>INGL020</t>
+  </si>
+  <si>
+    <t>Sonoma</t>
+  </si>
+  <si>
+    <t>Longboard Point Break 2022</t>
+  </si>
+  <si>
+    <t>LONG210</t>
+  </si>
+  <si>
+    <t>Alexander Valley</t>
+  </si>
+  <si>
+    <t>Jordan Cabernet Sauvignon 2013, Magnum</t>
+  </si>
+  <si>
+    <t>JORD040</t>
+  </si>
+  <si>
+    <t>Jordan Cabernet Sauvignon 2017</t>
+  </si>
+  <si>
+    <t>JORD085</t>
+  </si>
+  <si>
+    <t>Longboard Mavericks Cabernet Sauvignon 2021</t>
+  </si>
+  <si>
+    <t>LONG225</t>
+  </si>
+  <si>
+    <t>Longboard Rhino Chaser Cabernet Sauvignon 2022</t>
+  </si>
+  <si>
+    <t>LONG230</t>
+  </si>
+  <si>
+    <t>Russian River Valley</t>
+  </si>
+  <si>
+    <t>Longboard Merlot "Dakine Vineyard" 2019</t>
+  </si>
+  <si>
+    <t>LONG185</t>
+  </si>
+  <si>
+    <t>Longboard Merlot Dakine Vineyard 2022</t>
+  </si>
+  <si>
+    <t>LONG220</t>
+  </si>
+  <si>
+    <t>Longboard Pinot Noir 'Mystos' 2019</t>
+  </si>
+  <si>
+    <t>LONG200</t>
+  </si>
+  <si>
+    <t>Longboard Pinot Noir Russian River Valley 2022</t>
+  </si>
+  <si>
+    <t>LONG235</t>
+  </si>
+  <si>
+    <t>Longboard Savage Coast Syrah 2019</t>
+  </si>
+  <si>
+    <t>LONG205</t>
+  </si>
+  <si>
+    <t>Oregon</t>
+  </si>
+  <si>
+    <t>Willamette</t>
+  </si>
+  <si>
+    <t>Cristom 'Mount Jefferson' Pinot Noir</t>
+  </si>
+  <si>
+    <t>CRIS080</t>
+  </si>
+  <si>
+    <t>Rosé Wine</t>
+  </si>
+  <si>
+    <t>Mendel Rosadia</t>
+  </si>
+  <si>
+    <t>MEND120</t>
+  </si>
+  <si>
+    <t>Santa Rosa Malbec Rosé</t>
+  </si>
+  <si>
+    <t>SANT295</t>
+  </si>
+  <si>
+    <t>Pato Torrente Rosé</t>
+  </si>
+  <si>
+    <t>PATO020</t>
+  </si>
+  <si>
+    <t>Bolney Estate Lychgate Rosé</t>
+  </si>
+  <si>
+    <t>BOLN020</t>
+  </si>
+  <si>
+    <t>Domaine Petroni Rosé</t>
+  </si>
+  <si>
+    <t>PETR090</t>
+  </si>
+  <si>
+    <t>Coquille de Fleur, Cinsault Rosé</t>
+  </si>
+  <si>
+    <t>COQU010</t>
+  </si>
+  <si>
+    <t>Domaine St André Folie d’Ines Rosé</t>
+  </si>
+  <si>
+    <t>ANDR050</t>
+  </si>
+  <si>
+    <t>Granbeau Rosé</t>
+  </si>
+  <si>
+    <t>GRAN145</t>
+  </si>
+  <si>
+    <t>Jean Didier Grande Reserve Cinsault Rosé</t>
+  </si>
+  <si>
+    <t>JEAN035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jean Didier Grande Reserve Cinsault Rosé  (Plastic Bottles)</t>
+  </si>
+  <si>
+    <t>JEAN055</t>
+  </si>
+  <si>
+    <t>Tradition Rosé, Pierre Cros</t>
+  </si>
+  <si>
+    <t>CROS245</t>
+  </si>
+  <si>
+    <t>Canned Wine Company No. 3 Grenache Rosé 18.75cl Can</t>
+  </si>
+  <si>
+    <t>CANN035</t>
+  </si>
+  <si>
+    <t>Rosé d'Anjou Les Martignolles, Château La Varière</t>
+  </si>
+  <si>
+    <t>ROSE050</t>
+  </si>
+  <si>
+    <t>Sancerre Rosé La Louée, Domaine Bailly</t>
+  </si>
+  <si>
+    <t>SANC370</t>
+  </si>
+  <si>
+    <t>Côtes de Provence Rosé, Château Terrebonne</t>
+  </si>
+  <si>
+    <t>TERR160</t>
+  </si>
+  <si>
+    <t>Whispering Angel Rosé, Côtes de Provence</t>
+  </si>
+  <si>
+    <t>WHIS005</t>
+  </si>
+  <si>
+    <t>Whispering Angel Rosé, Côtes de Provence, Magnum</t>
+  </si>
+  <si>
+    <t>WHIS010</t>
+  </si>
+  <si>
+    <t>Pinot Grigio Rosé Ca'Tesore</t>
+  </si>
+  <si>
+    <t>PIGI115</t>
+  </si>
+  <si>
+    <t>Pinot Grigio Rosé, Amori</t>
+  </si>
+  <si>
+    <t>AMOR010</t>
+  </si>
+  <si>
+    <t>Pinot Grigio Rosé Amanti del Vino</t>
+  </si>
+  <si>
+    <t>AMAN030</t>
+  </si>
+  <si>
+    <t>Pure Pinot Grigio Rosé</t>
+  </si>
+  <si>
+    <t>PURE055</t>
+  </si>
+  <si>
+    <t>Avondale Camissa Rosé</t>
+  </si>
+  <si>
+    <t>AVON360</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wallflower Rosé  Wine Can Single Serve</t>
+  </si>
+  <si>
+    <t>WALL020</t>
+  </si>
+  <si>
+    <t>Campo Nuevo Garnacha Rosé</t>
+  </si>
+  <si>
+    <t>CAMP085</t>
+  </si>
+  <si>
+    <t>Principe de Viana Pleno Garnacha Rosé</t>
+  </si>
+  <si>
+    <t>PLEN070</t>
+  </si>
+  <si>
+    <t>Trashumante Garnacha Rosé</t>
+  </si>
+  <si>
+    <t>TRAS010</t>
+  </si>
+  <si>
+    <t>Monsoon Valley Rosé</t>
+  </si>
+  <si>
+    <t>MONS025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Monsoon Valley Shiraz Rosé  Premium</t>
+  </si>
+  <si>
+    <t>MONS010</t>
+  </si>
+  <si>
+    <t>Angels Flight Zinfandel Rosé</t>
+  </si>
+  <si>
+    <t>ANGE085</t>
+  </si>
+  <si>
+    <t>Route 6o6 Boulevard Blush</t>
+  </si>
+  <si>
+    <t>ROUT005</t>
+  </si>
+  <si>
+    <t>Sparkling Wine</t>
+  </si>
+  <si>
+    <t>Bodegas Gouguenheim Malbec Rosé Sparkling</t>
+  </si>
+  <si>
+    <t>GOUG100</t>
+  </si>
+  <si>
+    <t>2018 The Weyborne Estate Family Reserve</t>
+  </si>
+  <si>
+    <t>WEYB001</t>
+  </si>
+  <si>
+    <t>2019 Oriana, Weyborne Estate</t>
+  </si>
+  <si>
+    <t>ORIA001</t>
+  </si>
+  <si>
+    <t>Roebuck Estate Blanc de Noirs</t>
+  </si>
+  <si>
+    <t>ROEB010</t>
+  </si>
+  <si>
+    <t>Roebuck Estate Classic Cuvée, Magnum</t>
+  </si>
+  <si>
+    <t>ROEB025</t>
+  </si>
+  <si>
+    <t>Roebuck Estate House of Townend 120th Anniversary Classic Cuvée</t>
+  </si>
+  <si>
+    <t>ROEB035</t>
+  </si>
+  <si>
+    <t>Roebuck Estate Rare Expressions No.19 2015</t>
+  </si>
+  <si>
+    <t>ROEB020</t>
+  </si>
+  <si>
+    <t>Roebuck Estate Rare Expressions No.96 2014</t>
+  </si>
+  <si>
+    <t>ROEB030</t>
+  </si>
+  <si>
+    <t>Roebuck Estate Rosé de Noirs</t>
+  </si>
+  <si>
+    <t>ROEB005</t>
+  </si>
+  <si>
+    <t>Wiston Estate Blanc de Blanc</t>
+  </si>
+  <si>
+    <t>WIST005</t>
+  </si>
+  <si>
+    <t>Bolney Estate Bolney Bubbly NV</t>
+  </si>
+  <si>
+    <t>BOLN001</t>
+  </si>
+  <si>
+    <t>Bolney Estate Classic Cuvée</t>
+  </si>
+  <si>
+    <t>BOLN005</t>
+  </si>
+  <si>
+    <t>West Chiltington</t>
+  </si>
+  <si>
+    <t>Nyetimber 1086 Prestige Cuvée 2014</t>
+  </si>
+  <si>
+    <t>NYET065</t>
+  </si>
+  <si>
+    <t>Nyetimber Blanc de Blancs, 2017</t>
+  </si>
+  <si>
+    <t>NYET040</t>
+  </si>
+  <si>
+    <t>Nyetimber Classic Cuvée Magnum</t>
+  </si>
+  <si>
+    <t>NYET030</t>
+  </si>
+  <si>
+    <t>Nyetimber Classic Cuvée, Half Bottle</t>
+  </si>
+  <si>
+    <t>NYET020</t>
+  </si>
+  <si>
+    <t>Nyetimber Cuvee Chérie Demi-Sec</t>
+  </si>
+  <si>
+    <t>NYET045</t>
+  </si>
+  <si>
+    <t>Nyetimber Rosé Multi-Vintage Brut</t>
+  </si>
+  <si>
+    <t>NYET005</t>
+  </si>
+  <si>
+    <t>Nyetimber Tillington Single Vineyard 2014</t>
+  </si>
+  <si>
+    <t>NYET060</t>
+  </si>
+  <si>
+    <t>Alsace</t>
+  </si>
+  <si>
+    <t>Riquewihr</t>
+  </si>
+  <si>
+    <t>Dopff &amp; Irion Cremant D'Alsace Brut Rosé</t>
+  </si>
+  <si>
+    <t>DOPF001</t>
+  </si>
+  <si>
+    <t>Jules Larose Blanc de Blancs Brut N.V.</t>
+  </si>
+  <si>
+    <t>JULE005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bruno Andreu,  De-alcoholised Chardonnay Sparkling Vin de France</t>
+  </si>
+  <si>
+    <t>BRUN055</t>
+  </si>
+  <si>
+    <t>Vouvray</t>
+  </si>
+  <si>
+    <t>Alchimiste - Pet'Nat', Domaine Alain Robert</t>
+  </si>
+  <si>
+    <t>ALCH015</t>
+  </si>
+  <si>
+    <t>Le Funambule, Crémant de Loire, Domaine Alain Robert</t>
+  </si>
+  <si>
+    <t>CREM065</t>
+  </si>
+  <si>
+    <t>Santa Tresa Grillo Spumante Brut</t>
+  </si>
+  <si>
+    <t>SANT240</t>
+  </si>
+  <si>
+    <t>Prosecco Valdobbiadene Superiore DOCG Extra Brut La Rivetta 120, Villa Sandi</t>
+  </si>
+  <si>
+    <t>VILL365</t>
+  </si>
+  <si>
+    <t>Avondale Armilla Blanc de Blanc</t>
+  </si>
+  <si>
+    <t>AVON380</t>
+  </si>
+  <si>
+    <t>Catalonia</t>
+  </si>
+  <si>
+    <t>Penedés</t>
+  </si>
+  <si>
+    <t>Can Xa Cava Brut, Emendis Estate</t>
+  </si>
+  <si>
+    <t>CANX001</t>
+  </si>
+  <si>
+    <t>Can Xa Cava Rosé, Emendis Estate</t>
+  </si>
+  <si>
+    <t>CANX005</t>
+  </si>
+  <si>
+    <t>White Wine</t>
+  </si>
+  <si>
+    <t>Las Pampas White Malbec</t>
+  </si>
+  <si>
+    <t>PAMP060</t>
+  </si>
+  <si>
+    <t>Bodegas Gouguenheim Torrontes</t>
+  </si>
+  <si>
+    <t>GOUG085</t>
+  </si>
+  <si>
+    <t>Chardonnay 2020 Scotchmans Hill</t>
+  </si>
+  <si>
+    <t>SCOT020</t>
+  </si>
+  <si>
+    <t>Pinot Gris 2021 Scotchmans Hill</t>
+  </si>
+  <si>
+    <t>SCOT025</t>
+  </si>
+  <si>
+    <t>Sauvignon Blanc 2021, Scotchmans Hill</t>
+  </si>
+  <si>
+    <t>SCOT035</t>
+  </si>
+  <si>
+    <t>Penfolds Yattarna Chardonnay 2022</t>
+  </si>
+  <si>
+    <t>PENF090</t>
+  </si>
+  <si>
+    <t>Irvine Springhill Pinot Gris</t>
+  </si>
+  <si>
+    <t>IRVI215</t>
+  </si>
+  <si>
+    <t>Limestone Coast</t>
+  </si>
+  <si>
+    <t>Kingston Estate Chardonnay</t>
+  </si>
+  <si>
+    <t>KING040</t>
+  </si>
+  <si>
+    <t>Pitchfork Chardonnay</t>
+  </si>
+  <si>
+    <t>PITC001</t>
+  </si>
+  <si>
+    <t>Rowlands Brook Chardonnay</t>
+  </si>
+  <si>
+    <t>ROWL015</t>
+  </si>
+  <si>
+    <t>Western Australia</t>
+  </si>
+  <si>
+    <t>Capel Vale Debut Semillon Sauvignon</t>
+  </si>
+  <si>
+    <t>CAPE105</t>
+  </si>
+  <si>
+    <t>Austria</t>
+  </si>
+  <si>
+    <t>Niederösterreich</t>
+  </si>
+  <si>
+    <t>Canned Wine Company No. 1 Grüner Veltliner 18.75cl Can</t>
+  </si>
+  <si>
+    <t>CANN025</t>
+  </si>
+  <si>
+    <t>Weinviertel</t>
+  </si>
+  <si>
+    <t>Grüner Veltliner, Domäne Baumgartner</t>
+  </si>
+  <si>
+    <t>GRUN470</t>
+  </si>
+  <si>
+    <t>El Picador Sauvignon Blanc</t>
+  </si>
+  <si>
+    <t>ELPI105</t>
+  </si>
+  <si>
+    <t>Ladera Sauvignon Blanc, Quarter Bottle</t>
+  </si>
+  <si>
+    <t>LADE020</t>
+  </si>
+  <si>
+    <t>Ladera Verde Sauvignon Blanc</t>
+  </si>
+  <si>
+    <t>LADE010</t>
+  </si>
+  <si>
+    <t>Ladera Verde Sauvignon Blanc, Half Bottle</t>
+  </si>
+  <si>
+    <t>LADE001</t>
+  </si>
+  <si>
+    <t>Las Manitos Chardonnay</t>
+  </si>
+  <si>
+    <t>LASM050</t>
+  </si>
+  <si>
+    <t>Los Coches Viognier</t>
+  </si>
+  <si>
+    <t>COCH005</t>
+  </si>
+  <si>
+    <t>Pato Torronte Sauvignon Blanc</t>
+  </si>
+  <si>
+    <t>PATO015</t>
+  </si>
+  <si>
+    <t>Tonada Sauvignon Blanc</t>
+  </si>
+  <si>
+    <t>TONA065</t>
+  </si>
+  <si>
+    <t>Colchagua Valley</t>
+  </si>
+  <si>
+    <t>Alto Los Romeros Reserva Gewurztraminer</t>
+  </si>
+  <si>
+    <t>ROME005</t>
+  </si>
+  <si>
+    <t>Alto Los Romeros Reserva Sauvignon Blanc</t>
+  </si>
+  <si>
+    <t>ROME025</t>
+  </si>
+  <si>
+    <t>Leyda</t>
+  </si>
+  <si>
+    <t>Dancing Flame Sauvignon Blanc Gran Reserva</t>
+  </si>
+  <si>
+    <t>DANC005</t>
+  </si>
+  <si>
+    <t>Devon</t>
+  </si>
+  <si>
+    <t>Dart Valley</t>
+  </si>
+  <si>
+    <t>Sharpham Dart Valley Reserve</t>
+  </si>
+  <si>
+    <t>SHAR055</t>
+  </si>
+  <si>
+    <t>Bolney Estate Lychgate Bacchus</t>
+  </si>
+  <si>
+    <t>BOLN015</t>
+  </si>
+  <si>
+    <t>Bolney Pinot Gris 2017</t>
+  </si>
+  <si>
+    <t>BOLN030</t>
+  </si>
+  <si>
+    <t>Gentil, Hugel &amp; Fils</t>
+  </si>
+  <si>
+    <t>HUGE040</t>
+  </si>
+  <si>
+    <t>Gewürztraminer Classic, Hugel &amp; Fils</t>
+  </si>
+  <si>
+    <t>HUGE055</t>
+  </si>
+  <si>
+    <t>Gewürztraminer Classic, Hugel &amp; Fils, half bottle</t>
+  </si>
+  <si>
+    <t>HUGE080</t>
+  </si>
+  <si>
+    <t>Gewurztraminer Dopff &amp; Irion</t>
+  </si>
+  <si>
+    <t>GEWU065</t>
+  </si>
+  <si>
+    <t>Hugel Classic Pinot Blanc</t>
+  </si>
+  <si>
+    <t>PINO195</t>
+  </si>
+  <si>
+    <t>Hugel Grossi Laue Grand Cru Riesling</t>
+  </si>
+  <si>
+    <t>HUGE060</t>
+  </si>
+  <si>
+    <t>Pinot Gris Classic, Hugel &amp; Fils</t>
+  </si>
+  <si>
+    <t>HUGE050</t>
+  </si>
+  <si>
+    <t>Riesling Dopff &amp; Irion</t>
+  </si>
+  <si>
+    <t>RIES185</t>
+  </si>
+  <si>
+    <t>Vandanges Tardives Riesling, Hugel &amp; Fils</t>
+  </si>
+  <si>
+    <t>HUGE075</t>
+  </si>
+  <si>
+    <t>NA</t>
+  </si>
+  <si>
+    <t>Riesling Classic, Hugel &amp; Fils</t>
+  </si>
+  <si>
+    <t>RIES150</t>
+  </si>
+  <si>
+    <t>Dopff &amp; Irion Riesling Grand Cru Schoenenbourg</t>
+  </si>
+  <si>
+    <t>DOPF010</t>
+  </si>
+  <si>
+    <t>Pinot Blanc, Dopff &amp; Irion</t>
+  </si>
+  <si>
+    <t>PINO005</t>
+  </si>
+  <si>
+    <t>Pinot Gris Dopff &amp; Irion</t>
+  </si>
+  <si>
+    <t>PINO200</t>
+  </si>
+  <si>
+    <t>Sporen</t>
+  </si>
+  <si>
+    <t>Dopff &amp; Irion Gewűrztraminer Grand Cru Sporen</t>
+  </si>
+  <si>
+    <t>DOPF015</t>
+  </si>
+  <si>
+    <t>Graves</t>
+  </si>
+  <si>
+    <t>Château Trebiac Blanc 2023, Graves</t>
+  </si>
+  <si>
+    <t>TREB050</t>
+  </si>
+  <si>
+    <t>Château Carbonnieux Blanc 2022, Grand Cru Classé, Pessac-Léognan</t>
+  </si>
+  <si>
+    <t>CARB015</t>
+  </si>
+  <si>
+    <t>Château Olivier Blanc 2022 Grand Cru Classé, Pessac Leognan</t>
+  </si>
+  <si>
+    <t>OLIV085</t>
+  </si>
+  <si>
+    <t>DV By Château Doisy-Védrines Sauternes</t>
+  </si>
+  <si>
+    <t>DOIS001</t>
+  </si>
+  <si>
+    <t>2022 Pouilly Fuisse 1er Cru Clos de Quarts Monopole Magnum</t>
+  </si>
+  <si>
+    <t>POUI265</t>
+  </si>
+  <si>
+    <t>Chablis</t>
+  </si>
+  <si>
+    <t>Chablis 1er Cru Côte de Léchet 2023, Daniel Dampt</t>
+  </si>
+  <si>
+    <t>CHAB136</t>
+  </si>
+  <si>
+    <t>Chablis 1er Cru Montée de Tonnerre 2022, Domaine Samuel Billaud</t>
+  </si>
+  <si>
+    <t>CHAB112</t>
+  </si>
+  <si>
+    <t>Chablis 1er Cru Montée de Tonnerre 2023, Domaine Testut</t>
+  </si>
+  <si>
+    <t>CHAB131</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chablis 1er Cru Montmains Vieilles Vignes 2022,  Samuel Billaud</t>
+  </si>
+  <si>
+    <t>CHAB108</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chablis 1er Cru Montmains Vieilles Vignes 2023,  Samuel Billaud</t>
+  </si>
+  <si>
+    <t>CHAB123</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chablis 1er Cru Séchet Vieilles Vignes 2021,  Samuel Billaud</t>
+  </si>
+  <si>
+    <t>CHAB082</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chablis 1er Cru Séchet Vieilles Vignes 2022,  Samuel Billaud</t>
+  </si>
+  <si>
+    <t>CHAB111</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chablis 1er Cru Séchet Vieilles Vignes 2023,  Samuel Billaud</t>
+  </si>
+  <si>
+    <t>CHAB126</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chablis 1er Cru Vaillons 2023,  Daniel Dampt</t>
+  </si>
+  <si>
+    <t>CHAB137</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chablis 1er Cru Vaillons Vieilles Vignes 2021,  Samuel Billaud</t>
+  </si>
+  <si>
+    <t>CHAB081</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chablis 1er Cru Vaillons Vieilles Vignes 2022,  Samuel Billaud</t>
+  </si>
+  <si>
+    <t>CHAB109</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chablis 1er Cru Vaillons Vieilles Vignes 2023,  Samuel Billaud</t>
+  </si>
+  <si>
+    <t>CHAB124</t>
+  </si>
+  <si>
+    <t>Chablis 2023 Daniel Dampt</t>
+  </si>
+  <si>
+    <t>CHAB135</t>
+  </si>
+  <si>
+    <t>Chablis 2023, Domaine des Marronniers</t>
+  </si>
+  <si>
+    <t>CHAB133</t>
+  </si>
+  <si>
+    <t>Chablis Amphore 2018, Domaine Ternynck</t>
+  </si>
+  <si>
+    <t>CHAB072</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chablis Grand Cru Bougros 2022,  Samuel Billaud</t>
+  </si>
+  <si>
+    <t>CHAB113</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chablis Grand Cru Bougros 2023,  Samuel Billaud</t>
+  </si>
+  <si>
+    <t>CHAB128</t>
+  </si>
+  <si>
+    <t>Chablis Grand Cru Grenouille 2021, Domaine Testut</t>
+  </si>
+  <si>
+    <t>CHAB102</t>
+  </si>
+  <si>
+    <t>Chablis Grand Cru Grenouille 2022, Domaine Testut</t>
+  </si>
+  <si>
+    <t>CHAB117</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chablis 'Les Grands Terroirs' 2022,  Samuel Billaud</t>
+  </si>
+  <si>
+    <t>CHAB107</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chablis 'Les Grands Terroirs' 2023,  Samuel Billaud</t>
+  </si>
+  <si>
+    <t>CHAB122</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chablis 'Les Grands Terroirs' Vieilles Vignes 2021,  Samuel Billaud</t>
+  </si>
+  <si>
+    <t>CHAB078</t>
+  </si>
+  <si>
+    <t>Chablis Vieilles Vignes, ‘Côte de Brechain’ Domaine Testut</t>
+  </si>
+  <si>
+    <t>CHAB129</t>
+  </si>
+  <si>
+    <t>Chablis 1er Cru</t>
+  </si>
+  <si>
+    <t>Chablis 1er Cru Montmains 2022, Domaine des Marronniers</t>
+  </si>
+  <si>
+    <t>CHAB119</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chablis 1er Cru Séchet Vieilles Vignes 2020,  Samuel Billaud</t>
+  </si>
+  <si>
+    <t>CHAB061</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bourgogne Aligoté Silex  Buissonnier 2024, Cave de Buxy</t>
+  </si>
+  <si>
+    <t>ALIG105</t>
+  </si>
+  <si>
+    <t>House of Townend White Burgundy</t>
+  </si>
+  <si>
+    <t>HOUS040</t>
+  </si>
+  <si>
+    <t>Bouzeron</t>
+  </si>
+  <si>
+    <t>Bourgogne Aligoté 2023, Château de Chamilly</t>
+  </si>
+  <si>
+    <t>BOUR056</t>
+  </si>
+  <si>
+    <t>Montagny</t>
+  </si>
+  <si>
+    <t>Montagny 'Les Reculerons' 2019, Château de Chamilly</t>
+  </si>
+  <si>
+    <t>MONT430</t>
+  </si>
+  <si>
+    <t>Montagny 'Les Reculerons' 2020, Château de Chamilly,</t>
+  </si>
+  <si>
+    <t>MONT445</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Montagny Village  2021, Château de Chamilly</t>
+  </si>
+  <si>
+    <t>MONT470</t>
+  </si>
+  <si>
+    <t>Montagny Village Les Reculerons Blanc 2022, Château de Chamilly</t>
+  </si>
+  <si>
+    <t>MONT505</t>
+  </si>
+  <si>
+    <t>Montagny Village 'Les Reculerons' Blanc 2023, Château de Chamilly</t>
+  </si>
+  <si>
+    <t>MONT525</t>
+  </si>
+  <si>
+    <t>Bourgogne Blanc La Tuféra 2023, Domaine Etienne Sauzet</t>
+  </si>
+  <si>
+    <t>BOUR046</t>
+  </si>
+  <si>
+    <t>Bourgogne Chardonnay 2023, Domaine Jean Louis Chavy</t>
+  </si>
+  <si>
+    <t>BOUR047</t>
+  </si>
+  <si>
+    <t>Bourgogne Côte d’Or Chardonnay 2023, Domaine Bachelet-Monnot</t>
+  </si>
+  <si>
+    <t>BOUR063</t>
+  </si>
+  <si>
+    <t>Bourgogne Côte d'Or Chardonnay 2023, Domaine Michelot</t>
+  </si>
+  <si>
+    <t>BOUR052</t>
+  </si>
+  <si>
+    <t>Auxey Duresses</t>
+  </si>
+  <si>
+    <t>Auxey Duresses Les Vireux 2021, Domaine Denis Carré</t>
+  </si>
+  <si>
+    <t>AUXE035</t>
+  </si>
+  <si>
+    <t>Auxey Duresses Vieilles Vignes 2022, Domaine Prunier-Bonheur</t>
+  </si>
+  <si>
+    <t>AUXE050</t>
+  </si>
+  <si>
+    <t>Auxey Duresses Vieilles Vignes Blanc 2021, Domaine Prunier-Bonheur</t>
+  </si>
+  <si>
+    <t>AUXE040</t>
+  </si>
+  <si>
+    <t>Auxey-Duresses 2020, Domaine Denis Carré</t>
+  </si>
+  <si>
+    <t>AUXE025</t>
+  </si>
+  <si>
+    <t>Auxey-Duresses 'Vieilles Vignes' 2023, Domaine Prunier-Bonheur</t>
+  </si>
+  <si>
+    <t>AUXE060</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bourgogne  Côtes d'Or Chardonnay 2022, Domaine Michelot</t>
+  </si>
+  <si>
+    <t>BOUR034</t>
+  </si>
+  <si>
+    <t>Bourgogne Blanc 2021, Domaine Michelot</t>
+  </si>
+  <si>
+    <t>BOUR019</t>
+  </si>
+  <si>
+    <t>Bourgogne Blanc La Tufera 2022, Domaine Etienne Sauzet</t>
+  </si>
+  <si>
+    <t>BOUR024</t>
+  </si>
+  <si>
+    <t>Bourgogne Chardonnay 2021, Domaine Jean Louis Chavy</t>
+  </si>
+  <si>
+    <t>BOUR012</t>
+  </si>
+  <si>
+    <t>Bourgogne Chardonnay 2022, Domaine Jean Louis Chavy</t>
+  </si>
+  <si>
+    <t>BOUR026</t>
+  </si>
+  <si>
+    <t>Bourgogne Chardonnay Cuvée Flavie 2021, Domaine Amiot</t>
+  </si>
+  <si>
+    <t>BOUR017</t>
+  </si>
+  <si>
+    <t>Bourgogne Chardonnay Cuvée Flavie 2022, Domaine Amiot</t>
+  </si>
+  <si>
+    <t>BOUR027</t>
+  </si>
+  <si>
+    <t>Bourgogne Chardonnay 'La Tufera' 2021, Domaine E Sauzet</t>
+  </si>
+  <si>
+    <t>BOUR995</t>
+  </si>
+  <si>
+    <t>Bourgogne Chardonnay</t>
+  </si>
+  <si>
+    <t>Bourgogne Blanc 2020, Domaine Michelot</t>
+  </si>
+  <si>
+    <t>BOUR930</t>
+  </si>
+  <si>
+    <t>Bourgogne Chardonnay Cuvée Flavie 2020, Domaine Amiot</t>
+  </si>
+  <si>
+    <t>BOUR955</t>
+  </si>
+  <si>
+    <t>Bourgogne Chardonnay 'Les Chataigniers' 2020 Domaine Hubert Lamy</t>
+  </si>
+  <si>
+    <t>BOUR960</t>
+  </si>
+  <si>
+    <t>Bourgogne Chardonnay 'Les Chataigniers' 2021, Domaine Hubert Lamy</t>
+  </si>
+  <si>
+    <t>BOUR022</t>
+  </si>
+  <si>
+    <t>Bourgogne Chardonnay 'Les Chataigniers' 2022, Domaine Hubert Lamy</t>
+  </si>
+  <si>
+    <t>BOUR041</t>
+  </si>
+  <si>
+    <t>Chassagne-Montrachet 1er Cru Les Caillerets 2021, Domaine Amiot</t>
+  </si>
+  <si>
+    <t>CHAS715</t>
+  </si>
+  <si>
+    <t>Chassagne-Montrachet 1er Cru Les Caillerets 2022, Domaine Amiot</t>
+  </si>
+  <si>
+    <t>CHAS745</t>
+  </si>
+  <si>
+    <t>Chassagne-Montrachet 1er Cru Les Macherelles 2020, Domaine Amiot</t>
+  </si>
+  <si>
+    <t>CHAS670</t>
+  </si>
+  <si>
+    <t>Chassagne-Montrachet 1er Cru Les Macherelles 2021, Domaine Amiot</t>
+  </si>
+  <si>
+    <t>CHAS705</t>
+  </si>
+  <si>
+    <t>Chassagne-Montrachet 1er Cru 'Les Vergers' 2018, Domaine Amiot</t>
+  </si>
+  <si>
+    <t>CHAS620</t>
+  </si>
+  <si>
+    <t>Chassagne-Montrachet 1er Cru Les Vergers 2019, Domaine Amiot</t>
+  </si>
+  <si>
+    <t>CHAS645</t>
+  </si>
+  <si>
+    <t>Chassagne-Montrachet 1er Cru Les Vergers 2020, Domaine Amiot</t>
+  </si>
+  <si>
+    <t>CHAS675</t>
+  </si>
+  <si>
+    <t>Chassagne-Montrachet 1er Cru Les Vergers 2021, Domaine Amiot</t>
+  </si>
+  <si>
+    <t>CHAS710</t>
+  </si>
+  <si>
+    <t>Chassagne-Montrachet Vieilles Vignes 2021, Domaine Amiot</t>
+  </si>
+  <si>
+    <t>CHAS700</t>
+  </si>
+  <si>
+    <t>Chassagne-Montrachet Vieilles Vignes 2022, Domaine Amiot</t>
+  </si>
+  <si>
+    <t>CHAS750</t>
+  </si>
+  <si>
+    <t>Le Montrachet 2020, Domaine Guy Amiot</t>
+  </si>
+  <si>
+    <t>MONT450</t>
+  </si>
+  <si>
+    <t>Le Montrachet 2021, Domaine Guy Amiot</t>
+  </si>
+  <si>
+    <t>MONT465</t>
+  </si>
+  <si>
+    <t>Le Montrachet Grand Cru 2011, Domaine Amiot</t>
+  </si>
+  <si>
+    <t>MONT185</t>
+  </si>
+  <si>
+    <t>Le Montrachet Grand Cru 2013, Domaine Amiot</t>
+  </si>
+  <si>
+    <t>MONT285</t>
+  </si>
+  <si>
+    <t>Le Montrachet Grand Cru 2014, Domaine Amiot</t>
+  </si>
+  <si>
+    <t>MONT315</t>
+  </si>
+  <si>
+    <t>Le Montrachet Grand Cru 2017, Domaine Amiot</t>
+  </si>
+  <si>
+    <t>MONT390</t>
+  </si>
+  <si>
+    <t>Coteaux Bourguignon</t>
+  </si>
+  <si>
+    <t>Coteaux Bourguignon Le P’tit Bonheur 2022, Domaine Prunier-Bonheur</t>
+  </si>
+  <si>
+    <t>COTE190</t>
+  </si>
+  <si>
+    <t>Coteaux Bourguignons Le P’tit Bonheur Blanc 2023, Domaine Prunier-Bonheur</t>
+  </si>
+  <si>
+    <t>COTE205</t>
+  </si>
+  <si>
+    <t>Bourgogne Hautes Côtes de Beaune Blanc 2020, Domaine Denis Carré</t>
+  </si>
+  <si>
+    <t>HAUT335</t>
+  </si>
+  <si>
+    <t>Hautes Côtes de Beaune Chardonnay 2021, Domaine Denis Carré</t>
+  </si>
+  <si>
+    <t>HAUT355</t>
+  </si>
+  <si>
+    <t>Hautes Côtes de Beaune Chardonnay 2022, Domaine Denis Carré</t>
+  </si>
+  <si>
+    <t>HAUT375</t>
+  </si>
+  <si>
+    <t>Meursault</t>
+  </si>
+  <si>
+    <t>Meursault 1er Cru Les Genevrières 2018, Domaine Michelot</t>
+  </si>
+  <si>
+    <t>MEUR530</t>
+  </si>
+  <si>
+    <t>Meursault 1er Cru Les Genevrières 2019, Domaine Michelot</t>
+  </si>
+  <si>
+    <t>MEUR565</t>
+  </si>
+  <si>
+    <t>Meursault 1er Cru Les Genevrières 2020, Domaine Michelot</t>
+  </si>
+  <si>
+    <t>MEUR590</t>
+  </si>
+  <si>
+    <t>Meursault 1er Cru Les Genevrières 2022, Domaine Michelot</t>
+  </si>
+  <si>
+    <t>MEUR645</t>
+  </si>
+  <si>
+    <t>Meursault 1er Cru Les Genevrières 2023, Domaine Michelot</t>
+  </si>
+  <si>
+    <t>MEUR670</t>
+  </si>
+  <si>
+    <t>Meursault 'Les Tillets' 2020, Domaine Denis Carré</t>
+  </si>
+  <si>
+    <t>MEUR595</t>
+  </si>
+  <si>
+    <t>Meursault 'Les Tillets' 2021, Domaine Denis Carré</t>
+  </si>
+  <si>
+    <t>MEUR610</t>
+  </si>
+  <si>
+    <t>Meursault Village 2018, Domaine Michelot</t>
+  </si>
+  <si>
+    <t>MEUR520</t>
+  </si>
+  <si>
+    <t>Meursault Village 2020, Domaine Michelot</t>
+  </si>
+  <si>
+    <t>MEUR580</t>
+  </si>
+  <si>
+    <t>Meursault Village 2021, Domaine Michelot</t>
+  </si>
+  <si>
+    <t>MEUR615</t>
+  </si>
+  <si>
+    <t>Meursault Village 2022, Domaine Michelot</t>
+  </si>
+  <si>
+    <t>MEUR635</t>
+  </si>
+  <si>
+    <t>Meursault Village 2023, Domaine Michelot</t>
+  </si>
+  <si>
+    <t>MEUR660</t>
+  </si>
+  <si>
+    <t>Meursault Village Clos St Felix 2022, Domaine Michelot</t>
+  </si>
+  <si>
+    <t>MEUR640</t>
+  </si>
+  <si>
+    <t>Meursault Village Clos St Felix 2023, Domaine Michelot</t>
+  </si>
+  <si>
+    <t>MEUR665</t>
+  </si>
+  <si>
+    <t>Meursault Village Clos St Felix, Domaine Michelot</t>
+  </si>
+  <si>
+    <t>MEUR585</t>
+  </si>
+  <si>
+    <t>Puligny-Montrachet</t>
+  </si>
+  <si>
+    <t>Bâtard Montrachet Grand Cru 2012, Domaine Pillot</t>
+  </si>
+  <si>
+    <t>BATA075</t>
+  </si>
+  <si>
+    <t>Puligny Montrachet 1er Cru Demoiselles 2013, Domaine Amiot</t>
+  </si>
+  <si>
+    <t>PULI585</t>
+  </si>
+  <si>
+    <t>Puligny-Montrachet 1er Cru Champ Canet 2022, Domaine Etienne Sauzet</t>
+  </si>
+  <si>
+    <t>PULI006</t>
+  </si>
+  <si>
+    <t>Puligny-Montrachet 1er Cru Clavoillon 2022, Domaine Jean Louis Chavy</t>
+  </si>
+  <si>
+    <t>PULI011</t>
+  </si>
+  <si>
+    <t>Puligny-Montrachet 1er Cru Clavoillon 2023, Domaine Jean Louis Chavy</t>
+  </si>
+  <si>
+    <t>PULI027</t>
+  </si>
+  <si>
+    <t>Puligny-Montrachet 1er Cru Les Demoiselles 2020, Domaine Amiot</t>
+  </si>
+  <si>
+    <t>PULI925</t>
+  </si>
+  <si>
+    <t>Puligny-Montrachet 1er Cru Les Demoiselles 2022, Domaine Amiot</t>
+  </si>
+  <si>
+    <t>PULI012</t>
+  </si>
+  <si>
+    <t>Puligny-Montrachet 'Les Charmes' 2021, Domaine Jean Louis Chavy</t>
+  </si>
+  <si>
+    <t>PULI975</t>
+  </si>
+  <si>
+    <t>Puligny-Montrachet Village 2022, Domaine Bachelet-Monnot</t>
+  </si>
+  <si>
+    <t>PULI007</t>
+  </si>
+  <si>
+    <t>Puligny-Montrachet Village 2023, Domaine Bachelet-Monnot</t>
+  </si>
+  <si>
+    <t>PULI028</t>
+  </si>
+  <si>
+    <t>Puligny-Montrachet Village 2023, Domaine Etienne Sauzet</t>
+  </si>
+  <si>
+    <t>PULI022</t>
+  </si>
+  <si>
+    <t>Puligny-Montrachet Villages 2021, Domaine Jean Louis Chavy</t>
+  </si>
+  <si>
+    <t>PULI945</t>
+  </si>
+  <si>
+    <t>Puligny-Montrachet Villages 2022, Domaine Jean Louis Chavy</t>
+  </si>
+  <si>
+    <t>PULI009</t>
+  </si>
+  <si>
+    <t>Puligny-Montrachet Villages 2023, Domaine Jean Louis Chavy</t>
+  </si>
+  <si>
+    <t>PULI026</t>
+  </si>
+  <si>
+    <t>Saint-Romain</t>
+  </si>
+  <si>
+    <t>Saint Romain La Combe Bazin Blanc 2021, Domaine Prunier-Bonheur</t>
+  </si>
+  <si>
+    <t>SAIN085</t>
+  </si>
+  <si>
+    <t>Saint-Romain ‘La Combe Bazin’ 2022, Domaine Prunier-Bonheur</t>
+  </si>
+  <si>
+    <t>SAIN090</t>
+  </si>
+  <si>
+    <t>Saint-Romain ‘La Combe Bazin’ 2023, Domaine Prunier-Bonheur</t>
+  </si>
+  <si>
+    <t>SAIN095</t>
+  </si>
+  <si>
+    <t>Bourgogne Aligoté, ‘Le Chapitre’2023, Domaine Machard de Gramont</t>
+  </si>
+  <si>
+    <t>ALIG090</t>
+  </si>
+  <si>
+    <t>Nuits-Saint-Georges "Creux Fraiche Eau" 2021, Domaine Machard de Gramont</t>
+  </si>
+  <si>
+    <t>NUIT645</t>
+  </si>
+  <si>
+    <t>Nuits-Saint-Georges "Creux Fraiche Eau" 2022, Domaine Machard de Gramont</t>
+  </si>
+  <si>
+    <t>NUIT655</t>
+  </si>
+  <si>
+    <t>Nuits-St-Georges Blanc "Creux Fraiche Eau" 2023, Domaine Machard de Gramont</t>
+  </si>
+  <si>
+    <t>NUIT710</t>
+  </si>
+  <si>
+    <t>Mâcon</t>
+  </si>
+  <si>
+    <t>Macon Azé 2023, Jules Richard, Cave de Buxy</t>
+  </si>
+  <si>
+    <t>MACO415</t>
+  </si>
+  <si>
+    <t>Mâcon La Roche Vineuse Blanc 2021, Domaine Merlin</t>
+  </si>
+  <si>
+    <t>MACO375</t>
+  </si>
+  <si>
+    <t>Mâcon La Roche Vineuse Blanc 2022, Domaine Merlin</t>
+  </si>
+  <si>
+    <t>MACO395</t>
+  </si>
+  <si>
+    <t>Mâcon La Roche Vineuse Blanc Vieilles Vignes 2020, Domaine Merlin</t>
+  </si>
+  <si>
+    <t>MACO360</t>
+  </si>
+  <si>
+    <t>Mâcon La Roche Vineuse Blanc Vieilles Vignes 2021, Domaine Merlin</t>
+  </si>
+  <si>
+    <t>MACO380</t>
+  </si>
+  <si>
+    <t>Mâcon La Roche Vineuse Blanc Vieilles Vignes 2022, Domaine Merlin</t>
+  </si>
+  <si>
+    <t>MACO400</t>
+  </si>
+  <si>
+    <t>Mâcon-Chardonnay, Domaine Talmard</t>
+  </si>
+  <si>
+    <t>MACH020</t>
+  </si>
+  <si>
+    <t>Mâcon-Lugny Les Genièvres, Louis Latour, Half Bottle</t>
+  </si>
+  <si>
+    <t>MACO190</t>
+  </si>
+  <si>
+    <t>Pouilly-Fuissé</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Château Fuissé 1er Cru Le Clos Monopole  2023</t>
+  </si>
+  <si>
+    <t>FUIS250</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Château Fuissé Le Clos Monopole  2021</t>
+  </si>
+  <si>
+    <t>FUIS230</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Château Fuissé Le Clos Monopole  2022</t>
+  </si>
+  <si>
+    <t>FUIS240</t>
+  </si>
+  <si>
+    <t>Château Fuissé Tête de Cru 2021</t>
+  </si>
+  <si>
+    <t>FUIS225</t>
+  </si>
+  <si>
+    <t>Château Fuissé Tête de Cru 2022</t>
+  </si>
+  <si>
+    <t>FUIS235</t>
+  </si>
+  <si>
+    <t>Château Fuissé 'Tête de Cru' 2023</t>
+  </si>
+  <si>
+    <t>FUIS245</t>
+  </si>
+  <si>
+    <t>Pouilly Fuissé 'Au Bourg' 2021, Domaine Luquet</t>
+  </si>
+  <si>
+    <t>POUI215</t>
+  </si>
+  <si>
+    <t>Pouilly Fuissé 'Au Bourg' 2022, Domaine Luquet</t>
+  </si>
+  <si>
+    <t>POUI235</t>
+  </si>
+  <si>
+    <t>Pouilly Fuissé 'Au Bourg' 2023, Domaine Luquet Depuis 1878</t>
+  </si>
+  <si>
+    <t>POUI240</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pouilly Fuissé Premier Cru Le Clos Monopole  2020, Château Fuissé</t>
+  </si>
+  <si>
+    <t>FUIS220</t>
+  </si>
+  <si>
+    <t>Saint-Véran</t>
+  </si>
+  <si>
+    <t>Saint Véran 'Vers Les Monts' 2023, Domaine Luquet Depuis 1878</t>
+  </si>
+  <si>
+    <t>STVE120</t>
+  </si>
+  <si>
+    <t>St. Veran</t>
+  </si>
+  <si>
+    <t>Saint Véran Vers Les Monts 2022, Domaine Luquet</t>
+  </si>
+  <si>
+    <t>STVE115</t>
+  </si>
+  <si>
+    <t>Comté-Tolosan</t>
+  </si>
+  <si>
+    <t>Jean Didier Grande Reserve Colombard Ugni</t>
+  </si>
+  <si>
+    <t>JEAN025</t>
+  </si>
+  <si>
+    <t>Jean Didier Grande Reserve Colombard Ugni (Plastic Bottles)</t>
+  </si>
+  <si>
+    <t>JEAN045</t>
+  </si>
+  <si>
+    <t>2021 Domaine Peter Sichel Blanc</t>
+  </si>
+  <si>
+    <t>SICH015</t>
+  </si>
+  <si>
+    <t>Ile de Beaute Blanc, Domaine Barcelo</t>
+  </si>
+  <si>
+    <t>BARC015</t>
+  </si>
+  <si>
+    <t>Côtes de Gascogne</t>
+  </si>
+  <si>
+    <t>Le Peewit Sauvignon Gris 2024, Côtes de Gascogne</t>
+  </si>
+  <si>
+    <t>PEEW001</t>
+  </si>
+  <si>
+    <t>Big Beltie Sauvignon Blanc</t>
+  </si>
+  <si>
+    <t>BIGB005</t>
+  </si>
+  <si>
+    <t>Le Charme Sauvignon Blanc by Christine Cabri</t>
+  </si>
+  <si>
+    <t>CHAR185</t>
+  </si>
+  <si>
+    <t>Hornhead Chardonnay</t>
+  </si>
+  <si>
+    <t>HORN001</t>
+  </si>
+  <si>
+    <t>Le Faîte Blanc</t>
+  </si>
+  <si>
+    <t>FAIT001</t>
+  </si>
+  <si>
+    <t>Jura</t>
+  </si>
+  <si>
+    <t>Vin Jaune, Domaine de Savagny</t>
+  </si>
+  <si>
+    <t>JAUN005</t>
+  </si>
+  <si>
+    <t>Domaine St André Barrel Fermented Chardonnay</t>
+  </si>
+  <si>
+    <t>ANDR035</t>
+  </si>
+  <si>
+    <t>Domaine St André Folie d’Ines Blanc</t>
+  </si>
+  <si>
+    <t>ANDR030</t>
+  </si>
+  <si>
+    <t>Domaine St André Terroir Maritime Blanc</t>
+  </si>
+  <si>
+    <t>ANDR025</t>
+  </si>
+  <si>
+    <t>Grenache Blanc 172, De Visu</t>
+  </si>
+  <si>
+    <t>DEVI010</t>
+  </si>
+  <si>
+    <t>IGP Antoine Joseph Pardon Blanc, Domaine Pardon</t>
+  </si>
+  <si>
+    <t>PARD001</t>
+  </si>
+  <si>
+    <t>Les Argelières Chardonnay</t>
+  </si>
+  <si>
+    <t>ARGE001</t>
+  </si>
+  <si>
+    <t>Les Argelières Viognier</t>
+  </si>
+  <si>
+    <t>ARGE005</t>
+  </si>
+  <si>
+    <t>Les Costes Blanc 2025 MAGNUMS, Pierre Cros</t>
+  </si>
+  <si>
+    <t>CROS240</t>
+  </si>
+  <si>
+    <t>Les Costes Blanc 2025, Pierre Cros</t>
+  </si>
+  <si>
+    <t>CROS235</t>
+  </si>
+  <si>
+    <t>Marsanne Viognier, Deux Grives</t>
+  </si>
+  <si>
+    <t>DEUX001</t>
+  </si>
+  <si>
+    <t>Picpoul de Pinet Terrasses de La Mer</t>
+  </si>
+  <si>
+    <t>PICP010</t>
+  </si>
+  <si>
+    <t>Picpoul de Pinet, Terre d'Eole</t>
+  </si>
+  <si>
+    <t>PICP030</t>
+  </si>
+  <si>
+    <t>Vermentino, Coquille de Mer</t>
+  </si>
+  <si>
+    <t>COQU001</t>
+  </si>
+  <si>
+    <t>IGP d'Oc</t>
+  </si>
+  <si>
+    <t>Mineralium Chenin Blanc</t>
+  </si>
+  <si>
+    <t>MINE001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bruno Andreu,  De-alcoholised Chardonnay Vin de France</t>
+  </si>
+  <si>
+    <t>BRUN060</t>
+  </si>
+  <si>
+    <t>Canned Wine Company No. 2 Viognier 18.75cl Can</t>
+  </si>
+  <si>
+    <t>CANN030</t>
+  </si>
+  <si>
+    <t>Canned Wine Company No. 2 Viognier 250ml Can</t>
+  </si>
+  <si>
+    <t>CANN010</t>
+  </si>
+  <si>
+    <t>Bourboulenc Cocobiroux 2024, Château Grand Moulin</t>
+  </si>
+  <si>
+    <t>MOUL275</t>
+  </si>
+  <si>
+    <t>Le Chant des Roses Gewürztraminer 2024, IGP Pays d'Oc</t>
+  </si>
+  <si>
+    <t>CHAN040</t>
+  </si>
+  <si>
+    <t>101 Rangs 2016, Château de Tracy</t>
+  </si>
+  <si>
+    <t>TRAC025</t>
+  </si>
+  <si>
+    <t>101 Rangs 2017, Château de Tracy</t>
+  </si>
+  <si>
+    <t>TRAC045</t>
+  </si>
+  <si>
+    <t>Muscadet Sur Lie, Fief de La Brie, Half Bottle</t>
+  </si>
+  <si>
+    <t>MUSC016</t>
+  </si>
+  <si>
+    <t>Pouilly Fumé Domaine Pabiot, Half Bottle</t>
+  </si>
+  <si>
+    <t>FUME050</t>
+  </si>
+  <si>
+    <t>Pouilly Fumé, Château de Tracy</t>
+  </si>
+  <si>
+    <t>TRAC002</t>
+  </si>
+  <si>
+    <t>Pouilly Fumé, Domaine Pabiot</t>
+  </si>
+  <si>
+    <t>FUME085</t>
+  </si>
+  <si>
+    <t>Quincy Beaucharme, Domaine Bailly</t>
+  </si>
+  <si>
+    <t>QUIN085</t>
+  </si>
+  <si>
+    <t>Sancerre Domaine Jean Thomas, Magnum</t>
+  </si>
+  <si>
+    <t>SANC070</t>
+  </si>
+  <si>
+    <t>Sancerre Prestige, Domaine Sylvain Bailly</t>
+  </si>
+  <si>
+    <t>SANC490</t>
+  </si>
+  <si>
+    <t>Sancerre Terroirs, Domaine Sylvain Bailly</t>
+  </si>
+  <si>
+    <t>SANC375</t>
+  </si>
+  <si>
+    <t>Sancerre, Domaine Jean Thomas</t>
+  </si>
+  <si>
+    <t>SANC365</t>
+  </si>
+  <si>
+    <t>Sancerre, Domaine Jean Thomas, Half Bottle</t>
+  </si>
+  <si>
+    <t>SANC250</t>
+  </si>
+  <si>
+    <t>Anjou Les Ardoisieres, Château Prince</t>
+  </si>
+  <si>
+    <t>PRIN160</t>
+  </si>
+  <si>
+    <t>Coteaux du Layon</t>
+  </si>
+  <si>
+    <t>Coteaux du Layon, Moulin Touchais</t>
+  </si>
+  <si>
+    <t>TOUC001</t>
+  </si>
+  <si>
+    <t>Savennières</t>
+  </si>
+  <si>
+    <t>Savennières 'Les Genêts' Damien Laureau</t>
+  </si>
+  <si>
+    <t>LAUR240</t>
+  </si>
+  <si>
+    <t>2023 Vouvray Ammonite, Domaine Alain Robert</t>
+  </si>
+  <si>
+    <t>VOUV075</t>
+  </si>
+  <si>
+    <t>2024 Vouvray Empreinte, Domaine Alain Robert</t>
+  </si>
+  <si>
+    <t>VOUV070</t>
+  </si>
+  <si>
+    <t>2024 Vouvray Les Charmes, Domaine Alain Robert</t>
+  </si>
+  <si>
+    <t>VOUV065</t>
+  </si>
+  <si>
+    <t>Couamais Vouvray, L'Alcove 2023</t>
+  </si>
+  <si>
+    <t>VOUV060</t>
+  </si>
+  <si>
+    <t>Domaine de Terrebrune Blanc</t>
+  </si>
+  <si>
+    <t>TERR165</t>
+  </si>
+  <si>
+    <t>Chateau de Sannes Castini</t>
+  </si>
+  <si>
+    <t>SANN015</t>
+  </si>
+  <si>
+    <t>Chateau de Sannes Grand Blanc de Sannes</t>
+  </si>
+  <si>
+    <t>SANN010</t>
+  </si>
+  <si>
+    <t>Saint-Péray</t>
+  </si>
+  <si>
+    <t>Saint-Péray 'Cuvée Prestige' 2021, Domaine du Tunnel</t>
+  </si>
+  <si>
+    <t>PERA005</t>
+  </si>
+  <si>
+    <t>Saint-Péray 'Cuvée Prestige' Domaine du Tunnel</t>
+  </si>
+  <si>
+    <t>PERA001</t>
+  </si>
+  <si>
+    <t>Artana</t>
+  </si>
+  <si>
+    <t>Vismino Kisi, Artana</t>
+  </si>
+  <si>
+    <t>VISM005</t>
+  </si>
+  <si>
+    <t>Mosel</t>
+  </si>
+  <si>
+    <t>Dr L Riesling QBA</t>
+  </si>
+  <si>
+    <t>RIES175</t>
+  </si>
+  <si>
+    <t>Goldschild Riesling, Trocken, Moselland</t>
+  </si>
+  <si>
+    <t>MOSE005</t>
+  </si>
+  <si>
+    <t>Mosel Riesling Spatlese, Moselland</t>
+  </si>
+  <si>
+    <t>MOSE010</t>
+  </si>
+  <si>
+    <t>Moselland Riesling Kabinett</t>
+  </si>
+  <si>
+    <t>MOSE001</t>
+  </si>
+  <si>
+    <t>Piesporter Michelsberg, Moselland</t>
+  </si>
+  <si>
+    <t>MOSE015</t>
+  </si>
+  <si>
+    <t>Rheingau</t>
+  </si>
+  <si>
+    <t>Guts Riesling VDP, Domdechant Werner</t>
+  </si>
+  <si>
+    <t>RIES205</t>
+  </si>
+  <si>
+    <t>Hochheimer Hölle Riesling, Domdechant Werner</t>
+  </si>
+  <si>
+    <t>HOCH005</t>
+  </si>
+  <si>
+    <t>Riesling Classic QBA 2017 Domdechant Werner</t>
+  </si>
+  <si>
+    <t>RIES200</t>
+  </si>
+  <si>
+    <t>Talisman Grüner Veltliner</t>
+  </si>
+  <si>
+    <t>TALI035</t>
+  </si>
+  <si>
+    <t>Judean Hills</t>
+  </si>
+  <si>
+    <t>Clos de Gat Chardonnay</t>
+  </si>
+  <si>
+    <t>CLOS230</t>
+  </si>
+  <si>
+    <t>Pecorino Noi Cento, Roxan</t>
+  </si>
+  <si>
+    <t>PECO010</t>
+  </si>
+  <si>
+    <t>Falanghina di Sannio, Fremondo</t>
+  </si>
+  <si>
+    <t>GUAR015</t>
+  </si>
+  <si>
+    <t>Trebbiano, Rubicone IGT Amanti del Vino</t>
+  </si>
+  <si>
+    <t>AMAN025</t>
+  </si>
+  <si>
+    <t>Marche</t>
+  </si>
+  <si>
+    <t>Verdicchio Dei Castelli di Jesi, Pontemagno</t>
+  </si>
+  <si>
+    <t>VERD010</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Arneis Langhe,  Mario Giribaldi</t>
+  </si>
+  <si>
+    <t>ARNE001</t>
+  </si>
+  <si>
+    <t>Novi Ligure</t>
+  </si>
+  <si>
+    <t>Gavi I Risi, Giribaldi</t>
+  </si>
+  <si>
+    <t>GAVI010</t>
+  </si>
+  <si>
+    <t>Fiano, Carlomagno</t>
+  </si>
+  <si>
+    <t>CARL090</t>
+  </si>
+  <si>
+    <t>Grillo, Rupe Secca</t>
+  </si>
+  <si>
+    <t>SECC001</t>
+  </si>
+  <si>
+    <t>Catarratto Pinot Grigio, Fedele</t>
+  </si>
+  <si>
+    <t>FEDE001</t>
+  </si>
+  <si>
+    <t>Pinot Grigio I Classici Cantina Lavis</t>
+  </si>
+  <si>
+    <t>CANT210</t>
+  </si>
+  <si>
+    <t>Ritratti Pinot Grigio DOC, Cantina Lavis</t>
+  </si>
+  <si>
+    <t>CANT255</t>
+  </si>
+  <si>
+    <t>Cembra Valley</t>
+  </si>
+  <si>
+    <t>Pressano</t>
+  </si>
+  <si>
+    <t>Nosiola Trentino Cantina Lavis</t>
+  </si>
+  <si>
+    <t>CANT195</t>
+  </si>
+  <si>
+    <t>Dolomiti IGT</t>
+  </si>
+  <si>
+    <t>Maso Franch Bianco, Cantina Lavis</t>
+  </si>
+  <si>
+    <t>CANT205</t>
+  </si>
+  <si>
+    <t>Toscana Bianco Sangiovese, Duca di Saragnano</t>
+  </si>
+  <si>
+    <t>TOSC005</t>
+  </si>
+  <si>
+    <t>Pinot Grigio Ca' Tesore</t>
+  </si>
+  <si>
+    <t>PIGI110</t>
+  </si>
+  <si>
+    <t>Pinot Grigio, Amori</t>
+  </si>
+  <si>
+    <t>AMOR005</t>
+  </si>
+  <si>
+    <t>Pinot Grigio, Villa Sandi</t>
+  </si>
+  <si>
+    <t>VILL033</t>
+  </si>
+  <si>
+    <t>Pure Pinot Grigio</t>
+  </si>
+  <si>
+    <t>PURE025</t>
+  </si>
+  <si>
+    <t>Soave doc Classico Vigne Alte, Zeni</t>
+  </si>
+  <si>
+    <t>ZENI001</t>
+  </si>
+  <si>
+    <t>Lugana</t>
+  </si>
+  <si>
+    <t>Lugana doc Vigne Alte, Zeni</t>
+  </si>
+  <si>
+    <t>ZENI005</t>
+  </si>
+  <si>
+    <t>Venezie</t>
+  </si>
+  <si>
+    <t>Pinot Grigio I Classici, Zeni</t>
+  </si>
+  <si>
+    <t>ZENI050</t>
+  </si>
+  <si>
+    <t>Domain Road Pinot Gris</t>
+  </si>
+  <si>
+    <t>PINO185</t>
+  </si>
+  <si>
+    <t>Domain Road Sauvignon Blanc</t>
+  </si>
+  <si>
+    <t>PINO180</t>
+  </si>
+  <si>
+    <t>Domain Road Water Race Riesling</t>
+  </si>
+  <si>
+    <t>RIES170</t>
+  </si>
+  <si>
+    <t>Felton Road Bannockburn Chardonnay 2021</t>
+  </si>
+  <si>
+    <t>FELT460</t>
+  </si>
+  <si>
+    <t>Felton Road Bannockburn Chardonnay 2022</t>
+  </si>
+  <si>
+    <t>FELT530</t>
+  </si>
+  <si>
+    <t>Felton Road Bannockburn Chardonnay 2023</t>
+  </si>
+  <si>
+    <t>FELT585</t>
+  </si>
+  <si>
+    <t>Felton Road Bannockburn Riesling 2023</t>
+  </si>
+  <si>
+    <t>FELT580</t>
+  </si>
+  <si>
+    <t>Felton Road Bannockburn Riesling 2024</t>
+  </si>
+  <si>
+    <t>FELT635</t>
+  </si>
+  <si>
+    <t>Felton Road Block 2 Chardonnay 2022</t>
+  </si>
+  <si>
+    <t>FELT555</t>
+  </si>
+  <si>
+    <t>Felton Road Block 6 Chardonnay 2020</t>
+  </si>
+  <si>
+    <t>FELT430</t>
+  </si>
+  <si>
+    <t>Felton Road Block 6 Chardonnay 2022</t>
+  </si>
+  <si>
+    <t>FELT550</t>
+  </si>
+  <si>
+    <t>Felton Road Block 6 Chardonnay 2023</t>
+  </si>
+  <si>
+    <t>FELT625</t>
+  </si>
+  <si>
+    <t>Felton Road Dry Riesling 2022</t>
+  </si>
+  <si>
+    <t>FELT505</t>
+  </si>
+  <si>
+    <t>Felton Road Dry Riesling 2023</t>
+  </si>
+  <si>
+    <t>FELT575</t>
+  </si>
+  <si>
+    <t>Felton Road Riesling 2021</t>
+  </si>
+  <si>
+    <t>FELT450</t>
+  </si>
+  <si>
+    <t>Felton Road Riesling 2024</t>
+  </si>
+  <si>
+    <t>FELT630</t>
+  </si>
+  <si>
+    <t>Felton Road Vin Gris 2021</t>
+  </si>
+  <si>
+    <t>FELT500</t>
+  </si>
+  <si>
+    <t>Felton Road Vin Gris 2022</t>
+  </si>
+  <si>
+    <t>FELT525</t>
+  </si>
+  <si>
+    <t>Pask Declaration Range Chardonnay</t>
+  </si>
+  <si>
+    <t>PASK060</t>
+  </si>
+  <si>
+    <t>Pask Gimblett Gravels Chardonnay</t>
+  </si>
+  <si>
+    <t>PASK010</t>
+  </si>
+  <si>
+    <t>Pask Gimblett Gravels Sauvignon Blanc, Half Bottle</t>
+  </si>
+  <si>
+    <t>PASK005</t>
+  </si>
+  <si>
+    <t>Cloudy Bay Sauvignon Blanc</t>
+  </si>
+  <si>
+    <t>CLOU245</t>
+  </si>
+  <si>
+    <t>Kuki Marlborough Riesling</t>
+  </si>
+  <si>
+    <t>KUKI040</t>
+  </si>
+  <si>
+    <t>Kuki Marlborough Sauvignon</t>
+  </si>
+  <si>
+    <t>KUKI045</t>
+  </si>
+  <si>
+    <t>Lake Road Marlborough Sauvignon Blanc</t>
+  </si>
+  <si>
+    <t>LAKE015</t>
+  </si>
+  <si>
+    <t>Mahi Marlborough Sauvignon Blanc</t>
+  </si>
+  <si>
+    <t>MAHI005</t>
+  </si>
+  <si>
+    <t>Sauvignon Blanc Te Koko, Cloudy Bay</t>
+  </si>
+  <si>
+    <t>TEKO010</t>
+  </si>
+  <si>
+    <t>Shelter Bay Marlborough Sauvignon Blanc</t>
+  </si>
+  <si>
+    <t>SHEL001</t>
+  </si>
+  <si>
+    <t>Coroa d'Ouro Branco</t>
+  </si>
+  <si>
+    <t>CORO045</t>
+  </si>
+  <si>
+    <t>Douro Superior</t>
+  </si>
+  <si>
+    <t>Branco da Ribeira, Manoel Poças</t>
+  </si>
+  <si>
+    <t>POCA175</t>
+  </si>
+  <si>
+    <t>Poças Branco, Manoel Poças</t>
+  </si>
+  <si>
+    <t>POCA405</t>
+  </si>
+  <si>
+    <t>Poças Fora da Série Acrobata, Manoel Poças</t>
+  </si>
+  <si>
+    <t>POCA415</t>
+  </si>
+  <si>
+    <t>Minho</t>
+  </si>
+  <si>
+    <t>Ramos Almeirim Vinho Verde, Loureiro</t>
+  </si>
+  <si>
+    <t>RAMO010</t>
+  </si>
+  <si>
+    <t>Tongue Twister Vinho Verde</t>
+  </si>
+  <si>
+    <t>TONG001</t>
+  </si>
+  <si>
+    <t>Terra de Lobos Fernâo Pires</t>
+  </si>
+  <si>
+    <t>TERR180</t>
+  </si>
+  <si>
+    <t>Paparuda Feteasca Regala White</t>
+  </si>
+  <si>
+    <t>PAPA015</t>
+  </si>
+  <si>
+    <t>Doppler Winery Sipon Furmint</t>
+  </si>
+  <si>
+    <t>DOPP020</t>
+  </si>
+  <si>
+    <t>Doppler Winery Traminec</t>
+  </si>
+  <si>
+    <t>DOPP001</t>
+  </si>
+  <si>
+    <t>Doppler Winery Zeleni Silvanec (Sylvaner)</t>
+  </si>
+  <si>
+    <t>DOPP015</t>
+  </si>
+  <si>
     <t>Darling Hills</t>
   </si>
   <si>
-    <t>Groote Post Vineyards Merlot</t>
-[...2827 lines deleted...]
-  <si>
     <t>Groote Post Chenin Blanc</t>
   </si>
   <si>
     <t>GROO001</t>
   </si>
   <si>
     <t>Groote Post Sauvignon Blanc</t>
   </si>
   <si>
     <t>GROO010</t>
+  </si>
+  <si>
+    <t>Hamilton Russell Chardonnay 2021</t>
+  </si>
+  <si>
+    <t>HAMI060</t>
   </si>
   <si>
     <t>Hamilton Russell Chardonnay 2022</t>
   </si>
   <si>
     <t>HAMI070</t>
   </si>
   <si>
     <t>Hamilton Russell Chardonnay 2023</t>
   </si>
   <si>
     <t>HAMI080</t>
   </si>
   <si>
     <t>Hamilton Russell Chardonnay 2024</t>
   </si>
   <si>
     <t>HAMI090</t>
   </si>
   <si>
     <t>Wide River Chenin Blanc</t>
   </si>
   <si>
     <t>WIDE005</t>
   </si>
@@ -8299,72 +8242,72 @@
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="164" applyNumberFormat="1" fontId="1" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:H1229">
-  <autoFilter ref="A1:H1229"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:H1221">
+  <autoFilter ref="A1:H1221"/>
   <tableColumns count="8">
     <tableColumn id="1" name="Category"/>
     <tableColumn id="2" name="Country"/>
     <tableColumn id="3" name="Region"/>
     <tableColumn id="4" name="SubRegion"/>
     <tableColumn id="5" name="SubSubRegion"/>
     <tableColumn id="6" name="Name"/>
     <tableColumn id="7" name="ProductCode"/>
     <tableColumn id="8" name="Price"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight1" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H1229"/>
+  <dimension ref="A1:H1221"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.3967481613159" customWidth="1"/>
     <col min="2" max="2" width="11.8240190505981" customWidth="1"/>
     <col min="3" max="3" width="20.0569034576416" customWidth="1"/>
     <col min="4" max="4" width="27" customWidth="1"/>
     <col min="5" max="5" width="20.8827949523926" customWidth="1"/>
     <col min="6" max="6" width="55" customWidth="1"/>
     <col min="7" max="7" width="14.0665775299072" customWidth="1"/>
     <col min="8" max="8" width="9.240625" customWidth="1" style="2"/>
     <col min="9" max="9" width="9.240625" customWidth="1"/>
     <col min="10" max="10" width="9.240625" customWidth="1"/>
     <col min="11" max="11" width="9.240625" customWidth="1"/>
     <col min="12" max="12" width="9.240625" customWidth="1"/>
     <col min="13" max="13" width="9.240625" customWidth="1"/>
     <col min="14" max="14" width="9.240625" customWidth="1"/>
     <col min="15" max="15" width="9.240625" customWidth="1"/>
     <col min="16" max="16" width="9.240625" customWidth="1"/>
     <col min="17" max="17" width="9.240625" customWidth="1"/>
     <col min="18" max="18" width="9.240625" customWidth="1"/>
     <col min="19" max="19" width="9.240625" customWidth="1"/>
     <col min="20" max="20" width="9.240625" customWidth="1"/>
@@ -8882,29163 +8825,28937 @@
       <c r="H18" s="3">
         <v>58</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B19" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E19" s="1"/>
       <c r="F19" s="1" t="s">
         <v>45</v>
       </c>
       <c r="G19" s="1" t="s">
         <v>46</v>
       </c>
       <c r="H19" s="3">
-        <v>44.99</v>
+        <v>46.99</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>47</v>
       </c>
       <c r="E20" s="1"/>
       <c r="F20" s="1" t="s">
         <v>48</v>
       </c>
       <c r="G20" s="1" t="s">
         <v>49</v>
       </c>
       <c r="H20" s="3">
-        <v>39.99</v>
+        <v>38.99</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B21" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>47</v>
       </c>
       <c r="E21" s="1"/>
       <c r="F21" s="1" t="s">
         <v>50</v>
       </c>
       <c r="G21" s="1" t="s">
         <v>51</v>
       </c>
       <c r="H21" s="3">
-        <v>38.99</v>
+        <v>32.99</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B22" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>47</v>
       </c>
       <c r="E22" s="1"/>
       <c r="F22" s="1" t="s">
         <v>52</v>
       </c>
       <c r="G22" s="1" t="s">
         <v>53</v>
       </c>
       <c r="H22" s="3">
-        <v>32.99</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B23" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>47</v>
       </c>
       <c r="E23" s="1"/>
       <c r="F23" s="1" t="s">
         <v>54</v>
       </c>
       <c r="G23" s="1" t="s">
         <v>55</v>
       </c>
       <c r="H23" s="3">
-        <v>19.99</v>
+        <v>162</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B24" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>47</v>
       </c>
       <c r="E24" s="1"/>
       <c r="F24" s="1" t="s">
         <v>56</v>
       </c>
       <c r="G24" s="1" t="s">
         <v>57</v>
       </c>
       <c r="H24" s="3">
-        <v>162</v>
+        <v>69.99</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>47</v>
       </c>
       <c r="E25" s="1"/>
       <c r="F25" s="1" t="s">
         <v>58</v>
       </c>
       <c r="G25" s="1" t="s">
         <v>59</v>
       </c>
       <c r="H25" s="3">
-        <v>69.99</v>
+        <v>32.99</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>47</v>
       </c>
       <c r="E26" s="1"/>
       <c r="F26" s="1" t="s">
         <v>60</v>
       </c>
       <c r="G26" s="1" t="s">
         <v>61</v>
       </c>
       <c r="H26" s="3">
-        <v>32.99</v>
+        <v>23.49</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>47</v>
       </c>
       <c r="E27" s="1"/>
       <c r="F27" s="1" t="s">
         <v>62</v>
       </c>
       <c r="G27" s="1" t="s">
         <v>63</v>
       </c>
       <c r="H27" s="3">
-        <v>23.49</v>
+        <v>26.49</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B28" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>47</v>
       </c>
       <c r="E28" s="1"/>
       <c r="F28" s="1" t="s">
         <v>64</v>
       </c>
       <c r="G28" s="1" t="s">
         <v>65</v>
       </c>
       <c r="H28" s="3">
-        <v>26.49</v>
+        <v>71.99</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B29" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>47</v>
       </c>
       <c r="E29" s="1"/>
       <c r="F29" s="1" t="s">
         <v>66</v>
       </c>
       <c r="G29" s="1" t="s">
         <v>67</v>
       </c>
       <c r="H29" s="3">
-        <v>71.99</v>
+        <v>68.99</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B30" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>47</v>
+        <v>68</v>
       </c>
       <c r="E30" s="1"/>
       <c r="F30" s="1" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="H30" s="3">
-        <v>68.99</v>
+        <v>38.49</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B31" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E31" s="1"/>
       <c r="F31" s="1" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H31" s="3">
-        <v>38.49</v>
+        <v>196</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B32" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="E32" s="1"/>
       <c r="F32" s="1" t="s">
         <v>74</v>
       </c>
       <c r="G32" s="1" t="s">
         <v>75</v>
       </c>
       <c r="H32" s="3">
-        <v>196</v>
+        <v>32.99</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B33" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="E33" s="1"/>
       <c r="F33" s="1" t="s">
         <v>76</v>
       </c>
       <c r="G33" s="1" t="s">
         <v>77</v>
       </c>
       <c r="H33" s="3">
-        <v>32.99</v>
+        <v>85</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B34" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="E34" s="1"/>
       <c r="F34" s="1" t="s">
         <v>78</v>
       </c>
       <c r="G34" s="1" t="s">
         <v>79</v>
       </c>
       <c r="H34" s="3">
-        <v>70.49</v>
+        <v>230</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B35" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="E35" s="1"/>
       <c r="F35" s="1" t="s">
         <v>80</v>
       </c>
       <c r="G35" s="1" t="s">
         <v>81</v>
       </c>
       <c r="H35" s="3">
-        <v>85</v>
+        <v>89</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B36" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="E36" s="1"/>
       <c r="F36" s="1" t="s">
         <v>82</v>
       </c>
       <c r="G36" s="1" t="s">
         <v>83</v>
       </c>
       <c r="H36" s="3">
-        <v>230</v>
+        <v>39.95</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B37" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="E37" s="1"/>
       <c r="F37" s="1" t="s">
         <v>84</v>
       </c>
       <c r="G37" s="1" t="s">
         <v>85</v>
       </c>
       <c r="H37" s="3">
-        <v>89</v>
+        <v>41.5</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B38" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="E38" s="1"/>
       <c r="F38" s="1" t="s">
         <v>86</v>
       </c>
       <c r="G38" s="1" t="s">
         <v>87</v>
       </c>
       <c r="H38" s="3">
-        <v>39.95</v>
+        <v>205</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B39" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>73</v>
+        <v>88</v>
       </c>
       <c r="E39" s="1"/>
       <c r="F39" s="1" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="H39" s="3">
-        <v>41.5</v>
+        <v>29.99</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B40" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>73</v>
+        <v>88</v>
       </c>
       <c r="E40" s="1"/>
       <c r="F40" s="1" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="H40" s="3">
-        <v>205</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B41" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="E41" s="1"/>
       <c r="F41" s="1" t="s">
         <v>93</v>
       </c>
       <c r="G41" s="1" t="s">
         <v>94</v>
       </c>
       <c r="H41" s="3">
-        <v>29.99</v>
+        <v>69.99</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B42" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="E42" s="1"/>
       <c r="F42" s="1" t="s">
         <v>95</v>
       </c>
       <c r="G42" s="1" t="s">
         <v>96</v>
       </c>
       <c r="H42" s="3">
-        <v>19.99</v>
+        <v>61.99</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B43" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="E43" s="1"/>
       <c r="F43" s="1" t="s">
         <v>97</v>
       </c>
       <c r="G43" s="1" t="s">
         <v>98</v>
       </c>
       <c r="H43" s="3">
-        <v>69.99</v>
+        <v>110</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B44" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="E44" s="1"/>
       <c r="F44" s="1" t="s">
         <v>99</v>
       </c>
       <c r="G44" s="1" t="s">
         <v>100</v>
       </c>
       <c r="H44" s="3">
-        <v>61.99</v>
+        <v>32.99</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B45" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="E45" s="1"/>
       <c r="F45" s="1" t="s">
         <v>101</v>
       </c>
       <c r="G45" s="1" t="s">
         <v>102</v>
       </c>
       <c r="H45" s="3">
-        <v>110</v>
+        <v>41.99</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B46" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
       <c r="E46" s="1"/>
       <c r="F46" s="1" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="H46" s="3">
-        <v>32.99</v>
+        <v>210</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B47" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
       <c r="E47" s="1"/>
       <c r="F47" s="1" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="H47" s="3">
-        <v>41.99</v>
+        <v>269</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B48" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="E48" s="1"/>
       <c r="F48" s="1" t="s">
         <v>108</v>
       </c>
       <c r="G48" s="1" t="s">
         <v>109</v>
       </c>
       <c r="H48" s="3">
-        <v>210</v>
+        <v>569</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B49" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="E49" s="1"/>
       <c r="F49" s="1" t="s">
         <v>110</v>
       </c>
       <c r="G49" s="1" t="s">
         <v>111</v>
       </c>
       <c r="H49" s="3">
-        <v>269</v>
+        <v>90</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B50" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="E50" s="1"/>
       <c r="F50" s="1" t="s">
         <v>112</v>
       </c>
       <c r="G50" s="1" t="s">
         <v>113</v>
       </c>
       <c r="H50" s="3">
-        <v>569</v>
+        <v>66</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B51" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="E51" s="1"/>
       <c r="F51" s="1" t="s">
         <v>114</v>
       </c>
       <c r="G51" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H51" s="3">
-        <v>90</v>
+        <v>95</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B52" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>107</v>
+        <v>116</v>
       </c>
       <c r="E52" s="1"/>
       <c r="F52" s="1" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="H52" s="3">
-        <v>66</v>
+        <v>99.99</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B53" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C53" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>107</v>
+        <v>116</v>
       </c>
       <c r="E53" s="1"/>
       <c r="F53" s="1" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="H53" s="3">
-        <v>95</v>
+        <v>198</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B54" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="E54" s="1"/>
       <c r="F54" s="1" t="s">
         <v>121</v>
       </c>
       <c r="G54" s="1" t="s">
         <v>122</v>
       </c>
       <c r="H54" s="3">
-        <v>99.99</v>
+        <v>54</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B55" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="E55" s="1"/>
       <c r="F55" s="1" t="s">
         <v>123</v>
       </c>
       <c r="G55" s="1" t="s">
         <v>124</v>
       </c>
       <c r="H55" s="3">
-        <v>198</v>
+        <v>31.99</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B56" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C56" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="E56" s="1"/>
       <c r="F56" s="1" t="s">
         <v>125</v>
       </c>
       <c r="G56" s="1" t="s">
         <v>126</v>
       </c>
       <c r="H56" s="3">
-        <v>54</v>
+        <v>89.89</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B57" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="E57" s="1"/>
       <c r="F57" s="1" t="s">
         <v>127</v>
       </c>
       <c r="G57" s="1" t="s">
         <v>128</v>
       </c>
       <c r="H57" s="3">
-        <v>31.99</v>
+        <v>67.75</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B58" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C58" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="E58" s="1"/>
       <c r="F58" s="1" t="s">
         <v>129</v>
       </c>
       <c r="G58" s="1" t="s">
         <v>130</v>
       </c>
       <c r="H58" s="3">
-        <v>89.89</v>
+        <v>76</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B59" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C59" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>120</v>
+        <v>131</v>
       </c>
       <c r="E59" s="1"/>
       <c r="F59" s="1" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="H59" s="3">
-        <v>67.75</v>
+        <v>90.49</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B60" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C60" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>120</v>
+        <v>131</v>
       </c>
       <c r="E60" s="1"/>
       <c r="F60" s="1" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="H60" s="3">
-        <v>76</v>
+        <v>37.49</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="1" t="s">
-        <v>8</v>
+        <v>136</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>9</v>
+        <v>137</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>8</v>
+        <v>138</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="E61" s="1"/>
       <c r="F61" s="1" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="H61" s="3">
-        <v>90.49</v>
+        <v>6.99</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="1" t="s">
-        <v>8</v>
+        <v>136</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>9</v>
+        <v>142</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>8</v>
+        <v>143</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>135</v>
+        <v>144</v>
       </c>
       <c r="E62" s="1"/>
       <c r="F62" s="1" t="s">
-        <v>138</v>
+        <v>145</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>139</v>
+        <v>146</v>
       </c>
       <c r="H62" s="3">
-        <v>37.49</v>
+        <v>12.19</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="1" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>141</v>
+        <v>9</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="E63" s="1"/>
       <c r="F63" s="1" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
       <c r="H63" s="3">
-        <v>6.99</v>
+        <v>89</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="1" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>146</v>
+        <v>9</v>
       </c>
       <c r="C64" s="1" t="s">
         <v>147</v>
       </c>
       <c r="D64" s="1" t="s">
         <v>148</v>
       </c>
       <c r="E64" s="1"/>
       <c r="F64" s="1" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="H64" s="3">
-        <v>12.19</v>
+        <v>14.19</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="1" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>146</v>
+        <v>9</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="E65" s="1"/>
       <c r="F65" s="1" t="s">
         <v>153</v>
       </c>
       <c r="G65" s="1" t="s">
         <v>154</v>
       </c>
       <c r="H65" s="3">
-        <v>18.49</v>
+        <v>15.99</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="1" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="B66" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C66" s="1" t="s">
         <v>155</v>
       </c>
-      <c r="D66" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D66" s="1"/>
       <c r="E66" s="1"/>
       <c r="F66" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="G66" s="1" t="s">
         <v>157</v>
       </c>
-      <c r="G66" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H66" s="3">
-        <v>89</v>
+        <v>11.99</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="1" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="B67" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="E67" s="1"/>
       <c r="F67" s="1" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="H67" s="3">
-        <v>14.19</v>
+        <v>15.99</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="1" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>9</v>
+        <v>162</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>155</v>
-[...3 lines deleted...]
-      </c>
+        <v>163</v>
+      </c>
+      <c r="D68" s="1"/>
       <c r="E68" s="1"/>
       <c r="F68" s="1" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="H68" s="3">
-        <v>15.99</v>
+        <v>25.99</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="1" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>9</v>
+        <v>166</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="D69" s="1"/>
       <c r="E69" s="1"/>
       <c r="F69" s="1" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>165</v>
+        <v>169</v>
       </c>
       <c r="H69" s="3">
-        <v>11.49</v>
+        <v>33.49</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="1" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>9</v>
+        <v>170</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>166</v>
-[...3 lines deleted...]
-      </c>
+        <v>171</v>
+      </c>
+      <c r="D70" s="1"/>
       <c r="E70" s="1"/>
       <c r="F70" s="1" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="H70" s="3">
-        <v>15.99</v>
+        <v>17.99</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="1" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="D71" s="1"/>
       <c r="E71" s="1"/>
       <c r="F71" s="1" t="s">
-        <v>172</v>
+        <v>176</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>173</v>
+        <v>177</v>
       </c>
       <c r="H71" s="3">
-        <v>25.99</v>
+        <v>16.5</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="1" t="s">
-        <v>140</v>
+        <v>178</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="D72" s="1"/>
       <c r="E72" s="1"/>
       <c r="F72" s="1" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>177</v>
+        <v>182</v>
       </c>
       <c r="H72" s="3">
-        <v>33.49</v>
+        <v>59.99</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="1" t="s">
-        <v>140</v>
+        <v>178</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="D73" s="1"/>
       <c r="E73" s="1"/>
       <c r="F73" s="1" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
       <c r="H73" s="3">
-        <v>17.99</v>
+        <v>68</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="1" t="s">
-        <v>140</v>
+        <v>178</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="C74" s="1" t="s">
         <v>183</v>
       </c>
       <c r="D74" s="1"/>
       <c r="E74" s="1"/>
       <c r="F74" s="1" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="H74" s="3">
-        <v>16.5</v>
+        <v>66</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="1" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>187</v>
+        <v>179</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>188</v>
+        <v>183</v>
       </c>
       <c r="D75" s="1"/>
       <c r="E75" s="1"/>
       <c r="F75" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="G75" s="1" t="s">
         <v>189</v>
       </c>
-      <c r="G75" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H75" s="3">
-        <v>59.99</v>
+        <v>55</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="1" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>187</v>
+        <v>179</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>191</v>
+        <v>183</v>
       </c>
       <c r="D76" s="1"/>
       <c r="E76" s="1"/>
       <c r="F76" s="1" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="H76" s="3">
-        <v>68</v>
+        <v>66</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="1" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>187</v>
+        <v>179</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>191</v>
+        <v>183</v>
       </c>
       <c r="D77" s="1"/>
       <c r="E77" s="1"/>
       <c r="F77" s="1" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="H77" s="3">
-        <v>66</v>
+        <v>57.5</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="1" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>187</v>
+        <v>179</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>191</v>
+        <v>183</v>
       </c>
       <c r="D78" s="1"/>
       <c r="E78" s="1"/>
       <c r="F78" s="1" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="H78" s="3">
-        <v>55</v>
+        <v>66</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="1" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>187</v>
+        <v>179</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>191</v>
+        <v>183</v>
       </c>
       <c r="D79" s="1"/>
       <c r="E79" s="1"/>
       <c r="F79" s="1" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="H79" s="3">
-        <v>66</v>
+        <v>87.99</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="1" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>187</v>
+        <v>179</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>191</v>
+        <v>183</v>
       </c>
       <c r="D80" s="1"/>
       <c r="E80" s="1"/>
       <c r="F80" s="1" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="H80" s="3">
-        <v>57.5</v>
+        <v>98</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="1" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>187</v>
+        <v>179</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>191</v>
+        <v>183</v>
       </c>
       <c r="D81" s="1"/>
       <c r="E81" s="1"/>
       <c r="F81" s="1" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="H81" s="3">
-        <v>66</v>
+        <v>45</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="1" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>187</v>
+        <v>179</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>191</v>
+        <v>183</v>
       </c>
       <c r="D82" s="1"/>
       <c r="E82" s="1"/>
       <c r="F82" s="1" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="H82" s="3">
-        <v>87.99</v>
+        <v>87</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="1" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>187</v>
+        <v>179</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>191</v>
+        <v>183</v>
       </c>
       <c r="D83" s="1"/>
       <c r="E83" s="1"/>
       <c r="F83" s="1" t="s">
-        <v>206</v>
+        <v>202</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="H83" s="3">
-        <v>98</v>
+        <v>79.5</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="1" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>187</v>
+        <v>179</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>191</v>
+        <v>183</v>
       </c>
       <c r="D84" s="1"/>
       <c r="E84" s="1"/>
       <c r="F84" s="1" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="H84" s="3">
-        <v>45</v>
+        <v>88</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="1" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>187</v>
+        <v>179</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>191</v>
+        <v>183</v>
       </c>
       <c r="D85" s="1"/>
       <c r="E85" s="1"/>
       <c r="F85" s="1" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="H85" s="3">
-        <v>87</v>
+        <v>80</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="1" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>187</v>
+        <v>179</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>191</v>
+        <v>183</v>
       </c>
       <c r="D86" s="1"/>
       <c r="E86" s="1"/>
       <c r="F86" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="G86" s="1" t="s">
         <v>210</v>
       </c>
-      <c r="G86" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H86" s="3">
-        <v>79.5</v>
+        <v>85</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="1" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>187</v>
+        <v>179</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>191</v>
+        <v>183</v>
       </c>
       <c r="D87" s="1"/>
       <c r="E87" s="1"/>
       <c r="F87" s="1" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="H87" s="3">
-        <v>88</v>
+        <v>39.89</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="1" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>187</v>
+        <v>179</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>191</v>
+        <v>183</v>
       </c>
       <c r="D88" s="1"/>
       <c r="E88" s="1"/>
       <c r="F88" s="1" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="H88" s="3">
-        <v>80</v>
+        <v>40</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="1" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>187</v>
+        <v>179</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>191</v>
+        <v>183</v>
       </c>
       <c r="D89" s="1"/>
       <c r="E89" s="1"/>
       <c r="F89" s="1" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="H89" s="3">
-        <v>85</v>
+        <v>45</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="1" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>187</v>
+        <v>179</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>191</v>
+        <v>183</v>
       </c>
       <c r="D90" s="1"/>
       <c r="E90" s="1"/>
       <c r="F90" s="1" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="H90" s="3">
-        <v>39.89</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="1" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>187</v>
+        <v>179</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>191</v>
+        <v>183</v>
       </c>
       <c r="D91" s="1"/>
       <c r="E91" s="1"/>
       <c r="F91" s="1" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="H91" s="3">
-        <v>40</v>
+        <v>28.99</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="1" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>187</v>
+        <v>179</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>191</v>
+        <v>183</v>
       </c>
       <c r="D92" s="1"/>
       <c r="E92" s="1"/>
       <c r="F92" s="1" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
       <c r="H92" s="3">
-        <v>45</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="1" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>187</v>
+        <v>179</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>191</v>
+        <v>183</v>
       </c>
       <c r="D93" s="1"/>
       <c r="E93" s="1"/>
       <c r="F93" s="1" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="H93" s="3">
-        <v>24.99</v>
+        <v>62</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="1" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>187</v>
+        <v>179</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>191</v>
+        <v>183</v>
       </c>
       <c r="D94" s="1"/>
       <c r="E94" s="1"/>
       <c r="F94" s="1" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="H94" s="3">
-        <v>28.99</v>
+        <v>31</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="1" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>187</v>
+        <v>179</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>191</v>
+        <v>183</v>
       </c>
       <c r="D95" s="1"/>
       <c r="E95" s="1"/>
       <c r="F95" s="1" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>230</v>
+        <v>228</v>
       </c>
       <c r="H95" s="3">
-        <v>49.5</v>
+        <v>140</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="1" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>187</v>
+        <v>179</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>191</v>
+        <v>183</v>
       </c>
       <c r="D96" s="1"/>
       <c r="E96" s="1"/>
       <c r="F96" s="1" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="H96" s="3">
-        <v>62</v>
+        <v>72.99</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="1" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>187</v>
+        <v>179</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>191</v>
+        <v>183</v>
       </c>
       <c r="D97" s="1"/>
       <c r="E97" s="1"/>
       <c r="F97" s="1" t="s">
-        <v>233</v>
+        <v>231</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="H97" s="3">
-        <v>31</v>
+        <v>59.99</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="1" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>187</v>
+        <v>179</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>191</v>
+        <v>183</v>
       </c>
       <c r="D98" s="1"/>
       <c r="E98" s="1"/>
       <c r="F98" s="1" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="H98" s="3">
-        <v>140</v>
+        <v>59.99</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="1" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>187</v>
+        <v>179</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>191</v>
+        <v>183</v>
       </c>
       <c r="D99" s="1"/>
       <c r="E99" s="1"/>
       <c r="F99" s="1" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="H99" s="3">
-        <v>72.99</v>
+        <v>54.99</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="1" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>187</v>
+        <v>179</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>191</v>
+        <v>183</v>
       </c>
       <c r="D100" s="1"/>
       <c r="E100" s="1"/>
       <c r="F100" s="1" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="H100" s="3">
-        <v>59.99</v>
+        <v>26.99</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="1" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>187</v>
+        <v>179</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>191</v>
+        <v>183</v>
       </c>
       <c r="D101" s="1"/>
       <c r="E101" s="1"/>
       <c r="F101" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="H101" s="3">
-        <v>59.99</v>
+        <v>48</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="1" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>187</v>
+        <v>179</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>191</v>
+        <v>183</v>
       </c>
       <c r="D102" s="1"/>
       <c r="E102" s="1"/>
       <c r="F102" s="1" t="s">
-        <v>243</v>
+        <v>241</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="H102" s="3">
-        <v>54.99</v>
+        <v>16.99</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="1" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>187</v>
+        <v>179</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>191</v>
+        <v>183</v>
       </c>
       <c r="D103" s="1"/>
       <c r="E103" s="1"/>
       <c r="F103" s="1" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>246</v>
+        <v>244</v>
       </c>
       <c r="H103" s="3">
-        <v>26.99</v>
+        <v>55</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="1" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>187</v>
+        <v>179</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>191</v>
+        <v>183</v>
       </c>
       <c r="D104" s="1"/>
       <c r="E104" s="1"/>
       <c r="F104" s="1" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="H104" s="3">
-        <v>48</v>
+        <v>56.99</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="1" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>187</v>
+        <v>179</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>191</v>
+        <v>183</v>
       </c>
       <c r="D105" s="1"/>
       <c r="E105" s="1"/>
       <c r="F105" s="1" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="H105" s="3">
-        <v>16.99</v>
+        <v>49</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="1" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>187</v>
+        <v>179</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>191</v>
+        <v>183</v>
       </c>
       <c r="D106" s="1"/>
       <c r="E106" s="1"/>
       <c r="F106" s="1" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="H106" s="3">
-        <v>55</v>
+        <v>89</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="1" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>187</v>
+        <v>179</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>191</v>
+        <v>183</v>
       </c>
       <c r="D107" s="1"/>
       <c r="E107" s="1"/>
       <c r="F107" s="1" t="s">
-        <v>253</v>
+        <v>251</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>254</v>
+        <v>252</v>
       </c>
       <c r="H107" s="3">
-        <v>56.99</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="1" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>187</v>
+        <v>179</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>191</v>
+        <v>183</v>
       </c>
       <c r="D108" s="1"/>
       <c r="E108" s="1"/>
       <c r="F108" s="1" t="s">
-        <v>255</v>
+        <v>253</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>256</v>
+        <v>254</v>
       </c>
       <c r="H108" s="3">
-        <v>49</v>
+        <v>98</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="1" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>187</v>
+        <v>179</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>191</v>
+        <v>183</v>
       </c>
       <c r="D109" s="1"/>
       <c r="E109" s="1"/>
       <c r="F109" s="1" t="s">
-        <v>257</v>
+        <v>255</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="H109" s="3">
-        <v>89</v>
+        <v>44.99</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="1" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>187</v>
+        <v>179</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>191</v>
+        <v>183</v>
       </c>
       <c r="D110" s="1"/>
       <c r="E110" s="1"/>
       <c r="F110" s="1" t="s">
-        <v>259</v>
+        <v>257</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="H110" s="3">
-        <v>21.99</v>
+        <v>85</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="1" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>187</v>
+        <v>179</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>191</v>
+        <v>183</v>
       </c>
       <c r="D111" s="1"/>
       <c r="E111" s="1"/>
       <c r="F111" s="1" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="H111" s="3">
-        <v>98</v>
+        <v>76</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="1" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>187</v>
+        <v>179</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>191</v>
+        <v>183</v>
       </c>
       <c r="D112" s="1"/>
       <c r="E112" s="1"/>
       <c r="F112" s="1" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
       <c r="H112" s="3">
-        <v>44.99</v>
+        <v>106</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="1" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>187</v>
+        <v>179</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>191</v>
+        <v>183</v>
       </c>
       <c r="D113" s="1"/>
       <c r="E113" s="1"/>
       <c r="F113" s="1" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>266</v>
+        <v>264</v>
       </c>
       <c r="H113" s="3">
-        <v>85</v>
+        <v>75</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="1" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>187</v>
+        <v>179</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>191</v>
-[...1 lines deleted...]
-      <c r="D114" s="1"/>
+        <v>183</v>
+      </c>
+      <c r="D114" s="1" t="s">
+        <v>265</v>
+      </c>
       <c r="E114" s="1"/>
       <c r="F114" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="G114" s="1" t="s">
         <v>267</v>
       </c>
-      <c r="G114" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H114" s="3">
-        <v>76</v>
+        <v>62.5</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="1" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>187</v>
+        <v>179</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>191</v>
-[...1 lines deleted...]
-      <c r="D115" s="1"/>
+        <v>183</v>
+      </c>
+      <c r="D115" s="1" t="s">
+        <v>265</v>
+      </c>
       <c r="E115" s="1"/>
       <c r="F115" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="G115" s="1" t="s">
         <v>269</v>
       </c>
-      <c r="G115" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H115" s="3">
-        <v>106</v>
+        <v>65</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="1" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>187</v>
+        <v>179</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>191</v>
+        <v>270</v>
       </c>
       <c r="D116" s="1"/>
       <c r="E116" s="1"/>
       <c r="F116" s="1" t="s">
         <v>271</v>
       </c>
       <c r="G116" s="1" t="s">
         <v>272</v>
       </c>
       <c r="H116" s="3">
-        <v>75</v>
+        <v>21.5</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="1" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>187</v>
+        <v>170</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>191</v>
-[...1 lines deleted...]
-      <c r="D117" s="1" t="s">
         <v>273</v>
       </c>
+      <c r="D117" s="1"/>
       <c r="E117" s="1"/>
       <c r="F117" s="1" t="s">
         <v>274</v>
       </c>
       <c r="G117" s="1" t="s">
         <v>275</v>
       </c>
       <c r="H117" s="3">
-        <v>62.5</v>
+        <v>14.69</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="1" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>187</v>
+        <v>170</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>191</v>
-[...1 lines deleted...]
-      <c r="D118" s="1" t="s">
         <v>273</v>
       </c>
+      <c r="D118" s="1"/>
       <c r="E118" s="1"/>
       <c r="F118" s="1" t="s">
         <v>276</v>
       </c>
       <c r="G118" s="1" t="s">
         <v>277</v>
       </c>
       <c r="H118" s="3">
-        <v>65</v>
+        <v>23.94</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="1" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>187</v>
+        <v>170</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>278</v>
+        <v>273</v>
       </c>
       <c r="D119" s="1"/>
       <c r="E119" s="1"/>
       <c r="F119" s="1" t="s">
+        <v>278</v>
+      </c>
+      <c r="G119" s="1" t="s">
         <v>279</v>
       </c>
-      <c r="G119" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H119" s="3">
-        <v>21.5</v>
+        <v>16.69</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="1" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>178</v>
+        <v>170</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>281</v>
+        <v>273</v>
       </c>
       <c r="D120" s="1"/>
       <c r="E120" s="1"/>
       <c r="F120" s="1" t="s">
-        <v>282</v>
+        <v>280</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="H120" s="3">
-        <v>14.69</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="1" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>178</v>
+        <v>170</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>281</v>
+        <v>273</v>
       </c>
       <c r="D121" s="1"/>
       <c r="E121" s="1"/>
       <c r="F121" s="1" t="s">
-        <v>284</v>
+        <v>282</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>285</v>
+        <v>283</v>
       </c>
       <c r="H121" s="3">
-        <v>23.94</v>
+        <v>20.99</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="1" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>178</v>
+        <v>170</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>281</v>
+        <v>273</v>
       </c>
       <c r="D122" s="1"/>
       <c r="E122" s="1"/>
       <c r="F122" s="1" t="s">
-        <v>286</v>
+        <v>284</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>287</v>
+        <v>285</v>
       </c>
       <c r="H122" s="3">
-        <v>16.69</v>
+        <v>15.69</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="1" t="s">
-        <v>186</v>
+        <v>286</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>178</v>
+        <v>9</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>281</v>
+        <v>287</v>
       </c>
       <c r="D123" s="1"/>
       <c r="E123" s="1"/>
       <c r="F123" s="1" t="s">
         <v>288</v>
       </c>
       <c r="G123" s="1" t="s">
         <v>289</v>
       </c>
       <c r="H123" s="3">
-        <v>23.5</v>
+        <v>11.99</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="1" t="s">
-        <v>186</v>
+        <v>290</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>178</v>
+        <v>166</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>281</v>
+        <v>167</v>
       </c>
       <c r="D124" s="1"/>
       <c r="E124" s="1"/>
       <c r="F124" s="1" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="H124" s="3">
-        <v>20.99</v>
+        <v>17.99</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="1" t="s">
-        <v>186</v>
+        <v>290</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>178</v>
+        <v>166</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>281</v>
+        <v>167</v>
       </c>
       <c r="D125" s="1"/>
       <c r="E125" s="1"/>
       <c r="F125" s="1" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="H125" s="3">
-        <v>15.69</v>
+        <v>13.19</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="1" t="s">
-        <v>294</v>
+        <v>290</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>9</v>
+        <v>166</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>295</v>
+        <v>167</v>
       </c>
       <c r="D126" s="1"/>
       <c r="E126" s="1"/>
       <c r="F126" s="1" t="s">
+        <v>295</v>
+      </c>
+      <c r="G126" s="1" t="s">
         <v>296</v>
-      </c>
-[...1 lines deleted...]
-        <v>297</v>
       </c>
       <c r="H126" s="3">
         <v>11.99</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="1" t="s">
-        <v>298</v>
+        <v>290</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>174</v>
+        <v>166</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>175</v>
+        <v>167</v>
       </c>
       <c r="D127" s="1"/>
       <c r="E127" s="1"/>
       <c r="F127" s="1" t="s">
-        <v>299</v>
+        <v>297</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>300</v>
+        <v>298</v>
       </c>
       <c r="H127" s="3">
-        <v>17.99</v>
+        <v>4.99</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="1" t="s">
-        <v>298</v>
+        <v>290</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>174</v>
+        <v>166</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>175</v>
+        <v>167</v>
       </c>
       <c r="D128" s="1"/>
       <c r="E128" s="1"/>
       <c r="F128" s="1" t="s">
-        <v>301</v>
+        <v>299</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>302</v>
+        <v>300</v>
       </c>
       <c r="H128" s="3">
-        <v>13.19</v>
+        <v>29.99</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="1" t="s">
-        <v>298</v>
+        <v>290</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>174</v>
+        <v>166</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>175</v>
+        <v>167</v>
       </c>
       <c r="D129" s="1"/>
       <c r="E129" s="1"/>
       <c r="F129" s="1" t="s">
-        <v>303</v>
+        <v>301</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>304</v>
+        <v>302</v>
       </c>
       <c r="H129" s="3">
-        <v>11.99</v>
+        <v>14</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="1" t="s">
-        <v>298</v>
+        <v>290</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>174</v>
+        <v>166</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>175</v>
+        <v>167</v>
       </c>
       <c r="D130" s="1"/>
       <c r="E130" s="1"/>
       <c r="F130" s="1" t="s">
-        <v>305</v>
+        <v>303</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>306</v>
+        <v>304</v>
       </c>
       <c r="H130" s="3">
-        <v>4.99</v>
+        <v>10.99</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="1" t="s">
-        <v>298</v>
+        <v>290</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>174</v>
+        <v>166</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>175</v>
+        <v>167</v>
       </c>
       <c r="D131" s="1"/>
       <c r="E131" s="1"/>
       <c r="F131" s="1" t="s">
-        <v>307</v>
+        <v>305</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>308</v>
+        <v>306</v>
       </c>
       <c r="H131" s="3">
-        <v>29.99</v>
+        <v>28.99</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="1" t="s">
-        <v>298</v>
+        <v>290</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>174</v>
+        <v>166</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>175</v>
-[...1 lines deleted...]
-      <c r="D132" s="1"/>
+        <v>167</v>
+      </c>
+      <c r="D132" s="1" t="s">
+        <v>307</v>
+      </c>
       <c r="E132" s="1"/>
       <c r="F132" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="G132" s="1" t="s">
         <v>309</v>
       </c>
-      <c r="G132" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H132" s="3">
-        <v>14</v>
+        <v>10.99</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="1" t="s">
-        <v>298</v>
+        <v>290</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>174</v>
+        <v>166</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>175</v>
-[...1 lines deleted...]
-      <c r="D133" s="1"/>
+        <v>167</v>
+      </c>
+      <c r="D133" s="1" t="s">
+        <v>310</v>
+      </c>
       <c r="E133" s="1"/>
       <c r="F133" s="1" t="s">
         <v>311</v>
       </c>
       <c r="G133" s="1" t="s">
         <v>312</v>
       </c>
       <c r="H133" s="3">
-        <v>10.99</v>
+        <v>8.49</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="1" t="s">
-        <v>298</v>
+        <v>290</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>174</v>
+        <v>166</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>175</v>
-[...1 lines deleted...]
-      <c r="D134" s="1"/>
+        <v>167</v>
+      </c>
+      <c r="D134" s="1" t="s">
+        <v>310</v>
+      </c>
       <c r="E134" s="1"/>
       <c r="F134" s="1" t="s">
         <v>313</v>
       </c>
       <c r="G134" s="1" t="s">
         <v>314</v>
       </c>
       <c r="H134" s="3">
-        <v>28.99</v>
+        <v>10.99</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="1" t="s">
-        <v>298</v>
+        <v>290</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>174</v>
+        <v>166</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>175</v>
+        <v>167</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>315</v>
+        <v>310</v>
       </c>
       <c r="E135" s="1"/>
       <c r="F135" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="G135" s="1" t="s">
         <v>316</v>
       </c>
-      <c r="G135" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H135" s="3">
-        <v>10.99</v>
+        <v>3.69</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="1" t="s">
-        <v>298</v>
+        <v>290</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>174</v>
+        <v>166</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>175</v>
+        <v>167</v>
       </c>
       <c r="D136" s="1" t="s">
-        <v>315</v>
+        <v>310</v>
       </c>
       <c r="E136" s="1"/>
       <c r="F136" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="G136" s="1" t="s">
         <v>318</v>
       </c>
-      <c r="G136" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H136" s="3">
-        <v>3.95</v>
+        <v>10.99</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="1" t="s">
-        <v>298</v>
+        <v>290</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>174</v>
+        <v>166</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>175</v>
+        <v>167</v>
       </c>
       <c r="D137" s="1" t="s">
-        <v>320</v>
+        <v>310</v>
       </c>
       <c r="E137" s="1"/>
       <c r="F137" s="1" t="s">
-        <v>321</v>
+        <v>319</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>322</v>
+        <v>320</v>
       </c>
       <c r="H137" s="3">
-        <v>8.49</v>
+        <v>3.49</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="1" t="s">
-        <v>298</v>
+        <v>321</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>174</v>
+        <v>322</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>175</v>
-[...3 lines deleted...]
-      </c>
+        <v>322</v>
+      </c>
+      <c r="D138" s="1"/>
       <c r="E138" s="1"/>
       <c r="F138" s="1" t="s">
         <v>323</v>
       </c>
       <c r="G138" s="1" t="s">
         <v>324</v>
       </c>
       <c r="H138" s="3">
-        <v>10.99</v>
+        <v>5.49</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="1" t="s">
-        <v>298</v>
+        <v>321</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>174</v>
+        <v>137</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>175</v>
+        <v>325</v>
       </c>
       <c r="D139" s="1" t="s">
-        <v>320</v>
+        <v>326</v>
       </c>
       <c r="E139" s="1"/>
       <c r="F139" s="1" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="H139" s="3">
-        <v>3.69</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="1" t="s">
-        <v>298</v>
+        <v>321</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>174</v>
+        <v>137</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>175</v>
-[...3 lines deleted...]
-      </c>
+        <v>138</v>
+      </c>
+      <c r="D140" s="1"/>
       <c r="E140" s="1"/>
       <c r="F140" s="1" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="H140" s="3">
-        <v>10.99</v>
+        <v>20.19</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="1" t="s">
-        <v>298</v>
+        <v>321</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>174</v>
+        <v>137</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>175</v>
+        <v>138</v>
       </c>
       <c r="D141" s="1" t="s">
-        <v>320</v>
+        <v>331</v>
       </c>
       <c r="E141" s="1"/>
       <c r="F141" s="1" t="s">
-        <v>329</v>
+        <v>332</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>330</v>
+        <v>333</v>
       </c>
       <c r="H141" s="3">
-        <v>3.49</v>
+        <v>10.99</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>332</v>
+        <v>137</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>332</v>
-[...1 lines deleted...]
-      <c r="D142" s="1"/>
+        <v>138</v>
+      </c>
+      <c r="D142" s="1" t="s">
+        <v>334</v>
+      </c>
       <c r="E142" s="1"/>
       <c r="F142" s="1" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="H142" s="3">
-        <v>5.49</v>
+        <v>110</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>141</v>
+        <v>137</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>335</v>
+        <v>138</v>
       </c>
       <c r="D143" s="1" t="s">
-        <v>336</v>
-[...1 lines deleted...]
-      <c r="E143" s="1"/>
+        <v>334</v>
+      </c>
+      <c r="E143" s="1" t="s">
+        <v>337</v>
+      </c>
       <c r="F143" s="1" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="H143" s="3">
-        <v>21.99</v>
+        <v>75</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>141</v>
+        <v>137</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>142</v>
-[...2 lines deleted...]
-      <c r="E144" s="1"/>
+        <v>138</v>
+      </c>
+      <c r="D144" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="E144" s="1" t="s">
+        <v>337</v>
+      </c>
       <c r="F144" s="1" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="H144" s="3">
-        <v>20.19</v>
+        <v>14.99</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>141</v>
+        <v>137</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="D145" s="1" t="s">
-        <v>341</v>
-[...1 lines deleted...]
-      <c r="E145" s="1"/>
+        <v>334</v>
+      </c>
+      <c r="E145" s="1" t="s">
+        <v>337</v>
+      </c>
       <c r="F145" s="1" t="s">
         <v>342</v>
       </c>
       <c r="G145" s="1" t="s">
         <v>343</v>
       </c>
       <c r="H145" s="3">
-        <v>10.99</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>141</v>
+        <v>137</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="D146" s="1" t="s">
-        <v>341</v>
-[...1 lines deleted...]
-      <c r="E146" s="1"/>
+        <v>334</v>
+      </c>
+      <c r="E146" s="1" t="s">
+        <v>337</v>
+      </c>
       <c r="F146" s="1" t="s">
         <v>344</v>
       </c>
       <c r="G146" s="1" t="s">
         <v>345</v>
       </c>
       <c r="H146" s="3">
-        <v>9.19</v>
+        <v>34.99</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>141</v>
+        <v>137</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="D147" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="E147" s="1" t="s">
         <v>346</v>
       </c>
-      <c r="E147" s="1"/>
       <c r="F147" s="1" t="s">
         <v>347</v>
       </c>
       <c r="G147" s="1" t="s">
         <v>348</v>
       </c>
       <c r="H147" s="3">
-        <v>110</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>141</v>
+        <v>137</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="D148" s="1" t="s">
-        <v>346</v>
-[...1 lines deleted...]
-      <c r="E148" s="1" t="s">
         <v>349</v>
       </c>
+      <c r="E148" s="1"/>
       <c r="F148" s="1" t="s">
         <v>350</v>
       </c>
       <c r="G148" s="1" t="s">
         <v>351</v>
       </c>
       <c r="H148" s="3">
-        <v>75</v>
+        <v>14.99</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>141</v>
+        <v>137</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="D149" s="1" t="s">
-        <v>346</v>
-[...1 lines deleted...]
-      <c r="E149" s="1" t="s">
         <v>349</v>
       </c>
+      <c r="E149" s="1"/>
       <c r="F149" s="1" t="s">
         <v>352</v>
       </c>
       <c r="G149" s="1" t="s">
         <v>353</v>
       </c>
       <c r="H149" s="3">
-        <v>14.99</v>
+        <v>12.99</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>141</v>
+        <v>137</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="D150" s="1" t="s">
-        <v>346</v>
-[...1 lines deleted...]
-      <c r="E150" s="1" t="s">
         <v>349</v>
       </c>
+      <c r="E150" s="1"/>
       <c r="F150" s="1" t="s">
         <v>354</v>
       </c>
       <c r="G150" s="1" t="s">
         <v>355</v>
       </c>
       <c r="H150" s="3">
-        <v>23.5</v>
+        <v>14.99</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>141</v>
+        <v>137</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="D151" s="1" t="s">
-        <v>346</v>
-[...1 lines deleted...]
-      <c r="E151" s="1" t="s">
         <v>349</v>
       </c>
+      <c r="E151" s="1"/>
       <c r="F151" s="1" t="s">
         <v>356</v>
       </c>
       <c r="G151" s="1" t="s">
         <v>357</v>
       </c>
       <c r="H151" s="3">
-        <v>34.99</v>
+        <v>11.79</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>141</v>
+        <v>137</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="D152" s="1" t="s">
-        <v>346</v>
-[...1 lines deleted...]
-      <c r="E152" s="1" t="s">
         <v>358</v>
       </c>
+      <c r="E152" s="1"/>
       <c r="F152" s="1" t="s">
         <v>359</v>
       </c>
       <c r="G152" s="1" t="s">
         <v>360</v>
       </c>
       <c r="H152" s="3">
-        <v>19.99</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>142</v>
+        <v>361</v>
       </c>
       <c r="D153" s="1" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="E153" s="1"/>
       <c r="F153" s="1" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="H153" s="3">
-        <v>14.99</v>
+        <v>25</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>142</v>
-[...3 lines deleted...]
-      </c>
+        <v>143</v>
+      </c>
+      <c r="D154" s="1"/>
       <c r="E154" s="1"/>
       <c r="F154" s="1" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="H154" s="3">
-        <v>12.99</v>
+        <v>380</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>142</v>
-[...3 lines deleted...]
-      </c>
+        <v>143</v>
+      </c>
+      <c r="D155" s="1"/>
       <c r="E155" s="1"/>
       <c r="F155" s="1" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="H155" s="3">
-        <v>14.99</v>
+        <v>425</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>142</v>
-[...3 lines deleted...]
-      </c>
+        <v>143</v>
+      </c>
+      <c r="D156" s="1"/>
       <c r="E156" s="1"/>
       <c r="F156" s="1" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="H156" s="3">
-        <v>11.79</v>
+        <v>550</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>142</v>
-[...3 lines deleted...]
-      </c>
+        <v>143</v>
+      </c>
+      <c r="D157" s="1"/>
       <c r="E157" s="1"/>
       <c r="F157" s="1" t="s">
         <v>371</v>
       </c>
       <c r="G157" s="1" t="s">
         <v>372</v>
       </c>
       <c r="H157" s="3">
-        <v>23.5</v>
+        <v>479</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>373</v>
-[...3 lines deleted...]
-      </c>
+        <v>143</v>
+      </c>
+      <c r="D158" s="1"/>
       <c r="E158" s="1"/>
       <c r="F158" s="1" t="s">
-        <v>375</v>
+        <v>373</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>376</v>
+        <v>374</v>
       </c>
       <c r="H158" s="3">
-        <v>25</v>
+        <v>85</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>147</v>
-[...1 lines deleted...]
-      <c r="D159" s="1"/>
+        <v>143</v>
+      </c>
+      <c r="D159" s="1" t="s">
+        <v>375</v>
+      </c>
       <c r="E159" s="1"/>
       <c r="F159" s="1" t="s">
+        <v>376</v>
+      </c>
+      <c r="G159" s="1" t="s">
         <v>377</v>
       </c>
-      <c r="G159" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H159" s="3">
-        <v>380</v>
+        <v>42.99</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>147</v>
-[...1 lines deleted...]
-      <c r="D160" s="1"/>
+        <v>143</v>
+      </c>
+      <c r="D160" s="1" t="s">
+        <v>375</v>
+      </c>
       <c r="E160" s="1"/>
       <c r="F160" s="1" t="s">
+        <v>378</v>
+      </c>
+      <c r="G160" s="1" t="s">
         <v>379</v>
       </c>
-      <c r="G160" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H160" s="3">
-        <v>425</v>
+        <v>42.99</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>147</v>
-[...1 lines deleted...]
-      <c r="D161" s="1"/>
+        <v>143</v>
+      </c>
+      <c r="D161" s="1" t="s">
+        <v>375</v>
+      </c>
       <c r="E161" s="1"/>
       <c r="F161" s="1" t="s">
+        <v>380</v>
+      </c>
+      <c r="G161" s="1" t="s">
         <v>381</v>
       </c>
-      <c r="G161" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H161" s="3">
-        <v>550</v>
+        <v>129</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>147</v>
-[...1 lines deleted...]
-      <c r="D162" s="1"/>
+        <v>143</v>
+      </c>
+      <c r="D162" s="1" t="s">
+        <v>375</v>
+      </c>
       <c r="E162" s="1"/>
       <c r="F162" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="G162" s="1" t="s">
         <v>383</v>
       </c>
-      <c r="G162" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H162" s="3">
-        <v>479</v>
+        <v>125</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>147</v>
-[...1 lines deleted...]
-      <c r="D163" s="1"/>
+        <v>143</v>
+      </c>
+      <c r="D163" s="1" t="s">
+        <v>375</v>
+      </c>
       <c r="E163" s="1"/>
       <c r="F163" s="1" t="s">
+        <v>384</v>
+      </c>
+      <c r="G163" s="1" t="s">
         <v>385</v>
       </c>
-      <c r="G163" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H163" s="3">
-        <v>85</v>
+        <v>27.99</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="D164" s="1" t="s">
-        <v>387</v>
+        <v>375</v>
       </c>
       <c r="E164" s="1"/>
       <c r="F164" s="1" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>389</v>
+        <v>387</v>
       </c>
       <c r="H164" s="3">
-        <v>42.99</v>
+        <v>199</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="D165" s="1" t="s">
-        <v>387</v>
+        <v>375</v>
       </c>
       <c r="E165" s="1"/>
       <c r="F165" s="1" t="s">
-        <v>390</v>
+        <v>388</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>391</v>
+        <v>389</v>
       </c>
       <c r="H165" s="3">
-        <v>42.99</v>
+        <v>225</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="D166" s="1" t="s">
-        <v>387</v>
+        <v>144</v>
       </c>
       <c r="E166" s="1"/>
       <c r="F166" s="1" t="s">
-        <v>392</v>
+        <v>390</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="H166" s="3">
-        <v>129</v>
+        <v>12.99</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="D167" s="1" t="s">
-        <v>387</v>
+        <v>144</v>
       </c>
       <c r="E167" s="1"/>
       <c r="F167" s="1" t="s">
-        <v>394</v>
+        <v>392</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>395</v>
+        <v>393</v>
       </c>
       <c r="H167" s="3">
-        <v>125</v>
+        <v>12.99</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="D168" s="1" t="s">
-        <v>387</v>
+        <v>394</v>
       </c>
       <c r="E168" s="1"/>
       <c r="F168" s="1" t="s">
+        <v>395</v>
+      </c>
+      <c r="G168" s="1" t="s">
         <v>396</v>
       </c>
-      <c r="G168" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H168" s="3">
-        <v>27.99</v>
+        <v>165</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="D169" s="1" t="s">
-        <v>387</v>
+        <v>394</v>
       </c>
       <c r="E169" s="1"/>
       <c r="F169" s="1" t="s">
+        <v>397</v>
+      </c>
+      <c r="G169" s="1" t="s">
         <v>398</v>
       </c>
-      <c r="G169" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H169" s="3">
-        <v>199</v>
+        <v>170</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B170" s="1" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="D170" s="1" t="s">
-        <v>387</v>
+        <v>399</v>
       </c>
       <c r="E170" s="1"/>
       <c r="F170" s="1" t="s">
         <v>400</v>
       </c>
       <c r="G170" s="1" t="s">
         <v>401</v>
       </c>
       <c r="H170" s="3">
-        <v>225</v>
+        <v>35</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B171" s="1" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="D171" s="1" t="s">
-        <v>387</v>
-[...1 lines deleted...]
-      <c r="E171" s="1" t="s">
+        <v>399</v>
+      </c>
+      <c r="E171" s="1"/>
+      <c r="F171" s="1" t="s">
         <v>402</v>
       </c>
-      <c r="F171" s="1" t="s">
+      <c r="G171" s="1" t="s">
         <v>403</v>
       </c>
-      <c r="G171" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H171" s="3">
-        <v>51.49</v>
+        <v>200</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B172" s="1" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="D172" s="1" t="s">
-        <v>148</v>
+        <v>399</v>
       </c>
       <c r="E172" s="1"/>
       <c r="F172" s="1" t="s">
+        <v>404</v>
+      </c>
+      <c r="G172" s="1" t="s">
         <v>405</v>
       </c>
-      <c r="G172" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H172" s="3">
-        <v>12.99</v>
+        <v>13.99</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>147</v>
-[...3 lines deleted...]
-      </c>
+        <v>406</v>
+      </c>
+      <c r="D173" s="1"/>
       <c r="E173" s="1"/>
       <c r="F173" s="1" t="s">
         <v>407</v>
       </c>
       <c r="G173" s="1" t="s">
         <v>408</v>
       </c>
       <c r="H173" s="3">
-        <v>12.99</v>
+        <v>10.49</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B174" s="1" t="s">
-        <v>146</v>
+        <v>409</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>147</v>
-[...3 lines deleted...]
-      </c>
+        <v>410</v>
+      </c>
+      <c r="D174" s="1"/>
       <c r="E174" s="1"/>
       <c r="F174" s="1" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="H174" s="3">
-        <v>165</v>
+        <v>13.99</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B175" s="1" t="s">
-        <v>146</v>
+        <v>409</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>147</v>
-[...3 lines deleted...]
-      </c>
+        <v>410</v>
+      </c>
+      <c r="D175" s="1"/>
       <c r="E175" s="1"/>
       <c r="F175" s="1" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="H175" s="3">
-        <v>170</v>
+        <v>9.49</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B176" s="1" t="s">
-        <v>146</v>
+        <v>409</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>147</v>
-[...3 lines deleted...]
-      </c>
+        <v>410</v>
+      </c>
+      <c r="D176" s="1"/>
       <c r="E176" s="1"/>
       <c r="F176" s="1" t="s">
         <v>415</v>
       </c>
       <c r="G176" s="1" t="s">
         <v>416</v>
       </c>
       <c r="H176" s="3">
-        <v>35</v>
+        <v>9.49</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B177" s="1" t="s">
-        <v>146</v>
+        <v>409</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>147</v>
-[...3 lines deleted...]
-      </c>
+        <v>410</v>
+      </c>
+      <c r="D177" s="1"/>
       <c r="E177" s="1"/>
       <c r="F177" s="1" t="s">
         <v>417</v>
       </c>
       <c r="G177" s="1" t="s">
         <v>418</v>
       </c>
       <c r="H177" s="3">
-        <v>200</v>
+        <v>2.75</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B178" s="1" t="s">
-        <v>146</v>
+        <v>409</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>147</v>
-[...3 lines deleted...]
-      </c>
+        <v>410</v>
+      </c>
+      <c r="D178" s="1"/>
       <c r="E178" s="1"/>
       <c r="F178" s="1" t="s">
         <v>419</v>
       </c>
       <c r="G178" s="1" t="s">
         <v>420</v>
       </c>
       <c r="H178" s="3">
-        <v>13.99</v>
+        <v>5.49</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B179" s="1" t="s">
-        <v>146</v>
+        <v>409</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>421</v>
+        <v>410</v>
       </c>
       <c r="D179" s="1"/>
       <c r="E179" s="1"/>
       <c r="F179" s="1" t="s">
+        <v>421</v>
+      </c>
+      <c r="G179" s="1" t="s">
         <v>422</v>
       </c>
-      <c r="G179" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H179" s="3">
-        <v>10.49</v>
+        <v>9.99</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B180" s="1" t="s">
-        <v>424</v>
+        <v>409</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>425</v>
+        <v>410</v>
       </c>
       <c r="D180" s="1"/>
       <c r="E180" s="1"/>
       <c r="F180" s="1" t="s">
-        <v>426</v>
+        <v>423</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>427</v>
+        <v>424</v>
       </c>
       <c r="H180" s="3">
-        <v>13.99</v>
+        <v>9.49</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B181" s="1" t="s">
-        <v>424</v>
+        <v>409</v>
       </c>
       <c r="C181" s="1" t="s">
         <v>425</v>
       </c>
-      <c r="D181" s="1"/>
+      <c r="D181" s="1" t="s">
+        <v>426</v>
+      </c>
       <c r="E181" s="1"/>
       <c r="F181" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="G181" s="1" t="s">
         <v>428</v>
       </c>
-      <c r="G181" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H181" s="3">
-        <v>9.49</v>
+        <v>13.99</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B182" s="1" t="s">
-        <v>424</v>
+        <v>429</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>425</v>
-[...2 lines deleted...]
-      <c r="E182" s="1"/>
+        <v>430</v>
+      </c>
+      <c r="D182" s="1" t="s">
+        <v>431</v>
+      </c>
+      <c r="E182" s="1" t="s">
+        <v>432</v>
+      </c>
       <c r="F182" s="1" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="H182" s="3">
-        <v>9.49</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B183" s="1" t="s">
-        <v>424</v>
+        <v>9</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>425</v>
+        <v>147</v>
       </c>
       <c r="D183" s="1"/>
       <c r="E183" s="1"/>
       <c r="F183" s="1" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>433</v>
+        <v>436</v>
       </c>
       <c r="H183" s="3">
-        <v>2.75</v>
+        <v>450</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B184" s="1" t="s">
-        <v>424</v>
+        <v>9</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>425</v>
+        <v>147</v>
       </c>
       <c r="D184" s="1"/>
       <c r="E184" s="1"/>
       <c r="F184" s="1" t="s">
-        <v>434</v>
+        <v>437</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>435</v>
+        <v>438</v>
       </c>
       <c r="H184" s="3">
-        <v>5.49</v>
+        <v>13.99</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B185" s="1" t="s">
-        <v>424</v>
+        <v>9</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>425</v>
+        <v>147</v>
       </c>
       <c r="D185" s="1"/>
       <c r="E185" s="1"/>
       <c r="F185" s="1" t="s">
-        <v>436</v>
+        <v>439</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>437</v>
+        <v>440</v>
       </c>
       <c r="H185" s="3">
-        <v>9.99</v>
+        <v>48</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B186" s="1" t="s">
-        <v>424</v>
+        <v>9</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>425</v>
+        <v>147</v>
       </c>
       <c r="D186" s="1"/>
       <c r="E186" s="1"/>
       <c r="F186" s="1" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="H186" s="3">
-        <v>9.99</v>
+        <v>12.99</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B187" s="1" t="s">
-        <v>424</v>
+        <v>9</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>425</v>
+        <v>147</v>
       </c>
       <c r="D187" s="1"/>
       <c r="E187" s="1"/>
       <c r="F187" s="1" t="s">
-        <v>440</v>
+        <v>443</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="H187" s="3">
-        <v>9.49</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B188" s="1" t="s">
-        <v>424</v>
+        <v>9</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>442</v>
-[...3 lines deleted...]
-      </c>
+        <v>147</v>
+      </c>
+      <c r="D188" s="1"/>
       <c r="E188" s="1"/>
       <c r="F188" s="1" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="H188" s="3">
-        <v>13.99</v>
+        <v>55.49</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B189" s="1" t="s">
-        <v>446</v>
+        <v>9</v>
       </c>
       <c r="C189" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="D189" s="1"/>
+      <c r="E189" s="1"/>
+      <c r="F189" s="1" t="s">
         <v>447</v>
       </c>
-      <c r="D189" s="1" t="s">
+      <c r="G189" s="1" t="s">
         <v>448</v>
       </c>
-      <c r="E189" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H189" s="3">
-        <v>19.99</v>
+        <v>10.99</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B190" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>155</v>
-[...1 lines deleted...]
-      <c r="D190" s="1"/>
+        <v>147</v>
+      </c>
+      <c r="D190" s="1" t="s">
+        <v>449</v>
+      </c>
       <c r="E190" s="1"/>
       <c r="F190" s="1" t="s">
-        <v>452</v>
+        <v>450</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>453</v>
+        <v>451</v>
       </c>
       <c r="H190" s="3">
-        <v>450</v>
+        <v>29.99</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B191" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>155</v>
-[...1 lines deleted...]
-      <c r="D191" s="1"/>
+        <v>147</v>
+      </c>
+      <c r="D191" s="1" t="s">
+        <v>449</v>
+      </c>
       <c r="E191" s="1"/>
       <c r="F191" s="1" t="s">
-        <v>454</v>
+        <v>452</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>455</v>
+        <v>453</v>
       </c>
       <c r="H191" s="3">
         <v>13.99</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B192" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>155</v>
-[...1 lines deleted...]
-      <c r="D192" s="1"/>
+        <v>147</v>
+      </c>
+      <c r="D192" s="1" t="s">
+        <v>449</v>
+      </c>
       <c r="E192" s="1"/>
       <c r="F192" s="1" t="s">
-        <v>456</v>
+        <v>454</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>457</v>
+        <v>455</v>
       </c>
       <c r="H192" s="3">
-        <v>48</v>
+        <v>14.75</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B193" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>155</v>
-[...1 lines deleted...]
-      <c r="D193" s="1"/>
+        <v>147</v>
+      </c>
+      <c r="D193" s="1" t="s">
+        <v>456</v>
+      </c>
       <c r="E193" s="1"/>
       <c r="F193" s="1" t="s">
+        <v>457</v>
+      </c>
+      <c r="G193" s="1" t="s">
         <v>458</v>
       </c>
-      <c r="G193" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H193" s="3">
-        <v>12.99</v>
+        <v>9.99</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B194" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>155</v>
-[...1 lines deleted...]
-      <c r="D194" s="1"/>
+        <v>147</v>
+      </c>
+      <c r="D194" s="1" t="s">
+        <v>459</v>
+      </c>
       <c r="E194" s="1"/>
       <c r="F194" s="1" t="s">
         <v>460</v>
       </c>
       <c r="G194" s="1" t="s">
         <v>461</v>
       </c>
       <c r="H194" s="3">
-        <v>19.99</v>
+        <v>31.5</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B195" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>155</v>
-[...1 lines deleted...]
-      <c r="D195" s="1"/>
+        <v>147</v>
+      </c>
+      <c r="D195" s="1" t="s">
+        <v>459</v>
+      </c>
       <c r="E195" s="1"/>
       <c r="F195" s="1" t="s">
         <v>462</v>
       </c>
       <c r="G195" s="1" t="s">
         <v>463</v>
       </c>
       <c r="H195" s="3">
-        <v>55.49</v>
+        <v>32</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B196" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>155</v>
-[...1 lines deleted...]
-      <c r="D196" s="1"/>
+        <v>147</v>
+      </c>
+      <c r="D196" s="1" t="s">
+        <v>464</v>
+      </c>
       <c r="E196" s="1"/>
       <c r="F196" s="1" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="H196" s="3">
-        <v>10.99</v>
+        <v>23</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B197" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D197" s="1" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="E197" s="1"/>
       <c r="F197" s="1" t="s">
         <v>467</v>
       </c>
       <c r="G197" s="1" t="s">
         <v>468</v>
       </c>
       <c r="H197" s="3">
-        <v>29.99</v>
+        <v>22.99</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B198" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D198" s="1" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="E198" s="1"/>
       <c r="F198" s="1" t="s">
         <v>469</v>
       </c>
       <c r="G198" s="1" t="s">
         <v>470</v>
       </c>
       <c r="H198" s="3">
-        <v>13.99</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B199" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D199" s="1" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="E199" s="1"/>
       <c r="F199" s="1" t="s">
         <v>471</v>
       </c>
       <c r="G199" s="1" t="s">
         <v>472</v>
       </c>
       <c r="H199" s="3">
-        <v>14.75</v>
+        <v>35</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B200" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D200" s="1" t="s">
-        <v>473</v>
+        <v>464</v>
       </c>
       <c r="E200" s="1"/>
       <c r="F200" s="1" t="s">
+        <v>473</v>
+      </c>
+      <c r="G200" s="1" t="s">
         <v>474</v>
       </c>
-      <c r="G200" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H200" s="3">
-        <v>9.99</v>
+        <v>39</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B201" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D201" s="1" t="s">
-        <v>476</v>
+        <v>464</v>
       </c>
       <c r="E201" s="1"/>
       <c r="F201" s="1" t="s">
-        <v>477</v>
+        <v>475</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>478</v>
+        <v>476</v>
       </c>
       <c r="H201" s="3">
-        <v>31.5</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B202" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D202" s="1" t="s">
-        <v>476</v>
+        <v>464</v>
       </c>
       <c r="E202" s="1"/>
       <c r="F202" s="1" t="s">
-        <v>479</v>
+        <v>477</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>480</v>
+        <v>478</v>
       </c>
       <c r="H202" s="3">
-        <v>32</v>
+        <v>12.49</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B203" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D203" s="1" t="s">
-        <v>481</v>
+        <v>464</v>
       </c>
       <c r="E203" s="1"/>
       <c r="F203" s="1" t="s">
-        <v>482</v>
+        <v>479</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>483</v>
+        <v>480</v>
       </c>
       <c r="H203" s="3">
-        <v>23</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B204" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D204" s="1" t="s">
-        <v>481</v>
+        <v>464</v>
       </c>
       <c r="E204" s="1"/>
       <c r="F204" s="1" t="s">
-        <v>484</v>
+        <v>481</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>485</v>
+        <v>482</v>
       </c>
       <c r="H204" s="3">
-        <v>22.99</v>
+        <v>32.49</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B205" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D205" s="1" t="s">
-        <v>481</v>
+        <v>464</v>
       </c>
       <c r="E205" s="1"/>
       <c r="F205" s="1" t="s">
-        <v>486</v>
+        <v>483</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>487</v>
+        <v>484</v>
       </c>
       <c r="H205" s="3">
-        <v>39.5</v>
+        <v>32.99</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B206" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D206" s="1" t="s">
-        <v>481</v>
+        <v>464</v>
       </c>
       <c r="E206" s="1"/>
       <c r="F206" s="1" t="s">
-        <v>488</v>
+        <v>485</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>489</v>
+        <v>486</v>
       </c>
       <c r="H206" s="3">
-        <v>35</v>
+        <v>25</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B207" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D207" s="1" t="s">
-        <v>481</v>
+        <v>464</v>
       </c>
       <c r="E207" s="1"/>
       <c r="F207" s="1" t="s">
-        <v>490</v>
+        <v>487</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>491</v>
+        <v>488</v>
       </c>
       <c r="H207" s="3">
-        <v>39</v>
+        <v>28.99</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B208" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D208" s="1" t="s">
-        <v>481</v>
+        <v>464</v>
       </c>
       <c r="E208" s="1"/>
       <c r="F208" s="1" t="s">
-        <v>492</v>
+        <v>489</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>493</v>
+        <v>490</v>
       </c>
       <c r="H208" s="3">
-        <v>22.5</v>
+        <v>58</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B209" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D209" s="1" t="s">
-        <v>481</v>
+        <v>464</v>
       </c>
       <c r="E209" s="1"/>
       <c r="F209" s="1" t="s">
-        <v>494</v>
+        <v>491</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>495</v>
+        <v>492</v>
       </c>
       <c r="H209" s="3">
-        <v>12.49</v>
+        <v>59.95</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B210" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D210" s="1" t="s">
-        <v>481</v>
+        <v>464</v>
       </c>
       <c r="E210" s="1"/>
       <c r="F210" s="1" t="s">
-        <v>496</v>
+        <v>493</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>497</v>
+        <v>494</v>
       </c>
       <c r="H210" s="3">
-        <v>32.5</v>
+        <v>26.5</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B211" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D211" s="1" t="s">
-        <v>481</v>
+        <v>464</v>
       </c>
       <c r="E211" s="1"/>
       <c r="F211" s="1" t="s">
-        <v>498</v>
+        <v>495</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>499</v>
+        <v>496</v>
       </c>
       <c r="H211" s="3">
-        <v>32.49</v>
+        <v>35</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B212" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D212" s="1" t="s">
-        <v>481</v>
+        <v>464</v>
       </c>
       <c r="E212" s="1"/>
       <c r="F212" s="1" t="s">
-        <v>500</v>
+        <v>497</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>501</v>
+        <v>498</v>
       </c>
       <c r="H212" s="3">
-        <v>32.99</v>
+        <v>36.5</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B213" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D213" s="1" t="s">
-        <v>481</v>
+        <v>464</v>
       </c>
       <c r="E213" s="1"/>
       <c r="F213" s="1" t="s">
-        <v>502</v>
+        <v>499</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>503</v>
+        <v>500</v>
       </c>
       <c r="H213" s="3">
-        <v>25</v>
+        <v>35</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B214" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D214" s="1" t="s">
-        <v>481</v>
+        <v>464</v>
       </c>
       <c r="E214" s="1"/>
       <c r="F214" s="1" t="s">
-        <v>504</v>
+        <v>501</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>505</v>
+        <v>502</v>
       </c>
       <c r="H214" s="3">
-        <v>28.99</v>
+        <v>24</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B215" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D215" s="1" t="s">
-        <v>481</v>
+        <v>464</v>
       </c>
       <c r="E215" s="1"/>
       <c r="F215" s="1" t="s">
-        <v>506</v>
+        <v>503</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>507</v>
+        <v>504</v>
       </c>
       <c r="H215" s="3">
-        <v>58</v>
+        <v>38</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B216" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D216" s="1" t="s">
-        <v>481</v>
+        <v>464</v>
       </c>
       <c r="E216" s="1"/>
       <c r="F216" s="1" t="s">
-        <v>508</v>
+        <v>505</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>509</v>
+        <v>506</v>
       </c>
       <c r="H216" s="3">
-        <v>59.95</v>
+        <v>48</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B217" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D217" s="1" t="s">
-        <v>481</v>
+        <v>507</v>
       </c>
       <c r="E217" s="1"/>
       <c r="F217" s="1" t="s">
-        <v>510</v>
+        <v>508</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>511</v>
+        <v>509</v>
       </c>
       <c r="H217" s="3">
-        <v>26.5</v>
+        <v>26.95</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B218" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D218" s="1" t="s">
-        <v>481</v>
+        <v>507</v>
       </c>
       <c r="E218" s="1"/>
       <c r="F218" s="1" t="s">
-        <v>512</v>
+        <v>510</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>513</v>
+        <v>511</v>
       </c>
       <c r="H218" s="3">
-        <v>35</v>
+        <v>26.99</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B219" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D219" s="1" t="s">
-        <v>481</v>
+        <v>512</v>
       </c>
       <c r="E219" s="1"/>
       <c r="F219" s="1" t="s">
+        <v>513</v>
+      </c>
+      <c r="G219" s="1" t="s">
         <v>514</v>
       </c>
-      <c r="G219" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H219" s="3">
-        <v>36.5</v>
+        <v>18.19</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B220" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D220" s="1" t="s">
-        <v>481</v>
+        <v>512</v>
       </c>
       <c r="E220" s="1"/>
       <c r="F220" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="G220" s="1" t="s">
         <v>516</v>
       </c>
-      <c r="G220" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H220" s="3">
-        <v>35</v>
+        <v>22.99</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B221" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D221" s="1" t="s">
-        <v>481</v>
+        <v>512</v>
       </c>
       <c r="E221" s="1"/>
       <c r="F221" s="1" t="s">
+        <v>517</v>
+      </c>
+      <c r="G221" s="1" t="s">
         <v>518</v>
       </c>
-      <c r="G221" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H221" s="3">
-        <v>24</v>
+        <v>18.5</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B222" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D222" s="1" t="s">
-        <v>481</v>
+        <v>512</v>
       </c>
       <c r="E222" s="1"/>
       <c r="F222" s="1" t="s">
+        <v>519</v>
+      </c>
+      <c r="G222" s="1" t="s">
         <v>520</v>
       </c>
-      <c r="G222" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H222" s="3">
-        <v>38</v>
+        <v>22.99</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B223" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D223" s="1" t="s">
-        <v>481</v>
+        <v>512</v>
       </c>
       <c r="E223" s="1"/>
       <c r="F223" s="1" t="s">
+        <v>521</v>
+      </c>
+      <c r="G223" s="1" t="s">
         <v>522</v>
       </c>
-      <c r="G223" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H223" s="3">
-        <v>48</v>
+        <v>18.49</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B224" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D224" s="1" t="s">
-        <v>524</v>
+        <v>523</v>
       </c>
       <c r="E224" s="1"/>
       <c r="F224" s="1" t="s">
+        <v>524</v>
+      </c>
+      <c r="G224" s="1" t="s">
         <v>525</v>
       </c>
-      <c r="G224" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H224" s="3">
-        <v>26.95</v>
+        <v>39.95</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B225" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D225" s="1" t="s">
-        <v>524</v>
+        <v>523</v>
       </c>
       <c r="E225" s="1"/>
       <c r="F225" s="1" t="s">
+        <v>526</v>
+      </c>
+      <c r="G225" s="1" t="s">
         <v>527</v>
       </c>
-      <c r="G225" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H225" s="3">
-        <v>26.99</v>
+        <v>62.99</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B226" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C226" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D226" s="1" t="s">
-        <v>529</v>
+        <v>523</v>
       </c>
       <c r="E226" s="1"/>
       <c r="F226" s="1" t="s">
-        <v>530</v>
+        <v>528</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>531</v>
+        <v>529</v>
       </c>
       <c r="H226" s="3">
-        <v>18.19</v>
+        <v>48</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B227" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D227" s="1" t="s">
-        <v>529</v>
+        <v>523</v>
       </c>
       <c r="E227" s="1"/>
       <c r="F227" s="1" t="s">
-        <v>532</v>
+        <v>530</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>533</v>
+        <v>531</v>
       </c>
       <c r="H227" s="3">
-        <v>22.99</v>
+        <v>42</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B228" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D228" s="1" t="s">
-        <v>529</v>
+        <v>523</v>
       </c>
       <c r="E228" s="1"/>
       <c r="F228" s="1" t="s">
-        <v>534</v>
+        <v>532</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>535</v>
+        <v>533</v>
       </c>
       <c r="H228" s="3">
-        <v>18.5</v>
+        <v>49.95</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B229" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C229" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D229" s="1" t="s">
-        <v>529</v>
+        <v>523</v>
       </c>
       <c r="E229" s="1"/>
       <c r="F229" s="1" t="s">
-        <v>536</v>
+        <v>534</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>537</v>
+        <v>535</v>
       </c>
       <c r="H229" s="3">
-        <v>22.99</v>
+        <v>100</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B230" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C230" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D230" s="1" t="s">
-        <v>529</v>
+        <v>523</v>
       </c>
       <c r="E230" s="1"/>
       <c r="F230" s="1" t="s">
-        <v>538</v>
+        <v>536</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>539</v>
+        <v>537</v>
       </c>
       <c r="H230" s="3">
-        <v>18.49</v>
+        <v>79</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B231" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D231" s="1" t="s">
-        <v>540</v>
+        <v>523</v>
       </c>
       <c r="E231" s="1"/>
       <c r="F231" s="1" t="s">
-        <v>541</v>
+        <v>538</v>
       </c>
       <c r="G231" s="1" t="s">
-        <v>542</v>
+        <v>539</v>
       </c>
       <c r="H231" s="3">
-        <v>39.95</v>
+        <v>86.5</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B232" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C232" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D232" s="1" t="s">
-        <v>540</v>
+        <v>523</v>
       </c>
       <c r="E232" s="1"/>
       <c r="F232" s="1" t="s">
-        <v>543</v>
+        <v>540</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>544</v>
+        <v>541</v>
       </c>
       <c r="H232" s="3">
-        <v>62.99</v>
+        <v>75</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B233" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D233" s="1" t="s">
-        <v>540</v>
+        <v>523</v>
       </c>
       <c r="E233" s="1"/>
       <c r="F233" s="1" t="s">
-        <v>545</v>
+        <v>542</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>546</v>
+        <v>543</v>
       </c>
       <c r="H233" s="3">
-        <v>48</v>
+        <v>95</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B234" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C234" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D234" s="1" t="s">
-        <v>540</v>
+        <v>523</v>
       </c>
       <c r="E234" s="1"/>
       <c r="F234" s="1" t="s">
-        <v>547</v>
+        <v>544</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>548</v>
+        <v>545</v>
       </c>
       <c r="H234" s="3">
-        <v>42</v>
+        <v>69.95</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B235" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D235" s="1" t="s">
-        <v>540</v>
+        <v>523</v>
       </c>
       <c r="E235" s="1"/>
       <c r="F235" s="1" t="s">
-        <v>549</v>
+        <v>546</v>
       </c>
       <c r="G235" s="1" t="s">
-        <v>550</v>
+        <v>547</v>
       </c>
       <c r="H235" s="3">
-        <v>49.95</v>
+        <v>62.99</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B236" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C236" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D236" s="1" t="s">
-        <v>540</v>
+        <v>523</v>
       </c>
       <c r="E236" s="1"/>
       <c r="F236" s="1" t="s">
-        <v>551</v>
+        <v>548</v>
       </c>
       <c r="G236" s="1" t="s">
-        <v>552</v>
+        <v>549</v>
       </c>
       <c r="H236" s="3">
-        <v>100</v>
+        <v>82</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B237" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C237" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D237" s="1" t="s">
-        <v>540</v>
+        <v>523</v>
       </c>
       <c r="E237" s="1"/>
       <c r="F237" s="1" t="s">
-        <v>553</v>
+        <v>550</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>554</v>
+        <v>551</v>
       </c>
       <c r="H237" s="3">
-        <v>79</v>
+        <v>275</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B238" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C238" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D238" s="1" t="s">
-        <v>540</v>
+        <v>523</v>
       </c>
       <c r="E238" s="1"/>
       <c r="F238" s="1" t="s">
-        <v>555</v>
+        <v>552</v>
       </c>
       <c r="G238" s="1" t="s">
-        <v>556</v>
+        <v>553</v>
       </c>
       <c r="H238" s="3">
-        <v>86.5</v>
+        <v>250</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B239" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C239" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D239" s="1" t="s">
-        <v>540</v>
+        <v>523</v>
       </c>
       <c r="E239" s="1"/>
       <c r="F239" s="1" t="s">
-        <v>557</v>
+        <v>554</v>
       </c>
       <c r="G239" s="1" t="s">
-        <v>558</v>
+        <v>555</v>
       </c>
       <c r="H239" s="3">
-        <v>75</v>
+        <v>315</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B240" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C240" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D240" s="1" t="s">
-        <v>540</v>
+        <v>523</v>
       </c>
       <c r="E240" s="1"/>
       <c r="F240" s="1" t="s">
-        <v>559</v>
+        <v>556</v>
       </c>
       <c r="G240" s="1" t="s">
-        <v>560</v>
+        <v>557</v>
       </c>
       <c r="H240" s="3">
-        <v>95</v>
+        <v>398</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B241" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C241" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D241" s="1" t="s">
-        <v>540</v>
+        <v>523</v>
       </c>
       <c r="E241" s="1"/>
       <c r="F241" s="1" t="s">
-        <v>561</v>
+        <v>558</v>
       </c>
       <c r="G241" s="1" t="s">
-        <v>562</v>
+        <v>559</v>
       </c>
       <c r="H241" s="3">
-        <v>69.95</v>
+        <v>325</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B242" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C242" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D242" s="1" t="s">
-        <v>540</v>
+        <v>523</v>
       </c>
       <c r="E242" s="1"/>
       <c r="F242" s="1" t="s">
-        <v>563</v>
+        <v>560</v>
       </c>
       <c r="G242" s="1" t="s">
-        <v>564</v>
+        <v>561</v>
       </c>
       <c r="H242" s="3">
-        <v>62.99</v>
+        <v>399</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B243" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C243" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D243" s="1" t="s">
-        <v>540</v>
+        <v>523</v>
       </c>
       <c r="E243" s="1"/>
       <c r="F243" s="1" t="s">
-        <v>565</v>
+        <v>562</v>
       </c>
       <c r="G243" s="1" t="s">
-        <v>566</v>
+        <v>563</v>
       </c>
       <c r="H243" s="3">
-        <v>82</v>
+        <v>27</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B244" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C244" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D244" s="1" t="s">
-        <v>540</v>
+        <v>523</v>
       </c>
       <c r="E244" s="1"/>
       <c r="F244" s="1" t="s">
-        <v>567</v>
+        <v>564</v>
       </c>
       <c r="G244" s="1" t="s">
-        <v>568</v>
+        <v>565</v>
       </c>
       <c r="H244" s="3">
-        <v>275</v>
+        <v>27</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B245" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C245" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D245" s="1" t="s">
-        <v>540</v>
+        <v>566</v>
       </c>
       <c r="E245" s="1"/>
       <c r="F245" s="1" t="s">
-        <v>569</v>
+        <v>567</v>
       </c>
       <c r="G245" s="1" t="s">
-        <v>570</v>
+        <v>568</v>
       </c>
       <c r="H245" s="3">
-        <v>250</v>
+        <v>22</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B246" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C246" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D246" s="1" t="s">
-        <v>540</v>
+        <v>569</v>
       </c>
       <c r="E246" s="1"/>
       <c r="F246" s="1" t="s">
+        <v>570</v>
+      </c>
+      <c r="G246" s="1" t="s">
         <v>571</v>
       </c>
-      <c r="G246" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H246" s="3">
-        <v>315</v>
+        <v>40</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B247" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C247" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D247" s="1" t="s">
-        <v>540</v>
+        <v>569</v>
       </c>
       <c r="E247" s="1"/>
       <c r="F247" s="1" t="s">
+        <v>572</v>
+      </c>
+      <c r="G247" s="1" t="s">
         <v>573</v>
       </c>
-      <c r="G247" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H247" s="3">
-        <v>398</v>
+        <v>42</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B248" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C248" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D248" s="1" t="s">
-        <v>540</v>
+        <v>569</v>
       </c>
       <c r="E248" s="1"/>
       <c r="F248" s="1" t="s">
+        <v>574</v>
+      </c>
+      <c r="G248" s="1" t="s">
         <v>575</v>
       </c>
-      <c r="G248" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H248" s="3">
-        <v>325</v>
+        <v>44</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B249" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C249" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D249" s="1" t="s">
-        <v>540</v>
+        <v>569</v>
       </c>
       <c r="E249" s="1"/>
       <c r="F249" s="1" t="s">
+        <v>576</v>
+      </c>
+      <c r="G249" s="1" t="s">
         <v>577</v>
       </c>
-      <c r="G249" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H249" s="3">
-        <v>399</v>
+        <v>45</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B250" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C250" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D250" s="1" t="s">
-        <v>540</v>
+        <v>569</v>
       </c>
       <c r="E250" s="1"/>
       <c r="F250" s="1" t="s">
+        <v>578</v>
+      </c>
+      <c r="G250" s="1" t="s">
         <v>579</v>
       </c>
-      <c r="G250" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H250" s="3">
-        <v>27</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B251" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C251" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D251" s="1" t="s">
-        <v>540</v>
+        <v>580</v>
       </c>
       <c r="E251" s="1"/>
       <c r="F251" s="1" t="s">
         <v>581</v>
       </c>
       <c r="G251" s="1" t="s">
         <v>582</v>
       </c>
       <c r="H251" s="3">
-        <v>27</v>
+        <v>49.95</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B252" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C252" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D252" s="1" t="s">
-        <v>583</v>
+        <v>580</v>
       </c>
       <c r="E252" s="1"/>
       <c r="F252" s="1" t="s">
+        <v>583</v>
+      </c>
+      <c r="G252" s="1" t="s">
         <v>584</v>
       </c>
-      <c r="G252" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H252" s="3">
-        <v>22</v>
+        <v>120</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B253" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C253" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D253" s="1" t="s">
-        <v>586</v>
+        <v>580</v>
       </c>
       <c r="E253" s="1"/>
       <c r="F253" s="1" t="s">
-        <v>587</v>
+        <v>585</v>
       </c>
       <c r="G253" s="1" t="s">
-        <v>588</v>
+        <v>586</v>
       </c>
       <c r="H253" s="3">
-        <v>40</v>
+        <v>95</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B254" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C254" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D254" s="1" t="s">
-        <v>586</v>
+        <v>580</v>
       </c>
       <c r="E254" s="1"/>
       <c r="F254" s="1" t="s">
-        <v>589</v>
+        <v>587</v>
       </c>
       <c r="G254" s="1" t="s">
-        <v>590</v>
+        <v>588</v>
       </c>
       <c r="H254" s="3">
-        <v>42</v>
+        <v>125</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B255" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C255" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D255" s="1" t="s">
-        <v>586</v>
+        <v>580</v>
       </c>
       <c r="E255" s="1"/>
       <c r="F255" s="1" t="s">
-        <v>591</v>
+        <v>589</v>
       </c>
       <c r="G255" s="1" t="s">
-        <v>592</v>
+        <v>590</v>
       </c>
       <c r="H255" s="3">
-        <v>44</v>
+        <v>120</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B256" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C256" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D256" s="1" t="s">
-        <v>586</v>
+        <v>580</v>
       </c>
       <c r="E256" s="1"/>
       <c r="F256" s="1" t="s">
-        <v>593</v>
+        <v>591</v>
       </c>
       <c r="G256" s="1" t="s">
-        <v>594</v>
+        <v>592</v>
       </c>
       <c r="H256" s="3">
-        <v>45</v>
+        <v>72</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B257" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C257" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D257" s="1" t="s">
-        <v>586</v>
+        <v>580</v>
       </c>
       <c r="E257" s="1"/>
       <c r="F257" s="1" t="s">
-        <v>595</v>
+        <v>593</v>
       </c>
       <c r="G257" s="1" t="s">
-        <v>596</v>
+        <v>594</v>
       </c>
       <c r="H257" s="3">
-        <v>24.99</v>
+        <v>58</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B258" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C258" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D258" s="1" t="s">
-        <v>597</v>
+        <v>580</v>
       </c>
       <c r="E258" s="1"/>
       <c r="F258" s="1" t="s">
-        <v>598</v>
+        <v>595</v>
       </c>
       <c r="G258" s="1" t="s">
-        <v>599</v>
+        <v>596</v>
       </c>
       <c r="H258" s="3">
-        <v>49.95</v>
+        <v>65</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B259" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C259" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D259" s="1" t="s">
-        <v>597</v>
+        <v>580</v>
       </c>
       <c r="E259" s="1"/>
       <c r="F259" s="1" t="s">
-        <v>600</v>
+        <v>597</v>
       </c>
       <c r="G259" s="1" t="s">
-        <v>601</v>
+        <v>598</v>
       </c>
       <c r="H259" s="3">
-        <v>120</v>
+        <v>62</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B260" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C260" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D260" s="1" t="s">
-        <v>597</v>
+        <v>580</v>
       </c>
       <c r="E260" s="1"/>
       <c r="F260" s="1" t="s">
-        <v>602</v>
+        <v>599</v>
       </c>
       <c r="G260" s="1" t="s">
-        <v>603</v>
+        <v>600</v>
       </c>
       <c r="H260" s="3">
-        <v>95</v>
+        <v>79</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B261" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C261" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D261" s="1" t="s">
-        <v>597</v>
+        <v>580</v>
       </c>
       <c r="E261" s="1"/>
       <c r="F261" s="1" t="s">
-        <v>604</v>
+        <v>601</v>
       </c>
       <c r="G261" s="1" t="s">
-        <v>605</v>
+        <v>602</v>
       </c>
       <c r="H261" s="3">
-        <v>125</v>
+        <v>105</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B262" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C262" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D262" s="1" t="s">
-        <v>597</v>
+        <v>580</v>
       </c>
       <c r="E262" s="1"/>
       <c r="F262" s="1" t="s">
-        <v>606</v>
+        <v>603</v>
       </c>
       <c r="G262" s="1" t="s">
-        <v>607</v>
+        <v>604</v>
       </c>
       <c r="H262" s="3">
-        <v>120</v>
+        <v>92</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B263" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C263" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D263" s="1" t="s">
-        <v>597</v>
+        <v>580</v>
       </c>
       <c r="E263" s="1"/>
       <c r="F263" s="1" t="s">
-        <v>608</v>
+        <v>605</v>
       </c>
       <c r="G263" s="1" t="s">
-        <v>609</v>
+        <v>606</v>
       </c>
       <c r="H263" s="3">
-        <v>72</v>
+        <v>99</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B264" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C264" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D264" s="1" t="s">
-        <v>597</v>
+        <v>580</v>
       </c>
       <c r="E264" s="1"/>
       <c r="F264" s="1" t="s">
-        <v>610</v>
+        <v>607</v>
       </c>
       <c r="G264" s="1" t="s">
-        <v>611</v>
+        <v>608</v>
       </c>
       <c r="H264" s="3">
-        <v>58</v>
+        <v>99</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B265" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C265" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D265" s="1" t="s">
-        <v>597</v>
+        <v>580</v>
       </c>
       <c r="E265" s="1"/>
       <c r="F265" s="1" t="s">
-        <v>612</v>
+        <v>609</v>
       </c>
       <c r="G265" s="1" t="s">
-        <v>613</v>
+        <v>610</v>
       </c>
       <c r="H265" s="3">
-        <v>65</v>
+        <v>95</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B266" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C266" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D266" s="1" t="s">
-        <v>597</v>
+        <v>580</v>
       </c>
       <c r="E266" s="1"/>
       <c r="F266" s="1" t="s">
-        <v>614</v>
+        <v>611</v>
       </c>
       <c r="G266" s="1" t="s">
-        <v>615</v>
+        <v>612</v>
       </c>
       <c r="H266" s="3">
-        <v>62</v>
+        <v>99</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B267" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C267" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D267" s="1" t="s">
-        <v>597</v>
+        <v>580</v>
       </c>
       <c r="E267" s="1"/>
       <c r="F267" s="1" t="s">
-        <v>616</v>
+        <v>613</v>
       </c>
       <c r="G267" s="1" t="s">
-        <v>617</v>
+        <v>614</v>
       </c>
       <c r="H267" s="3">
-        <v>79</v>
+        <v>95</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B268" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C268" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D268" s="1" t="s">
-        <v>597</v>
+        <v>580</v>
       </c>
       <c r="E268" s="1"/>
       <c r="F268" s="1" t="s">
-        <v>618</v>
+        <v>615</v>
       </c>
       <c r="G268" s="1" t="s">
-        <v>619</v>
+        <v>616</v>
       </c>
       <c r="H268" s="3">
-        <v>105</v>
+        <v>120</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B269" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C269" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D269" s="1" t="s">
-        <v>597</v>
+        <v>580</v>
       </c>
       <c r="E269" s="1"/>
       <c r="F269" s="1" t="s">
-        <v>620</v>
+        <v>617</v>
       </c>
       <c r="G269" s="1" t="s">
-        <v>621</v>
+        <v>618</v>
       </c>
       <c r="H269" s="3">
-        <v>92</v>
+        <v>89.99</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B270" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C270" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D270" s="1" t="s">
-        <v>597</v>
+        <v>580</v>
       </c>
       <c r="E270" s="1"/>
       <c r="F270" s="1" t="s">
-        <v>622</v>
+        <v>619</v>
       </c>
       <c r="G270" s="1" t="s">
-        <v>623</v>
+        <v>620</v>
       </c>
       <c r="H270" s="3">
-        <v>99</v>
+        <v>105</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B271" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C271" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D271" s="1" t="s">
-        <v>597</v>
+        <v>580</v>
       </c>
       <c r="E271" s="1"/>
       <c r="F271" s="1" t="s">
-        <v>624</v>
+        <v>621</v>
       </c>
       <c r="G271" s="1" t="s">
-        <v>625</v>
+        <v>622</v>
       </c>
       <c r="H271" s="3">
-        <v>99</v>
+        <v>38</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B272" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C272" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D272" s="1" t="s">
-        <v>597</v>
+        <v>580</v>
       </c>
       <c r="E272" s="1"/>
       <c r="F272" s="1" t="s">
-        <v>626</v>
+        <v>623</v>
       </c>
       <c r="G272" s="1" t="s">
-        <v>627</v>
+        <v>624</v>
       </c>
       <c r="H272" s="3">
-        <v>95</v>
+        <v>765</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B273" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C273" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D273" s="1" t="s">
-        <v>597</v>
+        <v>580</v>
       </c>
       <c r="E273" s="1"/>
       <c r="F273" s="1" t="s">
-        <v>628</v>
+        <v>625</v>
       </c>
       <c r="G273" s="1" t="s">
-        <v>629</v>
+        <v>626</v>
       </c>
       <c r="H273" s="3">
-        <v>99</v>
+        <v>650</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B274" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C274" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D274" s="1" t="s">
-        <v>597</v>
+        <v>580</v>
       </c>
       <c r="E274" s="1"/>
       <c r="F274" s="1" t="s">
-        <v>630</v>
+        <v>627</v>
       </c>
       <c r="G274" s="1" t="s">
-        <v>631</v>
+        <v>628</v>
       </c>
       <c r="H274" s="3">
-        <v>95</v>
+        <v>150</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B275" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C275" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D275" s="1" t="s">
-        <v>597</v>
+        <v>580</v>
       </c>
       <c r="E275" s="1"/>
       <c r="F275" s="1" t="s">
-        <v>632</v>
+        <v>629</v>
       </c>
       <c r="G275" s="1" t="s">
-        <v>633</v>
+        <v>630</v>
       </c>
       <c r="H275" s="3">
-        <v>120</v>
+        <v>132</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B276" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C276" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D276" s="1" t="s">
-        <v>597</v>
+        <v>580</v>
       </c>
       <c r="E276" s="1"/>
       <c r="F276" s="1" t="s">
-        <v>634</v>
+        <v>631</v>
       </c>
       <c r="G276" s="1" t="s">
-        <v>635</v>
+        <v>632</v>
       </c>
       <c r="H276" s="3">
-        <v>89.99</v>
+        <v>162</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B277" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C277" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D277" s="1" t="s">
-        <v>597</v>
+        <v>580</v>
       </c>
       <c r="E277" s="1"/>
       <c r="F277" s="1" t="s">
-        <v>636</v>
+        <v>633</v>
       </c>
       <c r="G277" s="1" t="s">
-        <v>637</v>
+        <v>634</v>
       </c>
       <c r="H277" s="3">
-        <v>105</v>
+        <v>175</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B278" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C278" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D278" s="1" t="s">
-        <v>597</v>
+        <v>580</v>
       </c>
       <c r="E278" s="1"/>
       <c r="F278" s="1" t="s">
-        <v>638</v>
+        <v>635</v>
       </c>
       <c r="G278" s="1" t="s">
-        <v>639</v>
+        <v>636</v>
       </c>
       <c r="H278" s="3">
-        <v>38</v>
+        <v>525</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B279" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C279" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D279" s="1" t="s">
-        <v>597</v>
+        <v>580</v>
       </c>
       <c r="E279" s="1"/>
       <c r="F279" s="1" t="s">
-        <v>640</v>
+        <v>637</v>
       </c>
       <c r="G279" s="1" t="s">
-        <v>641</v>
+        <v>638</v>
       </c>
       <c r="H279" s="3">
-        <v>765</v>
+        <v>67.5</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B280" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C280" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D280" s="1" t="s">
-        <v>597</v>
+        <v>580</v>
       </c>
       <c r="E280" s="1"/>
       <c r="F280" s="1" t="s">
-        <v>642</v>
+        <v>639</v>
       </c>
       <c r="G280" s="1" t="s">
-        <v>643</v>
+        <v>640</v>
       </c>
       <c r="H280" s="3">
-        <v>650</v>
+        <v>215</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B281" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C281" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D281" s="1" t="s">
-        <v>597</v>
+        <v>580</v>
       </c>
       <c r="E281" s="1"/>
       <c r="F281" s="1" t="s">
-        <v>644</v>
+        <v>641</v>
       </c>
       <c r="G281" s="1" t="s">
-        <v>645</v>
+        <v>642</v>
       </c>
       <c r="H281" s="3">
-        <v>150</v>
+        <v>185</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B282" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C282" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D282" s="1" t="s">
-        <v>597</v>
+        <v>580</v>
       </c>
       <c r="E282" s="1"/>
       <c r="F282" s="1" t="s">
-        <v>646</v>
+        <v>643</v>
       </c>
       <c r="G282" s="1" t="s">
-        <v>647</v>
+        <v>644</v>
       </c>
       <c r="H282" s="3">
-        <v>132</v>
+        <v>130</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B283" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C283" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D283" s="1" t="s">
-        <v>597</v>
+        <v>580</v>
       </c>
       <c r="E283" s="1"/>
       <c r="F283" s="1" t="s">
-        <v>648</v>
+        <v>645</v>
       </c>
       <c r="G283" s="1" t="s">
-        <v>649</v>
+        <v>646</v>
       </c>
       <c r="H283" s="3">
-        <v>162</v>
+        <v>125</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B284" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C284" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D284" s="1" t="s">
-        <v>597</v>
+        <v>580</v>
       </c>
       <c r="E284" s="1"/>
       <c r="F284" s="1" t="s">
-        <v>650</v>
+        <v>647</v>
       </c>
       <c r="G284" s="1" t="s">
-        <v>651</v>
+        <v>648</v>
       </c>
       <c r="H284" s="3">
-        <v>175</v>
+        <v>26</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B285" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C285" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D285" s="1" t="s">
-        <v>597</v>
+        <v>649</v>
       </c>
       <c r="E285" s="1"/>
       <c r="F285" s="1" t="s">
-        <v>652</v>
+        <v>650</v>
       </c>
       <c r="G285" s="1" t="s">
-        <v>653</v>
+        <v>651</v>
       </c>
       <c r="H285" s="3">
-        <v>525</v>
+        <v>425</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B286" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C286" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D286" s="1" t="s">
-        <v>597</v>
+        <v>649</v>
       </c>
       <c r="E286" s="1"/>
       <c r="F286" s="1" t="s">
-        <v>654</v>
+        <v>652</v>
       </c>
       <c r="G286" s="1" t="s">
-        <v>655</v>
+        <v>653</v>
       </c>
       <c r="H286" s="3">
-        <v>67.5</v>
+        <v>550</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B287" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C287" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D287" s="1" t="s">
-        <v>597</v>
+        <v>649</v>
       </c>
       <c r="E287" s="1"/>
       <c r="F287" s="1" t="s">
-        <v>656</v>
+        <v>654</v>
       </c>
       <c r="G287" s="1" t="s">
-        <v>657</v>
+        <v>655</v>
       </c>
       <c r="H287" s="3">
-        <v>215</v>
+        <v>370</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B288" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C288" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D288" s="1" t="s">
-        <v>597</v>
+        <v>649</v>
       </c>
       <c r="E288" s="1"/>
       <c r="F288" s="1" t="s">
-        <v>658</v>
+        <v>656</v>
       </c>
       <c r="G288" s="1" t="s">
-        <v>659</v>
+        <v>657</v>
       </c>
       <c r="H288" s="3">
-        <v>185</v>
+        <v>549</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B289" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C289" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D289" s="1" t="s">
-        <v>597</v>
+        <v>649</v>
       </c>
       <c r="E289" s="1"/>
       <c r="F289" s="1" t="s">
-        <v>660</v>
+        <v>658</v>
       </c>
       <c r="G289" s="1" t="s">
-        <v>661</v>
+        <v>659</v>
       </c>
       <c r="H289" s="3">
-        <v>130</v>
+        <v>249</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B290" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C290" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D290" s="1" t="s">
-        <v>597</v>
+        <v>649</v>
       </c>
       <c r="E290" s="1"/>
       <c r="F290" s="1" t="s">
-        <v>662</v>
+        <v>660</v>
       </c>
       <c r="G290" s="1" t="s">
-        <v>663</v>
+        <v>661</v>
       </c>
       <c r="H290" s="3">
-        <v>125</v>
+        <v>46.75</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B291" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C291" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D291" s="1" t="s">
-        <v>597</v>
+        <v>649</v>
       </c>
       <c r="E291" s="1"/>
       <c r="F291" s="1" t="s">
-        <v>664</v>
+        <v>662</v>
       </c>
       <c r="G291" s="1" t="s">
-        <v>665</v>
+        <v>663</v>
       </c>
       <c r="H291" s="3">
-        <v>26</v>
+        <v>39</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B292" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C292" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D292" s="1" t="s">
-        <v>666</v>
+        <v>649</v>
       </c>
       <c r="E292" s="1"/>
       <c r="F292" s="1" t="s">
-        <v>667</v>
+        <v>664</v>
       </c>
       <c r="G292" s="1" t="s">
-        <v>668</v>
+        <v>665</v>
       </c>
       <c r="H292" s="3">
-        <v>425</v>
+        <v>46.99</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B293" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C293" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D293" s="1" t="s">
         <v>666</v>
       </c>
       <c r="E293" s="1"/>
       <c r="F293" s="1" t="s">
-        <v>669</v>
+        <v>667</v>
       </c>
       <c r="G293" s="1" t="s">
-        <v>670</v>
+        <v>668</v>
       </c>
       <c r="H293" s="3">
-        <v>550</v>
+        <v>35</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B294" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C294" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D294" s="1" t="s">
         <v>666</v>
       </c>
       <c r="E294" s="1"/>
       <c r="F294" s="1" t="s">
-        <v>671</v>
+        <v>669</v>
       </c>
       <c r="G294" s="1" t="s">
-        <v>672</v>
+        <v>670</v>
       </c>
       <c r="H294" s="3">
-        <v>370</v>
+        <v>48</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B295" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C295" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D295" s="1" t="s">
         <v>666</v>
       </c>
       <c r="E295" s="1"/>
       <c r="F295" s="1" t="s">
-        <v>673</v>
+        <v>671</v>
       </c>
       <c r="G295" s="1" t="s">
-        <v>674</v>
+        <v>672</v>
       </c>
       <c r="H295" s="3">
-        <v>549</v>
+        <v>49</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B296" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C296" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D296" s="1" t="s">
         <v>666</v>
       </c>
       <c r="E296" s="1"/>
       <c r="F296" s="1" t="s">
-        <v>675</v>
+        <v>673</v>
       </c>
       <c r="G296" s="1" t="s">
-        <v>676</v>
+        <v>674</v>
       </c>
       <c r="H296" s="3">
-        <v>249</v>
+        <v>18.49</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B297" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C297" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D297" s="1" t="s">
         <v>666</v>
       </c>
       <c r="E297" s="1"/>
       <c r="F297" s="1" t="s">
-        <v>677</v>
+        <v>675</v>
       </c>
       <c r="G297" s="1" t="s">
-        <v>678</v>
+        <v>676</v>
       </c>
       <c r="H297" s="3">
-        <v>46.75</v>
+        <v>40.49</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B298" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C298" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D298" s="1" t="s">
         <v>666</v>
       </c>
       <c r="E298" s="1"/>
       <c r="F298" s="1" t="s">
-        <v>679</v>
+        <v>677</v>
       </c>
       <c r="G298" s="1" t="s">
-        <v>680</v>
+        <v>678</v>
       </c>
       <c r="H298" s="3">
-        <v>39</v>
+        <v>22.99</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B299" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C299" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D299" s="1" t="s">
         <v>666</v>
       </c>
       <c r="E299" s="1"/>
       <c r="F299" s="1" t="s">
-        <v>681</v>
+        <v>679</v>
       </c>
       <c r="G299" s="1" t="s">
-        <v>682</v>
+        <v>680</v>
       </c>
       <c r="H299" s="3">
-        <v>46.99</v>
+        <v>25</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B300" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C300" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D300" s="1" t="s">
-        <v>683</v>
+        <v>666</v>
       </c>
       <c r="E300" s="1"/>
       <c r="F300" s="1" t="s">
-        <v>684</v>
+        <v>681</v>
       </c>
       <c r="G300" s="1" t="s">
-        <v>685</v>
+        <v>682</v>
       </c>
       <c r="H300" s="3">
-        <v>35</v>
+        <v>325</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B301" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C301" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D301" s="1" t="s">
-        <v>683</v>
+        <v>666</v>
       </c>
       <c r="E301" s="1"/>
       <c r="F301" s="1" t="s">
-        <v>686</v>
+        <v>683</v>
       </c>
       <c r="G301" s="1" t="s">
-        <v>687</v>
+        <v>684</v>
       </c>
       <c r="H301" s="3">
-        <v>48</v>
+        <v>67.5</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B302" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C302" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D302" s="1" t="s">
-        <v>683</v>
+        <v>666</v>
       </c>
       <c r="E302" s="1"/>
       <c r="F302" s="1" t="s">
-        <v>688</v>
+        <v>685</v>
       </c>
       <c r="G302" s="1" t="s">
-        <v>689</v>
+        <v>686</v>
       </c>
       <c r="H302" s="3">
-        <v>49</v>
+        <v>60</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B303" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C303" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D303" s="1" t="s">
-        <v>683</v>
+        <v>666</v>
       </c>
       <c r="E303" s="1"/>
       <c r="F303" s="1" t="s">
-        <v>690</v>
+        <v>687</v>
       </c>
       <c r="G303" s="1" t="s">
-        <v>691</v>
+        <v>688</v>
       </c>
       <c r="H303" s="3">
-        <v>18.49</v>
+        <v>85</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B304" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C304" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D304" s="1" t="s">
-        <v>683</v>
+        <v>666</v>
       </c>
       <c r="E304" s="1"/>
       <c r="F304" s="1" t="s">
-        <v>692</v>
+        <v>689</v>
       </c>
       <c r="G304" s="1" t="s">
-        <v>693</v>
+        <v>690</v>
       </c>
       <c r="H304" s="3">
-        <v>40.49</v>
+        <v>30.49</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B305" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C305" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D305" s="1" t="s">
-        <v>683</v>
+        <v>666</v>
       </c>
       <c r="E305" s="1"/>
       <c r="F305" s="1" t="s">
-        <v>694</v>
+        <v>691</v>
       </c>
       <c r="G305" s="1" t="s">
-        <v>695</v>
+        <v>692</v>
       </c>
       <c r="H305" s="3">
-        <v>22.99</v>
+        <v>28.45</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B306" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C306" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D306" s="1" t="s">
-        <v>683</v>
+        <v>666</v>
       </c>
       <c r="E306" s="1"/>
       <c r="F306" s="1" t="s">
-        <v>696</v>
+        <v>693</v>
       </c>
       <c r="G306" s="1" t="s">
-        <v>697</v>
+        <v>694</v>
       </c>
       <c r="H306" s="3">
-        <v>25</v>
+        <v>295</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B307" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C307" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D307" s="1" t="s">
-        <v>683</v>
+        <v>695</v>
       </c>
       <c r="E307" s="1"/>
       <c r="F307" s="1" t="s">
-        <v>698</v>
+        <v>696</v>
       </c>
       <c r="G307" s="1" t="s">
-        <v>699</v>
+        <v>697</v>
       </c>
       <c r="H307" s="3">
-        <v>325</v>
+        <v>22.99</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B308" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C308" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D308" s="1" t="s">
-        <v>683</v>
+        <v>695</v>
       </c>
       <c r="E308" s="1"/>
       <c r="F308" s="1" t="s">
-        <v>700</v>
+        <v>698</v>
       </c>
       <c r="G308" s="1" t="s">
-        <v>701</v>
+        <v>699</v>
       </c>
       <c r="H308" s="3">
-        <v>67.5</v>
+        <v>56</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B309" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C309" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D309" s="1" t="s">
-        <v>683</v>
+        <v>695</v>
       </c>
       <c r="E309" s="1"/>
       <c r="F309" s="1" t="s">
-        <v>702</v>
+        <v>700</v>
       </c>
       <c r="G309" s="1" t="s">
-        <v>703</v>
+        <v>701</v>
       </c>
       <c r="H309" s="3">
-        <v>60</v>
+        <v>55</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B310" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C310" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D310" s="1" t="s">
-        <v>683</v>
+        <v>695</v>
       </c>
       <c r="E310" s="1"/>
       <c r="F310" s="1" t="s">
-        <v>704</v>
+        <v>702</v>
       </c>
       <c r="G310" s="1" t="s">
-        <v>705</v>
+        <v>703</v>
       </c>
       <c r="H310" s="3">
-        <v>85</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B311" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C311" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D311" s="1" t="s">
-        <v>683</v>
+        <v>695</v>
       </c>
       <c r="E311" s="1"/>
       <c r="F311" s="1" t="s">
-        <v>706</v>
+        <v>704</v>
       </c>
       <c r="G311" s="1" t="s">
-        <v>707</v>
+        <v>705</v>
       </c>
       <c r="H311" s="3">
-        <v>30.49</v>
+        <v>58</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B312" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C312" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D312" s="1" t="s">
-        <v>683</v>
+        <v>695</v>
       </c>
       <c r="E312" s="1"/>
       <c r="F312" s="1" t="s">
-        <v>708</v>
+        <v>706</v>
       </c>
       <c r="G312" s="1" t="s">
-        <v>709</v>
+        <v>707</v>
       </c>
       <c r="H312" s="3">
-        <v>28.45</v>
+        <v>59.99</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B313" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C313" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D313" s="1" t="s">
-        <v>683</v>
+        <v>695</v>
       </c>
       <c r="E313" s="1"/>
       <c r="F313" s="1" t="s">
-        <v>710</v>
+        <v>708</v>
       </c>
       <c r="G313" s="1" t="s">
-        <v>711</v>
+        <v>709</v>
       </c>
       <c r="H313" s="3">
-        <v>295</v>
+        <v>66.5</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B314" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C314" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D314" s="1" t="s">
-        <v>712</v>
+        <v>695</v>
       </c>
       <c r="E314" s="1"/>
       <c r="F314" s="1" t="s">
-        <v>713</v>
+        <v>710</v>
       </c>
       <c r="G314" s="1" t="s">
-        <v>714</v>
+        <v>711</v>
       </c>
       <c r="H314" s="3">
-        <v>22.99</v>
+        <v>55</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B315" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C315" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D315" s="1" t="s">
-        <v>712</v>
+        <v>695</v>
       </c>
       <c r="E315" s="1"/>
       <c r="F315" s="1" t="s">
-        <v>715</v>
+        <v>712</v>
       </c>
       <c r="G315" s="1" t="s">
-        <v>716</v>
+        <v>713</v>
       </c>
       <c r="H315" s="3">
-        <v>56</v>
+        <v>54</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B316" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C316" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D316" s="1" t="s">
-        <v>712</v>
+        <v>695</v>
       </c>
       <c r="E316" s="1"/>
       <c r="F316" s="1" t="s">
-        <v>717</v>
+        <v>714</v>
       </c>
       <c r="G316" s="1" t="s">
-        <v>718</v>
+        <v>715</v>
       </c>
       <c r="H316" s="3">
-        <v>55</v>
+        <v>65</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B317" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C317" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D317" s="1" t="s">
-        <v>712</v>
+        <v>695</v>
       </c>
       <c r="E317" s="1"/>
       <c r="F317" s="1" t="s">
-        <v>719</v>
+        <v>716</v>
       </c>
       <c r="G317" s="1" t="s">
-        <v>720</v>
+        <v>717</v>
       </c>
       <c r="H317" s="3">
-        <v>49.5</v>
+        <v>22.99</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B318" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C318" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D318" s="1" t="s">
-        <v>712</v>
+        <v>695</v>
       </c>
       <c r="E318" s="1"/>
       <c r="F318" s="1" t="s">
-        <v>721</v>
+        <v>718</v>
       </c>
       <c r="G318" s="1" t="s">
-        <v>722</v>
+        <v>719</v>
       </c>
       <c r="H318" s="3">
-        <v>58</v>
+        <v>32</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B319" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C319" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D319" s="1" t="s">
-        <v>712</v>
+        <v>720</v>
       </c>
       <c r="E319" s="1"/>
       <c r="F319" s="1" t="s">
-        <v>723</v>
+        <v>721</v>
       </c>
       <c r="G319" s="1" t="s">
-        <v>724</v>
+        <v>722</v>
       </c>
       <c r="H319" s="3">
-        <v>59.99</v>
+        <v>31.99</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B320" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C320" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D320" s="1" t="s">
-        <v>712</v>
+        <v>720</v>
       </c>
       <c r="E320" s="1"/>
       <c r="F320" s="1" t="s">
-        <v>725</v>
+        <v>723</v>
       </c>
       <c r="G320" s="1" t="s">
-        <v>726</v>
+        <v>724</v>
       </c>
       <c r="H320" s="3">
-        <v>66.5</v>
+        <v>169</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B321" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C321" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D321" s="1" t="s">
-        <v>712</v>
+        <v>720</v>
       </c>
       <c r="E321" s="1"/>
       <c r="F321" s="1" t="s">
-        <v>727</v>
+        <v>725</v>
       </c>
       <c r="G321" s="1" t="s">
-        <v>728</v>
+        <v>726</v>
       </c>
       <c r="H321" s="3">
-        <v>55</v>
+        <v>229</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B322" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C322" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D322" s="1" t="s">
-        <v>712</v>
+        <v>720</v>
       </c>
       <c r="E322" s="1"/>
       <c r="F322" s="1" t="s">
-        <v>729</v>
+        <v>727</v>
       </c>
       <c r="G322" s="1" t="s">
-        <v>730</v>
+        <v>728</v>
       </c>
       <c r="H322" s="3">
-        <v>54</v>
+        <v>180</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B323" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C323" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D323" s="1" t="s">
-        <v>712</v>
+        <v>720</v>
       </c>
       <c r="E323" s="1"/>
       <c r="F323" s="1" t="s">
-        <v>731</v>
+        <v>729</v>
       </c>
       <c r="G323" s="1" t="s">
-        <v>732</v>
+        <v>730</v>
       </c>
       <c r="H323" s="3">
-        <v>65</v>
+        <v>39.99</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B324" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C324" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D324" s="1" t="s">
-        <v>712</v>
+        <v>720</v>
       </c>
       <c r="E324" s="1"/>
       <c r="F324" s="1" t="s">
-        <v>733</v>
+        <v>731</v>
       </c>
       <c r="G324" s="1" t="s">
-        <v>734</v>
+        <v>732</v>
       </c>
       <c r="H324" s="3">
-        <v>22.99</v>
+        <v>44.99</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B325" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C325" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D325" s="1" t="s">
-        <v>712</v>
+        <v>720</v>
       </c>
       <c r="E325" s="1"/>
       <c r="F325" s="1" t="s">
-        <v>735</v>
+        <v>733</v>
       </c>
       <c r="G325" s="1" t="s">
-        <v>736</v>
+        <v>734</v>
       </c>
       <c r="H325" s="3">
-        <v>32</v>
+        <v>38</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B326" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C326" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D326" s="1" t="s">
-        <v>737</v>
+        <v>720</v>
       </c>
       <c r="E326" s="1"/>
       <c r="F326" s="1" t="s">
-        <v>738</v>
+        <v>735</v>
       </c>
       <c r="G326" s="1" t="s">
-        <v>739</v>
+        <v>736</v>
       </c>
       <c r="H326" s="3">
-        <v>31.99</v>
+        <v>38</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B327" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C327" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D327" s="1" t="s">
-        <v>737</v>
+        <v>720</v>
       </c>
       <c r="E327" s="1"/>
       <c r="F327" s="1" t="s">
-        <v>740</v>
+        <v>737</v>
       </c>
       <c r="G327" s="1" t="s">
-        <v>741</v>
+        <v>738</v>
       </c>
       <c r="H327" s="3">
-        <v>169</v>
+        <v>59</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B328" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C328" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D328" s="1" t="s">
-        <v>737</v>
+        <v>720</v>
       </c>
       <c r="E328" s="1"/>
       <c r="F328" s="1" t="s">
-        <v>742</v>
+        <v>739</v>
       </c>
       <c r="G328" s="1" t="s">
-        <v>743</v>
+        <v>740</v>
       </c>
       <c r="H328" s="3">
-        <v>229</v>
+        <v>58</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B329" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C329" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D329" s="1" t="s">
-        <v>737</v>
+        <v>720</v>
       </c>
       <c r="E329" s="1"/>
       <c r="F329" s="1" t="s">
-        <v>744</v>
+        <v>741</v>
       </c>
       <c r="G329" s="1" t="s">
-        <v>745</v>
+        <v>742</v>
       </c>
       <c r="H329" s="3">
-        <v>180</v>
+        <v>43.99</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B330" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C330" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D330" s="1" t="s">
-        <v>737</v>
+        <v>720</v>
       </c>
       <c r="E330" s="1"/>
       <c r="F330" s="1" t="s">
-        <v>746</v>
+        <v>743</v>
       </c>
       <c r="G330" s="1" t="s">
-        <v>747</v>
+        <v>744</v>
       </c>
       <c r="H330" s="3">
-        <v>39.99</v>
+        <v>25.5</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B331" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C331" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D331" s="1" t="s">
-        <v>737</v>
+        <v>745</v>
       </c>
       <c r="E331" s="1"/>
       <c r="F331" s="1" t="s">
-        <v>748</v>
+        <v>746</v>
       </c>
       <c r="G331" s="1" t="s">
-        <v>749</v>
+        <v>747</v>
       </c>
       <c r="H331" s="3">
-        <v>44.99</v>
+        <v>165</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B332" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C332" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D332" s="1" t="s">
-        <v>737</v>
+        <v>745</v>
       </c>
       <c r="E332" s="1"/>
       <c r="F332" s="1" t="s">
-        <v>750</v>
+        <v>748</v>
       </c>
       <c r="G332" s="1" t="s">
-        <v>751</v>
+        <v>749</v>
       </c>
       <c r="H332" s="3">
-        <v>38</v>
+        <v>112</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B333" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C333" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D333" s="1" t="s">
-        <v>737</v>
+        <v>745</v>
       </c>
       <c r="E333" s="1"/>
       <c r="F333" s="1" t="s">
-        <v>752</v>
+        <v>750</v>
       </c>
       <c r="G333" s="1" t="s">
-        <v>753</v>
+        <v>751</v>
       </c>
       <c r="H333" s="3">
-        <v>38</v>
+        <v>34</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B334" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C334" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D334" s="1" t="s">
-        <v>737</v>
+        <v>745</v>
       </c>
       <c r="E334" s="1"/>
       <c r="F334" s="1" t="s">
-        <v>754</v>
+        <v>752</v>
       </c>
       <c r="G334" s="1" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="H334" s="3">
-        <v>59</v>
+        <v>336</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B335" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C335" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D335" s="1" t="s">
-        <v>737</v>
+        <v>745</v>
       </c>
       <c r="E335" s="1"/>
       <c r="F335" s="1" t="s">
-        <v>756</v>
+        <v>754</v>
       </c>
       <c r="G335" s="1" t="s">
-        <v>757</v>
+        <v>755</v>
       </c>
       <c r="H335" s="3">
-        <v>58</v>
+        <v>179</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B336" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C336" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D336" s="1" t="s">
-        <v>737</v>
+        <v>745</v>
       </c>
       <c r="E336" s="1"/>
       <c r="F336" s="1" t="s">
-        <v>758</v>
+        <v>756</v>
       </c>
       <c r="G336" s="1" t="s">
-        <v>759</v>
+        <v>757</v>
       </c>
       <c r="H336" s="3">
-        <v>43.99</v>
+        <v>235</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B337" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C337" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D337" s="1" t="s">
-        <v>737</v>
+        <v>745</v>
       </c>
       <c r="E337" s="1"/>
       <c r="F337" s="1" t="s">
-        <v>760</v>
+        <v>758</v>
       </c>
       <c r="G337" s="1" t="s">
-        <v>761</v>
+        <v>759</v>
       </c>
       <c r="H337" s="3">
-        <v>25.5</v>
+        <v>249</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B338" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C338" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D338" s="1" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="E338" s="1"/>
       <c r="F338" s="1" t="s">
-        <v>763</v>
+        <v>760</v>
       </c>
       <c r="G338" s="1" t="s">
-        <v>764</v>
+        <v>761</v>
       </c>
       <c r="H338" s="3">
-        <v>165</v>
+        <v>249</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B339" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C339" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D339" s="1" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="E339" s="1"/>
       <c r="F339" s="1" t="s">
-        <v>765</v>
+        <v>762</v>
       </c>
       <c r="G339" s="1" t="s">
-        <v>766</v>
+        <v>763</v>
       </c>
       <c r="H339" s="3">
-        <v>112</v>
+        <v>49</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B340" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C340" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D340" s="1" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="E340" s="1"/>
       <c r="F340" s="1" t="s">
-        <v>767</v>
+        <v>764</v>
       </c>
       <c r="G340" s="1" t="s">
-        <v>768</v>
+        <v>765</v>
       </c>
       <c r="H340" s="3">
-        <v>34</v>
+        <v>50</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B341" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C341" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D341" s="1" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="E341" s="1"/>
       <c r="F341" s="1" t="s">
-        <v>769</v>
+        <v>766</v>
       </c>
       <c r="G341" s="1" t="s">
-        <v>770</v>
+        <v>767</v>
       </c>
       <c r="H341" s="3">
-        <v>336</v>
+        <v>95</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B342" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C342" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D342" s="1" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="E342" s="1"/>
       <c r="F342" s="1" t="s">
-        <v>771</v>
+        <v>768</v>
       </c>
       <c r="G342" s="1" t="s">
-        <v>772</v>
+        <v>769</v>
       </c>
       <c r="H342" s="3">
-        <v>179</v>
+        <v>99</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B343" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C343" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D343" s="1" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="E343" s="1"/>
       <c r="F343" s="1" t="s">
-        <v>773</v>
+        <v>770</v>
       </c>
       <c r="G343" s="1" t="s">
-        <v>774</v>
+        <v>771</v>
       </c>
       <c r="H343" s="3">
-        <v>235</v>
+        <v>99</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B344" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C344" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D344" s="1" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="E344" s="1"/>
       <c r="F344" s="1" t="s">
-        <v>775</v>
+        <v>772</v>
       </c>
       <c r="G344" s="1" t="s">
-        <v>776</v>
+        <v>773</v>
       </c>
       <c r="H344" s="3">
-        <v>249</v>
+        <v>99</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B345" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C345" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D345" s="1" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="E345" s="1"/>
       <c r="F345" s="1" t="s">
-        <v>777</v>
+        <v>774</v>
       </c>
       <c r="G345" s="1" t="s">
-        <v>778</v>
+        <v>775</v>
       </c>
       <c r="H345" s="3">
-        <v>249</v>
+        <v>120</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B346" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C346" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D346" s="1" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="E346" s="1"/>
       <c r="F346" s="1" t="s">
-        <v>779</v>
+        <v>776</v>
       </c>
       <c r="G346" s="1" t="s">
-        <v>780</v>
+        <v>777</v>
       </c>
       <c r="H346" s="3">
-        <v>49</v>
+        <v>42</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B347" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C347" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D347" s="1" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="E347" s="1"/>
       <c r="F347" s="1" t="s">
-        <v>781</v>
+        <v>778</v>
       </c>
       <c r="G347" s="1" t="s">
-        <v>782</v>
+        <v>779</v>
       </c>
       <c r="H347" s="3">
-        <v>50</v>
+        <v>36.95</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B348" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C348" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D348" s="1" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="E348" s="1"/>
       <c r="F348" s="1" t="s">
-        <v>783</v>
+        <v>780</v>
       </c>
       <c r="G348" s="1" t="s">
-        <v>784</v>
+        <v>781</v>
       </c>
       <c r="H348" s="3">
-        <v>95</v>
+        <v>72</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B349" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C349" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D349" s="1" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="E349" s="1"/>
       <c r="F349" s="1" t="s">
-        <v>785</v>
+        <v>782</v>
       </c>
       <c r="G349" s="1" t="s">
-        <v>786</v>
+        <v>783</v>
       </c>
       <c r="H349" s="3">
-        <v>99</v>
+        <v>58</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B350" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C350" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D350" s="1" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="E350" s="1"/>
       <c r="F350" s="1" t="s">
-        <v>787</v>
+        <v>784</v>
       </c>
       <c r="G350" s="1" t="s">
-        <v>788</v>
+        <v>785</v>
       </c>
       <c r="H350" s="3">
-        <v>99</v>
+        <v>55</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B351" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C351" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D351" s="1" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="E351" s="1"/>
       <c r="F351" s="1" t="s">
-        <v>789</v>
+        <v>786</v>
       </c>
       <c r="G351" s="1" t="s">
-        <v>790</v>
+        <v>787</v>
       </c>
       <c r="H351" s="3">
-        <v>99</v>
+        <v>95</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B352" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C352" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D352" s="1" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="E352" s="1"/>
       <c r="F352" s="1" t="s">
-        <v>791</v>
+        <v>788</v>
       </c>
       <c r="G352" s="1" t="s">
-        <v>792</v>
+        <v>789</v>
       </c>
       <c r="H352" s="3">
-        <v>120</v>
+        <v>99</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B353" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C353" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D353" s="1" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="E353" s="1"/>
       <c r="F353" s="1" t="s">
-        <v>793</v>
+        <v>790</v>
       </c>
       <c r="G353" s="1" t="s">
-        <v>794</v>
+        <v>791</v>
       </c>
       <c r="H353" s="3">
-        <v>42</v>
+        <v>99</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B354" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C354" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D354" s="1" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="E354" s="1"/>
       <c r="F354" s="1" t="s">
-        <v>795</v>
+        <v>792</v>
       </c>
       <c r="G354" s="1" t="s">
-        <v>796</v>
+        <v>793</v>
       </c>
       <c r="H354" s="3">
-        <v>36.95</v>
+        <v>210</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B355" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C355" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D355" s="1" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="E355" s="1"/>
       <c r="F355" s="1" t="s">
-        <v>797</v>
+        <v>794</v>
       </c>
       <c r="G355" s="1" t="s">
-        <v>798</v>
+        <v>795</v>
       </c>
       <c r="H355" s="3">
-        <v>60</v>
+        <v>125</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B356" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C356" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D356" s="1" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="E356" s="1"/>
       <c r="F356" s="1" t="s">
-        <v>799</v>
+        <v>796</v>
       </c>
       <c r="G356" s="1" t="s">
-        <v>800</v>
+        <v>797</v>
       </c>
       <c r="H356" s="3">
-        <v>72</v>
+        <v>96</v>
       </c>
     </row>
     <row r="357">
       <c r="A357" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B357" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C357" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D357" s="1" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="E357" s="1"/>
       <c r="F357" s="1" t="s">
-        <v>801</v>
+        <v>798</v>
       </c>
       <c r="G357" s="1" t="s">
-        <v>802</v>
+        <v>799</v>
       </c>
       <c r="H357" s="3">
-        <v>58</v>
+        <v>125</v>
       </c>
     </row>
     <row r="358">
       <c r="A358" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B358" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C358" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D358" s="1" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="E358" s="1"/>
       <c r="F358" s="1" t="s">
-        <v>803</v>
+        <v>800</v>
       </c>
       <c r="G358" s="1" t="s">
-        <v>804</v>
+        <v>801</v>
       </c>
       <c r="H358" s="3">
-        <v>55</v>
+        <v>139</v>
       </c>
     </row>
     <row r="359">
       <c r="A359" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B359" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C359" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D359" s="1" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="E359" s="1"/>
       <c r="F359" s="1" t="s">
-        <v>805</v>
+        <v>802</v>
       </c>
       <c r="G359" s="1" t="s">
-        <v>806</v>
+        <v>803</v>
       </c>
       <c r="H359" s="3">
-        <v>95</v>
+        <v>90</v>
       </c>
     </row>
     <row r="360">
       <c r="A360" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B360" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C360" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D360" s="1" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="E360" s="1"/>
       <c r="F360" s="1" t="s">
-        <v>807</v>
+        <v>804</v>
       </c>
       <c r="G360" s="1" t="s">
-        <v>808</v>
+        <v>805</v>
       </c>
       <c r="H360" s="3">
-        <v>99</v>
+        <v>90</v>
       </c>
     </row>
     <row r="361">
       <c r="A361" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B361" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C361" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D361" s="1" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="E361" s="1"/>
       <c r="F361" s="1" t="s">
-        <v>809</v>
+        <v>806</v>
       </c>
       <c r="G361" s="1" t="s">
-        <v>810</v>
+        <v>807</v>
       </c>
       <c r="H361" s="3">
-        <v>99</v>
+        <v>69</v>
       </c>
     </row>
     <row r="362">
       <c r="A362" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B362" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C362" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D362" s="1" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="E362" s="1"/>
       <c r="F362" s="1" t="s">
-        <v>811</v>
+        <v>808</v>
       </c>
       <c r="G362" s="1" t="s">
-        <v>812</v>
+        <v>809</v>
       </c>
       <c r="H362" s="3">
-        <v>210</v>
+        <v>82</v>
       </c>
     </row>
     <row r="363">
       <c r="A363" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B363" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C363" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D363" s="1" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="E363" s="1"/>
       <c r="F363" s="1" t="s">
-        <v>813</v>
+        <v>810</v>
       </c>
       <c r="G363" s="1" t="s">
-        <v>814</v>
+        <v>811</v>
       </c>
       <c r="H363" s="3">
-        <v>125</v>
+        <v>52</v>
       </c>
     </row>
     <row r="364">
       <c r="A364" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B364" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C364" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D364" s="1" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="E364" s="1"/>
       <c r="F364" s="1" t="s">
-        <v>815</v>
+        <v>812</v>
       </c>
       <c r="G364" s="1" t="s">
-        <v>816</v>
+        <v>813</v>
       </c>
       <c r="H364" s="3">
-        <v>96</v>
+        <v>67.5</v>
       </c>
     </row>
     <row r="365">
       <c r="A365" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B365" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C365" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D365" s="1" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="E365" s="1"/>
       <c r="F365" s="1" t="s">
-        <v>817</v>
+        <v>814</v>
       </c>
       <c r="G365" s="1" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
       <c r="H365" s="3">
-        <v>125</v>
+        <v>36.99</v>
       </c>
     </row>
     <row r="366">
       <c r="A366" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B366" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C366" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D366" s="1" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="E366" s="1"/>
       <c r="F366" s="1" t="s">
-        <v>819</v>
+        <v>816</v>
       </c>
       <c r="G366" s="1" t="s">
-        <v>820</v>
+        <v>817</v>
       </c>
       <c r="H366" s="3">
-        <v>139</v>
+        <v>36</v>
       </c>
     </row>
     <row r="367">
       <c r="A367" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B367" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C367" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D367" s="1" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="E367" s="1"/>
       <c r="F367" s="1" t="s">
-        <v>821</v>
+        <v>818</v>
       </c>
       <c r="G367" s="1" t="s">
-        <v>822</v>
+        <v>819</v>
       </c>
       <c r="H367" s="3">
-        <v>90</v>
+        <v>36</v>
       </c>
     </row>
     <row r="368">
       <c r="A368" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B368" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C368" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D368" s="1" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="E368" s="1"/>
       <c r="F368" s="1" t="s">
-        <v>823</v>
+        <v>820</v>
       </c>
       <c r="G368" s="1" t="s">
-        <v>824</v>
+        <v>821</v>
       </c>
       <c r="H368" s="3">
-        <v>90</v>
+        <v>27</v>
       </c>
     </row>
     <row r="369">
       <c r="A369" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B369" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C369" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D369" s="1" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="E369" s="1"/>
       <c r="F369" s="1" t="s">
-        <v>825</v>
+        <v>822</v>
       </c>
       <c r="G369" s="1" t="s">
-        <v>826</v>
+        <v>823</v>
       </c>
       <c r="H369" s="3">
-        <v>69</v>
+        <v>36</v>
       </c>
     </row>
     <row r="370">
       <c r="A370" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B370" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C370" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D370" s="1" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="E370" s="1"/>
       <c r="F370" s="1" t="s">
-        <v>827</v>
+        <v>824</v>
       </c>
       <c r="G370" s="1" t="s">
-        <v>828</v>
+        <v>825</v>
       </c>
       <c r="H370" s="3">
-        <v>82</v>
+        <v>38</v>
       </c>
     </row>
     <row r="371">
       <c r="A371" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B371" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C371" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D371" s="1" t="s">
-        <v>762</v>
+        <v>745</v>
       </c>
       <c r="E371" s="1"/>
       <c r="F371" s="1" t="s">
-        <v>829</v>
+        <v>826</v>
       </c>
       <c r="G371" s="1" t="s">
-        <v>830</v>
+        <v>827</v>
       </c>
       <c r="H371" s="3">
-        <v>52</v>
+        <v>38</v>
       </c>
     </row>
     <row r="372">
       <c r="A372" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B372" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C372" s="1" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D372" s="1" t="s">
-        <v>762</v>
+        <v>828</v>
       </c>
       <c r="E372" s="1"/>
       <c r="F372" s="1" t="s">
-        <v>831</v>
+        <v>829</v>
       </c>
       <c r="G372" s="1" t="s">
-        <v>832</v>
+        <v>830</v>
       </c>
       <c r="H372" s="3">
-        <v>67.5</v>
+        <v>30.99</v>
       </c>
     </row>
     <row r="373">
       <c r="A373" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B373" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C373" s="1" t="s">
-        <v>155</v>
-[...3 lines deleted...]
-      </c>
+        <v>831</v>
+      </c>
+      <c r="D373" s="1"/>
       <c r="E373" s="1"/>
       <c r="F373" s="1" t="s">
+        <v>832</v>
+      </c>
+      <c r="G373" s="1" t="s">
         <v>833</v>
       </c>
-      <c r="G373" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H373" s="3">
-        <v>36.99</v>
+        <v>29.99</v>
       </c>
     </row>
     <row r="374">
       <c r="A374" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B374" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C374" s="1" t="s">
-        <v>155</v>
+        <v>831</v>
       </c>
       <c r="D374" s="1" t="s">
-        <v>762</v>
-[...1 lines deleted...]
-      <c r="E374" s="1"/>
+        <v>834</v>
+      </c>
+      <c r="E374" s="1" t="s">
+        <v>835</v>
+      </c>
       <c r="F374" s="1" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="G374" s="1" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="H374" s="3">
-        <v>36</v>
+        <v>7.75</v>
       </c>
     </row>
     <row r="375">
       <c r="A375" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B375" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C375" s="1" t="s">
-        <v>155</v>
+        <v>831</v>
       </c>
       <c r="D375" s="1" t="s">
-        <v>762</v>
-[...1 lines deleted...]
-      <c r="E375" s="1"/>
+        <v>834</v>
+      </c>
+      <c r="E375" s="1" t="s">
+        <v>835</v>
+      </c>
       <c r="F375" s="1" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="G375" s="1" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
       <c r="H375" s="3">
-        <v>36</v>
+        <v>13.49</v>
       </c>
     </row>
     <row r="376">
       <c r="A376" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B376" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C376" s="1" t="s">
-        <v>155</v>
+        <v>831</v>
       </c>
       <c r="D376" s="1" t="s">
-        <v>762</v>
-[...1 lines deleted...]
-      <c r="E376" s="1"/>
+        <v>834</v>
+      </c>
+      <c r="E376" s="1" t="s">
+        <v>835</v>
+      </c>
       <c r="F376" s="1" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
       <c r="G376" s="1" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
       <c r="H376" s="3">
-        <v>27</v>
+        <v>15.99</v>
       </c>
     </row>
     <row r="377">
       <c r="A377" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B377" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C377" s="1" t="s">
-        <v>155</v>
+        <v>831</v>
       </c>
       <c r="D377" s="1" t="s">
-        <v>762</v>
-[...1 lines deleted...]
-      <c r="E377" s="1"/>
+        <v>834</v>
+      </c>
+      <c r="E377" s="1" t="s">
+        <v>835</v>
+      </c>
       <c r="F377" s="1" t="s">
-        <v>841</v>
+        <v>842</v>
       </c>
       <c r="G377" s="1" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
       <c r="H377" s="3">
-        <v>36</v>
+        <v>8.99</v>
       </c>
     </row>
     <row r="378">
       <c r="A378" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B378" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C378" s="1" t="s">
-        <v>155</v>
+        <v>831</v>
       </c>
       <c r="D378" s="1" t="s">
-        <v>762</v>
-[...1 lines deleted...]
-      <c r="E378" s="1"/>
+        <v>834</v>
+      </c>
+      <c r="E378" s="1" t="s">
+        <v>835</v>
+      </c>
       <c r="F378" s="1" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="G378" s="1" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="H378" s="3">
-        <v>38</v>
+        <v>34.99</v>
       </c>
     </row>
     <row r="379">
       <c r="A379" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B379" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C379" s="1" t="s">
-        <v>155</v>
+        <v>831</v>
       </c>
       <c r="D379" s="1" t="s">
-        <v>762</v>
-[...1 lines deleted...]
-      <c r="E379" s="1"/>
+        <v>834</v>
+      </c>
+      <c r="E379" s="1" t="s">
+        <v>835</v>
+      </c>
       <c r="F379" s="1" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
       <c r="G379" s="1" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="H379" s="3">
-        <v>38</v>
+        <v>15.99</v>
       </c>
     </row>
     <row r="380">
       <c r="A380" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B380" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C380" s="1" t="s">
-        <v>155</v>
+        <v>831</v>
       </c>
       <c r="D380" s="1" t="s">
-        <v>847</v>
-[...1 lines deleted...]
-      <c r="E380" s="1"/>
+        <v>834</v>
+      </c>
+      <c r="E380" s="1" t="s">
+        <v>848</v>
+      </c>
       <c r="F380" s="1" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="G380" s="1" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="H380" s="3">
-        <v>30.99</v>
+        <v>14.99</v>
       </c>
     </row>
     <row r="381">
       <c r="A381" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B381" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C381" s="1" t="s">
-        <v>850</v>
-[...2 lines deleted...]
-      <c r="E381" s="1"/>
+        <v>831</v>
+      </c>
+      <c r="D381" s="1" t="s">
+        <v>834</v>
+      </c>
+      <c r="E381" s="1" t="s">
+        <v>851</v>
+      </c>
       <c r="F381" s="1" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
       <c r="G381" s="1" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="H381" s="3">
-        <v>29.99</v>
+        <v>32</v>
       </c>
     </row>
     <row r="382">
       <c r="A382" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B382" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C382" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D382" s="1" t="s">
-        <v>853</v>
+        <v>834</v>
       </c>
       <c r="E382" s="1" t="s">
+        <v>851</v>
+      </c>
+      <c r="F382" s="1" t="s">
         <v>854</v>
       </c>
-      <c r="F382" s="1" t="s">
+      <c r="G382" s="1" t="s">
         <v>855</v>
       </c>
-      <c r="G382" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H382" s="3">
-        <v>7.75</v>
+        <v>37.99</v>
       </c>
     </row>
     <row r="383">
       <c r="A383" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B383" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C383" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D383" s="1" t="s">
-        <v>853</v>
+        <v>834</v>
       </c>
       <c r="E383" s="1" t="s">
-        <v>854</v>
+        <v>851</v>
       </c>
       <c r="F383" s="1" t="s">
+        <v>856</v>
+      </c>
+      <c r="G383" s="1" t="s">
         <v>857</v>
       </c>
-      <c r="G383" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H383" s="3">
-        <v>13.49</v>
+        <v>36.99</v>
       </c>
     </row>
     <row r="384">
       <c r="A384" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B384" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C384" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D384" s="1" t="s">
-        <v>853</v>
+        <v>834</v>
       </c>
       <c r="E384" s="1" t="s">
-        <v>854</v>
+        <v>851</v>
       </c>
       <c r="F384" s="1" t="s">
+        <v>858</v>
+      </c>
+      <c r="G384" s="1" t="s">
         <v>859</v>
       </c>
-      <c r="G384" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H384" s="3">
-        <v>15.99</v>
+        <v>37.99</v>
       </c>
     </row>
     <row r="385">
       <c r="A385" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B385" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C385" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D385" s="1" t="s">
-        <v>853</v>
+        <v>834</v>
       </c>
       <c r="E385" s="1" t="s">
-        <v>854</v>
+        <v>851</v>
       </c>
       <c r="F385" s="1" t="s">
+        <v>860</v>
+      </c>
+      <c r="G385" s="1" t="s">
         <v>861</v>
       </c>
-      <c r="G385" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H385" s="3">
-        <v>8.99</v>
+        <v>39.99</v>
       </c>
     </row>
     <row r="386">
       <c r="A386" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B386" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C386" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D386" s="1" t="s">
-        <v>853</v>
+        <v>834</v>
       </c>
       <c r="E386" s="1" t="s">
-        <v>854</v>
+        <v>851</v>
       </c>
       <c r="F386" s="1" t="s">
+        <v>862</v>
+      </c>
+      <c r="G386" s="1" t="s">
         <v>863</v>
       </c>
-      <c r="G386" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H386" s="3">
-        <v>34.99</v>
+        <v>32</v>
       </c>
     </row>
     <row r="387">
       <c r="A387" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B387" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C387" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D387" s="1" t="s">
-        <v>853</v>
+        <v>834</v>
       </c>
       <c r="E387" s="1" t="s">
-        <v>854</v>
+        <v>851</v>
       </c>
       <c r="F387" s="1" t="s">
+        <v>864</v>
+      </c>
+      <c r="G387" s="1" t="s">
         <v>865</v>
       </c>
-      <c r="G387" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H387" s="3">
-        <v>15.99</v>
+        <v>37.5</v>
       </c>
     </row>
     <row r="388">
       <c r="A388" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B388" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C388" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D388" s="1" t="s">
-        <v>853</v>
+        <v>866</v>
       </c>
       <c r="E388" s="1" t="s">
         <v>867</v>
       </c>
       <c r="F388" s="1" t="s">
         <v>868</v>
       </c>
       <c r="G388" s="1" t="s">
         <v>869</v>
       </c>
       <c r="H388" s="3">
-        <v>14.99</v>
+        <v>34.95</v>
       </c>
     </row>
     <row r="389">
       <c r="A389" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B389" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C389" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D389" s="1" t="s">
-        <v>853</v>
+        <v>866</v>
       </c>
       <c r="E389" s="1" t="s">
+        <v>867</v>
+      </c>
+      <c r="F389" s="1" t="s">
         <v>870</v>
       </c>
-      <c r="F389" s="1" t="s">
+      <c r="G389" s="1" t="s">
         <v>871</v>
       </c>
-      <c r="G389" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H389" s="3">
-        <v>32</v>
+        <v>37.99</v>
       </c>
     </row>
     <row r="390">
       <c r="A390" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B390" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C390" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D390" s="1" t="s">
-        <v>853</v>
+        <v>866</v>
       </c>
       <c r="E390" s="1" t="s">
-        <v>870</v>
+        <v>867</v>
       </c>
       <c r="F390" s="1" t="s">
+        <v>872</v>
+      </c>
+      <c r="G390" s="1" t="s">
         <v>873</v>
       </c>
-      <c r="G390" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H390" s="3">
-        <v>37.99</v>
+        <v>40.95</v>
       </c>
     </row>
     <row r="391">
       <c r="A391" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B391" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C391" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D391" s="1" t="s">
-        <v>853</v>
+        <v>866</v>
       </c>
       <c r="E391" s="1" t="s">
-        <v>870</v>
+        <v>867</v>
       </c>
       <c r="F391" s="1" t="s">
+        <v>874</v>
+      </c>
+      <c r="G391" s="1" t="s">
         <v>875</v>
       </c>
-      <c r="G391" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H391" s="3">
-        <v>36.99</v>
+        <v>44</v>
       </c>
     </row>
     <row r="392">
       <c r="A392" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B392" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C392" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D392" s="1" t="s">
-        <v>853</v>
-[...3 lines deleted...]
-      </c>
+        <v>876</v>
+      </c>
+      <c r="E392" s="1"/>
       <c r="F392" s="1" t="s">
         <v>877</v>
       </c>
       <c r="G392" s="1" t="s">
         <v>878</v>
       </c>
       <c r="H392" s="3">
-        <v>37.99</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="393">
       <c r="A393" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B393" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C393" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D393" s="1" t="s">
-        <v>853</v>
-[...3 lines deleted...]
-      </c>
+        <v>876</v>
+      </c>
+      <c r="E393" s="1"/>
       <c r="F393" s="1" t="s">
         <v>879</v>
       </c>
       <c r="G393" s="1" t="s">
         <v>880</v>
       </c>
       <c r="H393" s="3">
-        <v>39.99</v>
+        <v>33.99</v>
       </c>
     </row>
     <row r="394">
       <c r="A394" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B394" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C394" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D394" s="1" t="s">
-        <v>853</v>
-[...3 lines deleted...]
-      </c>
+        <v>876</v>
+      </c>
+      <c r="E394" s="1"/>
       <c r="F394" s="1" t="s">
         <v>881</v>
       </c>
       <c r="G394" s="1" t="s">
         <v>882</v>
       </c>
       <c r="H394" s="3">
-        <v>32</v>
+        <v>22</v>
       </c>
     </row>
     <row r="395">
       <c r="A395" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B395" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C395" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D395" s="1" t="s">
-        <v>853</v>
+        <v>876</v>
       </c>
       <c r="E395" s="1" t="s">
-        <v>870</v>
+        <v>883</v>
       </c>
       <c r="F395" s="1" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="G395" s="1" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
       <c r="H395" s="3">
-        <v>37.5</v>
+        <v>49.99</v>
       </c>
     </row>
     <row r="396">
       <c r="A396" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B396" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C396" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D396" s="1" t="s">
-        <v>885</v>
+        <v>876</v>
       </c>
       <c r="E396" s="1" t="s">
+        <v>883</v>
+      </c>
+      <c r="F396" s="1" t="s">
         <v>886</v>
       </c>
-      <c r="F396" s="1" t="s">
+      <c r="G396" s="1" t="s">
         <v>887</v>
       </c>
-      <c r="G396" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H396" s="3">
-        <v>34.95</v>
+        <v>59</v>
       </c>
     </row>
     <row r="397">
       <c r="A397" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B397" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C397" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D397" s="1" t="s">
-        <v>885</v>
+        <v>876</v>
       </c>
       <c r="E397" s="1" t="s">
-        <v>886</v>
+        <v>883</v>
       </c>
       <c r="F397" s="1" t="s">
+        <v>888</v>
+      </c>
+      <c r="G397" s="1" t="s">
         <v>889</v>
       </c>
-      <c r="G397" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H397" s="3">
-        <v>37.99</v>
+        <v>68</v>
       </c>
     </row>
     <row r="398">
       <c r="A398" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B398" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C398" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D398" s="1" t="s">
-        <v>885</v>
+        <v>876</v>
       </c>
       <c r="E398" s="1" t="s">
-        <v>886</v>
+        <v>890</v>
       </c>
       <c r="F398" s="1" t="s">
         <v>891</v>
       </c>
       <c r="G398" s="1" t="s">
         <v>892</v>
       </c>
       <c r="H398" s="3">
-        <v>40.95</v>
+        <v>35.99</v>
       </c>
     </row>
     <row r="399">
       <c r="A399" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B399" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C399" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D399" s="1" t="s">
-        <v>885</v>
+        <v>876</v>
       </c>
       <c r="E399" s="1" t="s">
-        <v>886</v>
+        <v>890</v>
       </c>
       <c r="F399" s="1" t="s">
         <v>893</v>
       </c>
       <c r="G399" s="1" t="s">
         <v>894</v>
       </c>
       <c r="H399" s="3">
-        <v>44</v>
+        <v>35.99</v>
       </c>
     </row>
     <row r="400">
       <c r="A400" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B400" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C400" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D400" s="1" t="s">
+        <v>876</v>
+      </c>
+      <c r="E400" s="1" t="s">
+        <v>890</v>
+      </c>
+      <c r="F400" s="1" t="s">
         <v>895</v>
       </c>
-      <c r="E400" s="1"/>
-      <c r="F400" s="1" t="s">
+      <c r="G400" s="1" t="s">
         <v>896</v>
       </c>
-      <c r="G400" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H400" s="3">
-        <v>32.5</v>
+        <v>84.99</v>
       </c>
     </row>
     <row r="401">
       <c r="A401" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B401" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C401" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D401" s="1" t="s">
-        <v>895</v>
-[...1 lines deleted...]
-      <c r="E401" s="1"/>
+        <v>876</v>
+      </c>
+      <c r="E401" s="1" t="s">
+        <v>890</v>
+      </c>
       <c r="F401" s="1" t="s">
+        <v>897</v>
+      </c>
+      <c r="G401" s="1" t="s">
         <v>898</v>
       </c>
-      <c r="G401" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H401" s="3">
-        <v>33.99</v>
+        <v>49.99</v>
       </c>
     </row>
     <row r="402">
       <c r="A402" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B402" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C402" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D402" s="1" t="s">
-        <v>895</v>
-[...1 lines deleted...]
-      <c r="E402" s="1"/>
+        <v>876</v>
+      </c>
+      <c r="E402" s="1" t="s">
+        <v>890</v>
+      </c>
       <c r="F402" s="1" t="s">
+        <v>899</v>
+      </c>
+      <c r="G402" s="1" t="s">
         <v>900</v>
       </c>
-      <c r="G402" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H402" s="3">
-        <v>22</v>
+        <v>49.99</v>
       </c>
     </row>
     <row r="403">
       <c r="A403" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B403" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C403" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D403" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E403" s="1" t="s">
+        <v>901</v>
+      </c>
+      <c r="F403" s="1" t="s">
         <v>902</v>
       </c>
-      <c r="F403" s="1" t="s">
+      <c r="G403" s="1" t="s">
         <v>903</v>
       </c>
-      <c r="G403" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H403" s="3">
-        <v>49.99</v>
+        <v>69.5</v>
       </c>
     </row>
     <row r="404">
       <c r="A404" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B404" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C404" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D404" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E404" s="1" t="s">
-        <v>902</v>
+        <v>901</v>
       </c>
       <c r="F404" s="1" t="s">
+        <v>904</v>
+      </c>
+      <c r="G404" s="1" t="s">
         <v>905</v>
       </c>
-      <c r="G404" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H404" s="3">
-        <v>59</v>
+        <v>36.99</v>
       </c>
     </row>
     <row r="405">
       <c r="A405" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B405" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C405" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D405" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E405" s="1" t="s">
-        <v>902</v>
+        <v>901</v>
       </c>
       <c r="F405" s="1" t="s">
+        <v>906</v>
+      </c>
+      <c r="G405" s="1" t="s">
         <v>907</v>
       </c>
-      <c r="G405" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H405" s="3">
-        <v>68</v>
+        <v>74.99</v>
       </c>
     </row>
     <row r="406">
       <c r="A406" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B406" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C406" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D406" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E406" s="1" t="s">
+        <v>901</v>
+      </c>
+      <c r="F406" s="1" t="s">
+        <v>908</v>
+      </c>
+      <c r="G406" s="1" t="s">
         <v>909</v>
       </c>
-      <c r="F406" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H406" s="3">
-        <v>35.99</v>
+        <v>37.99</v>
       </c>
     </row>
     <row r="407">
       <c r="A407" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B407" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C407" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D407" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E407" s="1" t="s">
-        <v>909</v>
+        <v>901</v>
       </c>
       <c r="F407" s="1" t="s">
-        <v>912</v>
+        <v>910</v>
       </c>
       <c r="G407" s="1" t="s">
-        <v>913</v>
+        <v>911</v>
       </c>
       <c r="H407" s="3">
-        <v>35.99</v>
+        <v>37.99</v>
       </c>
     </row>
     <row r="408">
       <c r="A408" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B408" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C408" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D408" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E408" s="1" t="s">
-        <v>909</v>
+        <v>901</v>
       </c>
       <c r="F408" s="1" t="s">
-        <v>914</v>
+        <v>912</v>
       </c>
       <c r="G408" s="1" t="s">
-        <v>915</v>
+        <v>913</v>
       </c>
       <c r="H408" s="3">
-        <v>84.99</v>
+        <v>39</v>
       </c>
     </row>
     <row r="409">
       <c r="A409" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B409" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C409" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D409" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E409" s="1" t="s">
-        <v>909</v>
+        <v>901</v>
       </c>
       <c r="F409" s="1" t="s">
-        <v>916</v>
+        <v>914</v>
       </c>
       <c r="G409" s="1" t="s">
-        <v>917</v>
+        <v>915</v>
       </c>
       <c r="H409" s="3">
-        <v>49.99</v>
+        <v>69.95</v>
       </c>
     </row>
     <row r="410">
       <c r="A410" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B410" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C410" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D410" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E410" s="1" t="s">
-        <v>909</v>
+        <v>901</v>
       </c>
       <c r="F410" s="1" t="s">
-        <v>918</v>
+        <v>916</v>
       </c>
       <c r="G410" s="1" t="s">
-        <v>919</v>
+        <v>917</v>
       </c>
       <c r="H410" s="3">
-        <v>49.99</v>
+        <v>48</v>
       </c>
     </row>
     <row r="411">
       <c r="A411" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B411" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C411" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D411" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E411" s="1" t="s">
+        <v>918</v>
+      </c>
+      <c r="F411" s="1" t="s">
+        <v>919</v>
+      </c>
+      <c r="G411" s="1" t="s">
         <v>920</v>
       </c>
-      <c r="F411" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H411" s="3">
-        <v>69.5</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="412">
       <c r="A412" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B412" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C412" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D412" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E412" s="1" t="s">
-        <v>920</v>
+        <v>918</v>
       </c>
       <c r="F412" s="1" t="s">
-        <v>923</v>
+        <v>921</v>
       </c>
       <c r="G412" s="1" t="s">
-        <v>924</v>
+        <v>922</v>
       </c>
       <c r="H412" s="3">
-        <v>36.99</v>
+        <v>34.99</v>
       </c>
     </row>
     <row r="413">
       <c r="A413" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B413" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C413" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D413" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E413" s="1" t="s">
-        <v>920</v>
+        <v>918</v>
       </c>
       <c r="F413" s="1" t="s">
-        <v>925</v>
+        <v>923</v>
       </c>
       <c r="G413" s="1" t="s">
-        <v>926</v>
+        <v>924</v>
       </c>
       <c r="H413" s="3">
-        <v>74.99</v>
+        <v>34.99</v>
       </c>
     </row>
     <row r="414">
       <c r="A414" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B414" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C414" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D414" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E414" s="1" t="s">
-        <v>920</v>
+        <v>918</v>
       </c>
       <c r="F414" s="1" t="s">
-        <v>927</v>
+        <v>925</v>
       </c>
       <c r="G414" s="1" t="s">
-        <v>928</v>
+        <v>926</v>
       </c>
       <c r="H414" s="3">
-        <v>37.99</v>
+        <v>52</v>
       </c>
     </row>
     <row r="415">
       <c r="A415" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B415" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C415" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D415" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E415" s="1" t="s">
-        <v>920</v>
+        <v>918</v>
       </c>
       <c r="F415" s="1" t="s">
-        <v>929</v>
+        <v>927</v>
       </c>
       <c r="G415" s="1" t="s">
-        <v>930</v>
+        <v>928</v>
       </c>
       <c r="H415" s="3">
-        <v>37.99</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="416">
       <c r="A416" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B416" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C416" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D416" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E416" s="1" t="s">
-        <v>920</v>
+        <v>918</v>
       </c>
       <c r="F416" s="1" t="s">
-        <v>931</v>
+        <v>929</v>
       </c>
       <c r="G416" s="1" t="s">
-        <v>932</v>
+        <v>930</v>
       </c>
       <c r="H416" s="3">
-        <v>39</v>
+        <v>19.89</v>
       </c>
     </row>
     <row r="417">
       <c r="A417" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B417" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C417" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D417" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E417" s="1" t="s">
-        <v>920</v>
+        <v>918</v>
       </c>
       <c r="F417" s="1" t="s">
-        <v>933</v>
+        <v>931</v>
       </c>
       <c r="G417" s="1" t="s">
-        <v>934</v>
+        <v>932</v>
       </c>
       <c r="H417" s="3">
-        <v>69.95</v>
+        <v>55</v>
       </c>
     </row>
     <row r="418">
       <c r="A418" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B418" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C418" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D418" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E418" s="1" t="s">
-        <v>920</v>
+        <v>933</v>
       </c>
       <c r="F418" s="1" t="s">
+        <v>934</v>
+      </c>
+      <c r="G418" s="1" t="s">
         <v>935</v>
       </c>
-      <c r="G418" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H418" s="3">
-        <v>48</v>
+        <v>72</v>
       </c>
     </row>
     <row r="419">
       <c r="A419" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B419" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C419" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D419" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E419" s="1" t="s">
+        <v>933</v>
+      </c>
+      <c r="F419" s="1" t="s">
+        <v>936</v>
+      </c>
+      <c r="G419" s="1" t="s">
         <v>937</v>
       </c>
-      <c r="F419" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H419" s="3">
-        <v>32.5</v>
+        <v>44</v>
       </c>
     </row>
     <row r="420">
       <c r="A420" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B420" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C420" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D420" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E420" s="1" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="F420" s="1" t="s">
+        <v>939</v>
+      </c>
+      <c r="G420" s="1" t="s">
         <v>940</v>
       </c>
-      <c r="G420" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H420" s="3">
-        <v>34.99</v>
+        <v>42.99</v>
       </c>
     </row>
     <row r="421">
       <c r="A421" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B421" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C421" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D421" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E421" s="1" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="F421" s="1" t="s">
+        <v>941</v>
+      </c>
+      <c r="G421" s="1" t="s">
         <v>942</v>
       </c>
-      <c r="G421" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H421" s="3">
-        <v>34.99</v>
+        <v>42.99</v>
       </c>
     </row>
     <row r="422">
       <c r="A422" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B422" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C422" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D422" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E422" s="1" t="s">
-        <v>937</v>
+        <v>943</v>
       </c>
       <c r="F422" s="1" t="s">
         <v>944</v>
       </c>
       <c r="G422" s="1" t="s">
         <v>945</v>
       </c>
       <c r="H422" s="3">
-        <v>52</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="423">
       <c r="A423" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B423" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C423" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D423" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E423" s="1" t="s">
-        <v>937</v>
+        <v>946</v>
       </c>
       <c r="F423" s="1" t="s">
-        <v>946</v>
+        <v>947</v>
       </c>
       <c r="G423" s="1" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
       <c r="H423" s="3">
-        <v>32.5</v>
+        <v>24.5</v>
       </c>
     </row>
     <row r="424">
       <c r="A424" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B424" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C424" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D424" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E424" s="1" t="s">
-        <v>937</v>
+        <v>946</v>
       </c>
       <c r="F424" s="1" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
       <c r="G424" s="1" t="s">
-        <v>949</v>
+        <v>950</v>
       </c>
       <c r="H424" s="3">
-        <v>19.89</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="425">
       <c r="A425" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B425" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C425" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D425" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E425" s="1" t="s">
-        <v>937</v>
+        <v>951</v>
       </c>
       <c r="F425" s="1" t="s">
-        <v>950</v>
+        <v>952</v>
       </c>
       <c r="G425" s="1" t="s">
-        <v>951</v>
+        <v>953</v>
       </c>
       <c r="H425" s="3">
-        <v>55</v>
+        <v>42</v>
       </c>
     </row>
     <row r="426">
       <c r="A426" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B426" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C426" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D426" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E426" s="1" t="s">
-        <v>952</v>
+        <v>951</v>
       </c>
       <c r="F426" s="1" t="s">
-        <v>953</v>
+        <v>954</v>
       </c>
       <c r="G426" s="1" t="s">
-        <v>954</v>
+        <v>955</v>
       </c>
       <c r="H426" s="3">
-        <v>72</v>
+        <v>42</v>
       </c>
     </row>
     <row r="427">
       <c r="A427" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B427" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C427" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D427" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E427" s="1" t="s">
-        <v>952</v>
+        <v>956</v>
       </c>
       <c r="F427" s="1" t="s">
-        <v>955</v>
+        <v>957</v>
       </c>
       <c r="G427" s="1" t="s">
-        <v>956</v>
+        <v>958</v>
       </c>
       <c r="H427" s="3">
-        <v>44</v>
+        <v>38.99</v>
       </c>
     </row>
     <row r="428">
       <c r="A428" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B428" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C428" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D428" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E428" s="1" t="s">
-        <v>957</v>
+        <v>956</v>
       </c>
       <c r="F428" s="1" t="s">
-        <v>958</v>
+        <v>959</v>
       </c>
       <c r="G428" s="1" t="s">
-        <v>959</v>
+        <v>960</v>
       </c>
       <c r="H428" s="3">
-        <v>42.99</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="429">
       <c r="A429" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B429" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C429" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D429" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E429" s="1" t="s">
-        <v>957</v>
+        <v>956</v>
       </c>
       <c r="F429" s="1" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
       <c r="G429" s="1" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="H429" s="3">
-        <v>42.99</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="430">
       <c r="A430" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B430" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C430" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D430" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E430" s="1" t="s">
-        <v>962</v>
+        <v>956</v>
       </c>
       <c r="F430" s="1" t="s">
         <v>963</v>
       </c>
       <c r="G430" s="1" t="s">
         <v>964</v>
       </c>
       <c r="H430" s="3">
-        <v>24.99</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="431">
       <c r="A431" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B431" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C431" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D431" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E431" s="1" t="s">
         <v>965</v>
       </c>
       <c r="F431" s="1" t="s">
         <v>966</v>
       </c>
       <c r="G431" s="1" t="s">
         <v>967</v>
       </c>
       <c r="H431" s="3">
-        <v>19.89</v>
+        <v>98</v>
       </c>
     </row>
     <row r="432">
       <c r="A432" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B432" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C432" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D432" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E432" s="1" t="s">
         <v>965</v>
       </c>
       <c r="F432" s="1" t="s">
         <v>968</v>
       </c>
       <c r="G432" s="1" t="s">
         <v>969</v>
       </c>
       <c r="H432" s="3">
-        <v>24.5</v>
+        <v>106</v>
       </c>
     </row>
     <row r="433">
       <c r="A433" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B433" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C433" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D433" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E433" s="1" t="s">
         <v>965</v>
       </c>
       <c r="F433" s="1" t="s">
         <v>970</v>
       </c>
       <c r="G433" s="1" t="s">
         <v>971</v>
       </c>
       <c r="H433" s="3">
-        <v>19.99</v>
+        <v>120</v>
       </c>
     </row>
     <row r="434">
       <c r="A434" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B434" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C434" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D434" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E434" s="1" t="s">
         <v>965</v>
       </c>
       <c r="F434" s="1" t="s">
         <v>972</v>
       </c>
       <c r="G434" s="1" t="s">
         <v>973</v>
       </c>
       <c r="H434" s="3">
-        <v>27.5</v>
+        <v>135</v>
       </c>
     </row>
     <row r="435">
       <c r="A435" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B435" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C435" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D435" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E435" s="1" t="s">
+        <v>965</v>
+      </c>
+      <c r="F435" s="1" t="s">
         <v>974</v>
       </c>
-      <c r="F435" s="1" t="s">
+      <c r="G435" s="1" t="s">
         <v>975</v>
       </c>
-      <c r="G435" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H435" s="3">
-        <v>42</v>
+        <v>99</v>
       </c>
     </row>
     <row r="436">
       <c r="A436" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B436" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C436" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D436" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E436" s="1" t="s">
-        <v>974</v>
+        <v>965</v>
       </c>
       <c r="F436" s="1" t="s">
+        <v>976</v>
+      </c>
+      <c r="G436" s="1" t="s">
         <v>977</v>
       </c>
-      <c r="G436" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H436" s="3">
-        <v>42</v>
+        <v>46.99</v>
       </c>
     </row>
     <row r="437">
       <c r="A437" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B437" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C437" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D437" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E437" s="1" t="s">
+        <v>965</v>
+      </c>
+      <c r="F437" s="1" t="s">
+        <v>978</v>
+      </c>
+      <c r="G437" s="1" t="s">
         <v>979</v>
       </c>
-      <c r="F437" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H437" s="3">
-        <v>38.99</v>
+        <v>52.99</v>
       </c>
     </row>
     <row r="438">
       <c r="A438" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B438" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C438" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D438" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E438" s="1" t="s">
-        <v>979</v>
+        <v>965</v>
       </c>
       <c r="F438" s="1" t="s">
-        <v>982</v>
+        <v>980</v>
       </c>
       <c r="G438" s="1" t="s">
-        <v>983</v>
+        <v>981</v>
       </c>
       <c r="H438" s="3">
-        <v>39.5</v>
+        <v>55</v>
       </c>
     </row>
     <row r="439">
       <c r="A439" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B439" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C439" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D439" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E439" s="1" t="s">
-        <v>979</v>
+        <v>965</v>
       </c>
       <c r="F439" s="1" t="s">
-        <v>984</v>
+        <v>982</v>
       </c>
       <c r="G439" s="1" t="s">
-        <v>985</v>
+        <v>983</v>
       </c>
       <c r="H439" s="3">
-        <v>39.5</v>
+        <v>59.99</v>
       </c>
     </row>
     <row r="440">
       <c r="A440" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B440" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C440" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D440" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E440" s="1" t="s">
-        <v>979</v>
+        <v>965</v>
       </c>
       <c r="F440" s="1" t="s">
-        <v>986</v>
+        <v>984</v>
       </c>
       <c r="G440" s="1" t="s">
-        <v>987</v>
+        <v>985</v>
       </c>
       <c r="H440" s="3">
-        <v>39.5</v>
+        <v>60.49</v>
       </c>
     </row>
     <row r="441">
       <c r="A441" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B441" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C441" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D441" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E441" s="1" t="s">
-        <v>988</v>
+        <v>965</v>
       </c>
       <c r="F441" s="1" t="s">
-        <v>989</v>
+        <v>986</v>
       </c>
       <c r="G441" s="1" t="s">
-        <v>990</v>
+        <v>987</v>
       </c>
       <c r="H441" s="3">
-        <v>98</v>
+        <v>59.95</v>
       </c>
     </row>
     <row r="442">
       <c r="A442" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B442" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C442" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D442" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E442" s="1" t="s">
         <v>988</v>
       </c>
       <c r="F442" s="1" t="s">
-        <v>991</v>
+        <v>989</v>
       </c>
       <c r="G442" s="1" t="s">
-        <v>992</v>
+        <v>990</v>
       </c>
       <c r="H442" s="3">
-        <v>106</v>
+        <v>46</v>
       </c>
     </row>
     <row r="443">
       <c r="A443" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B443" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C443" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D443" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E443" s="1" t="s">
-        <v>988</v>
+        <v>991</v>
       </c>
       <c r="F443" s="1" t="s">
+        <v>992</v>
+      </c>
+      <c r="G443" s="1" t="s">
         <v>993</v>
       </c>
-      <c r="G443" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H443" s="3">
-        <v>120</v>
+        <v>59.95</v>
       </c>
     </row>
     <row r="444">
       <c r="A444" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B444" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C444" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D444" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E444" s="1" t="s">
-        <v>988</v>
+        <v>991</v>
       </c>
       <c r="F444" s="1" t="s">
+        <v>994</v>
+      </c>
+      <c r="G444" s="1" t="s">
         <v>995</v>
       </c>
-      <c r="G444" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H444" s="3">
-        <v>135</v>
+        <v>58</v>
       </c>
     </row>
     <row r="445">
       <c r="A445" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B445" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C445" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D445" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E445" s="1" t="s">
-        <v>988</v>
+        <v>991</v>
       </c>
       <c r="F445" s="1" t="s">
+        <v>996</v>
+      </c>
+      <c r="G445" s="1" t="s">
         <v>997</v>
       </c>
-      <c r="G445" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H445" s="3">
-        <v>99</v>
+        <v>56.99</v>
       </c>
     </row>
     <row r="446">
       <c r="A446" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B446" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C446" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D446" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E446" s="1" t="s">
-        <v>988</v>
+        <v>991</v>
       </c>
       <c r="F446" s="1" t="s">
+        <v>998</v>
+      </c>
+      <c r="G446" s="1" t="s">
         <v>999</v>
       </c>
-      <c r="G446" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H446" s="3">
-        <v>46.99</v>
+        <v>55</v>
       </c>
     </row>
     <row r="447">
       <c r="A447" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B447" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C447" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D447" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E447" s="1" t="s">
-        <v>988</v>
+        <v>991</v>
       </c>
       <c r="F447" s="1" t="s">
+        <v>1000</v>
+      </c>
+      <c r="G447" s="1" t="s">
         <v>1001</v>
       </c>
-      <c r="G447" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H447" s="3">
-        <v>52.99</v>
+        <v>125</v>
       </c>
     </row>
     <row r="448">
       <c r="A448" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B448" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C448" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D448" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E448" s="1" t="s">
-        <v>988</v>
+        <v>991</v>
       </c>
       <c r="F448" s="1" t="s">
+        <v>1002</v>
+      </c>
+      <c r="G448" s="1" t="s">
         <v>1003</v>
       </c>
-      <c r="G448" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H448" s="3">
-        <v>55</v>
+        <v>37.99</v>
       </c>
     </row>
     <row r="449">
       <c r="A449" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B449" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C449" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D449" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E449" s="1" t="s">
-        <v>988</v>
+        <v>991</v>
       </c>
       <c r="F449" s="1" t="s">
+        <v>1004</v>
+      </c>
+      <c r="G449" s="1" t="s">
         <v>1005</v>
       </c>
-      <c r="G449" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H449" s="3">
-        <v>59.99</v>
+        <v>37.99</v>
       </c>
     </row>
     <row r="450">
       <c r="A450" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B450" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C450" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D450" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E450" s="1" t="s">
-        <v>988</v>
+        <v>1006</v>
       </c>
       <c r="F450" s="1" t="s">
         <v>1007</v>
       </c>
       <c r="G450" s="1" t="s">
         <v>1008</v>
       </c>
       <c r="H450" s="3">
-        <v>60.49</v>
+        <v>75</v>
       </c>
     </row>
     <row r="451">
       <c r="A451" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B451" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C451" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D451" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E451" s="1" t="s">
-        <v>988</v>
+        <v>1006</v>
       </c>
       <c r="F451" s="1" t="s">
         <v>1009</v>
       </c>
       <c r="G451" s="1" t="s">
         <v>1010</v>
       </c>
       <c r="H451" s="3">
-        <v>59.95</v>
+        <v>55</v>
       </c>
     </row>
     <row r="452">
       <c r="A452" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B452" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C452" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D452" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E452" s="1" t="s">
+        <v>1006</v>
+      </c>
+      <c r="F452" s="1" t="s">
         <v>1011</v>
       </c>
-      <c r="F452" s="1" t="s">
+      <c r="G452" s="1" t="s">
         <v>1012</v>
       </c>
-      <c r="G452" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H452" s="3">
-        <v>46</v>
+        <v>84</v>
       </c>
     </row>
     <row r="453">
       <c r="A453" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B453" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C453" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D453" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E453" s="1" t="s">
+        <v>1006</v>
+      </c>
+      <c r="F453" s="1" t="s">
+        <v>1013</v>
+      </c>
+      <c r="G453" s="1" t="s">
         <v>1014</v>
       </c>
-      <c r="F453" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H453" s="3">
-        <v>59.95</v>
+        <v>85</v>
       </c>
     </row>
     <row r="454">
       <c r="A454" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B454" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C454" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D454" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E454" s="1" t="s">
-        <v>1014</v>
+        <v>1006</v>
       </c>
       <c r="F454" s="1" t="s">
-        <v>1017</v>
+        <v>1015</v>
       </c>
       <c r="G454" s="1" t="s">
-        <v>1018</v>
+        <v>1016</v>
       </c>
       <c r="H454" s="3">
-        <v>58</v>
+        <v>84.99</v>
       </c>
     </row>
     <row r="455">
       <c r="A455" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B455" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C455" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D455" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E455" s="1" t="s">
-        <v>1014</v>
+        <v>1006</v>
       </c>
       <c r="F455" s="1" t="s">
-        <v>1019</v>
+        <v>1017</v>
       </c>
       <c r="G455" s="1" t="s">
-        <v>1020</v>
+        <v>1018</v>
       </c>
       <c r="H455" s="3">
-        <v>56.99</v>
+        <v>95</v>
       </c>
     </row>
     <row r="456">
       <c r="A456" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B456" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C456" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D456" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E456" s="1" t="s">
-        <v>1014</v>
+        <v>1006</v>
       </c>
       <c r="F456" s="1" t="s">
-        <v>1021</v>
+        <v>1019</v>
       </c>
       <c r="G456" s="1" t="s">
-        <v>1022</v>
+        <v>1020</v>
       </c>
       <c r="H456" s="3">
-        <v>55</v>
+        <v>95</v>
       </c>
     </row>
     <row r="457">
       <c r="A457" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B457" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C457" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D457" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E457" s="1" t="s">
-        <v>1014</v>
+        <v>1006</v>
       </c>
       <c r="F457" s="1" t="s">
-        <v>1023</v>
+        <v>1021</v>
       </c>
       <c r="G457" s="1" t="s">
-        <v>1024</v>
+        <v>1022</v>
       </c>
       <c r="H457" s="3">
-        <v>125</v>
+        <v>85</v>
       </c>
     </row>
     <row r="458">
       <c r="A458" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B458" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C458" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D458" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E458" s="1" t="s">
-        <v>1014</v>
+        <v>1006</v>
       </c>
       <c r="F458" s="1" t="s">
-        <v>1025</v>
+        <v>1023</v>
       </c>
       <c r="G458" s="1" t="s">
-        <v>1026</v>
+        <v>1024</v>
       </c>
       <c r="H458" s="3">
-        <v>37.99</v>
+        <v>79.99</v>
       </c>
     </row>
     <row r="459">
       <c r="A459" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B459" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C459" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D459" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E459" s="1" t="s">
-        <v>1014</v>
+        <v>1006</v>
       </c>
       <c r="F459" s="1" t="s">
-        <v>1027</v>
+        <v>1025</v>
       </c>
       <c r="G459" s="1" t="s">
-        <v>1028</v>
+        <v>1026</v>
       </c>
       <c r="H459" s="3">
-        <v>37.99</v>
+        <v>75</v>
       </c>
     </row>
     <row r="460">
       <c r="A460" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B460" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C460" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D460" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E460" s="1" t="s">
-        <v>1014</v>
+        <v>1006</v>
       </c>
       <c r="F460" s="1" t="s">
-        <v>1029</v>
+        <v>1027</v>
       </c>
       <c r="G460" s="1" t="s">
-        <v>1030</v>
+        <v>1028</v>
       </c>
       <c r="H460" s="3">
-        <v>31.99</v>
+        <v>78.5</v>
       </c>
     </row>
     <row r="461">
       <c r="A461" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B461" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C461" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D461" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E461" s="1" t="s">
-        <v>1031</v>
+        <v>1006</v>
       </c>
       <c r="F461" s="1" t="s">
-        <v>1032</v>
+        <v>1029</v>
       </c>
       <c r="G461" s="1" t="s">
-        <v>1033</v>
+        <v>1030</v>
       </c>
       <c r="H461" s="3">
-        <v>75</v>
+        <v>88</v>
       </c>
     </row>
     <row r="462">
       <c r="A462" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B462" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C462" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D462" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E462" s="1" t="s">
+        <v>1006</v>
+      </c>
+      <c r="F462" s="1" t="s">
         <v>1031</v>
       </c>
-      <c r="F462" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G462" s="1" t="s">
-        <v>1035</v>
+        <v>1032</v>
       </c>
       <c r="H462" s="3">
-        <v>55</v>
+        <v>86.5</v>
       </c>
     </row>
     <row r="463">
       <c r="A463" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B463" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C463" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D463" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E463" s="1" t="s">
-        <v>1031</v>
+        <v>1006</v>
       </c>
       <c r="F463" s="1" t="s">
-        <v>1036</v>
+        <v>1033</v>
       </c>
       <c r="G463" s="1" t="s">
-        <v>1037</v>
+        <v>1034</v>
       </c>
       <c r="H463" s="3">
-        <v>84</v>
+        <v>89</v>
       </c>
     </row>
     <row r="464">
       <c r="A464" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B464" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C464" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D464" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E464" s="1" t="s">
-        <v>1031</v>
+        <v>1006</v>
       </c>
       <c r="F464" s="1" t="s">
-        <v>1038</v>
+        <v>1035</v>
       </c>
       <c r="G464" s="1" t="s">
-        <v>1039</v>
+        <v>1036</v>
       </c>
       <c r="H464" s="3">
-        <v>85</v>
+        <v>96</v>
       </c>
     </row>
     <row r="465">
       <c r="A465" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B465" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C465" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D465" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E465" s="1" t="s">
-        <v>1031</v>
+        <v>1006</v>
       </c>
       <c r="F465" s="1" t="s">
-        <v>1040</v>
+        <v>1037</v>
       </c>
       <c r="G465" s="1" t="s">
-        <v>1041</v>
+        <v>1038</v>
       </c>
       <c r="H465" s="3">
-        <v>84.99</v>
+        <v>95</v>
       </c>
     </row>
     <row r="466">
       <c r="A466" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B466" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C466" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D466" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E466" s="1" t="s">
-        <v>1031</v>
+        <v>1006</v>
       </c>
       <c r="F466" s="1" t="s">
-        <v>1042</v>
+        <v>1039</v>
       </c>
       <c r="G466" s="1" t="s">
-        <v>1043</v>
+        <v>1040</v>
       </c>
       <c r="H466" s="3">
-        <v>95</v>
+        <v>66</v>
       </c>
     </row>
     <row r="467">
       <c r="A467" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B467" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C467" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D467" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E467" s="1" t="s">
-        <v>1031</v>
+        <v>1006</v>
       </c>
       <c r="F467" s="1" t="s">
-        <v>1044</v>
+        <v>1041</v>
       </c>
       <c r="G467" s="1" t="s">
-        <v>1045</v>
+        <v>1042</v>
       </c>
       <c r="H467" s="3">
-        <v>95</v>
+        <v>45</v>
       </c>
     </row>
     <row r="468">
       <c r="A468" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B468" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C468" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D468" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E468" s="1" t="s">
-        <v>1031</v>
+        <v>1006</v>
       </c>
       <c r="F468" s="1" t="s">
-        <v>1046</v>
+        <v>1043</v>
       </c>
       <c r="G468" s="1" t="s">
-        <v>1047</v>
+        <v>1044</v>
       </c>
       <c r="H468" s="3">
-        <v>85</v>
+        <v>72</v>
       </c>
     </row>
     <row r="469">
       <c r="A469" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B469" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C469" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D469" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E469" s="1" t="s">
-        <v>1031</v>
+        <v>1006</v>
       </c>
       <c r="F469" s="1" t="s">
-        <v>1048</v>
+        <v>1045</v>
       </c>
       <c r="G469" s="1" t="s">
-        <v>1049</v>
+        <v>1046</v>
       </c>
       <c r="H469" s="3">
-        <v>79.99</v>
+        <v>74.5</v>
       </c>
     </row>
     <row r="470">
       <c r="A470" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B470" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C470" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D470" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E470" s="1" t="s">
-        <v>1031</v>
+        <v>1006</v>
       </c>
       <c r="F470" s="1" t="s">
-        <v>1050</v>
+        <v>1047</v>
       </c>
       <c r="G470" s="1" t="s">
-        <v>1051</v>
+        <v>1048</v>
       </c>
       <c r="H470" s="3">
-        <v>75</v>
+        <v>46.49</v>
       </c>
     </row>
     <row r="471">
       <c r="A471" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B471" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C471" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D471" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E471" s="1" t="s">
-        <v>1031</v>
+        <v>1006</v>
       </c>
       <c r="F471" s="1" t="s">
-        <v>1052</v>
+        <v>1049</v>
       </c>
       <c r="G471" s="1" t="s">
-        <v>1053</v>
+        <v>1050</v>
       </c>
       <c r="H471" s="3">
-        <v>78.5</v>
+        <v>71</v>
       </c>
     </row>
     <row r="472">
       <c r="A472" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B472" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C472" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D472" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E472" s="1" t="s">
-        <v>1031</v>
+        <v>1006</v>
       </c>
       <c r="F472" s="1" t="s">
-        <v>1054</v>
+        <v>1051</v>
       </c>
       <c r="G472" s="1" t="s">
-        <v>1055</v>
+        <v>1052</v>
       </c>
       <c r="H472" s="3">
-        <v>88</v>
+        <v>75</v>
       </c>
     </row>
     <row r="473">
       <c r="A473" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B473" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C473" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D473" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E473" s="1" t="s">
-        <v>1031</v>
+        <v>1006</v>
       </c>
       <c r="F473" s="1" t="s">
-        <v>1056</v>
+        <v>1053</v>
       </c>
       <c r="G473" s="1" t="s">
-        <v>1057</v>
+        <v>1054</v>
       </c>
       <c r="H473" s="3">
-        <v>86.5</v>
+        <v>58.5</v>
       </c>
     </row>
     <row r="474">
       <c r="A474" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B474" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C474" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D474" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E474" s="1" t="s">
-        <v>1031</v>
+        <v>1006</v>
       </c>
       <c r="F474" s="1" t="s">
-        <v>1058</v>
+        <v>1055</v>
       </c>
       <c r="G474" s="1" t="s">
-        <v>1059</v>
+        <v>1056</v>
       </c>
       <c r="H474" s="3">
-        <v>89</v>
+        <v>55</v>
       </c>
     </row>
     <row r="475">
       <c r="A475" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B475" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C475" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D475" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E475" s="1" t="s">
-        <v>1031</v>
+        <v>1006</v>
       </c>
       <c r="F475" s="1" t="s">
-        <v>1060</v>
+        <v>1057</v>
       </c>
       <c r="G475" s="1" t="s">
-        <v>1061</v>
+        <v>1058</v>
       </c>
       <c r="H475" s="3">
-        <v>96</v>
+        <v>47.99</v>
       </c>
     </row>
     <row r="476">
       <c r="A476" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B476" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C476" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D476" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E476" s="1" t="s">
-        <v>1031</v>
+        <v>1006</v>
       </c>
       <c r="F476" s="1" t="s">
-        <v>1062</v>
+        <v>1059</v>
       </c>
       <c r="G476" s="1" t="s">
-        <v>1063</v>
+        <v>1060</v>
       </c>
       <c r="H476" s="3">
-        <v>95</v>
+        <v>48</v>
       </c>
     </row>
     <row r="477">
       <c r="A477" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B477" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C477" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D477" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E477" s="1" t="s">
-        <v>1031</v>
+        <v>1006</v>
       </c>
       <c r="F477" s="1" t="s">
-        <v>1064</v>
+        <v>1061</v>
       </c>
       <c r="G477" s="1" t="s">
-        <v>1065</v>
+        <v>1062</v>
       </c>
       <c r="H477" s="3">
-        <v>66</v>
+        <v>51.49</v>
       </c>
     </row>
     <row r="478">
       <c r="A478" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B478" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C478" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D478" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E478" s="1" t="s">
-        <v>1031</v>
+        <v>1006</v>
       </c>
       <c r="F478" s="1" t="s">
-        <v>1066</v>
+        <v>1063</v>
       </c>
       <c r="G478" s="1" t="s">
-        <v>1067</v>
+        <v>1064</v>
       </c>
       <c r="H478" s="3">
-        <v>45</v>
+        <v>50</v>
       </c>
     </row>
     <row r="479">
       <c r="A479" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B479" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C479" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D479" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E479" s="1" t="s">
-        <v>1031</v>
+        <v>1006</v>
       </c>
       <c r="F479" s="1" t="s">
-        <v>1068</v>
+        <v>1065</v>
       </c>
       <c r="G479" s="1" t="s">
-        <v>1069</v>
+        <v>1066</v>
       </c>
       <c r="H479" s="3">
-        <v>72</v>
+        <v>56.99</v>
       </c>
     </row>
     <row r="480">
       <c r="A480" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B480" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C480" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D480" s="1" t="s">
-        <v>895</v>
+        <v>1067</v>
       </c>
       <c r="E480" s="1" t="s">
-        <v>1031</v>
+        <v>1068</v>
       </c>
       <c r="F480" s="1" t="s">
+        <v>1069</v>
+      </c>
+      <c r="G480" s="1" t="s">
         <v>1070</v>
       </c>
-      <c r="G480" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H480" s="3">
-        <v>74.5</v>
+        <v>29.99</v>
       </c>
     </row>
     <row r="481">
       <c r="A481" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B481" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C481" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D481" s="1" t="s">
-        <v>895</v>
+        <v>1067</v>
       </c>
       <c r="E481" s="1" t="s">
-        <v>1031</v>
+        <v>1068</v>
       </c>
       <c r="F481" s="1" t="s">
+        <v>1071</v>
+      </c>
+      <c r="G481" s="1" t="s">
         <v>1072</v>
       </c>
-      <c r="G481" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H481" s="3">
-        <v>46.49</v>
+        <v>45</v>
       </c>
     </row>
     <row r="482">
       <c r="A482" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B482" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C482" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D482" s="1" t="s">
-        <v>895</v>
+        <v>1067</v>
       </c>
       <c r="E482" s="1" t="s">
-        <v>1031</v>
+        <v>1073</v>
       </c>
       <c r="F482" s="1" t="s">
         <v>1074</v>
       </c>
       <c r="G482" s="1" t="s">
         <v>1075</v>
       </c>
       <c r="H482" s="3">
-        <v>71</v>
+        <v>59</v>
       </c>
     </row>
     <row r="483">
       <c r="A483" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B483" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C483" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D483" s="1" t="s">
-        <v>895</v>
+        <v>1067</v>
       </c>
       <c r="E483" s="1" t="s">
-        <v>1031</v>
+        <v>1073</v>
       </c>
       <c r="F483" s="1" t="s">
         <v>1076</v>
       </c>
       <c r="G483" s="1" t="s">
         <v>1077</v>
       </c>
       <c r="H483" s="3">
-        <v>75</v>
+        <v>135</v>
       </c>
     </row>
     <row r="484">
       <c r="A484" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B484" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C484" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D484" s="1" t="s">
-        <v>895</v>
+        <v>1067</v>
       </c>
       <c r="E484" s="1" t="s">
-        <v>1031</v>
+        <v>1073</v>
       </c>
       <c r="F484" s="1" t="s">
         <v>1078</v>
       </c>
       <c r="G484" s="1" t="s">
         <v>1079</v>
       </c>
       <c r="H484" s="3">
-        <v>58.5</v>
+        <v>132</v>
       </c>
     </row>
     <row r="485">
       <c r="A485" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B485" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C485" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D485" s="1" t="s">
-        <v>895</v>
+        <v>1067</v>
       </c>
       <c r="E485" s="1" t="s">
-        <v>1031</v>
+        <v>1073</v>
       </c>
       <c r="F485" s="1" t="s">
         <v>1080</v>
       </c>
       <c r="G485" s="1" t="s">
         <v>1081</v>
       </c>
       <c r="H485" s="3">
-        <v>55</v>
+        <v>198</v>
       </c>
     </row>
     <row r="486">
       <c r="A486" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B486" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C486" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D486" s="1" t="s">
-        <v>895</v>
+        <v>1067</v>
       </c>
       <c r="E486" s="1" t="s">
-        <v>1031</v>
+        <v>1073</v>
       </c>
       <c r="F486" s="1" t="s">
         <v>1082</v>
       </c>
       <c r="G486" s="1" t="s">
         <v>1083</v>
       </c>
       <c r="H486" s="3">
-        <v>47.99</v>
+        <v>270</v>
       </c>
     </row>
     <row r="487">
       <c r="A487" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B487" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C487" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D487" s="1" t="s">
-        <v>895</v>
+        <v>1067</v>
       </c>
       <c r="E487" s="1" t="s">
-        <v>1031</v>
+        <v>1073</v>
       </c>
       <c r="F487" s="1" t="s">
         <v>1084</v>
       </c>
       <c r="G487" s="1" t="s">
         <v>1085</v>
       </c>
       <c r="H487" s="3">
-        <v>48</v>
+        <v>115</v>
       </c>
     </row>
     <row r="488">
       <c r="A488" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B488" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C488" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D488" s="1" t="s">
-        <v>895</v>
+        <v>1067</v>
       </c>
       <c r="E488" s="1" t="s">
-        <v>1031</v>
+        <v>1073</v>
       </c>
       <c r="F488" s="1" t="s">
         <v>1086</v>
       </c>
       <c r="G488" s="1" t="s">
         <v>1087</v>
       </c>
       <c r="H488" s="3">
-        <v>51.49</v>
+        <v>135</v>
       </c>
     </row>
     <row r="489">
       <c r="A489" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B489" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C489" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D489" s="1" t="s">
-        <v>895</v>
+        <v>1067</v>
       </c>
       <c r="E489" s="1" t="s">
-        <v>1031</v>
+        <v>1073</v>
       </c>
       <c r="F489" s="1" t="s">
         <v>1088</v>
       </c>
       <c r="G489" s="1" t="s">
         <v>1089</v>
       </c>
       <c r="H489" s="3">
-        <v>50</v>
+        <v>125</v>
       </c>
     </row>
     <row r="490">
       <c r="A490" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B490" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C490" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D490" s="1" t="s">
-        <v>895</v>
+        <v>1067</v>
       </c>
       <c r="E490" s="1" t="s">
-        <v>1031</v>
+        <v>1073</v>
       </c>
       <c r="F490" s="1" t="s">
         <v>1090</v>
       </c>
       <c r="G490" s="1" t="s">
         <v>1091</v>
       </c>
       <c r="H490" s="3">
-        <v>56.99</v>
+        <v>98</v>
       </c>
     </row>
     <row r="491">
       <c r="A491" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B491" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C491" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D491" s="1" t="s">
+        <v>1067</v>
+      </c>
+      <c r="E491" s="1" t="s">
+        <v>1073</v>
+      </c>
+      <c r="F491" s="1" t="s">
         <v>1092</v>
       </c>
-      <c r="E491" s="1" t="s">
+      <c r="G491" s="1" t="s">
         <v>1093</v>
       </c>
-      <c r="F491" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H491" s="3">
-        <v>29.99</v>
+        <v>182</v>
       </c>
     </row>
     <row r="492">
       <c r="A492" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B492" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C492" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D492" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E492" s="1" t="s">
-        <v>1093</v>
+        <v>1073</v>
       </c>
       <c r="F492" s="1" t="s">
-        <v>1096</v>
+        <v>1094</v>
       </c>
       <c r="G492" s="1" t="s">
-        <v>1097</v>
+        <v>1095</v>
       </c>
       <c r="H492" s="3">
-        <v>22</v>
+        <v>175</v>
       </c>
     </row>
     <row r="493">
       <c r="A493" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B493" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C493" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D493" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E493" s="1" t="s">
-        <v>1093</v>
+        <v>1073</v>
       </c>
       <c r="F493" s="1" t="s">
-        <v>1098</v>
+        <v>1096</v>
       </c>
       <c r="G493" s="1" t="s">
-        <v>1099</v>
+        <v>1097</v>
       </c>
       <c r="H493" s="3">
-        <v>45</v>
+        <v>180</v>
       </c>
     </row>
     <row r="494">
       <c r="A494" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B494" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C494" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D494" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E494" s="1" t="s">
-        <v>1100</v>
+        <v>1073</v>
       </c>
       <c r="F494" s="1" t="s">
-        <v>1101</v>
+        <v>1098</v>
       </c>
       <c r="G494" s="1" t="s">
-        <v>1102</v>
+        <v>1099</v>
       </c>
       <c r="H494" s="3">
-        <v>59</v>
+        <v>135</v>
       </c>
     </row>
     <row r="495">
       <c r="A495" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B495" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C495" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D495" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E495" s="1" t="s">
+        <v>1073</v>
+      </c>
+      <c r="F495" s="1" t="s">
         <v>1100</v>
       </c>
-      <c r="F495" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G495" s="1" t="s">
-        <v>1104</v>
+        <v>1101</v>
       </c>
       <c r="H495" s="3">
-        <v>135</v>
+        <v>179</v>
       </c>
     </row>
     <row r="496">
       <c r="A496" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B496" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C496" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D496" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E496" s="1" t="s">
-        <v>1100</v>
+        <v>1073</v>
       </c>
       <c r="F496" s="1" t="s">
-        <v>1105</v>
+        <v>1102</v>
       </c>
       <c r="G496" s="1" t="s">
-        <v>1106</v>
+        <v>1103</v>
       </c>
       <c r="H496" s="3">
-        <v>132</v>
+        <v>66</v>
       </c>
     </row>
     <row r="497">
       <c r="A497" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B497" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C497" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D497" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E497" s="1" t="s">
-        <v>1100</v>
+        <v>1073</v>
       </c>
       <c r="F497" s="1" t="s">
-        <v>1107</v>
+        <v>1104</v>
       </c>
       <c r="G497" s="1" t="s">
-        <v>1108</v>
+        <v>1105</v>
       </c>
       <c r="H497" s="3">
-        <v>198</v>
+        <v>250</v>
       </c>
     </row>
     <row r="498">
       <c r="A498" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B498" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C498" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D498" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E498" s="1" t="s">
-        <v>1100</v>
+        <v>1073</v>
       </c>
       <c r="F498" s="1" t="s">
-        <v>1109</v>
+        <v>1106</v>
       </c>
       <c r="G498" s="1" t="s">
-        <v>1110</v>
+        <v>1107</v>
       </c>
       <c r="H498" s="3">
-        <v>270</v>
+        <v>106</v>
       </c>
     </row>
     <row r="499">
       <c r="A499" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B499" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C499" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D499" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E499" s="1" t="s">
-        <v>1100</v>
+        <v>1073</v>
       </c>
       <c r="F499" s="1" t="s">
-        <v>1111</v>
+        <v>1108</v>
       </c>
       <c r="G499" s="1" t="s">
-        <v>1112</v>
+        <v>1109</v>
       </c>
       <c r="H499" s="3">
-        <v>115</v>
+        <v>199</v>
       </c>
     </row>
     <row r="500">
       <c r="A500" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B500" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C500" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D500" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E500" s="1" t="s">
-        <v>1100</v>
+        <v>1073</v>
       </c>
       <c r="F500" s="1" t="s">
-        <v>1113</v>
+        <v>1110</v>
       </c>
       <c r="G500" s="1" t="s">
-        <v>1114</v>
+        <v>1111</v>
       </c>
       <c r="H500" s="3">
-        <v>135</v>
+        <v>69.5</v>
       </c>
     </row>
     <row r="501">
       <c r="A501" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B501" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C501" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D501" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E501" s="1" t="s">
-        <v>1100</v>
+        <v>1073</v>
       </c>
       <c r="F501" s="1" t="s">
-        <v>1115</v>
+        <v>1112</v>
       </c>
       <c r="G501" s="1" t="s">
-        <v>1116</v>
+        <v>1113</v>
       </c>
       <c r="H501" s="3">
-        <v>125</v>
+        <v>86.5</v>
       </c>
     </row>
     <row r="502">
       <c r="A502" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B502" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C502" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D502" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E502" s="1" t="s">
-        <v>1100</v>
+        <v>1114</v>
       </c>
       <c r="F502" s="1" t="s">
-        <v>1117</v>
+        <v>1115</v>
       </c>
       <c r="G502" s="1" t="s">
-        <v>1118</v>
+        <v>1116</v>
       </c>
       <c r="H502" s="3">
-        <v>98</v>
+        <v>40</v>
       </c>
     </row>
     <row r="503">
       <c r="A503" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B503" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C503" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D503" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E503" s="1" t="s">
-        <v>1100</v>
+        <v>1117</v>
       </c>
       <c r="F503" s="1" t="s">
+        <v>1118</v>
+      </c>
+      <c r="G503" s="1" t="s">
         <v>1119</v>
       </c>
-      <c r="G503" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H503" s="3">
-        <v>182</v>
+        <v>195</v>
       </c>
     </row>
     <row r="504">
       <c r="A504" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B504" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C504" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D504" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E504" s="1" t="s">
-        <v>1100</v>
+        <v>1117</v>
       </c>
       <c r="F504" s="1" t="s">
+        <v>1120</v>
+      </c>
+      <c r="G504" s="1" t="s">
         <v>1121</v>
       </c>
-      <c r="G504" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H504" s="3">
-        <v>175</v>
+        <v>225</v>
       </c>
     </row>
     <row r="505">
       <c r="A505" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B505" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C505" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D505" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E505" s="1" t="s">
-        <v>1100</v>
+        <v>1117</v>
       </c>
       <c r="F505" s="1" t="s">
+        <v>1122</v>
+      </c>
+      <c r="G505" s="1" t="s">
         <v>1123</v>
       </c>
-      <c r="G505" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H505" s="3">
-        <v>180</v>
+        <v>295</v>
       </c>
     </row>
     <row r="506">
       <c r="A506" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B506" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C506" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D506" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E506" s="1" t="s">
-        <v>1100</v>
+        <v>1117</v>
       </c>
       <c r="F506" s="1" t="s">
+        <v>1124</v>
+      </c>
+      <c r="G506" s="1" t="s">
         <v>1125</v>
       </c>
-      <c r="G506" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H506" s="3">
-        <v>135</v>
+        <v>245</v>
       </c>
     </row>
     <row r="507">
       <c r="A507" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B507" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C507" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D507" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E507" s="1" t="s">
-        <v>1100</v>
+        <v>1117</v>
       </c>
       <c r="F507" s="1" t="s">
+        <v>1126</v>
+      </c>
+      <c r="G507" s="1" t="s">
         <v>1127</v>
       </c>
-      <c r="G507" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H507" s="3">
-        <v>179</v>
+        <v>275</v>
       </c>
     </row>
     <row r="508">
       <c r="A508" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B508" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C508" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D508" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E508" s="1" t="s">
-        <v>1100</v>
+        <v>1117</v>
       </c>
       <c r="F508" s="1" t="s">
+        <v>1128</v>
+      </c>
+      <c r="G508" s="1" t="s">
         <v>1129</v>
       </c>
-      <c r="G508" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H508" s="3">
-        <v>66</v>
+        <v>200</v>
       </c>
     </row>
     <row r="509">
       <c r="A509" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B509" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C509" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D509" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E509" s="1" t="s">
-        <v>1100</v>
+        <v>1117</v>
       </c>
       <c r="F509" s="1" t="s">
+        <v>1130</v>
+      </c>
+      <c r="G509" s="1" t="s">
         <v>1131</v>
       </c>
-      <c r="G509" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H509" s="3">
-        <v>250</v>
+        <v>199</v>
       </c>
     </row>
     <row r="510">
       <c r="A510" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B510" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C510" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D510" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E510" s="1" t="s">
-        <v>1100</v>
+        <v>1117</v>
       </c>
       <c r="F510" s="1" t="s">
+        <v>1132</v>
+      </c>
+      <c r="G510" s="1" t="s">
         <v>1133</v>
       </c>
-      <c r="G510" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H510" s="3">
-        <v>106</v>
+        <v>299</v>
       </c>
     </row>
     <row r="511">
       <c r="A511" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B511" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C511" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D511" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E511" s="1" t="s">
-        <v>1100</v>
+        <v>1117</v>
       </c>
       <c r="F511" s="1" t="s">
+        <v>1134</v>
+      </c>
+      <c r="G511" s="1" t="s">
         <v>1135</v>
       </c>
-      <c r="G511" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H511" s="3">
-        <v>199</v>
+        <v>120</v>
       </c>
     </row>
     <row r="512">
       <c r="A512" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B512" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C512" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D512" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E512" s="1" t="s">
-        <v>1100</v>
+        <v>1117</v>
       </c>
       <c r="F512" s="1" t="s">
+        <v>1136</v>
+      </c>
+      <c r="G512" s="1" t="s">
         <v>1137</v>
       </c>
-      <c r="G512" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H512" s="3">
-        <v>69.5</v>
+        <v>175</v>
       </c>
     </row>
     <row r="513">
       <c r="A513" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B513" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C513" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D513" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E513" s="1" t="s">
-        <v>1100</v>
+        <v>1117</v>
       </c>
       <c r="F513" s="1" t="s">
+        <v>1138</v>
+      </c>
+      <c r="G513" s="1" t="s">
         <v>1139</v>
       </c>
-      <c r="G513" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H513" s="3">
-        <v>86.5</v>
+        <v>135</v>
       </c>
     </row>
     <row r="514">
       <c r="A514" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B514" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C514" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D514" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E514" s="1" t="s">
+        <v>1117</v>
+      </c>
+      <c r="F514" s="1" t="s">
+        <v>1140</v>
+      </c>
+      <c r="G514" s="1" t="s">
         <v>1141</v>
       </c>
-      <c r="F514" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H514" s="3">
-        <v>40</v>
+        <v>155</v>
       </c>
     </row>
     <row r="515">
       <c r="A515" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B515" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C515" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D515" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E515" s="1" t="s">
-        <v>1144</v>
+        <v>1117</v>
       </c>
       <c r="F515" s="1" t="s">
-        <v>1145</v>
+        <v>1142</v>
       </c>
       <c r="G515" s="1" t="s">
-        <v>1146</v>
+        <v>1143</v>
       </c>
       <c r="H515" s="3">
-        <v>195</v>
+        <v>100</v>
       </c>
     </row>
     <row r="516">
       <c r="A516" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B516" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C516" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D516" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E516" s="1" t="s">
+        <v>1117</v>
+      </c>
+      <c r="F516" s="1" t="s">
         <v>1144</v>
       </c>
-      <c r="F516" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G516" s="1" t="s">
-        <v>1148</v>
+        <v>1145</v>
       </c>
       <c r="H516" s="3">
-        <v>225</v>
+        <v>135</v>
       </c>
     </row>
     <row r="517">
       <c r="A517" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B517" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C517" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D517" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E517" s="1" t="s">
-        <v>1144</v>
+        <v>1117</v>
       </c>
       <c r="F517" s="1" t="s">
-        <v>1149</v>
+        <v>1146</v>
       </c>
       <c r="G517" s="1" t="s">
-        <v>1150</v>
+        <v>1147</v>
       </c>
       <c r="H517" s="3">
-        <v>295</v>
+        <v>140</v>
       </c>
     </row>
     <row r="518">
       <c r="A518" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B518" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C518" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D518" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E518" s="1" t="s">
-        <v>1144</v>
+        <v>1117</v>
       </c>
       <c r="F518" s="1" t="s">
-        <v>1151</v>
+        <v>1148</v>
       </c>
       <c r="G518" s="1" t="s">
-        <v>1152</v>
+        <v>1149</v>
       </c>
       <c r="H518" s="3">
-        <v>245</v>
+        <v>89</v>
       </c>
     </row>
     <row r="519">
       <c r="A519" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B519" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C519" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D519" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E519" s="1" t="s">
-        <v>1144</v>
+        <v>1117</v>
       </c>
       <c r="F519" s="1" t="s">
-        <v>1153</v>
+        <v>1150</v>
       </c>
       <c r="G519" s="1" t="s">
-        <v>1154</v>
+        <v>1151</v>
       </c>
       <c r="H519" s="3">
-        <v>275</v>
+        <v>179</v>
       </c>
     </row>
     <row r="520">
       <c r="A520" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B520" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C520" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D520" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E520" s="1" t="s">
-        <v>1144</v>
+        <v>1117</v>
       </c>
       <c r="F520" s="1" t="s">
-        <v>1155</v>
+        <v>1152</v>
       </c>
       <c r="G520" s="1" t="s">
-        <v>1156</v>
+        <v>1153</v>
       </c>
       <c r="H520" s="3">
-        <v>200</v>
+        <v>125</v>
       </c>
     </row>
     <row r="521">
       <c r="A521" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B521" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C521" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D521" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E521" s="1" t="s">
-        <v>1144</v>
+        <v>1117</v>
       </c>
       <c r="F521" s="1" t="s">
-        <v>1157</v>
+        <v>1154</v>
       </c>
       <c r="G521" s="1" t="s">
-        <v>1158</v>
+        <v>1155</v>
       </c>
       <c r="H521" s="3">
-        <v>199</v>
+        <v>155</v>
       </c>
     </row>
     <row r="522">
       <c r="A522" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B522" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C522" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D522" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E522" s="1" t="s">
-        <v>1144</v>
+        <v>1117</v>
       </c>
       <c r="F522" s="1" t="s">
-        <v>1159</v>
+        <v>1156</v>
       </c>
       <c r="G522" s="1" t="s">
-        <v>1160</v>
+        <v>1157</v>
       </c>
       <c r="H522" s="3">
-        <v>299</v>
+        <v>125</v>
       </c>
     </row>
     <row r="523">
       <c r="A523" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B523" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C523" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D523" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E523" s="1" t="s">
-        <v>1144</v>
+        <v>1117</v>
       </c>
       <c r="F523" s="1" t="s">
-        <v>1161</v>
+        <v>1158</v>
       </c>
       <c r="G523" s="1" t="s">
-        <v>1162</v>
+        <v>1159</v>
       </c>
       <c r="H523" s="3">
-        <v>120</v>
+        <v>138</v>
       </c>
     </row>
     <row r="524">
       <c r="A524" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B524" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C524" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D524" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E524" s="1" t="s">
-        <v>1144</v>
+        <v>1117</v>
       </c>
       <c r="F524" s="1" t="s">
-        <v>1163</v>
+        <v>1160</v>
       </c>
       <c r="G524" s="1" t="s">
-        <v>1164</v>
+        <v>1161</v>
       </c>
       <c r="H524" s="3">
-        <v>175</v>
+        <v>335</v>
       </c>
     </row>
     <row r="525">
       <c r="A525" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B525" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C525" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D525" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E525" s="1" t="s">
-        <v>1144</v>
+        <v>1117</v>
       </c>
       <c r="F525" s="1" t="s">
-        <v>1165</v>
+        <v>1162</v>
       </c>
       <c r="G525" s="1" t="s">
-        <v>1166</v>
+        <v>1163</v>
       </c>
       <c r="H525" s="3">
-        <v>135</v>
+        <v>165</v>
       </c>
     </row>
     <row r="526">
       <c r="A526" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B526" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C526" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D526" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E526" s="1" t="s">
-        <v>1144</v>
+        <v>1117</v>
       </c>
       <c r="F526" s="1" t="s">
-        <v>1167</v>
+        <v>1164</v>
       </c>
       <c r="G526" s="1" t="s">
-        <v>1168</v>
+        <v>1165</v>
       </c>
       <c r="H526" s="3">
-        <v>155</v>
+        <v>182</v>
       </c>
     </row>
     <row r="527">
       <c r="A527" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B527" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C527" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D527" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E527" s="1" t="s">
-        <v>1144</v>
+        <v>1117</v>
       </c>
       <c r="F527" s="1" t="s">
-        <v>1169</v>
+        <v>1166</v>
       </c>
       <c r="G527" s="1" t="s">
-        <v>1170</v>
+        <v>1167</v>
       </c>
       <c r="H527" s="3">
-        <v>100</v>
+        <v>105</v>
       </c>
     </row>
     <row r="528">
       <c r="A528" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B528" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C528" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D528" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E528" s="1" t="s">
-        <v>1144</v>
+        <v>1117</v>
       </c>
       <c r="F528" s="1" t="s">
-        <v>1171</v>
+        <v>1168</v>
       </c>
       <c r="G528" s="1" t="s">
-        <v>1172</v>
+        <v>1169</v>
       </c>
       <c r="H528" s="3">
-        <v>135</v>
+        <v>102</v>
       </c>
     </row>
     <row r="529">
       <c r="A529" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B529" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C529" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D529" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E529" s="1" t="s">
-        <v>1144</v>
+        <v>1117</v>
       </c>
       <c r="F529" s="1" t="s">
-        <v>1173</v>
+        <v>1170</v>
       </c>
       <c r="G529" s="1" t="s">
-        <v>1174</v>
+        <v>1171</v>
       </c>
       <c r="H529" s="3">
-        <v>140</v>
+        <v>72</v>
       </c>
     </row>
     <row r="530">
       <c r="A530" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B530" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C530" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D530" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E530" s="1" t="s">
-        <v>1144</v>
+        <v>1117</v>
       </c>
       <c r="F530" s="1" t="s">
-        <v>1175</v>
+        <v>1172</v>
       </c>
       <c r="G530" s="1" t="s">
-        <v>1176</v>
+        <v>1173</v>
       </c>
       <c r="H530" s="3">
-        <v>89</v>
+        <v>99</v>
       </c>
     </row>
     <row r="531">
       <c r="A531" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B531" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C531" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D531" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E531" s="1" t="s">
-        <v>1144</v>
+        <v>1117</v>
       </c>
       <c r="F531" s="1" t="s">
-        <v>1177</v>
+        <v>1174</v>
       </c>
       <c r="G531" s="1" t="s">
-        <v>1178</v>
+        <v>1175</v>
       </c>
       <c r="H531" s="3">
-        <v>179</v>
+        <v>100</v>
       </c>
     </row>
     <row r="532">
       <c r="A532" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B532" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C532" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D532" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E532" s="1" t="s">
-        <v>1144</v>
+        <v>1117</v>
       </c>
       <c r="F532" s="1" t="s">
-        <v>1179</v>
+        <v>1176</v>
       </c>
       <c r="G532" s="1" t="s">
-        <v>1180</v>
+        <v>1177</v>
       </c>
       <c r="H532" s="3">
         <v>125</v>
       </c>
     </row>
     <row r="533">
       <c r="A533" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B533" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C533" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D533" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E533" s="1" t="s">
-        <v>1144</v>
+        <v>1117</v>
       </c>
       <c r="F533" s="1" t="s">
-        <v>1181</v>
+        <v>1178</v>
       </c>
       <c r="G533" s="1" t="s">
-        <v>1182</v>
+        <v>1179</v>
       </c>
       <c r="H533" s="3">
-        <v>155</v>
+        <v>110</v>
       </c>
     </row>
     <row r="534">
       <c r="A534" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B534" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C534" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D534" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E534" s="1" t="s">
-        <v>1144</v>
+        <v>1117</v>
       </c>
       <c r="F534" s="1" t="s">
-        <v>1183</v>
+        <v>1180</v>
       </c>
       <c r="G534" s="1" t="s">
-        <v>1184</v>
+        <v>1181</v>
       </c>
       <c r="H534" s="3">
-        <v>125</v>
+        <v>82</v>
       </c>
     </row>
     <row r="535">
       <c r="A535" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B535" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C535" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D535" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E535" s="1" t="s">
-        <v>1144</v>
+        <v>1117</v>
       </c>
       <c r="F535" s="1" t="s">
-        <v>1185</v>
+        <v>1182</v>
       </c>
       <c r="G535" s="1" t="s">
-        <v>1186</v>
+        <v>1183</v>
       </c>
       <c r="H535" s="3">
-        <v>138</v>
+        <v>120</v>
       </c>
     </row>
     <row r="536">
       <c r="A536" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B536" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C536" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D536" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E536" s="1" t="s">
-        <v>1144</v>
+        <v>1117</v>
       </c>
       <c r="F536" s="1" t="s">
-        <v>1187</v>
+        <v>1184</v>
       </c>
       <c r="G536" s="1" t="s">
-        <v>1188</v>
+        <v>1185</v>
       </c>
       <c r="H536" s="3">
-        <v>335</v>
+        <v>120</v>
       </c>
     </row>
     <row r="537">
       <c r="A537" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B537" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C537" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D537" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E537" s="1" t="s">
-        <v>1144</v>
+        <v>1117</v>
       </c>
       <c r="F537" s="1" t="s">
-        <v>1189</v>
+        <v>1186</v>
       </c>
       <c r="G537" s="1" t="s">
-        <v>1190</v>
+        <v>1187</v>
       </c>
       <c r="H537" s="3">
-        <v>165</v>
+        <v>150</v>
       </c>
     </row>
     <row r="538">
       <c r="A538" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B538" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C538" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D538" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E538" s="1" t="s">
-        <v>1144</v>
+        <v>1117</v>
       </c>
       <c r="F538" s="1" t="s">
-        <v>1191</v>
+        <v>1188</v>
       </c>
       <c r="G538" s="1" t="s">
-        <v>1192</v>
+        <v>1189</v>
       </c>
       <c r="H538" s="3">
-        <v>182</v>
+        <v>88</v>
       </c>
     </row>
     <row r="539">
       <c r="A539" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B539" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C539" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D539" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E539" s="1" t="s">
-        <v>1144</v>
+        <v>1117</v>
       </c>
       <c r="F539" s="1" t="s">
-        <v>1193</v>
+        <v>1190</v>
       </c>
       <c r="G539" s="1" t="s">
-        <v>1194</v>
+        <v>1191</v>
       </c>
       <c r="H539" s="3">
-        <v>105</v>
+        <v>85</v>
       </c>
     </row>
     <row r="540">
       <c r="A540" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B540" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C540" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D540" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E540" s="1" t="s">
-        <v>1144</v>
+        <v>1117</v>
       </c>
       <c r="F540" s="1" t="s">
-        <v>1195</v>
+        <v>1192</v>
       </c>
       <c r="G540" s="1" t="s">
-        <v>1196</v>
+        <v>1193</v>
       </c>
       <c r="H540" s="3">
-        <v>102</v>
+        <v>95</v>
       </c>
     </row>
     <row r="541">
       <c r="A541" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B541" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C541" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D541" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E541" s="1" t="s">
-        <v>1144</v>
+        <v>1117</v>
       </c>
       <c r="F541" s="1" t="s">
-        <v>1197</v>
+        <v>1194</v>
       </c>
       <c r="G541" s="1" t="s">
-        <v>1198</v>
+        <v>1195</v>
       </c>
       <c r="H541" s="3">
-        <v>72</v>
+        <v>175</v>
       </c>
     </row>
     <row r="542">
       <c r="A542" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B542" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C542" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D542" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E542" s="1" t="s">
-        <v>1144</v>
+        <v>1117</v>
       </c>
       <c r="F542" s="1" t="s">
-        <v>1199</v>
+        <v>1196</v>
       </c>
       <c r="G542" s="1" t="s">
-        <v>1200</v>
+        <v>1197</v>
       </c>
       <c r="H542" s="3">
-        <v>99</v>
+        <v>175</v>
       </c>
     </row>
     <row r="543">
       <c r="A543" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B543" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C543" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D543" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E543" s="1" t="s">
-        <v>1144</v>
+        <v>1117</v>
       </c>
       <c r="F543" s="1" t="s">
-        <v>1201</v>
+        <v>1198</v>
       </c>
       <c r="G543" s="1" t="s">
-        <v>1202</v>
+        <v>1199</v>
       </c>
       <c r="H543" s="3">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="544">
       <c r="A544" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B544" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C544" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D544" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E544" s="1" t="s">
-        <v>1144</v>
+        <v>1117</v>
       </c>
       <c r="F544" s="1" t="s">
-        <v>1203</v>
+        <v>1200</v>
       </c>
       <c r="G544" s="1" t="s">
-        <v>1204</v>
+        <v>1201</v>
       </c>
       <c r="H544" s="3">
-        <v>125</v>
+        <v>220</v>
       </c>
     </row>
     <row r="545">
       <c r="A545" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B545" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C545" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D545" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E545" s="1" t="s">
-        <v>1144</v>
+        <v>1117</v>
       </c>
       <c r="F545" s="1" t="s">
-        <v>1205</v>
+        <v>1202</v>
       </c>
       <c r="G545" s="1" t="s">
-        <v>1206</v>
+        <v>1203</v>
       </c>
       <c r="H545" s="3">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="546">
       <c r="A546" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B546" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C546" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D546" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E546" s="1" t="s">
-        <v>1144</v>
+        <v>1117</v>
       </c>
       <c r="F546" s="1" t="s">
-        <v>1207</v>
+        <v>1204</v>
       </c>
       <c r="G546" s="1" t="s">
-        <v>1208</v>
+        <v>1205</v>
       </c>
       <c r="H546" s="3">
-        <v>82</v>
+        <v>129</v>
       </c>
     </row>
     <row r="547">
       <c r="A547" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B547" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C547" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D547" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E547" s="1" t="s">
-        <v>1144</v>
+        <v>1117</v>
       </c>
       <c r="F547" s="1" t="s">
-        <v>1209</v>
+        <v>1206</v>
       </c>
       <c r="G547" s="1" t="s">
-        <v>1210</v>
+        <v>1207</v>
       </c>
       <c r="H547" s="3">
-        <v>120</v>
+        <v>125</v>
       </c>
     </row>
     <row r="548">
       <c r="A548" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B548" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C548" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D548" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E548" s="1" t="s">
-        <v>1144</v>
+        <v>1117</v>
       </c>
       <c r="F548" s="1" t="s">
-        <v>1211</v>
+        <v>1208</v>
       </c>
       <c r="G548" s="1" t="s">
-        <v>1212</v>
+        <v>1209</v>
       </c>
       <c r="H548" s="3">
         <v>120</v>
       </c>
     </row>
     <row r="549">
       <c r="A549" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B549" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C549" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D549" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E549" s="1" t="s">
-        <v>1144</v>
+        <v>1117</v>
       </c>
       <c r="F549" s="1" t="s">
-        <v>1213</v>
+        <v>1210</v>
       </c>
       <c r="G549" s="1" t="s">
-        <v>1214</v>
+        <v>1211</v>
       </c>
       <c r="H549" s="3">
         <v>150</v>
       </c>
     </row>
     <row r="550">
       <c r="A550" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B550" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C550" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D550" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E550" s="1" t="s">
-        <v>1144</v>
+        <v>1117</v>
       </c>
       <c r="F550" s="1" t="s">
-        <v>1215</v>
+        <v>1212</v>
       </c>
       <c r="G550" s="1" t="s">
-        <v>1216</v>
+        <v>1213</v>
       </c>
       <c r="H550" s="3">
-        <v>88</v>
+        <v>67.5</v>
       </c>
     </row>
     <row r="551">
       <c r="A551" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B551" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C551" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D551" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E551" s="1" t="s">
-        <v>1144</v>
+        <v>1117</v>
       </c>
       <c r="F551" s="1" t="s">
-        <v>1217</v>
+        <v>1214</v>
       </c>
       <c r="G551" s="1" t="s">
-        <v>1218</v>
+        <v>1215</v>
       </c>
       <c r="H551" s="3">
-        <v>85</v>
+        <v>78</v>
       </c>
     </row>
     <row r="552">
       <c r="A552" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B552" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C552" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D552" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E552" s="1" t="s">
-        <v>1144</v>
+        <v>1117</v>
       </c>
       <c r="F552" s="1" t="s">
-        <v>1219</v>
+        <v>1216</v>
       </c>
       <c r="G552" s="1" t="s">
-        <v>1220</v>
+        <v>1217</v>
       </c>
       <c r="H552" s="3">
-        <v>95</v>
+        <v>69.95</v>
       </c>
     </row>
     <row r="553">
       <c r="A553" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B553" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C553" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D553" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E553" s="1" t="s">
-        <v>1144</v>
+        <v>1117</v>
       </c>
       <c r="F553" s="1" t="s">
-        <v>1221</v>
+        <v>1218</v>
       </c>
       <c r="G553" s="1" t="s">
-        <v>1222</v>
+        <v>1219</v>
       </c>
       <c r="H553" s="3">
-        <v>175</v>
+        <v>72</v>
       </c>
     </row>
     <row r="554">
       <c r="A554" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B554" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C554" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D554" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E554" s="1" t="s">
-        <v>1144</v>
+        <v>1117</v>
       </c>
       <c r="F554" s="1" t="s">
-        <v>1223</v>
+        <v>1220</v>
       </c>
       <c r="G554" s="1" t="s">
-        <v>1224</v>
+        <v>1221</v>
       </c>
       <c r="H554" s="3">
-        <v>175</v>
+        <v>95</v>
       </c>
     </row>
     <row r="555">
       <c r="A555" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B555" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C555" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D555" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E555" s="1" t="s">
-        <v>1144</v>
+        <v>1117</v>
       </c>
       <c r="F555" s="1" t="s">
-        <v>1225</v>
+        <v>1222</v>
       </c>
       <c r="G555" s="1" t="s">
-        <v>1226</v>
+        <v>1223</v>
       </c>
       <c r="H555" s="3">
-        <v>125</v>
+        <v>88</v>
       </c>
     </row>
     <row r="556">
       <c r="A556" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B556" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C556" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D556" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E556" s="1" t="s">
-        <v>1144</v>
+        <v>1117</v>
       </c>
       <c r="F556" s="1" t="s">
-        <v>1227</v>
+        <v>1224</v>
       </c>
       <c r="G556" s="1" t="s">
-        <v>1228</v>
+        <v>1225</v>
       </c>
       <c r="H556" s="3">
-        <v>220</v>
+        <v>600</v>
       </c>
     </row>
     <row r="557">
       <c r="A557" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B557" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C557" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D557" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E557" s="1" t="s">
-        <v>1144</v>
+        <v>1117</v>
       </c>
       <c r="F557" s="1" t="s">
-        <v>1229</v>
+        <v>1226</v>
       </c>
       <c r="G557" s="1" t="s">
-        <v>1230</v>
+        <v>1227</v>
       </c>
       <c r="H557" s="3">
-        <v>150</v>
+        <v>215</v>
       </c>
     </row>
     <row r="558">
       <c r="A558" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B558" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C558" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D558" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E558" s="1" t="s">
-        <v>1144</v>
+        <v>1228</v>
       </c>
       <c r="F558" s="1" t="s">
-        <v>1231</v>
+        <v>1229</v>
       </c>
       <c r="G558" s="1" t="s">
-        <v>1232</v>
+        <v>1230</v>
       </c>
       <c r="H558" s="3">
-        <v>129</v>
+        <v>82</v>
       </c>
     </row>
     <row r="559">
       <c r="A559" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B559" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C559" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D559" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E559" s="1" t="s">
-        <v>1144</v>
+        <v>1231</v>
       </c>
       <c r="F559" s="1" t="s">
+        <v>1232</v>
+      </c>
+      <c r="G559" s="1" t="s">
         <v>1233</v>
       </c>
-      <c r="G559" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H559" s="3">
-        <v>125</v>
+        <v>715</v>
       </c>
     </row>
     <row r="560">
       <c r="A560" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B560" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C560" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D560" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E560" s="1" t="s">
-        <v>1144</v>
+        <v>1231</v>
       </c>
       <c r="F560" s="1" t="s">
+        <v>1234</v>
+      </c>
+      <c r="G560" s="1" t="s">
         <v>1235</v>
       </c>
-      <c r="G560" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H560" s="3">
-        <v>120</v>
+        <v>665</v>
       </c>
     </row>
     <row r="561">
       <c r="A561" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B561" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C561" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D561" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E561" s="1" t="s">
-        <v>1144</v>
+        <v>1231</v>
       </c>
       <c r="F561" s="1" t="s">
+        <v>1236</v>
+      </c>
+      <c r="G561" s="1" t="s">
         <v>1237</v>
       </c>
-      <c r="G561" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H561" s="3">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="562">
       <c r="A562" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B562" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C562" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D562" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E562" s="1" t="s">
-        <v>1144</v>
+        <v>1231</v>
       </c>
       <c r="F562" s="1" t="s">
+        <v>1238</v>
+      </c>
+      <c r="G562" s="1" t="s">
         <v>1239</v>
       </c>
-      <c r="G562" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H562" s="3">
-        <v>67.5</v>
+        <v>102</v>
       </c>
     </row>
     <row r="563">
       <c r="A563" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B563" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C563" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D563" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E563" s="1" t="s">
-        <v>1144</v>
+        <v>1231</v>
       </c>
       <c r="F563" s="1" t="s">
+        <v>1240</v>
+      </c>
+      <c r="G563" s="1" t="s">
         <v>1241</v>
       </c>
-      <c r="G563" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H563" s="3">
-        <v>78</v>
+        <v>108</v>
       </c>
     </row>
     <row r="564">
       <c r="A564" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B564" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C564" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D564" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E564" s="1" t="s">
-        <v>1144</v>
+        <v>1231</v>
       </c>
       <c r="F564" s="1" t="s">
+        <v>1242</v>
+      </c>
+      <c r="G564" s="1" t="s">
         <v>1243</v>
       </c>
-      <c r="G564" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H564" s="3">
-        <v>69.95</v>
+        <v>110</v>
       </c>
     </row>
     <row r="565">
       <c r="A565" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B565" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C565" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D565" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E565" s="1" t="s">
-        <v>1144</v>
+        <v>1231</v>
       </c>
       <c r="F565" s="1" t="s">
+        <v>1244</v>
+      </c>
+      <c r="G565" s="1" t="s">
         <v>1245</v>
       </c>
-      <c r="G565" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H565" s="3">
-        <v>72</v>
+        <v>109</v>
       </c>
     </row>
     <row r="566">
       <c r="A566" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B566" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C566" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D566" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E566" s="1" t="s">
-        <v>1144</v>
+        <v>1231</v>
       </c>
       <c r="F566" s="1" t="s">
+        <v>1246</v>
+      </c>
+      <c r="G566" s="1" t="s">
         <v>1247</v>
       </c>
-      <c r="G566" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H566" s="3">
-        <v>95</v>
+        <v>115</v>
       </c>
     </row>
     <row r="567">
       <c r="A567" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B567" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C567" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D567" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E567" s="1" t="s">
-        <v>1144</v>
+        <v>1231</v>
       </c>
       <c r="F567" s="1" t="s">
+        <v>1248</v>
+      </c>
+      <c r="G567" s="1" t="s">
         <v>1249</v>
       </c>
-      <c r="G567" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H567" s="3">
-        <v>88</v>
+        <v>120</v>
       </c>
     </row>
     <row r="568">
       <c r="A568" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B568" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C568" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D568" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E568" s="1" t="s">
-        <v>1144</v>
+        <v>1231</v>
       </c>
       <c r="F568" s="1" t="s">
+        <v>1250</v>
+      </c>
+      <c r="G568" s="1" t="s">
         <v>1251</v>
       </c>
-      <c r="G568" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H568" s="3">
-        <v>600</v>
+        <v>154</v>
       </c>
     </row>
     <row r="569">
       <c r="A569" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B569" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C569" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D569" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E569" s="1" t="s">
-        <v>1144</v>
+        <v>1231</v>
       </c>
       <c r="F569" s="1" t="s">
+        <v>1252</v>
+      </c>
+      <c r="G569" s="1" t="s">
         <v>1253</v>
       </c>
-      <c r="G569" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H569" s="3">
-        <v>215</v>
+        <v>116</v>
       </c>
     </row>
     <row r="570">
       <c r="A570" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B570" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C570" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D570" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E570" s="1" t="s">
+        <v>1231</v>
+      </c>
+      <c r="F570" s="1" t="s">
+        <v>1254</v>
+      </c>
+      <c r="G570" s="1" t="s">
         <v>1255</v>
       </c>
-      <c r="F570" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H570" s="3">
-        <v>82</v>
+        <v>105</v>
       </c>
     </row>
     <row r="571">
       <c r="A571" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B571" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C571" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D571" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E571" s="1" t="s">
-        <v>1258</v>
+        <v>1231</v>
       </c>
       <c r="F571" s="1" t="s">
-        <v>1259</v>
+        <v>1256</v>
       </c>
       <c r="G571" s="1" t="s">
-        <v>1260</v>
+        <v>1257</v>
       </c>
       <c r="H571" s="3">
-        <v>715</v>
+        <v>115</v>
       </c>
     </row>
     <row r="572">
       <c r="A572" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B572" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C572" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D572" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E572" s="1" t="s">
+        <v>1231</v>
+      </c>
+      <c r="F572" s="1" t="s">
         <v>1258</v>
       </c>
-      <c r="F572" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G572" s="1" t="s">
-        <v>1262</v>
+        <v>1259</v>
       </c>
       <c r="H572" s="3">
-        <v>665</v>
+        <v>112</v>
       </c>
     </row>
     <row r="573">
       <c r="A573" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B573" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C573" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D573" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E573" s="1" t="s">
-        <v>1258</v>
+        <v>1260</v>
       </c>
       <c r="F573" s="1" t="s">
-        <v>1263</v>
+        <v>1261</v>
       </c>
       <c r="G573" s="1" t="s">
-        <v>1264</v>
+        <v>1262</v>
       </c>
       <c r="H573" s="3">
-        <v>125</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="574">
       <c r="A574" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B574" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C574" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D574" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E574" s="1" t="s">
-        <v>1258</v>
+        <v>1260</v>
       </c>
       <c r="F574" s="1" t="s">
-        <v>1265</v>
+        <v>1263</v>
       </c>
       <c r="G574" s="1" t="s">
-        <v>1266</v>
+        <v>1264</v>
       </c>
       <c r="H574" s="3">
-        <v>102</v>
+        <v>31.99</v>
       </c>
     </row>
     <row r="575">
       <c r="A575" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B575" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C575" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D575" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E575" s="1" t="s">
-        <v>1258</v>
+        <v>1260</v>
       </c>
       <c r="F575" s="1" t="s">
-        <v>1267</v>
+        <v>1265</v>
       </c>
       <c r="G575" s="1" t="s">
-        <v>1268</v>
+        <v>1266</v>
       </c>
       <c r="H575" s="3">
-        <v>108</v>
+        <v>32</v>
       </c>
     </row>
     <row r="576">
       <c r="A576" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B576" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C576" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D576" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E576" s="1" t="s">
-        <v>1258</v>
+        <v>1260</v>
       </c>
       <c r="F576" s="1" t="s">
-        <v>1269</v>
+        <v>1267</v>
       </c>
       <c r="G576" s="1" t="s">
-        <v>1270</v>
+        <v>1268</v>
       </c>
       <c r="H576" s="3">
-        <v>110</v>
+        <v>32</v>
       </c>
     </row>
     <row r="577">
       <c r="A577" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B577" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C577" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D577" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E577" s="1" t="s">
-        <v>1258</v>
+        <v>1260</v>
       </c>
       <c r="F577" s="1" t="s">
-        <v>1271</v>
+        <v>1269</v>
       </c>
       <c r="G577" s="1" t="s">
-        <v>1272</v>
+        <v>1270</v>
       </c>
       <c r="H577" s="3">
-        <v>109</v>
+        <v>29.99</v>
       </c>
     </row>
     <row r="578">
       <c r="A578" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B578" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C578" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D578" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E578" s="1" t="s">
-        <v>1258</v>
+        <v>1260</v>
       </c>
       <c r="F578" s="1" t="s">
-        <v>1273</v>
+        <v>1271</v>
       </c>
       <c r="G578" s="1" t="s">
-        <v>1274</v>
+        <v>1272</v>
       </c>
       <c r="H578" s="3">
-        <v>115</v>
+        <v>68</v>
       </c>
     </row>
     <row r="579">
       <c r="A579" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B579" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C579" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D579" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E579" s="1" t="s">
-        <v>1258</v>
+        <v>1260</v>
       </c>
       <c r="F579" s="1" t="s">
-        <v>1275</v>
+        <v>1273</v>
       </c>
       <c r="G579" s="1" t="s">
-        <v>1276</v>
+        <v>1274</v>
       </c>
       <c r="H579" s="3">
-        <v>120</v>
+        <v>69.5</v>
       </c>
     </row>
     <row r="580">
       <c r="A580" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B580" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C580" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D580" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E580" s="1" t="s">
-        <v>1258</v>
+        <v>1260</v>
       </c>
       <c r="F580" s="1" t="s">
-        <v>1277</v>
+        <v>1275</v>
       </c>
       <c r="G580" s="1" t="s">
-        <v>1278</v>
+        <v>1276</v>
       </c>
       <c r="H580" s="3">
-        <v>154</v>
+        <v>84.99</v>
       </c>
     </row>
     <row r="581">
       <c r="A581" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B581" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C581" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D581" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E581" s="1" t="s">
-        <v>1258</v>
+        <v>1260</v>
       </c>
       <c r="F581" s="1" t="s">
-        <v>1279</v>
+        <v>1277</v>
       </c>
       <c r="G581" s="1" t="s">
-        <v>1280</v>
+        <v>1278</v>
       </c>
       <c r="H581" s="3">
-        <v>116</v>
+        <v>75</v>
       </c>
     </row>
     <row r="582">
       <c r="A582" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B582" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C582" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D582" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E582" s="1" t="s">
-        <v>1258</v>
+        <v>1260</v>
       </c>
       <c r="F582" s="1" t="s">
-        <v>1281</v>
+        <v>1279</v>
       </c>
       <c r="G582" s="1" t="s">
-        <v>1282</v>
+        <v>1280</v>
       </c>
       <c r="H582" s="3">
-        <v>105</v>
+        <v>75</v>
       </c>
     </row>
     <row r="583">
       <c r="A583" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B583" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C583" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D583" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E583" s="1" t="s">
-        <v>1258</v>
+        <v>1260</v>
       </c>
       <c r="F583" s="1" t="s">
-        <v>1283</v>
+        <v>1281</v>
       </c>
       <c r="G583" s="1" t="s">
-        <v>1284</v>
+        <v>1282</v>
       </c>
       <c r="H583" s="3">
-        <v>115</v>
+        <v>48</v>
       </c>
     </row>
     <row r="584">
       <c r="A584" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B584" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C584" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D584" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E584" s="1" t="s">
-        <v>1258</v>
+        <v>1260</v>
       </c>
       <c r="F584" s="1" t="s">
-        <v>1285</v>
+        <v>1283</v>
       </c>
       <c r="G584" s="1" t="s">
-        <v>1286</v>
+        <v>1284</v>
       </c>
       <c r="H584" s="3">
-        <v>112</v>
+        <v>48.5</v>
       </c>
     </row>
     <row r="585">
       <c r="A585" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B585" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C585" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D585" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E585" s="1" t="s">
-        <v>1287</v>
+        <v>1260</v>
       </c>
       <c r="F585" s="1" t="s">
-        <v>1288</v>
+        <v>1285</v>
       </c>
       <c r="G585" s="1" t="s">
-        <v>1289</v>
+        <v>1286</v>
       </c>
       <c r="H585" s="3">
-        <v>27.5</v>
+        <v>69.95</v>
       </c>
     </row>
     <row r="586">
       <c r="A586" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B586" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C586" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D586" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E586" s="1" t="s">
+        <v>1260</v>
+      </c>
+      <c r="F586" s="1" t="s">
         <v>1287</v>
       </c>
-      <c r="F586" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G586" s="1" t="s">
-        <v>1291</v>
+        <v>1288</v>
       </c>
       <c r="H586" s="3">
-        <v>31.99</v>
+        <v>99.95</v>
       </c>
     </row>
     <row r="587">
       <c r="A587" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B587" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C587" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D587" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E587" s="1" t="s">
-        <v>1287</v>
+        <v>1260</v>
       </c>
       <c r="F587" s="1" t="s">
-        <v>1292</v>
+        <v>1289</v>
       </c>
       <c r="G587" s="1" t="s">
-        <v>1293</v>
+        <v>1290</v>
       </c>
       <c r="H587" s="3">
-        <v>32</v>
+        <v>108</v>
       </c>
     </row>
     <row r="588">
       <c r="A588" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B588" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C588" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D588" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E588" s="1" t="s">
-        <v>1287</v>
+        <v>1260</v>
       </c>
       <c r="F588" s="1" t="s">
-        <v>1294</v>
+        <v>1291</v>
       </c>
       <c r="G588" s="1" t="s">
-        <v>1295</v>
+        <v>1292</v>
       </c>
       <c r="H588" s="3">
-        <v>32</v>
+        <v>102</v>
       </c>
     </row>
     <row r="589">
       <c r="A589" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B589" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C589" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D589" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E589" s="1" t="s">
-        <v>1287</v>
+        <v>1260</v>
       </c>
       <c r="F589" s="1" t="s">
-        <v>1296</v>
+        <v>1293</v>
       </c>
       <c r="G589" s="1" t="s">
-        <v>1297</v>
+        <v>1294</v>
       </c>
       <c r="H589" s="3">
-        <v>29.99</v>
+        <v>450</v>
       </c>
     </row>
     <row r="590">
       <c r="A590" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B590" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C590" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D590" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E590" s="1" t="s">
-        <v>1287</v>
+        <v>1260</v>
       </c>
       <c r="F590" s="1" t="s">
-        <v>1298</v>
+        <v>1295</v>
       </c>
       <c r="G590" s="1" t="s">
-        <v>1299</v>
+        <v>1296</v>
       </c>
       <c r="H590" s="3">
-        <v>68</v>
+        <v>52</v>
       </c>
     </row>
     <row r="591">
       <c r="A591" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B591" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C591" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D591" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E591" s="1" t="s">
-        <v>1287</v>
+        <v>1260</v>
       </c>
       <c r="F591" s="1" t="s">
-        <v>1300</v>
+        <v>1297</v>
       </c>
       <c r="G591" s="1" t="s">
-        <v>1301</v>
+        <v>1298</v>
       </c>
       <c r="H591" s="3">
-        <v>69.5</v>
+        <v>55.5</v>
       </c>
     </row>
     <row r="592">
       <c r="A592" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B592" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C592" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D592" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E592" s="1" t="s">
-        <v>1287</v>
+        <v>1260</v>
       </c>
       <c r="F592" s="1" t="s">
-        <v>1302</v>
+        <v>1299</v>
       </c>
       <c r="G592" s="1" t="s">
-        <v>1303</v>
+        <v>1300</v>
       </c>
       <c r="H592" s="3">
-        <v>84.99</v>
+        <v>55.49</v>
       </c>
     </row>
     <row r="593">
       <c r="A593" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B593" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C593" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D593" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E593" s="1" t="s">
-        <v>1287</v>
+        <v>1260</v>
       </c>
       <c r="F593" s="1" t="s">
-        <v>1304</v>
+        <v>1301</v>
       </c>
       <c r="G593" s="1" t="s">
-        <v>1305</v>
+        <v>1302</v>
       </c>
       <c r="H593" s="3">
-        <v>75</v>
+        <v>56</v>
       </c>
     </row>
     <row r="594">
       <c r="A594" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B594" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C594" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D594" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E594" s="1" t="s">
-        <v>1287</v>
+        <v>1260</v>
       </c>
       <c r="F594" s="1" t="s">
-        <v>1306</v>
+        <v>1303</v>
       </c>
       <c r="G594" s="1" t="s">
-        <v>1307</v>
+        <v>1304</v>
       </c>
       <c r="H594" s="3">
-        <v>75</v>
+        <v>55</v>
       </c>
     </row>
     <row r="595">
       <c r="A595" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B595" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C595" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D595" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E595" s="1" t="s">
-        <v>1287</v>
+        <v>1260</v>
       </c>
       <c r="F595" s="1" t="s">
-        <v>1308</v>
+        <v>1305</v>
       </c>
       <c r="G595" s="1" t="s">
-        <v>1309</v>
+        <v>1306</v>
       </c>
       <c r="H595" s="3">
-        <v>48</v>
+        <v>62</v>
       </c>
     </row>
     <row r="596">
       <c r="A596" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B596" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C596" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D596" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E596" s="1" t="s">
-        <v>1287</v>
+        <v>1260</v>
       </c>
       <c r="F596" s="1" t="s">
-        <v>1310</v>
+        <v>1307</v>
       </c>
       <c r="G596" s="1" t="s">
-        <v>1311</v>
+        <v>1308</v>
       </c>
       <c r="H596" s="3">
-        <v>48.5</v>
+        <v>64</v>
       </c>
     </row>
     <row r="597">
       <c r="A597" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B597" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C597" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D597" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E597" s="1" t="s">
-        <v>1287</v>
+        <v>1260</v>
       </c>
       <c r="F597" s="1" t="s">
-        <v>1312</v>
+        <v>1309</v>
       </c>
       <c r="G597" s="1" t="s">
-        <v>1313</v>
+        <v>1310</v>
       </c>
       <c r="H597" s="3">
-        <v>69.95</v>
+        <v>56</v>
       </c>
     </row>
     <row r="598">
       <c r="A598" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B598" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C598" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D598" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E598" s="1" t="s">
-        <v>1287</v>
+        <v>1260</v>
       </c>
       <c r="F598" s="1" t="s">
-        <v>1314</v>
+        <v>1311</v>
       </c>
       <c r="G598" s="1" t="s">
-        <v>1315</v>
+        <v>1312</v>
       </c>
       <c r="H598" s="3">
-        <v>99.95</v>
+        <v>68</v>
       </c>
     </row>
     <row r="599">
       <c r="A599" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B599" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C599" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D599" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E599" s="1" t="s">
-        <v>1287</v>
+        <v>1313</v>
       </c>
       <c r="F599" s="1" t="s">
-        <v>1316</v>
+        <v>1314</v>
       </c>
       <c r="G599" s="1" t="s">
-        <v>1317</v>
+        <v>1315</v>
       </c>
       <c r="H599" s="3">
-        <v>108</v>
+        <v>100</v>
       </c>
     </row>
     <row r="600">
       <c r="A600" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B600" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C600" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D600" s="1" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="E600" s="1" t="s">
-        <v>1287</v>
+        <v>1313</v>
       </c>
       <c r="F600" s="1" t="s">
-        <v>1318</v>
+        <v>1316</v>
       </c>
       <c r="G600" s="1" t="s">
-        <v>1319</v>
+        <v>1317</v>
       </c>
       <c r="H600" s="3">
-        <v>102</v>
+        <v>89</v>
       </c>
     </row>
     <row r="601">
       <c r="A601" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B601" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C601" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D601" s="1" t="s">
-        <v>1092</v>
-[...3 lines deleted...]
-      </c>
+        <v>1318</v>
+      </c>
+      <c r="E601" s="1"/>
       <c r="F601" s="1" t="s">
+        <v>1319</v>
+      </c>
+      <c r="G601" s="1" t="s">
         <v>1320</v>
       </c>
-      <c r="G601" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H601" s="3">
-        <v>450</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="602">
       <c r="A602" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B602" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C602" s="1" t="s">
-        <v>850</v>
-[...6 lines deleted...]
-      </c>
+        <v>1321</v>
+      </c>
+      <c r="D602" s="1"/>
+      <c r="E602" s="1"/>
       <c r="F602" s="1" t="s">
         <v>1322</v>
       </c>
       <c r="G602" s="1" t="s">
         <v>1323</v>
       </c>
       <c r="H602" s="3">
-        <v>52</v>
+        <v>14.99</v>
       </c>
     </row>
     <row r="603">
       <c r="A603" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B603" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C603" s="1" t="s">
-        <v>850</v>
+        <v>1324</v>
       </c>
       <c r="D603" s="1" t="s">
-        <v>1092</v>
-[...3 lines deleted...]
-      </c>
+        <v>1325</v>
+      </c>
+      <c r="E603" s="1"/>
       <c r="F603" s="1" t="s">
-        <v>1324</v>
+        <v>1326</v>
       </c>
       <c r="G603" s="1" t="s">
-        <v>1325</v>
+        <v>1327</v>
       </c>
       <c r="H603" s="3">
-        <v>55.5</v>
+        <v>18.89</v>
       </c>
     </row>
     <row r="604">
       <c r="A604" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B604" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C604" s="1" t="s">
-        <v>850</v>
-[...6 lines deleted...]
-      </c>
+        <v>1328</v>
+      </c>
+      <c r="D604" s="1"/>
+      <c r="E604" s="1"/>
       <c r="F604" s="1" t="s">
-        <v>1326</v>
+        <v>1329</v>
       </c>
       <c r="G604" s="1" t="s">
-        <v>1327</v>
+        <v>1330</v>
       </c>
       <c r="H604" s="3">
-        <v>55.49</v>
+        <v>11.49</v>
       </c>
     </row>
     <row r="605">
       <c r="A605" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B605" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C605" s="1" t="s">
-        <v>850</v>
-[...6 lines deleted...]
-      </c>
+        <v>1331</v>
+      </c>
+      <c r="D605" s="1"/>
+      <c r="E605" s="1"/>
       <c r="F605" s="1" t="s">
-        <v>1328</v>
+        <v>1332</v>
       </c>
       <c r="G605" s="1" t="s">
-        <v>1329</v>
+        <v>1333</v>
       </c>
       <c r="H605" s="3">
-        <v>56</v>
+        <v>65</v>
       </c>
     </row>
     <row r="606">
       <c r="A606" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B606" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C606" s="1" t="s">
-        <v>850</v>
+        <v>155</v>
       </c>
       <c r="D606" s="1" t="s">
-        <v>1092</v>
+        <v>1334</v>
       </c>
       <c r="E606" s="1" t="s">
-        <v>1287</v>
+        <v>1335</v>
       </c>
       <c r="F606" s="1" t="s">
-        <v>1330</v>
+        <v>1336</v>
       </c>
       <c r="G606" s="1" t="s">
-        <v>1331</v>
+        <v>1337</v>
       </c>
       <c r="H606" s="3">
-        <v>55</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="607">
       <c r="A607" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B607" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C607" s="1" t="s">
-        <v>850</v>
-[...6 lines deleted...]
-      </c>
+        <v>287</v>
+      </c>
+      <c r="D607" s="1"/>
+      <c r="E607" s="1"/>
       <c r="F607" s="1" t="s">
-        <v>1332</v>
+        <v>1338</v>
       </c>
       <c r="G607" s="1" t="s">
-        <v>1333</v>
+        <v>1339</v>
       </c>
       <c r="H607" s="3">
-        <v>62</v>
+        <v>10.49</v>
       </c>
     </row>
     <row r="608">
       <c r="A608" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B608" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C608" s="1" t="s">
-        <v>850</v>
-[...6 lines deleted...]
-      </c>
+        <v>287</v>
+      </c>
+      <c r="D608" s="1"/>
+      <c r="E608" s="1"/>
       <c r="F608" s="1" t="s">
-        <v>1334</v>
+        <v>1340</v>
       </c>
       <c r="G608" s="1" t="s">
-        <v>1335</v>
+        <v>1341</v>
       </c>
       <c r="H608" s="3">
-        <v>64</v>
+        <v>15.99</v>
       </c>
     </row>
     <row r="609">
       <c r="A609" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B609" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C609" s="1" t="s">
-        <v>850</v>
-[...6 lines deleted...]
-      </c>
+        <v>287</v>
+      </c>
+      <c r="D609" s="1"/>
+      <c r="E609" s="1"/>
       <c r="F609" s="1" t="s">
-        <v>1336</v>
+        <v>1342</v>
       </c>
       <c r="G609" s="1" t="s">
-        <v>1337</v>
+        <v>1343</v>
       </c>
       <c r="H609" s="3">
-        <v>56</v>
+        <v>9.79</v>
       </c>
     </row>
     <row r="610">
       <c r="A610" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B610" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C610" s="1" t="s">
-        <v>850</v>
-[...6 lines deleted...]
-      </c>
+        <v>287</v>
+      </c>
+      <c r="D610" s="1"/>
+      <c r="E610" s="1"/>
       <c r="F610" s="1" t="s">
-        <v>1338</v>
+        <v>1344</v>
       </c>
       <c r="G610" s="1" t="s">
-        <v>1339</v>
+        <v>1345</v>
       </c>
       <c r="H610" s="3">
-        <v>68</v>
+        <v>11.99</v>
       </c>
     </row>
     <row r="611">
       <c r="A611" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B611" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C611" s="1" t="s">
-        <v>850</v>
-[...6 lines deleted...]
-      </c>
+        <v>287</v>
+      </c>
+      <c r="D611" s="1"/>
+      <c r="E611" s="1"/>
       <c r="F611" s="1" t="s">
-        <v>1341</v>
+        <v>1346</v>
       </c>
       <c r="G611" s="1" t="s">
-        <v>1342</v>
+        <v>1347</v>
       </c>
       <c r="H611" s="3">
-        <v>100</v>
+        <v>7.99</v>
       </c>
     </row>
     <row r="612">
       <c r="A612" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B612" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C612" s="1" t="s">
-        <v>850</v>
-[...6 lines deleted...]
-      </c>
+        <v>287</v>
+      </c>
+      <c r="D612" s="1"/>
+      <c r="E612" s="1"/>
       <c r="F612" s="1" t="s">
-        <v>1343</v>
+        <v>1348</v>
       </c>
       <c r="G612" s="1" t="s">
-        <v>1344</v>
+        <v>1349</v>
       </c>
       <c r="H612" s="3">
-        <v>89</v>
+        <v>9.99</v>
       </c>
     </row>
     <row r="613">
       <c r="A613" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B613" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C613" s="1" t="s">
-        <v>850</v>
-[...3 lines deleted...]
-      </c>
+        <v>287</v>
+      </c>
+      <c r="D613" s="1"/>
       <c r="E613" s="1"/>
       <c r="F613" s="1" t="s">
-        <v>1346</v>
+        <v>1350</v>
       </c>
       <c r="G613" s="1" t="s">
-        <v>1347</v>
+        <v>1351</v>
       </c>
       <c r="H613" s="3">
-        <v>24.99</v>
+        <v>39.99</v>
       </c>
     </row>
     <row r="614">
       <c r="A614" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B614" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C614" s="1" t="s">
-        <v>1348</v>
+        <v>287</v>
       </c>
       <c r="D614" s="1"/>
       <c r="E614" s="1"/>
       <c r="F614" s="1" t="s">
-        <v>1349</v>
+        <v>1352</v>
       </c>
       <c r="G614" s="1" t="s">
-        <v>1350</v>
+        <v>1353</v>
       </c>
       <c r="H614" s="3">
-        <v>14.99</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="615">
       <c r="A615" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B615" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C615" s="1" t="s">
-        <v>1351</v>
-[...3 lines deleted...]
-      </c>
+        <v>287</v>
+      </c>
+      <c r="D615" s="1"/>
       <c r="E615" s="1"/>
       <c r="F615" s="1" t="s">
-        <v>1353</v>
+        <v>1354</v>
       </c>
       <c r="G615" s="1" t="s">
-        <v>1354</v>
+        <v>1355</v>
       </c>
       <c r="H615" s="3">
-        <v>18.89</v>
+        <v>37.99</v>
       </c>
     </row>
     <row r="616">
       <c r="A616" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B616" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C616" s="1" t="s">
-        <v>1351</v>
-[...3 lines deleted...]
-      </c>
+        <v>287</v>
+      </c>
+      <c r="D616" s="1"/>
       <c r="E616" s="1"/>
       <c r="F616" s="1" t="s">
-        <v>1355</v>
+        <v>1356</v>
       </c>
       <c r="G616" s="1" t="s">
-        <v>1356</v>
+        <v>1357</v>
       </c>
       <c r="H616" s="3">
-        <v>17.89</v>
+        <v>10.49</v>
       </c>
     </row>
     <row r="617">
       <c r="A617" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B617" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C617" s="1" t="s">
-        <v>1357</v>
+        <v>287</v>
       </c>
       <c r="D617" s="1"/>
       <c r="E617" s="1"/>
       <c r="F617" s="1" t="s">
         <v>1358</v>
       </c>
       <c r="G617" s="1" t="s">
         <v>1359</v>
       </c>
       <c r="H617" s="3">
-        <v>11.49</v>
+        <v>17.99</v>
       </c>
     </row>
     <row r="618">
       <c r="A618" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B618" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C618" s="1" t="s">
-        <v>1360</v>
+        <v>287</v>
       </c>
       <c r="D618" s="1"/>
       <c r="E618" s="1"/>
       <c r="F618" s="1" t="s">
+        <v>1360</v>
+      </c>
+      <c r="G618" s="1" t="s">
         <v>1361</v>
       </c>
-      <c r="G618" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H618" s="3">
-        <v>65</v>
+        <v>11.49</v>
       </c>
     </row>
     <row r="619">
       <c r="A619" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B619" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C619" s="1" t="s">
-        <v>163</v>
-[...1 lines deleted...]
-      <c r="D619" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="D619" s="1"/>
+      <c r="E619" s="1"/>
+      <c r="F619" s="1" t="s">
+        <v>1362</v>
+      </c>
+      <c r="G619" s="1" t="s">
         <v>1363</v>
       </c>
-      <c r="E619" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H619" s="3">
-        <v>24.99</v>
+        <v>11.99</v>
       </c>
     </row>
     <row r="620">
       <c r="A620" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B620" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C620" s="1" t="s">
-        <v>295</v>
+        <v>287</v>
       </c>
       <c r="D620" s="1"/>
       <c r="E620" s="1"/>
       <c r="F620" s="1" t="s">
-        <v>1367</v>
+        <v>1364</v>
       </c>
       <c r="G620" s="1" t="s">
-        <v>1368</v>
+        <v>1365</v>
       </c>
       <c r="H620" s="3">
-        <v>15.49</v>
+        <v>12.49</v>
       </c>
     </row>
     <row r="621">
       <c r="A621" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B621" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C621" s="1" t="s">
-        <v>295</v>
+        <v>287</v>
       </c>
       <c r="D621" s="1"/>
       <c r="E621" s="1"/>
       <c r="F621" s="1" t="s">
-        <v>1369</v>
+        <v>1366</v>
       </c>
       <c r="G621" s="1" t="s">
-        <v>1370</v>
+        <v>1367</v>
       </c>
       <c r="H621" s="3">
-        <v>11.49</v>
+        <v>17.99</v>
       </c>
     </row>
     <row r="622">
       <c r="A622" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B622" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C622" s="1" t="s">
-        <v>295</v>
+        <v>287</v>
       </c>
       <c r="D622" s="1"/>
       <c r="E622" s="1"/>
       <c r="F622" s="1" t="s">
-        <v>1371</v>
+        <v>1368</v>
       </c>
       <c r="G622" s="1" t="s">
-        <v>1372</v>
+        <v>1369</v>
       </c>
       <c r="H622" s="3">
-        <v>7.99</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="623">
       <c r="A623" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B623" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C623" s="1" t="s">
-        <v>295</v>
+        <v>287</v>
       </c>
       <c r="D623" s="1"/>
       <c r="E623" s="1"/>
       <c r="F623" s="1" t="s">
-        <v>1373</v>
+        <v>1370</v>
       </c>
       <c r="G623" s="1" t="s">
-        <v>1374</v>
+        <v>1371</v>
       </c>
       <c r="H623" s="3">
-        <v>9.99</v>
+        <v>10.99</v>
       </c>
     </row>
     <row r="624">
       <c r="A624" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B624" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C624" s="1" t="s">
-        <v>295</v>
+        <v>287</v>
       </c>
       <c r="D624" s="1"/>
       <c r="E624" s="1"/>
       <c r="F624" s="1" t="s">
-        <v>1375</v>
+        <v>1372</v>
       </c>
       <c r="G624" s="1" t="s">
-        <v>1376</v>
+        <v>1373</v>
       </c>
       <c r="H624" s="3">
-        <v>37.99</v>
+        <v>8.69</v>
       </c>
     </row>
     <row r="625">
       <c r="A625" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B625" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C625" s="1" t="s">
-        <v>295</v>
+        <v>287</v>
       </c>
       <c r="D625" s="1"/>
       <c r="E625" s="1"/>
       <c r="F625" s="1" t="s">
-        <v>1377</v>
+        <v>1374</v>
       </c>
       <c r="G625" s="1" t="s">
-        <v>1378</v>
+        <v>1375</v>
       </c>
       <c r="H625" s="3">
-        <v>10.49</v>
+        <v>11.99</v>
       </c>
     </row>
     <row r="626">
       <c r="A626" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B626" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C626" s="1" t="s">
-        <v>295</v>
+        <v>287</v>
       </c>
       <c r="D626" s="1"/>
       <c r="E626" s="1"/>
       <c r="F626" s="1" t="s">
-        <v>1379</v>
+        <v>1376</v>
       </c>
       <c r="G626" s="1" t="s">
-        <v>1380</v>
+        <v>1377</v>
       </c>
       <c r="H626" s="3">
-        <v>11.49</v>
+        <v>42.99</v>
       </c>
     </row>
     <row r="627">
       <c r="A627" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B627" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C627" s="1" t="s">
-        <v>295</v>
+        <v>287</v>
       </c>
       <c r="D627" s="1"/>
       <c r="E627" s="1"/>
       <c r="F627" s="1" t="s">
-        <v>1381</v>
+        <v>1378</v>
       </c>
       <c r="G627" s="1" t="s">
-        <v>1382</v>
+        <v>1379</v>
       </c>
       <c r="H627" s="3">
-        <v>11.99</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="628">
       <c r="A628" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B628" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C628" s="1" t="s">
-        <v>295</v>
-[...1 lines deleted...]
-      <c r="D628" s="1"/>
+        <v>287</v>
+      </c>
+      <c r="D628" s="1" t="s">
+        <v>1380</v>
+      </c>
       <c r="E628" s="1"/>
       <c r="F628" s="1" t="s">
-        <v>1383</v>
+        <v>1381</v>
       </c>
       <c r="G628" s="1" t="s">
-        <v>1384</v>
+        <v>1382</v>
       </c>
       <c r="H628" s="3">
-        <v>12.49</v>
+        <v>8.99</v>
       </c>
     </row>
     <row r="629">
       <c r="A629" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B629" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C629" s="1" t="s">
-        <v>295</v>
-[...1 lines deleted...]
-      <c r="D629" s="1"/>
+        <v>287</v>
+      </c>
+      <c r="D629" s="1" t="s">
+        <v>1383</v>
+      </c>
       <c r="E629" s="1"/>
       <c r="F629" s="1" t="s">
+        <v>1384</v>
+      </c>
+      <c r="G629" s="1" t="s">
         <v>1385</v>
       </c>
-      <c r="G629" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H629" s="3">
-        <v>10.99</v>
+        <v>42.99</v>
       </c>
     </row>
     <row r="630">
       <c r="A630" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B630" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C630" s="1" t="s">
-        <v>295</v>
-[...1 lines deleted...]
-      <c r="D630" s="1"/>
+        <v>287</v>
+      </c>
+      <c r="D630" s="1" t="s">
+        <v>1383</v>
+      </c>
       <c r="E630" s="1"/>
       <c r="F630" s="1" t="s">
+        <v>1386</v>
+      </c>
+      <c r="G630" s="1" t="s">
         <v>1387</v>
       </c>
-      <c r="G630" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H630" s="3">
-        <v>8.69</v>
+        <v>42.99</v>
       </c>
     </row>
     <row r="631">
       <c r="A631" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B631" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C631" s="1" t="s">
-        <v>295</v>
-[...1 lines deleted...]
-      <c r="D631" s="1"/>
+        <v>287</v>
+      </c>
+      <c r="D631" s="1" t="s">
+        <v>1383</v>
+      </c>
       <c r="E631" s="1"/>
       <c r="F631" s="1" t="s">
+        <v>1388</v>
+      </c>
+      <c r="G631" s="1" t="s">
         <v>1389</v>
       </c>
-      <c r="G631" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H631" s="3">
-        <v>11.99</v>
+        <v>34.99</v>
       </c>
     </row>
     <row r="632">
       <c r="A632" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B632" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C632" s="1" t="s">
-        <v>295</v>
+        <v>287</v>
       </c>
       <c r="D632" s="1" t="s">
-        <v>1391</v>
+        <v>1383</v>
       </c>
       <c r="E632" s="1"/>
       <c r="F632" s="1" t="s">
-        <v>1392</v>
+        <v>1390</v>
       </c>
       <c r="G632" s="1" t="s">
-        <v>1393</v>
+        <v>1391</v>
       </c>
       <c r="H632" s="3">
-        <v>8.99</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="633">
       <c r="A633" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B633" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C633" s="1" t="s">
-        <v>295</v>
+        <v>287</v>
       </c>
       <c r="D633" s="1" t="s">
-        <v>1394</v>
+        <v>1392</v>
       </c>
       <c r="E633" s="1"/>
       <c r="F633" s="1" t="s">
-        <v>1395</v>
+        <v>1393</v>
       </c>
       <c r="G633" s="1" t="s">
-        <v>1396</v>
+        <v>1394</v>
       </c>
       <c r="H633" s="3">
-        <v>28.89</v>
+        <v>13.99</v>
       </c>
     </row>
     <row r="634">
       <c r="A634" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B634" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C634" s="1" t="s">
-        <v>295</v>
+        <v>287</v>
       </c>
       <c r="D634" s="1" t="s">
-        <v>1394</v>
+        <v>1392</v>
       </c>
       <c r="E634" s="1"/>
       <c r="F634" s="1" t="s">
-        <v>1397</v>
+        <v>1395</v>
       </c>
       <c r="G634" s="1" t="s">
-        <v>1398</v>
+        <v>1396</v>
       </c>
       <c r="H634" s="3">
-        <v>42.99</v>
+        <v>11.49</v>
       </c>
     </row>
     <row r="635">
       <c r="A635" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B635" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C635" s="1" t="s">
-        <v>295</v>
+        <v>287</v>
       </c>
       <c r="D635" s="1" t="s">
-        <v>1394</v>
+        <v>1392</v>
       </c>
       <c r="E635" s="1"/>
       <c r="F635" s="1" t="s">
-        <v>1399</v>
+        <v>1397</v>
       </c>
       <c r="G635" s="1" t="s">
-        <v>1400</v>
+        <v>1398</v>
       </c>
       <c r="H635" s="3">
-        <v>42.99</v>
+        <v>10.99</v>
       </c>
     </row>
     <row r="636">
       <c r="A636" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B636" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C636" s="1" t="s">
-        <v>295</v>
-[...3 lines deleted...]
-      </c>
+        <v>1399</v>
+      </c>
+      <c r="D636" s="1"/>
       <c r="E636" s="1"/>
       <c r="F636" s="1" t="s">
-        <v>1402</v>
+        <v>1400</v>
       </c>
       <c r="G636" s="1" t="s">
-        <v>1403</v>
+        <v>1401</v>
       </c>
       <c r="H636" s="3">
-        <v>13.99</v>
+        <v>17.49</v>
       </c>
     </row>
     <row r="637">
       <c r="A637" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B637" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C637" s="1" t="s">
-        <v>295</v>
-[...3 lines deleted...]
-      </c>
+        <v>1399</v>
+      </c>
+      <c r="D637" s="1"/>
       <c r="E637" s="1"/>
       <c r="F637" s="1" t="s">
-        <v>1404</v>
+        <v>1402</v>
       </c>
       <c r="G637" s="1" t="s">
-        <v>1405</v>
+        <v>1403</v>
       </c>
       <c r="H637" s="3">
-        <v>11.49</v>
+        <v>23.99</v>
       </c>
     </row>
     <row r="638">
       <c r="A638" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B638" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C638" s="1" t="s">
-        <v>295</v>
+        <v>1399</v>
       </c>
       <c r="D638" s="1" t="s">
-        <v>1401</v>
+        <v>1404</v>
       </c>
       <c r="E638" s="1"/>
       <c r="F638" s="1" t="s">
+        <v>1405</v>
+      </c>
+      <c r="G638" s="1" t="s">
         <v>1406</v>
       </c>
-      <c r="G638" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H638" s="3">
-        <v>10.99</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="639">
       <c r="A639" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B639" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C639" s="1" t="s">
-        <v>1408</v>
-[...1 lines deleted...]
-      <c r="D639" s="1"/>
+        <v>1399</v>
+      </c>
+      <c r="D639" s="1" t="s">
+        <v>1407</v>
+      </c>
       <c r="E639" s="1"/>
       <c r="F639" s="1" t="s">
+        <v>1408</v>
+      </c>
+      <c r="G639" s="1" t="s">
         <v>1409</v>
       </c>
-      <c r="G639" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H639" s="3">
-        <v>17.49</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="640">
       <c r="A640" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B640" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C640" s="1" t="s">
-        <v>1408</v>
-[...1 lines deleted...]
-      <c r="D640" s="1"/>
+        <v>1399</v>
+      </c>
+      <c r="D640" s="1" t="s">
+        <v>1410</v>
+      </c>
       <c r="E640" s="1"/>
       <c r="F640" s="1" t="s">
         <v>1411</v>
       </c>
       <c r="G640" s="1" t="s">
         <v>1412</v>
       </c>
       <c r="H640" s="3">
-        <v>23.99</v>
+        <v>38.5</v>
       </c>
     </row>
     <row r="641">
       <c r="A641" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B641" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C641" s="1" t="s">
-        <v>1408</v>
-[...1 lines deleted...]
-      <c r="D641" s="1" t="s">
         <v>1413</v>
       </c>
+      <c r="D641" s="1"/>
       <c r="E641" s="1"/>
       <c r="F641" s="1" t="s">
         <v>1414</v>
       </c>
       <c r="G641" s="1" t="s">
         <v>1415</v>
       </c>
       <c r="H641" s="3">
-        <v>19.99</v>
+        <v>25</v>
       </c>
     </row>
     <row r="642">
       <c r="A642" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B642" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C642" s="1" t="s">
-        <v>1408</v>
-[...3 lines deleted...]
-      </c>
+        <v>1413</v>
+      </c>
+      <c r="D642" s="1"/>
       <c r="E642" s="1"/>
       <c r="F642" s="1" t="s">
+        <v>1416</v>
+      </c>
+      <c r="G642" s="1" t="s">
         <v>1417</v>
       </c>
-      <c r="G642" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H642" s="3">
-        <v>24.99</v>
+        <v>13.99</v>
       </c>
     </row>
     <row r="643">
       <c r="A643" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B643" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C643" s="1" t="s">
-        <v>1408</v>
+        <v>1418</v>
       </c>
       <c r="D643" s="1" t="s">
         <v>1419</v>
       </c>
       <c r="E643" s="1"/>
       <c r="F643" s="1" t="s">
         <v>1420</v>
       </c>
       <c r="G643" s="1" t="s">
         <v>1421</v>
       </c>
       <c r="H643" s="3">
-        <v>38.5</v>
+        <v>48.49</v>
       </c>
     </row>
     <row r="644">
       <c r="A644" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B644" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C644" s="1" t="s">
-        <v>1422</v>
+        <v>158</v>
       </c>
       <c r="D644" s="1"/>
       <c r="E644" s="1"/>
       <c r="F644" s="1" t="s">
+        <v>1422</v>
+      </c>
+      <c r="G644" s="1" t="s">
         <v>1423</v>
       </c>
-      <c r="G644" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H644" s="3">
-        <v>25</v>
+        <v>37.99</v>
       </c>
     </row>
     <row r="645">
       <c r="A645" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B645" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C645" s="1" t="s">
-        <v>1422</v>
-[...1 lines deleted...]
-      <c r="D645" s="1"/>
+        <v>158</v>
+      </c>
+      <c r="D645" s="1" t="s">
+        <v>1424</v>
+      </c>
       <c r="E645" s="1"/>
       <c r="F645" s="1" t="s">
         <v>1425</v>
       </c>
       <c r="G645" s="1" t="s">
         <v>1426</v>
       </c>
       <c r="H645" s="3">
-        <v>13.99</v>
+        <v>80</v>
       </c>
     </row>
     <row r="646">
       <c r="A646" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B646" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C646" s="1" t="s">
-        <v>1427</v>
+        <v>158</v>
       </c>
       <c r="D646" s="1" t="s">
-        <v>1428</v>
+        <v>1424</v>
       </c>
       <c r="E646" s="1"/>
       <c r="F646" s="1" t="s">
-        <v>1429</v>
+        <v>1427</v>
       </c>
       <c r="G646" s="1" t="s">
-        <v>1430</v>
+        <v>1428</v>
       </c>
       <c r="H646" s="3">
-        <v>48.49</v>
+        <v>79</v>
       </c>
     </row>
     <row r="647">
       <c r="A647" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B647" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C647" s="1" t="s">
-        <v>166</v>
-[...1 lines deleted...]
-      <c r="D647" s="1"/>
+        <v>158</v>
+      </c>
+      <c r="D647" s="1" t="s">
+        <v>1424</v>
+      </c>
       <c r="E647" s="1"/>
       <c r="F647" s="1" t="s">
-        <v>1431</v>
+        <v>1429</v>
       </c>
       <c r="G647" s="1" t="s">
-        <v>1432</v>
+        <v>1430</v>
       </c>
       <c r="H647" s="3">
-        <v>37.99</v>
+        <v>85</v>
       </c>
     </row>
     <row r="648">
       <c r="A648" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B648" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C648" s="1" t="s">
-        <v>166</v>
+        <v>158</v>
       </c>
       <c r="D648" s="1" t="s">
-        <v>1433</v>
+        <v>1424</v>
       </c>
       <c r="E648" s="1"/>
       <c r="F648" s="1" t="s">
-        <v>1434</v>
+        <v>1431</v>
       </c>
       <c r="G648" s="1" t="s">
-        <v>1435</v>
+        <v>1432</v>
       </c>
       <c r="H648" s="3">
-        <v>80</v>
+        <v>69.99</v>
       </c>
     </row>
     <row r="649">
       <c r="A649" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B649" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C649" s="1" t="s">
-        <v>166</v>
+        <v>158</v>
       </c>
       <c r="D649" s="1" t="s">
-        <v>1433</v>
+        <v>1424</v>
       </c>
       <c r="E649" s="1"/>
       <c r="F649" s="1" t="s">
-        <v>1436</v>
+        <v>1433</v>
       </c>
       <c r="G649" s="1" t="s">
-        <v>1437</v>
+        <v>1434</v>
       </c>
       <c r="H649" s="3">
-        <v>79</v>
+        <v>76</v>
       </c>
     </row>
     <row r="650">
       <c r="A650" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B650" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C650" s="1" t="s">
-        <v>166</v>
+        <v>158</v>
       </c>
       <c r="D650" s="1" t="s">
-        <v>1433</v>
+        <v>1424</v>
       </c>
       <c r="E650" s="1"/>
       <c r="F650" s="1" t="s">
-        <v>1438</v>
+        <v>1435</v>
       </c>
       <c r="G650" s="1" t="s">
-        <v>1439</v>
+        <v>1436</v>
       </c>
       <c r="H650" s="3">
-        <v>85</v>
+        <v>82</v>
       </c>
     </row>
     <row r="651">
       <c r="A651" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B651" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C651" s="1" t="s">
-        <v>166</v>
+        <v>158</v>
       </c>
       <c r="D651" s="1" t="s">
-        <v>1433</v>
+        <v>1424</v>
       </c>
       <c r="E651" s="1"/>
       <c r="F651" s="1" t="s">
-        <v>1440</v>
+        <v>1437</v>
       </c>
       <c r="G651" s="1" t="s">
-        <v>1441</v>
+        <v>1438</v>
       </c>
       <c r="H651" s="3">
-        <v>69.99</v>
+        <v>65</v>
       </c>
     </row>
     <row r="652">
       <c r="A652" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B652" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C652" s="1" t="s">
-        <v>166</v>
+        <v>158</v>
       </c>
       <c r="D652" s="1" t="s">
-        <v>1433</v>
+        <v>1424</v>
       </c>
       <c r="E652" s="1"/>
       <c r="F652" s="1" t="s">
-        <v>1442</v>
+        <v>1439</v>
       </c>
       <c r="G652" s="1" t="s">
-        <v>1443</v>
+        <v>1440</v>
       </c>
       <c r="H652" s="3">
-        <v>76</v>
+        <v>65</v>
       </c>
     </row>
     <row r="653">
       <c r="A653" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B653" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C653" s="1" t="s">
-        <v>166</v>
+        <v>158</v>
       </c>
       <c r="D653" s="1" t="s">
-        <v>1433</v>
+        <v>1424</v>
       </c>
       <c r="E653" s="1"/>
       <c r="F653" s="1" t="s">
-        <v>1444</v>
+        <v>1441</v>
       </c>
       <c r="G653" s="1" t="s">
-        <v>1445</v>
+        <v>1442</v>
       </c>
       <c r="H653" s="3">
-        <v>82</v>
+        <v>67.5</v>
       </c>
     </row>
     <row r="654">
       <c r="A654" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B654" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C654" s="1" t="s">
-        <v>166</v>
+        <v>158</v>
       </c>
       <c r="D654" s="1" t="s">
-        <v>1433</v>
+        <v>1424</v>
       </c>
       <c r="E654" s="1"/>
       <c r="F654" s="1" t="s">
-        <v>1446</v>
+        <v>1443</v>
       </c>
       <c r="G654" s="1" t="s">
-        <v>1447</v>
+        <v>1444</v>
       </c>
       <c r="H654" s="3">
-        <v>65</v>
+        <v>69</v>
       </c>
     </row>
     <row r="655">
       <c r="A655" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B655" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C655" s="1" t="s">
-        <v>166</v>
+        <v>158</v>
       </c>
       <c r="D655" s="1" t="s">
-        <v>1433</v>
+        <v>1424</v>
       </c>
       <c r="E655" s="1"/>
       <c r="F655" s="1" t="s">
-        <v>1448</v>
+        <v>1445</v>
       </c>
       <c r="G655" s="1" t="s">
-        <v>1449</v>
+        <v>1446</v>
       </c>
       <c r="H655" s="3">
-        <v>65</v>
+        <v>26.99</v>
       </c>
     </row>
     <row r="656">
       <c r="A656" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B656" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C656" s="1" t="s">
-        <v>166</v>
+        <v>158</v>
       </c>
       <c r="D656" s="1" t="s">
-        <v>1433</v>
+        <v>1424</v>
       </c>
       <c r="E656" s="1"/>
       <c r="F656" s="1" t="s">
-        <v>1450</v>
+        <v>1447</v>
       </c>
       <c r="G656" s="1" t="s">
-        <v>1451</v>
+        <v>1448</v>
       </c>
       <c r="H656" s="3">
-        <v>67.5</v>
+        <v>75</v>
       </c>
     </row>
     <row r="657">
       <c r="A657" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B657" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C657" s="1" t="s">
-        <v>166</v>
+        <v>158</v>
       </c>
       <c r="D657" s="1" t="s">
-        <v>1433</v>
+        <v>1424</v>
       </c>
       <c r="E657" s="1"/>
       <c r="F657" s="1" t="s">
-        <v>1452</v>
+        <v>1449</v>
       </c>
       <c r="G657" s="1" t="s">
-        <v>1453</v>
+        <v>1450</v>
       </c>
       <c r="H657" s="3">
-        <v>69</v>
+        <v>425</v>
       </c>
     </row>
     <row r="658">
       <c r="A658" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B658" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C658" s="1" t="s">
-        <v>166</v>
+        <v>158</v>
       </c>
       <c r="D658" s="1" t="s">
-        <v>1433</v>
+        <v>1424</v>
       </c>
       <c r="E658" s="1"/>
       <c r="F658" s="1" t="s">
-        <v>1454</v>
+        <v>1451</v>
       </c>
       <c r="G658" s="1" t="s">
-        <v>1455</v>
+        <v>1452</v>
       </c>
       <c r="H658" s="3">
-        <v>26.99</v>
+        <v>995</v>
       </c>
     </row>
     <row r="659">
       <c r="A659" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B659" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C659" s="1" t="s">
-        <v>166</v>
+        <v>158</v>
       </c>
       <c r="D659" s="1" t="s">
-        <v>1433</v>
+        <v>1424</v>
       </c>
       <c r="E659" s="1"/>
       <c r="F659" s="1" t="s">
-        <v>1456</v>
+        <v>1453</v>
       </c>
       <c r="G659" s="1" t="s">
-        <v>1457</v>
+        <v>1454</v>
       </c>
       <c r="H659" s="3">
-        <v>75</v>
+        <v>450</v>
       </c>
     </row>
     <row r="660">
       <c r="A660" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B660" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C660" s="1" t="s">
-        <v>166</v>
+        <v>158</v>
       </c>
       <c r="D660" s="1" t="s">
-        <v>1433</v>
+        <v>1424</v>
       </c>
       <c r="E660" s="1"/>
       <c r="F660" s="1" t="s">
-        <v>1458</v>
+        <v>1455</v>
       </c>
       <c r="G660" s="1" t="s">
-        <v>1459</v>
+        <v>1456</v>
       </c>
       <c r="H660" s="3">
-        <v>425</v>
+        <v>900</v>
       </c>
     </row>
     <row r="661">
       <c r="A661" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B661" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C661" s="1" t="s">
-        <v>166</v>
+        <v>158</v>
       </c>
       <c r="D661" s="1" t="s">
-        <v>1433</v>
+        <v>1424</v>
       </c>
       <c r="E661" s="1"/>
       <c r="F661" s="1" t="s">
-        <v>1460</v>
+        <v>1457</v>
       </c>
       <c r="G661" s="1" t="s">
-        <v>1461</v>
+        <v>1458</v>
       </c>
       <c r="H661" s="3">
-        <v>995</v>
+        <v>335</v>
       </c>
     </row>
     <row r="662">
       <c r="A662" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B662" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C662" s="1" t="s">
-        <v>166</v>
+        <v>158</v>
       </c>
       <c r="D662" s="1" t="s">
-        <v>1433</v>
+        <v>1424</v>
       </c>
       <c r="E662" s="1"/>
       <c r="F662" s="1" t="s">
-        <v>1462</v>
+        <v>1459</v>
       </c>
       <c r="G662" s="1" t="s">
-        <v>1463</v>
+        <v>1460</v>
       </c>
       <c r="H662" s="3">
-        <v>450</v>
+        <v>365</v>
       </c>
     </row>
     <row r="663">
       <c r="A663" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B663" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C663" s="1" t="s">
-        <v>166</v>
+        <v>158</v>
       </c>
       <c r="D663" s="1" t="s">
-        <v>1433</v>
+        <v>1424</v>
       </c>
       <c r="E663" s="1"/>
       <c r="F663" s="1" t="s">
-        <v>1464</v>
+        <v>1461</v>
       </c>
       <c r="G663" s="1" t="s">
-        <v>1465</v>
+        <v>1462</v>
       </c>
       <c r="H663" s="3">
-        <v>900</v>
+        <v>39.95</v>
       </c>
     </row>
     <row r="664">
       <c r="A664" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B664" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C664" s="1" t="s">
-        <v>166</v>
+        <v>158</v>
       </c>
       <c r="D664" s="1" t="s">
-        <v>1433</v>
+        <v>1463</v>
       </c>
       <c r="E664" s="1"/>
       <c r="F664" s="1" t="s">
-        <v>1466</v>
+        <v>1464</v>
       </c>
       <c r="G664" s="1" t="s">
-        <v>1467</v>
+        <v>1465</v>
       </c>
       <c r="H664" s="3">
-        <v>335</v>
+        <v>10.99</v>
       </c>
     </row>
     <row r="665">
       <c r="A665" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B665" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C665" s="1" t="s">
-        <v>166</v>
+        <v>158</v>
       </c>
       <c r="D665" s="1" t="s">
-        <v>1433</v>
+        <v>1466</v>
       </c>
       <c r="E665" s="1"/>
       <c r="F665" s="1" t="s">
+        <v>1467</v>
+      </c>
+      <c r="G665" s="1" t="s">
         <v>1468</v>
       </c>
-      <c r="G665" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H665" s="3">
-        <v>365</v>
+        <v>29.99</v>
       </c>
     </row>
     <row r="666">
       <c r="A666" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B666" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C666" s="1" t="s">
-        <v>166</v>
+        <v>158</v>
       </c>
       <c r="D666" s="1" t="s">
-        <v>1470</v>
+        <v>1466</v>
       </c>
       <c r="E666" s="1"/>
       <c r="F666" s="1" t="s">
-        <v>1471</v>
+        <v>1469</v>
       </c>
       <c r="G666" s="1" t="s">
-        <v>1472</v>
+        <v>1470</v>
       </c>
       <c r="H666" s="3">
-        <v>10.99</v>
+        <v>49</v>
       </c>
     </row>
     <row r="667">
       <c r="A667" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B667" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C667" s="1" t="s">
-        <v>166</v>
+        <v>158</v>
       </c>
       <c r="D667" s="1" t="s">
-        <v>1470</v>
+        <v>1466</v>
       </c>
       <c r="E667" s="1"/>
       <c r="F667" s="1" t="s">
-        <v>1473</v>
+        <v>1471</v>
       </c>
       <c r="G667" s="1" t="s">
-        <v>1474</v>
+        <v>1472</v>
       </c>
       <c r="H667" s="3">
-        <v>13.49</v>
+        <v>46</v>
       </c>
     </row>
     <row r="668">
       <c r="A668" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B668" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C668" s="1" t="s">
-        <v>166</v>
+        <v>158</v>
       </c>
       <c r="D668" s="1" t="s">
-        <v>1475</v>
+        <v>1466</v>
       </c>
       <c r="E668" s="1"/>
       <c r="F668" s="1" t="s">
-        <v>1476</v>
+        <v>1473</v>
       </c>
       <c r="G668" s="1" t="s">
-        <v>1477</v>
+        <v>1474</v>
       </c>
       <c r="H668" s="3">
-        <v>29.99</v>
+        <v>49</v>
       </c>
     </row>
     <row r="669">
       <c r="A669" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B669" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C669" s="1" t="s">
-        <v>166</v>
+        <v>158</v>
       </c>
       <c r="D669" s="1" t="s">
-        <v>1475</v>
+        <v>1466</v>
       </c>
       <c r="E669" s="1"/>
       <c r="F669" s="1" t="s">
-        <v>1478</v>
+        <v>1475</v>
       </c>
       <c r="G669" s="1" t="s">
-        <v>1479</v>
+        <v>1476</v>
       </c>
       <c r="H669" s="3">
-        <v>49</v>
+        <v>42</v>
       </c>
     </row>
     <row r="670">
       <c r="A670" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B670" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C670" s="1" t="s">
-        <v>166</v>
+        <v>158</v>
       </c>
       <c r="D670" s="1" t="s">
-        <v>1475</v>
+        <v>1477</v>
       </c>
       <c r="E670" s="1"/>
       <c r="F670" s="1" t="s">
-        <v>1480</v>
+        <v>1478</v>
       </c>
       <c r="G670" s="1" t="s">
-        <v>1481</v>
+        <v>1479</v>
       </c>
       <c r="H670" s="3">
-        <v>46</v>
+        <v>35.99</v>
       </c>
     </row>
     <row r="671">
       <c r="A671" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B671" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C671" s="1" t="s">
-        <v>166</v>
+        <v>158</v>
       </c>
       <c r="D671" s="1" t="s">
-        <v>1475</v>
+        <v>1477</v>
       </c>
       <c r="E671" s="1"/>
       <c r="F671" s="1" t="s">
-        <v>1482</v>
+        <v>1480</v>
       </c>
       <c r="G671" s="1" t="s">
-        <v>1483</v>
+        <v>1481</v>
       </c>
       <c r="H671" s="3">
-        <v>49</v>
+        <v>22.99</v>
       </c>
     </row>
     <row r="672">
       <c r="A672" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B672" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C672" s="1" t="s">
-        <v>166</v>
+        <v>158</v>
       </c>
       <c r="D672" s="1" t="s">
-        <v>1475</v>
+        <v>1482</v>
       </c>
       <c r="E672" s="1"/>
       <c r="F672" s="1" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G672" s="1" t="s">
         <v>1484</v>
       </c>
-      <c r="G672" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H672" s="3">
-        <v>42</v>
+        <v>38</v>
       </c>
     </row>
     <row r="673">
       <c r="A673" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B673" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C673" s="1" t="s">
-        <v>166</v>
+        <v>158</v>
       </c>
       <c r="D673" s="1" t="s">
-        <v>1486</v>
+        <v>1482</v>
       </c>
       <c r="E673" s="1"/>
       <c r="F673" s="1" t="s">
-        <v>1487</v>
+        <v>1485</v>
       </c>
       <c r="G673" s="1" t="s">
-        <v>1488</v>
+        <v>1486</v>
       </c>
       <c r="H673" s="3">
-        <v>35.99</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="674">
       <c r="A674" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B674" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C674" s="1" t="s">
-        <v>166</v>
+        <v>158</v>
       </c>
       <c r="D674" s="1" t="s">
-        <v>1486</v>
+        <v>1482</v>
       </c>
       <c r="E674" s="1"/>
       <c r="F674" s="1" t="s">
-        <v>1489</v>
+        <v>1487</v>
       </c>
       <c r="G674" s="1" t="s">
-        <v>1490</v>
+        <v>1488</v>
       </c>
       <c r="H674" s="3">
-        <v>22.99</v>
+        <v>37.5</v>
       </c>
     </row>
     <row r="675">
       <c r="A675" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B675" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C675" s="1" t="s">
-        <v>166</v>
+        <v>158</v>
       </c>
       <c r="D675" s="1" t="s">
-        <v>1491</v>
+        <v>1482</v>
       </c>
       <c r="E675" s="1"/>
       <c r="F675" s="1" t="s">
-        <v>1492</v>
+        <v>1489</v>
       </c>
       <c r="G675" s="1" t="s">
-        <v>1493</v>
+        <v>1490</v>
       </c>
       <c r="H675" s="3">
-        <v>38</v>
+        <v>38.5</v>
       </c>
     </row>
     <row r="676">
       <c r="A676" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B676" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C676" s="1" t="s">
-        <v>166</v>
+        <v>158</v>
       </c>
       <c r="D676" s="1" t="s">
-        <v>1491</v>
+        <v>1482</v>
       </c>
       <c r="E676" s="1"/>
       <c r="F676" s="1" t="s">
-        <v>1494</v>
+        <v>1491</v>
       </c>
       <c r="G676" s="1" t="s">
-        <v>1495</v>
+        <v>1492</v>
       </c>
       <c r="H676" s="3">
-        <v>32.5</v>
+        <v>38.5</v>
       </c>
     </row>
     <row r="677">
       <c r="A677" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B677" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C677" s="1" t="s">
-        <v>166</v>
+        <v>158</v>
       </c>
       <c r="D677" s="1" t="s">
-        <v>1491</v>
+        <v>1482</v>
       </c>
       <c r="E677" s="1"/>
       <c r="F677" s="1" t="s">
-        <v>1496</v>
+        <v>1493</v>
       </c>
       <c r="G677" s="1" t="s">
-        <v>1497</v>
+        <v>1494</v>
       </c>
       <c r="H677" s="3">
-        <v>37.5</v>
+        <v>38</v>
       </c>
     </row>
     <row r="678">
       <c r="A678" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B678" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C678" s="1" t="s">
-        <v>166</v>
+        <v>158</v>
       </c>
       <c r="D678" s="1" t="s">
-        <v>1491</v>
+        <v>1482</v>
       </c>
       <c r="E678" s="1"/>
       <c r="F678" s="1" t="s">
-        <v>1498</v>
+        <v>1495</v>
       </c>
       <c r="G678" s="1" t="s">
-        <v>1499</v>
+        <v>1496</v>
       </c>
       <c r="H678" s="3">
-        <v>38.5</v>
+        <v>39</v>
       </c>
     </row>
     <row r="679">
       <c r="A679" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B679" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C679" s="1" t="s">
-        <v>166</v>
+        <v>158</v>
       </c>
       <c r="D679" s="1" t="s">
-        <v>1491</v>
+        <v>1482</v>
       </c>
       <c r="E679" s="1"/>
       <c r="F679" s="1" t="s">
-        <v>1500</v>
+        <v>1497</v>
       </c>
       <c r="G679" s="1" t="s">
-        <v>1501</v>
+        <v>1498</v>
       </c>
       <c r="H679" s="3">
-        <v>38.5</v>
+        <v>36</v>
       </c>
     </row>
     <row r="680">
       <c r="A680" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B680" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C680" s="1" t="s">
-        <v>166</v>
+        <v>158</v>
       </c>
       <c r="D680" s="1" t="s">
-        <v>1491</v>
+        <v>1482</v>
       </c>
       <c r="E680" s="1"/>
       <c r="F680" s="1" t="s">
-        <v>1502</v>
+        <v>1499</v>
       </c>
       <c r="G680" s="1" t="s">
-        <v>1503</v>
+        <v>1500</v>
       </c>
       <c r="H680" s="3">
-        <v>38</v>
+        <v>39.95</v>
       </c>
     </row>
     <row r="681">
       <c r="A681" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B681" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C681" s="1" t="s">
-        <v>166</v>
+        <v>158</v>
       </c>
       <c r="D681" s="1" t="s">
-        <v>1491</v>
+        <v>1482</v>
       </c>
       <c r="E681" s="1"/>
       <c r="F681" s="1" t="s">
-        <v>1504</v>
+        <v>1501</v>
       </c>
       <c r="G681" s="1" t="s">
-        <v>1505</v>
+        <v>1502</v>
       </c>
       <c r="H681" s="3">
-        <v>39</v>
+        <v>38.5</v>
       </c>
     </row>
     <row r="682">
       <c r="A682" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B682" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C682" s="1" t="s">
-        <v>166</v>
+        <v>158</v>
       </c>
       <c r="D682" s="1" t="s">
-        <v>1491</v>
+        <v>1482</v>
       </c>
       <c r="E682" s="1"/>
       <c r="F682" s="1" t="s">
-        <v>1506</v>
+        <v>1503</v>
       </c>
       <c r="G682" s="1" t="s">
-        <v>1507</v>
+        <v>1504</v>
       </c>
       <c r="H682" s="3">
-        <v>36</v>
+        <v>39.95</v>
       </c>
     </row>
     <row r="683">
       <c r="A683" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B683" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C683" s="1" t="s">
-        <v>166</v>
+        <v>158</v>
       </c>
       <c r="D683" s="1" t="s">
-        <v>1491</v>
+        <v>1482</v>
       </c>
       <c r="E683" s="1"/>
       <c r="F683" s="1" t="s">
-        <v>1508</v>
+        <v>1505</v>
       </c>
       <c r="G683" s="1" t="s">
-        <v>1509</v>
+        <v>1506</v>
       </c>
       <c r="H683" s="3">
-        <v>39.95</v>
+        <v>36.99</v>
       </c>
     </row>
     <row r="684">
       <c r="A684" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B684" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C684" s="1" t="s">
-        <v>166</v>
+        <v>158</v>
       </c>
       <c r="D684" s="1" t="s">
-        <v>1491</v>
+        <v>1482</v>
       </c>
       <c r="E684" s="1"/>
       <c r="F684" s="1" t="s">
-        <v>1510</v>
+        <v>1507</v>
       </c>
       <c r="G684" s="1" t="s">
-        <v>1511</v>
+        <v>1508</v>
       </c>
       <c r="H684" s="3">
-        <v>38.5</v>
+        <v>36.99</v>
       </c>
     </row>
     <row r="685">
       <c r="A685" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B685" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C685" s="1" t="s">
-        <v>166</v>
+        <v>158</v>
       </c>
       <c r="D685" s="1" t="s">
-        <v>1491</v>
+        <v>1509</v>
       </c>
       <c r="E685" s="1"/>
       <c r="F685" s="1" t="s">
-        <v>1512</v>
+        <v>1510</v>
       </c>
       <c r="G685" s="1" t="s">
-        <v>1513</v>
+        <v>1511</v>
       </c>
       <c r="H685" s="3">
-        <v>39.95</v>
+        <v>105</v>
       </c>
     </row>
     <row r="686">
       <c r="A686" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B686" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C686" s="1" t="s">
-        <v>166</v>
+        <v>158</v>
       </c>
       <c r="D686" s="1" t="s">
-        <v>1491</v>
+        <v>1509</v>
       </c>
       <c r="E686" s="1"/>
       <c r="F686" s="1" t="s">
-        <v>1514</v>
+        <v>1512</v>
       </c>
       <c r="G686" s="1" t="s">
-        <v>1515</v>
+        <v>1513</v>
       </c>
       <c r="H686" s="3">
-        <v>36.99</v>
+        <v>115</v>
       </c>
     </row>
     <row r="687">
       <c r="A687" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B687" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C687" s="1" t="s">
-        <v>166</v>
+        <v>158</v>
       </c>
       <c r="D687" s="1" t="s">
-        <v>1491</v>
+        <v>1514</v>
       </c>
       <c r="E687" s="1"/>
       <c r="F687" s="1" t="s">
+        <v>1515</v>
+      </c>
+      <c r="G687" s="1" t="s">
         <v>1516</v>
       </c>
-      <c r="G687" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H687" s="3">
-        <v>36.99</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="688">
       <c r="A688" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B688" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C688" s="1" t="s">
-        <v>166</v>
+        <v>158</v>
       </c>
       <c r="D688" s="1" t="s">
-        <v>1518</v>
+        <v>1514</v>
       </c>
       <c r="E688" s="1"/>
       <c r="F688" s="1" t="s">
-        <v>1519</v>
+        <v>1517</v>
       </c>
       <c r="G688" s="1" t="s">
-        <v>1520</v>
+        <v>1518</v>
       </c>
       <c r="H688" s="3">
-        <v>105</v>
+        <v>30.49</v>
       </c>
     </row>
     <row r="689">
       <c r="A689" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B689" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C689" s="1" t="s">
-        <v>166</v>
+        <v>158</v>
       </c>
       <c r="D689" s="1" t="s">
-        <v>1518</v>
+        <v>1519</v>
       </c>
       <c r="E689" s="1"/>
       <c r="F689" s="1" t="s">
+        <v>1520</v>
+      </c>
+      <c r="G689" s="1" t="s">
         <v>1521</v>
       </c>
-      <c r="G689" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H689" s="3">
-        <v>115</v>
+        <v>16.99</v>
       </c>
     </row>
     <row r="690">
       <c r="A690" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B690" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C690" s="1" t="s">
-        <v>166</v>
+        <v>158</v>
       </c>
       <c r="D690" s="1" t="s">
-        <v>1523</v>
+        <v>1522</v>
       </c>
       <c r="E690" s="1"/>
       <c r="F690" s="1" t="s">
+        <v>1523</v>
+      </c>
+      <c r="G690" s="1" t="s">
         <v>1524</v>
       </c>
-      <c r="G690" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H690" s="3">
-        <v>18.99</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="691">
       <c r="A691" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B691" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C691" s="1" t="s">
-        <v>166</v>
+        <v>158</v>
       </c>
       <c r="D691" s="1" t="s">
-        <v>1523</v>
+        <v>1522</v>
       </c>
       <c r="E691" s="1"/>
       <c r="F691" s="1" t="s">
+        <v>1525</v>
+      </c>
+      <c r="G691" s="1" t="s">
         <v>1526</v>
       </c>
-      <c r="G691" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H691" s="3">
-        <v>30.49</v>
+        <v>22.99</v>
       </c>
     </row>
     <row r="692">
       <c r="A692" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B692" s="1" t="s">
-        <v>9</v>
+        <v>1527</v>
       </c>
       <c r="C692" s="1" t="s">
-        <v>166</v>
-[...1 lines deleted...]
-      <c r="D692" s="1" t="s">
         <v>1528</v>
       </c>
+      <c r="D692" s="1"/>
       <c r="E692" s="1"/>
       <c r="F692" s="1" t="s">
         <v>1529</v>
       </c>
       <c r="G692" s="1" t="s">
         <v>1530</v>
       </c>
       <c r="H692" s="3">
-        <v>16.99</v>
+        <v>25.5</v>
       </c>
     </row>
     <row r="693">
       <c r="A693" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B693" s="1" t="s">
-        <v>9</v>
+        <v>1527</v>
       </c>
       <c r="C693" s="1" t="s">
-        <v>166</v>
+        <v>1528</v>
       </c>
       <c r="D693" s="1" t="s">
         <v>1531</v>
       </c>
       <c r="E693" s="1"/>
       <c r="F693" s="1" t="s">
         <v>1532</v>
       </c>
       <c r="G693" s="1" t="s">
         <v>1533</v>
       </c>
       <c r="H693" s="3">
-        <v>24.99</v>
+        <v>15.99</v>
       </c>
     </row>
     <row r="694">
       <c r="A694" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B694" s="1" t="s">
-        <v>9</v>
+        <v>1527</v>
       </c>
       <c r="C694" s="1" t="s">
-        <v>166</v>
+        <v>1528</v>
       </c>
       <c r="D694" s="1" t="s">
-        <v>1531</v>
+        <v>1534</v>
       </c>
       <c r="E694" s="1"/>
       <c r="F694" s="1" t="s">
-        <v>1534</v>
+        <v>1535</v>
       </c>
       <c r="G694" s="1" t="s">
-        <v>1535</v>
+        <v>1536</v>
       </c>
       <c r="H694" s="3">
-        <v>22.99</v>
+        <v>34.5</v>
       </c>
     </row>
     <row r="695">
       <c r="A695" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B695" s="1" t="s">
-        <v>1536</v>
+        <v>1527</v>
       </c>
       <c r="C695" s="1" t="s">
-        <v>1537</v>
-[...1 lines deleted...]
-      <c r="D695" s="1"/>
+        <v>1528</v>
+      </c>
+      <c r="D695" s="1" t="s">
+        <v>1534</v>
+      </c>
       <c r="E695" s="1"/>
       <c r="F695" s="1" t="s">
+        <v>1537</v>
+      </c>
+      <c r="G695" s="1" t="s">
         <v>1538</v>
       </c>
-      <c r="G695" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H695" s="3">
-        <v>25.5</v>
+        <v>28.99</v>
       </c>
     </row>
     <row r="696">
       <c r="A696" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B696" s="1" t="s">
-        <v>1536</v>
+        <v>1539</v>
       </c>
       <c r="C696" s="1" t="s">
-        <v>1537</v>
-[...1 lines deleted...]
-      <c r="D696" s="1" t="s">
         <v>1540</v>
       </c>
+      <c r="D696" s="1"/>
       <c r="E696" s="1"/>
       <c r="F696" s="1" t="s">
         <v>1541</v>
       </c>
       <c r="G696" s="1" t="s">
         <v>1542</v>
       </c>
       <c r="H696" s="3">
-        <v>15.99</v>
+        <v>11.99</v>
       </c>
     </row>
     <row r="697">
       <c r="A697" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B697" s="1" t="s">
-        <v>1536</v>
+        <v>1543</v>
       </c>
       <c r="C697" s="1" t="s">
-        <v>1537</v>
-[...3 lines deleted...]
-      </c>
+        <v>1544</v>
+      </c>
+      <c r="D697" s="1"/>
       <c r="E697" s="1"/>
       <c r="F697" s="1" t="s">
-        <v>1544</v>
+        <v>1545</v>
       </c>
       <c r="G697" s="1" t="s">
-        <v>1545</v>
+        <v>1546</v>
       </c>
       <c r="H697" s="3">
-        <v>34.5</v>
+        <v>29.99</v>
       </c>
     </row>
     <row r="698">
       <c r="A698" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B698" s="1" t="s">
-        <v>1536</v>
+        <v>166</v>
       </c>
       <c r="C698" s="1" t="s">
-        <v>1537</v>
-[...3 lines deleted...]
-      </c>
+        <v>1547</v>
+      </c>
+      <c r="D698" s="1"/>
       <c r="E698" s="1"/>
       <c r="F698" s="1" t="s">
-        <v>1546</v>
+        <v>1548</v>
       </c>
       <c r="G698" s="1" t="s">
-        <v>1547</v>
+        <v>1549</v>
       </c>
       <c r="H698" s="3">
-        <v>28.99</v>
+        <v>11.99</v>
       </c>
     </row>
     <row r="699">
       <c r="A699" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B699" s="1" t="s">
-        <v>1548</v>
+        <v>166</v>
       </c>
       <c r="C699" s="1" t="s">
-        <v>1549</v>
-[...1 lines deleted...]
-      <c r="D699" s="1"/>
+        <v>1550</v>
+      </c>
+      <c r="D699" s="1" t="s">
+        <v>1551</v>
+      </c>
       <c r="E699" s="1"/>
       <c r="F699" s="1" t="s">
-        <v>1550</v>
+        <v>1552</v>
       </c>
       <c r="G699" s="1" t="s">
-        <v>1551</v>
+        <v>1553</v>
       </c>
       <c r="H699" s="3">
-        <v>11.99</v>
+        <v>10.99</v>
       </c>
     </row>
     <row r="700">
       <c r="A700" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B700" s="1" t="s">
-        <v>1552</v>
+        <v>166</v>
       </c>
       <c r="C700" s="1" t="s">
-        <v>1553</v>
+        <v>1554</v>
       </c>
       <c r="D700" s="1"/>
       <c r="E700" s="1"/>
       <c r="F700" s="1" t="s">
-        <v>1554</v>
+        <v>1555</v>
       </c>
       <c r="G700" s="1" t="s">
-        <v>1555</v>
+        <v>1556</v>
       </c>
       <c r="H700" s="3">
-        <v>29.99</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="701">
       <c r="A701" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B701" s="1" t="s">
-        <v>174</v>
+        <v>166</v>
       </c>
       <c r="C701" s="1" t="s">
-        <v>1556</v>
-[...1 lines deleted...]
-      <c r="D701" s="1"/>
+        <v>1554</v>
+      </c>
+      <c r="D701" s="1" t="s">
+        <v>1557</v>
+      </c>
       <c r="E701" s="1"/>
       <c r="F701" s="1" t="s">
-        <v>1557</v>
+        <v>1558</v>
       </c>
       <c r="G701" s="1" t="s">
-        <v>1558</v>
+        <v>1559</v>
       </c>
       <c r="H701" s="3">
-        <v>11.99</v>
+        <v>75</v>
       </c>
     </row>
     <row r="702">
       <c r="A702" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B702" s="1" t="s">
-        <v>174</v>
+        <v>166</v>
       </c>
       <c r="C702" s="1" t="s">
-        <v>1559</v>
+        <v>1554</v>
       </c>
       <c r="D702" s="1" t="s">
-        <v>1560</v>
+        <v>1557</v>
       </c>
       <c r="E702" s="1"/>
       <c r="F702" s="1" t="s">
+        <v>1560</v>
+      </c>
+      <c r="G702" s="1" t="s">
         <v>1561</v>
       </c>
-      <c r="G702" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H702" s="3">
-        <v>10.99</v>
+        <v>71.99</v>
       </c>
     </row>
     <row r="703">
       <c r="A703" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B703" s="1" t="s">
-        <v>174</v>
+        <v>166</v>
       </c>
       <c r="C703" s="1" t="s">
-        <v>1563</v>
+        <v>1562</v>
       </c>
       <c r="D703" s="1"/>
       <c r="E703" s="1"/>
       <c r="F703" s="1" t="s">
+        <v>1563</v>
+      </c>
+      <c r="G703" s="1" t="s">
         <v>1564</v>
       </c>
-      <c r="G703" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H703" s="3">
-        <v>10.19</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="704">
       <c r="A704" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B704" s="1" t="s">
-        <v>174</v>
+        <v>166</v>
       </c>
       <c r="C704" s="1" t="s">
-        <v>1563</v>
-[...3 lines deleted...]
-      </c>
+        <v>1562</v>
+      </c>
+      <c r="D704" s="1"/>
       <c r="E704" s="1"/>
       <c r="F704" s="1" t="s">
-        <v>1567</v>
+        <v>1565</v>
       </c>
       <c r="G704" s="1" t="s">
-        <v>1568</v>
+        <v>1566</v>
       </c>
       <c r="H704" s="3">
-        <v>75</v>
+        <v>23.99</v>
       </c>
     </row>
     <row r="705">
       <c r="A705" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B705" s="1" t="s">
-        <v>174</v>
+        <v>166</v>
       </c>
       <c r="C705" s="1" t="s">
-        <v>1563</v>
+        <v>1562</v>
       </c>
       <c r="D705" s="1" t="s">
-        <v>1566</v>
+        <v>1567</v>
       </c>
       <c r="E705" s="1"/>
       <c r="F705" s="1" t="s">
+        <v>1568</v>
+      </c>
+      <c r="G705" s="1" t="s">
         <v>1569</v>
       </c>
-      <c r="G705" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H705" s="3">
-        <v>71.99</v>
+        <v>36</v>
       </c>
     </row>
     <row r="706">
       <c r="A706" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B706" s="1" t="s">
-        <v>174</v>
+        <v>166</v>
       </c>
       <c r="C706" s="1" t="s">
-        <v>1571</v>
-[...1 lines deleted...]
-      <c r="D706" s="1"/>
+        <v>1562</v>
+      </c>
+      <c r="D706" s="1" t="s">
+        <v>1567</v>
+      </c>
       <c r="E706" s="1"/>
       <c r="F706" s="1" t="s">
-        <v>1572</v>
+        <v>1570</v>
       </c>
       <c r="G706" s="1" t="s">
-        <v>1573</v>
+        <v>1571</v>
       </c>
       <c r="H706" s="3">
-        <v>19.99</v>
+        <v>31.99</v>
       </c>
     </row>
     <row r="707">
       <c r="A707" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B707" s="1" t="s">
-        <v>174</v>
+        <v>166</v>
       </c>
       <c r="C707" s="1" t="s">
-        <v>1571</v>
+        <v>1572</v>
       </c>
       <c r="D707" s="1"/>
       <c r="E707" s="1"/>
       <c r="F707" s="1" t="s">
+        <v>1573</v>
+      </c>
+      <c r="G707" s="1" t="s">
         <v>1574</v>
       </c>
-      <c r="G707" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H707" s="3">
-        <v>23.99</v>
+        <v>11.49</v>
       </c>
     </row>
     <row r="708">
       <c r="A708" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B708" s="1" t="s">
-        <v>174</v>
+        <v>166</v>
       </c>
       <c r="C708" s="1" t="s">
-        <v>1571</v>
-[...3 lines deleted...]
-      </c>
+        <v>1572</v>
+      </c>
+      <c r="D708" s="1"/>
       <c r="E708" s="1"/>
       <c r="F708" s="1" t="s">
-        <v>1577</v>
+        <v>1575</v>
       </c>
       <c r="G708" s="1" t="s">
-        <v>1578</v>
+        <v>1576</v>
       </c>
       <c r="H708" s="3">
-        <v>36</v>
+        <v>11.75</v>
       </c>
     </row>
     <row r="709">
       <c r="A709" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B709" s="1" t="s">
-        <v>174</v>
+        <v>166</v>
       </c>
       <c r="C709" s="1" t="s">
-        <v>1571</v>
+        <v>1572</v>
       </c>
       <c r="D709" s="1" t="s">
-        <v>1576</v>
+        <v>1577</v>
       </c>
       <c r="E709" s="1"/>
       <c r="F709" s="1" t="s">
+        <v>1578</v>
+      </c>
+      <c r="G709" s="1" t="s">
         <v>1579</v>
       </c>
-      <c r="G709" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H709" s="3">
-        <v>31.99</v>
+        <v>13.69</v>
       </c>
     </row>
     <row r="710">
       <c r="A710" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B710" s="1" t="s">
-        <v>174</v>
+        <v>166</v>
       </c>
       <c r="C710" s="1" t="s">
-        <v>1581</v>
+        <v>1580</v>
       </c>
       <c r="D710" s="1"/>
       <c r="E710" s="1"/>
       <c r="F710" s="1" t="s">
+        <v>1581</v>
+      </c>
+      <c r="G710" s="1" t="s">
         <v>1582</v>
       </c>
-      <c r="G710" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H710" s="3">
-        <v>11.49</v>
+        <v>12.69</v>
       </c>
     </row>
     <row r="711">
       <c r="A711" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B711" s="1" t="s">
-        <v>174</v>
+        <v>166</v>
       </c>
       <c r="C711" s="1" t="s">
-        <v>1581</v>
+        <v>1580</v>
       </c>
       <c r="D711" s="1"/>
       <c r="E711" s="1"/>
       <c r="F711" s="1" t="s">
+        <v>1583</v>
+      </c>
+      <c r="G711" s="1" t="s">
         <v>1584</v>
       </c>
-      <c r="G711" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H711" s="3">
-        <v>12.99</v>
+        <v>15.69</v>
       </c>
     </row>
     <row r="712">
       <c r="A712" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B712" s="1" t="s">
-        <v>174</v>
+        <v>166</v>
       </c>
       <c r="C712" s="1" t="s">
-        <v>1581</v>
+        <v>1580</v>
       </c>
       <c r="D712" s="1"/>
       <c r="E712" s="1"/>
       <c r="F712" s="1" t="s">
+        <v>1585</v>
+      </c>
+      <c r="G712" s="1" t="s">
         <v>1586</v>
       </c>
-      <c r="G712" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H712" s="3">
-        <v>11.75</v>
+        <v>10.75</v>
       </c>
     </row>
     <row r="713">
       <c r="A713" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B713" s="1" t="s">
-        <v>174</v>
+        <v>166</v>
       </c>
       <c r="C713" s="1" t="s">
-        <v>1581</v>
+        <v>1580</v>
       </c>
       <c r="D713" s="1" t="s">
-        <v>1588</v>
+        <v>1587</v>
       </c>
       <c r="E713" s="1"/>
       <c r="F713" s="1" t="s">
+        <v>1588</v>
+      </c>
+      <c r="G713" s="1" t="s">
         <v>1589</v>
       </c>
-      <c r="G713" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H713" s="3">
-        <v>13.69</v>
+        <v>10.69</v>
       </c>
     </row>
     <row r="714">
       <c r="A714" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B714" s="1" t="s">
-        <v>174</v>
+        <v>166</v>
       </c>
       <c r="C714" s="1" t="s">
-        <v>1591</v>
-[...1 lines deleted...]
-      <c r="D714" s="1"/>
+        <v>1580</v>
+      </c>
+      <c r="D714" s="1" t="s">
+        <v>1590</v>
+      </c>
       <c r="E714" s="1"/>
       <c r="F714" s="1" t="s">
+        <v>1591</v>
+      </c>
+      <c r="G714" s="1" t="s">
         <v>1592</v>
       </c>
-      <c r="G714" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H714" s="3">
-        <v>12.69</v>
+        <v>11.99</v>
       </c>
     </row>
     <row r="715">
       <c r="A715" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B715" s="1" t="s">
-        <v>174</v>
+        <v>166</v>
       </c>
       <c r="C715" s="1" t="s">
-        <v>1591</v>
+        <v>1593</v>
       </c>
       <c r="D715" s="1"/>
       <c r="E715" s="1"/>
       <c r="F715" s="1" t="s">
         <v>1594</v>
       </c>
       <c r="G715" s="1" t="s">
         <v>1595</v>
       </c>
       <c r="H715" s="3">
-        <v>15.69</v>
+        <v>14.99</v>
       </c>
     </row>
     <row r="716">
       <c r="A716" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B716" s="1" t="s">
-        <v>174</v>
+        <v>166</v>
       </c>
       <c r="C716" s="1" t="s">
-        <v>1591</v>
+        <v>1593</v>
       </c>
       <c r="D716" s="1"/>
       <c r="E716" s="1"/>
       <c r="F716" s="1" t="s">
         <v>1596</v>
       </c>
       <c r="G716" s="1" t="s">
         <v>1597</v>
       </c>
       <c r="H716" s="3">
-        <v>10.75</v>
+        <v>14.49</v>
       </c>
     </row>
     <row r="717">
       <c r="A717" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B717" s="1" t="s">
-        <v>174</v>
+        <v>166</v>
       </c>
       <c r="C717" s="1" t="s">
-        <v>1591</v>
+        <v>1593</v>
       </c>
       <c r="D717" s="1" t="s">
         <v>1598</v>
       </c>
       <c r="E717" s="1"/>
       <c r="F717" s="1" t="s">
         <v>1599</v>
       </c>
       <c r="G717" s="1" t="s">
         <v>1600</v>
       </c>
       <c r="H717" s="3">
-        <v>10.69</v>
+        <v>25.99</v>
       </c>
     </row>
     <row r="718">
       <c r="A718" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B718" s="1" t="s">
-        <v>174</v>
+        <v>166</v>
       </c>
       <c r="C718" s="1" t="s">
-        <v>1591</v>
+        <v>1593</v>
       </c>
       <c r="D718" s="1" t="s">
         <v>1601</v>
       </c>
       <c r="E718" s="1"/>
       <c r="F718" s="1" t="s">
         <v>1602</v>
       </c>
       <c r="G718" s="1" t="s">
         <v>1603</v>
       </c>
       <c r="H718" s="3">
-        <v>11.99</v>
+        <v>14.49</v>
       </c>
     </row>
     <row r="719">
       <c r="A719" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B719" s="1" t="s">
-        <v>174</v>
+        <v>166</v>
       </c>
       <c r="C719" s="1" t="s">
         <v>1604</v>
       </c>
       <c r="D719" s="1"/>
       <c r="E719" s="1"/>
       <c r="F719" s="1" t="s">
         <v>1605</v>
       </c>
       <c r="G719" s="1" t="s">
         <v>1606</v>
       </c>
       <c r="H719" s="3">
-        <v>14.49</v>
+        <v>56.99</v>
       </c>
     </row>
     <row r="720">
       <c r="A720" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B720" s="1" t="s">
-        <v>174</v>
+        <v>166</v>
       </c>
       <c r="C720" s="1" t="s">
         <v>1604</v>
       </c>
       <c r="D720" s="1"/>
       <c r="E720" s="1"/>
       <c r="F720" s="1" t="s">
         <v>1607</v>
       </c>
       <c r="G720" s="1" t="s">
         <v>1608</v>
       </c>
       <c r="H720" s="3">
-        <v>14.49</v>
+        <v>80.49</v>
       </c>
     </row>
     <row r="721">
       <c r="A721" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B721" s="1" t="s">
-        <v>174</v>
+        <v>166</v>
       </c>
       <c r="C721" s="1" t="s">
         <v>1604</v>
       </c>
-      <c r="D721" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D721" s="1"/>
       <c r="E721" s="1"/>
       <c r="F721" s="1" t="s">
+        <v>1609</v>
+      </c>
+      <c r="G721" s="1" t="s">
         <v>1610</v>
       </c>
-      <c r="G721" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H721" s="3">
-        <v>25.99</v>
+        <v>55.49</v>
       </c>
     </row>
     <row r="722">
       <c r="A722" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B722" s="1" t="s">
-        <v>174</v>
+        <v>166</v>
       </c>
       <c r="C722" s="1" t="s">
         <v>1604</v>
       </c>
-      <c r="D722" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D722" s="1"/>
       <c r="E722" s="1"/>
       <c r="F722" s="1" t="s">
-        <v>1613</v>
+        <v>1611</v>
       </c>
       <c r="G722" s="1" t="s">
-        <v>1614</v>
+        <v>1612</v>
       </c>
       <c r="H722" s="3">
-        <v>14.49</v>
+        <v>12.49</v>
       </c>
     </row>
     <row r="723">
       <c r="A723" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B723" s="1" t="s">
-        <v>174</v>
+        <v>166</v>
       </c>
       <c r="C723" s="1" t="s">
-        <v>1615</v>
+        <v>1604</v>
       </c>
       <c r="D723" s="1"/>
       <c r="E723" s="1"/>
       <c r="F723" s="1" t="s">
-        <v>1616</v>
+        <v>1613</v>
       </c>
       <c r="G723" s="1" t="s">
-        <v>1617</v>
+        <v>1614</v>
       </c>
       <c r="H723" s="3">
-        <v>80.49</v>
+        <v>13.99</v>
       </c>
     </row>
     <row r="724">
       <c r="A724" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B724" s="1" t="s">
-        <v>174</v>
+        <v>166</v>
       </c>
       <c r="C724" s="1" t="s">
-        <v>1615</v>
+        <v>1604</v>
       </c>
       <c r="D724" s="1"/>
       <c r="E724" s="1"/>
       <c r="F724" s="1" t="s">
-        <v>1618</v>
+        <v>1615</v>
       </c>
       <c r="G724" s="1" t="s">
-        <v>1619</v>
+        <v>1616</v>
       </c>
       <c r="H724" s="3">
-        <v>55.49</v>
+        <v>45</v>
       </c>
     </row>
     <row r="725">
       <c r="A725" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B725" s="1" t="s">
-        <v>174</v>
+        <v>166</v>
       </c>
       <c r="C725" s="1" t="s">
-        <v>1615</v>
-[...1 lines deleted...]
-      <c r="D725" s="1"/>
+        <v>1604</v>
+      </c>
+      <c r="D725" s="1" t="s">
+        <v>1617</v>
+      </c>
       <c r="E725" s="1"/>
       <c r="F725" s="1" t="s">
-        <v>1620</v>
+        <v>1618</v>
       </c>
       <c r="G725" s="1" t="s">
-        <v>1621</v>
+        <v>1619</v>
       </c>
       <c r="H725" s="3">
-        <v>12.49</v>
+        <v>74</v>
       </c>
     </row>
     <row r="726">
       <c r="A726" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B726" s="1" t="s">
-        <v>174</v>
+        <v>166</v>
       </c>
       <c r="C726" s="1" t="s">
-        <v>1615</v>
-[...1 lines deleted...]
-      <c r="D726" s="1"/>
+        <v>1604</v>
+      </c>
+      <c r="D726" s="1" t="s">
+        <v>1617</v>
+      </c>
       <c r="E726" s="1"/>
       <c r="F726" s="1" t="s">
-        <v>1622</v>
+        <v>1620</v>
       </c>
       <c r="G726" s="1" t="s">
-        <v>1623</v>
+        <v>1621</v>
       </c>
       <c r="H726" s="3">
-        <v>45</v>
+        <v>12.99</v>
       </c>
     </row>
     <row r="727">
       <c r="A727" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B727" s="1" t="s">
-        <v>174</v>
+        <v>166</v>
       </c>
       <c r="C727" s="1" t="s">
-        <v>1615</v>
+        <v>167</v>
       </c>
       <c r="D727" s="1"/>
       <c r="E727" s="1"/>
       <c r="F727" s="1" t="s">
-        <v>1624</v>
+        <v>1622</v>
       </c>
       <c r="G727" s="1" t="s">
-        <v>1625</v>
+        <v>1623</v>
       </c>
       <c r="H727" s="3">
-        <v>18.99</v>
+        <v>14.99</v>
       </c>
     </row>
     <row r="728">
       <c r="A728" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B728" s="1" t="s">
-        <v>174</v>
+        <v>166</v>
       </c>
       <c r="C728" s="1" t="s">
-        <v>1615</v>
-[...3 lines deleted...]
-      </c>
+        <v>1624</v>
+      </c>
+      <c r="D728" s="1"/>
       <c r="E728" s="1"/>
       <c r="F728" s="1" t="s">
-        <v>1627</v>
+        <v>1625</v>
       </c>
       <c r="G728" s="1" t="s">
-        <v>1628</v>
+        <v>1626</v>
       </c>
       <c r="H728" s="3">
-        <v>74</v>
+        <v>120</v>
       </c>
     </row>
     <row r="729">
       <c r="A729" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B729" s="1" t="s">
-        <v>174</v>
+        <v>166</v>
       </c>
       <c r="C729" s="1" t="s">
-        <v>1615</v>
-[...3 lines deleted...]
-      </c>
+        <v>1624</v>
+      </c>
+      <c r="D729" s="1"/>
       <c r="E729" s="1"/>
       <c r="F729" s="1" t="s">
-        <v>1629</v>
+        <v>1627</v>
       </c>
       <c r="G729" s="1" t="s">
-        <v>1630</v>
+        <v>1628</v>
       </c>
       <c r="H729" s="3">
-        <v>12.99</v>
+        <v>14.99</v>
       </c>
     </row>
     <row r="730">
       <c r="A730" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B730" s="1" t="s">
-        <v>174</v>
+        <v>166</v>
       </c>
       <c r="C730" s="1" t="s">
-        <v>175</v>
-[...1 lines deleted...]
-      <c r="D730" s="1"/>
+        <v>1624</v>
+      </c>
+      <c r="D730" s="1" t="s">
+        <v>1629</v>
+      </c>
       <c r="E730" s="1"/>
       <c r="F730" s="1" t="s">
+        <v>1630</v>
+      </c>
+      <c r="G730" s="1" t="s">
         <v>1631</v>
       </c>
-      <c r="G730" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H730" s="3">
-        <v>14.99</v>
+        <v>13.99</v>
       </c>
     </row>
     <row r="731">
       <c r="A731" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B731" s="1" t="s">
-        <v>174</v>
+        <v>166</v>
       </c>
       <c r="C731" s="1" t="s">
-        <v>1633</v>
-[...1 lines deleted...]
-      <c r="D731" s="1"/>
+        <v>1624</v>
+      </c>
+      <c r="D731" s="1" t="s">
+        <v>1629</v>
+      </c>
       <c r="E731" s="1"/>
       <c r="F731" s="1" t="s">
-        <v>1634</v>
+        <v>1632</v>
       </c>
       <c r="G731" s="1" t="s">
-        <v>1635</v>
+        <v>1633</v>
       </c>
       <c r="H731" s="3">
-        <v>120</v>
+        <v>18.69</v>
       </c>
     </row>
     <row r="732">
       <c r="A732" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B732" s="1" t="s">
-        <v>174</v>
+        <v>166</v>
       </c>
       <c r="C732" s="1" t="s">
-        <v>1633</v>
-[...1 lines deleted...]
-      <c r="D732" s="1"/>
+        <v>1624</v>
+      </c>
+      <c r="D732" s="1" t="s">
+        <v>1634</v>
+      </c>
       <c r="E732" s="1"/>
       <c r="F732" s="1" t="s">
+        <v>1635</v>
+      </c>
+      <c r="G732" s="1" t="s">
         <v>1636</v>
       </c>
-      <c r="G732" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H732" s="3">
-        <v>14.99</v>
+        <v>50.49</v>
       </c>
     </row>
     <row r="733">
       <c r="A733" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B733" s="1" t="s">
-        <v>174</v>
+        <v>166</v>
       </c>
       <c r="C733" s="1" t="s">
-        <v>1633</v>
+        <v>1624</v>
       </c>
       <c r="D733" s="1" t="s">
-        <v>1638</v>
+        <v>1634</v>
       </c>
       <c r="E733" s="1"/>
       <c r="F733" s="1" t="s">
-        <v>1639</v>
+        <v>1637</v>
       </c>
       <c r="G733" s="1" t="s">
-        <v>1640</v>
+        <v>1638</v>
       </c>
       <c r="H733" s="3">
-        <v>13.49</v>
+        <v>44.99</v>
       </c>
     </row>
     <row r="734">
       <c r="A734" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B734" s="1" t="s">
-        <v>174</v>
+        <v>166</v>
       </c>
       <c r="C734" s="1" t="s">
-        <v>1633</v>
+        <v>1624</v>
       </c>
       <c r="D734" s="1" t="s">
-        <v>1638</v>
+        <v>1634</v>
       </c>
       <c r="E734" s="1"/>
       <c r="F734" s="1" t="s">
-        <v>1641</v>
+        <v>1639</v>
       </c>
       <c r="G734" s="1" t="s">
-        <v>1642</v>
+        <v>1640</v>
       </c>
       <c r="H734" s="3">
-        <v>18.69</v>
+        <v>22.99</v>
       </c>
     </row>
     <row r="735">
       <c r="A735" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B735" s="1" t="s">
-        <v>174</v>
+        <v>1641</v>
       </c>
       <c r="C735" s="1" t="s">
-        <v>1633</v>
-[...3 lines deleted...]
-      </c>
+        <v>1642</v>
+      </c>
+      <c r="D735" s="1"/>
       <c r="E735" s="1"/>
       <c r="F735" s="1" t="s">
+        <v>1643</v>
+      </c>
+      <c r="G735" s="1" t="s">
         <v>1644</v>
       </c>
-      <c r="G735" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H735" s="3">
-        <v>44.99</v>
+        <v>43</v>
       </c>
     </row>
     <row r="736">
       <c r="A736" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B736" s="1" t="s">
-        <v>174</v>
+        <v>1645</v>
       </c>
       <c r="C736" s="1" t="s">
-        <v>1633</v>
-[...3 lines deleted...]
-      </c>
+        <v>1646</v>
+      </c>
+      <c r="D736" s="1"/>
       <c r="E736" s="1"/>
       <c r="F736" s="1" t="s">
-        <v>1646</v>
+        <v>1647</v>
       </c>
       <c r="G736" s="1" t="s">
-        <v>1647</v>
+        <v>1648</v>
       </c>
       <c r="H736" s="3">
-        <v>22.99</v>
+        <v>11.99</v>
       </c>
     </row>
     <row r="737">
       <c r="A737" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B737" s="1" t="s">
-        <v>1648</v>
+        <v>1649</v>
       </c>
       <c r="C737" s="1" t="s">
-        <v>1649</v>
+        <v>1650</v>
       </c>
       <c r="D737" s="1"/>
       <c r="E737" s="1"/>
       <c r="F737" s="1" t="s">
-        <v>1650</v>
+        <v>1651</v>
       </c>
       <c r="G737" s="1" t="s">
-        <v>1651</v>
+        <v>1652</v>
       </c>
       <c r="H737" s="3">
-        <v>43</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="738">
       <c r="A738" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B738" s="1" t="s">
-        <v>1652</v>
+        <v>1649</v>
       </c>
       <c r="C738" s="1" t="s">
+        <v>1650</v>
+      </c>
+      <c r="D738" s="1" t="s">
         <v>1653</v>
       </c>
-      <c r="D738" s="1"/>
       <c r="E738" s="1"/>
       <c r="F738" s="1" t="s">
         <v>1654</v>
       </c>
       <c r="G738" s="1" t="s">
         <v>1655</v>
       </c>
       <c r="H738" s="3">
-        <v>11.99</v>
+        <v>39.99</v>
       </c>
     </row>
     <row r="739">
       <c r="A739" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B739" s="1" t="s">
-        <v>1656</v>
+        <v>1649</v>
       </c>
       <c r="C739" s="1" t="s">
-        <v>1657</v>
-[...1 lines deleted...]
-      <c r="D739" s="1"/>
+        <v>1650</v>
+      </c>
+      <c r="D739" s="1" t="s">
+        <v>1653</v>
+      </c>
       <c r="E739" s="1"/>
       <c r="F739" s="1" t="s">
-        <v>1658</v>
+        <v>1656</v>
       </c>
       <c r="G739" s="1" t="s">
-        <v>1659</v>
+        <v>1657</v>
       </c>
       <c r="H739" s="3">
-        <v>24.99</v>
+        <v>44.99</v>
       </c>
     </row>
     <row r="740">
       <c r="A740" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B740" s="1" t="s">
-        <v>1656</v>
+        <v>1649</v>
       </c>
       <c r="C740" s="1" t="s">
-        <v>1657</v>
+        <v>1650</v>
       </c>
       <c r="D740" s="1" t="s">
-        <v>1660</v>
+        <v>1653</v>
       </c>
       <c r="E740" s="1"/>
       <c r="F740" s="1" t="s">
-        <v>1661</v>
+        <v>1658</v>
       </c>
       <c r="G740" s="1" t="s">
-        <v>1662</v>
+        <v>1659</v>
       </c>
       <c r="H740" s="3">
-        <v>39.99</v>
+        <v>48.95</v>
       </c>
     </row>
     <row r="741">
       <c r="A741" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B741" s="1" t="s">
-        <v>1656</v>
+        <v>1649</v>
       </c>
       <c r="C741" s="1" t="s">
-        <v>1657</v>
+        <v>1650</v>
       </c>
       <c r="D741" s="1" t="s">
-        <v>1660</v>
+        <v>1653</v>
       </c>
       <c r="E741" s="1"/>
       <c r="F741" s="1" t="s">
-        <v>1663</v>
+        <v>1660</v>
       </c>
       <c r="G741" s="1" t="s">
-        <v>1664</v>
+        <v>1661</v>
       </c>
       <c r="H741" s="3">
-        <v>44.99</v>
+        <v>47.5</v>
       </c>
     </row>
     <row r="742">
       <c r="A742" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B742" s="1" t="s">
-        <v>1656</v>
+        <v>1649</v>
       </c>
       <c r="C742" s="1" t="s">
-        <v>1657</v>
+        <v>1650</v>
       </c>
       <c r="D742" s="1" t="s">
-        <v>1660</v>
+        <v>1653</v>
       </c>
       <c r="E742" s="1"/>
       <c r="F742" s="1" t="s">
-        <v>1665</v>
+        <v>1662</v>
       </c>
       <c r="G742" s="1" t="s">
-        <v>1666</v>
+        <v>1663</v>
       </c>
       <c r="H742" s="3">
-        <v>48.95</v>
+        <v>76</v>
       </c>
     </row>
     <row r="743">
       <c r="A743" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B743" s="1" t="s">
-        <v>1656</v>
+        <v>1649</v>
       </c>
       <c r="C743" s="1" t="s">
-        <v>1657</v>
+        <v>1650</v>
       </c>
       <c r="D743" s="1" t="s">
-        <v>1660</v>
+        <v>1653</v>
       </c>
       <c r="E743" s="1"/>
       <c r="F743" s="1" t="s">
-        <v>1667</v>
+        <v>1664</v>
       </c>
       <c r="G743" s="1" t="s">
-        <v>1668</v>
+        <v>1665</v>
       </c>
       <c r="H743" s="3">
-        <v>47.5</v>
+        <v>76</v>
       </c>
     </row>
     <row r="744">
       <c r="A744" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B744" s="1" t="s">
-        <v>1656</v>
+        <v>1649</v>
       </c>
       <c r="C744" s="1" t="s">
-        <v>1657</v>
+        <v>1650</v>
       </c>
       <c r="D744" s="1" t="s">
-        <v>1660</v>
+        <v>1653</v>
       </c>
       <c r="E744" s="1"/>
       <c r="F744" s="1" t="s">
-        <v>1669</v>
+        <v>1666</v>
       </c>
       <c r="G744" s="1" t="s">
-        <v>1670</v>
+        <v>1667</v>
       </c>
       <c r="H744" s="3">
-        <v>76</v>
+        <v>55</v>
       </c>
     </row>
     <row r="745">
       <c r="A745" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B745" s="1" t="s">
-        <v>1656</v>
+        <v>1649</v>
       </c>
       <c r="C745" s="1" t="s">
-        <v>1657</v>
+        <v>1650</v>
       </c>
       <c r="D745" s="1" t="s">
-        <v>1660</v>
+        <v>1653</v>
       </c>
       <c r="E745" s="1"/>
       <c r="F745" s="1" t="s">
-        <v>1671</v>
+        <v>1668</v>
       </c>
       <c r="G745" s="1" t="s">
-        <v>1672</v>
+        <v>1669</v>
       </c>
       <c r="H745" s="3">
-        <v>76</v>
+        <v>59</v>
       </c>
     </row>
     <row r="746">
       <c r="A746" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B746" s="1" t="s">
-        <v>1656</v>
+        <v>1649</v>
       </c>
       <c r="C746" s="1" t="s">
-        <v>1657</v>
+        <v>1650</v>
       </c>
       <c r="D746" s="1" t="s">
-        <v>1660</v>
+        <v>1653</v>
       </c>
       <c r="E746" s="1"/>
       <c r="F746" s="1" t="s">
-        <v>1673</v>
+        <v>1670</v>
       </c>
       <c r="G746" s="1" t="s">
-        <v>1674</v>
+        <v>1671</v>
       </c>
       <c r="H746" s="3">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="747">
       <c r="A747" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B747" s="1" t="s">
-        <v>1656</v>
+        <v>1649</v>
       </c>
       <c r="C747" s="1" t="s">
-        <v>1657</v>
+        <v>1650</v>
       </c>
       <c r="D747" s="1" t="s">
-        <v>1660</v>
+        <v>1653</v>
       </c>
       <c r="E747" s="1"/>
       <c r="F747" s="1" t="s">
-        <v>1675</v>
+        <v>1672</v>
       </c>
       <c r="G747" s="1" t="s">
-        <v>1676</v>
+        <v>1673</v>
       </c>
       <c r="H747" s="3">
-        <v>59</v>
+        <v>64</v>
       </c>
     </row>
     <row r="748">
       <c r="A748" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B748" s="1" t="s">
-        <v>1656</v>
+        <v>1649</v>
       </c>
       <c r="C748" s="1" t="s">
-        <v>1657</v>
-[...3 lines deleted...]
-      </c>
+        <v>1674</v>
+      </c>
+      <c r="D748" s="1"/>
       <c r="E748" s="1"/>
       <c r="F748" s="1" t="s">
-        <v>1677</v>
+        <v>1675</v>
       </c>
       <c r="G748" s="1" t="s">
-        <v>1678</v>
+        <v>1676</v>
       </c>
       <c r="H748" s="3">
-        <v>59</v>
+        <v>25.5</v>
       </c>
     </row>
     <row r="749">
       <c r="A749" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B749" s="1" t="s">
-        <v>1656</v>
+        <v>1649</v>
       </c>
       <c r="C749" s="1" t="s">
-        <v>1657</v>
-[...3 lines deleted...]
-      </c>
+        <v>1674</v>
+      </c>
+      <c r="D749" s="1"/>
       <c r="E749" s="1"/>
       <c r="F749" s="1" t="s">
-        <v>1679</v>
+        <v>1677</v>
       </c>
       <c r="G749" s="1" t="s">
-        <v>1680</v>
+        <v>1678</v>
       </c>
       <c r="H749" s="3">
-        <v>64</v>
+        <v>45.99</v>
       </c>
     </row>
     <row r="750">
       <c r="A750" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B750" s="1" t="s">
-        <v>1656</v>
+        <v>1649</v>
       </c>
       <c r="C750" s="1" t="s">
-        <v>1681</v>
+        <v>1674</v>
       </c>
       <c r="D750" s="1"/>
       <c r="E750" s="1"/>
       <c r="F750" s="1" t="s">
-        <v>1682</v>
+        <v>1679</v>
       </c>
       <c r="G750" s="1" t="s">
-        <v>1683</v>
+        <v>1680</v>
       </c>
       <c r="H750" s="3">
-        <v>25.5</v>
+        <v>45.99</v>
       </c>
     </row>
     <row r="751">
       <c r="A751" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B751" s="1" t="s">
-        <v>1656</v>
+        <v>1649</v>
       </c>
       <c r="C751" s="1" t="s">
         <v>1681</v>
       </c>
       <c r="D751" s="1"/>
       <c r="E751" s="1"/>
       <c r="F751" s="1" t="s">
-        <v>1684</v>
+        <v>1682</v>
       </c>
       <c r="G751" s="1" t="s">
-        <v>1685</v>
+        <v>1683</v>
       </c>
       <c r="H751" s="3">
-        <v>45.99</v>
+        <v>42.5</v>
       </c>
     </row>
     <row r="752">
       <c r="A752" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B752" s="1" t="s">
-        <v>1656</v>
+        <v>1649</v>
       </c>
       <c r="C752" s="1" t="s">
         <v>1681</v>
       </c>
       <c r="D752" s="1"/>
       <c r="E752" s="1"/>
       <c r="F752" s="1" t="s">
-        <v>1686</v>
+        <v>1684</v>
       </c>
       <c r="G752" s="1" t="s">
-        <v>1687</v>
+        <v>1685</v>
       </c>
       <c r="H752" s="3">
-        <v>45.99</v>
+        <v>15.99</v>
       </c>
     </row>
     <row r="753">
       <c r="A753" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B753" s="1" t="s">
-        <v>1656</v>
+        <v>179</v>
       </c>
       <c r="C753" s="1" t="s">
-        <v>1688</v>
+        <v>1686</v>
       </c>
       <c r="D753" s="1"/>
       <c r="E753" s="1"/>
       <c r="F753" s="1" t="s">
-        <v>1689</v>
+        <v>1687</v>
       </c>
       <c r="G753" s="1" t="s">
-        <v>1690</v>
+        <v>1688</v>
       </c>
       <c r="H753" s="3">
-        <v>42.5</v>
+        <v>11.99</v>
       </c>
     </row>
     <row r="754">
       <c r="A754" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B754" s="1" t="s">
-        <v>1656</v>
+        <v>179</v>
       </c>
       <c r="C754" s="1" t="s">
-        <v>1688</v>
+        <v>1689</v>
       </c>
       <c r="D754" s="1"/>
       <c r="E754" s="1"/>
       <c r="F754" s="1" t="s">
+        <v>1690</v>
+      </c>
+      <c r="G754" s="1" t="s">
         <v>1691</v>
       </c>
-      <c r="G754" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H754" s="3">
-        <v>15.99</v>
+        <v>12.49</v>
       </c>
     </row>
     <row r="755">
       <c r="A755" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B755" s="1" t="s">
-        <v>187</v>
+        <v>179</v>
       </c>
       <c r="C755" s="1" t="s">
-        <v>1693</v>
+        <v>180</v>
       </c>
       <c r="D755" s="1"/>
       <c r="E755" s="1"/>
       <c r="F755" s="1" t="s">
-        <v>1694</v>
+        <v>1692</v>
       </c>
       <c r="G755" s="1" t="s">
-        <v>1695</v>
+        <v>1693</v>
       </c>
       <c r="H755" s="3">
-        <v>11.99</v>
+        <v>26.99</v>
       </c>
     </row>
     <row r="756">
       <c r="A756" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B756" s="1" t="s">
-        <v>187</v>
+        <v>179</v>
       </c>
       <c r="C756" s="1" t="s">
-        <v>1696</v>
+        <v>180</v>
       </c>
       <c r="D756" s="1"/>
       <c r="E756" s="1"/>
       <c r="F756" s="1" t="s">
-        <v>1697</v>
+        <v>1694</v>
       </c>
       <c r="G756" s="1" t="s">
-        <v>1698</v>
+        <v>1695</v>
       </c>
       <c r="H756" s="3">
-        <v>12.49</v>
+        <v>40.99</v>
       </c>
     </row>
     <row r="757">
       <c r="A757" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B757" s="1" t="s">
-        <v>187</v>
+        <v>179</v>
       </c>
       <c r="C757" s="1" t="s">
-        <v>188</v>
+        <v>183</v>
       </c>
       <c r="D757" s="1"/>
       <c r="E757" s="1"/>
       <c r="F757" s="1" t="s">
-        <v>1699</v>
+        <v>1696</v>
       </c>
       <c r="G757" s="1" t="s">
-        <v>1700</v>
+        <v>1697</v>
       </c>
       <c r="H757" s="3">
-        <v>141</v>
+        <v>11.99</v>
       </c>
     </row>
     <row r="758">
       <c r="A758" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B758" s="1" t="s">
-        <v>187</v>
+        <v>179</v>
       </c>
       <c r="C758" s="1" t="s">
-        <v>188</v>
-[...1 lines deleted...]
-      <c r="D758" s="1"/>
+        <v>183</v>
+      </c>
+      <c r="D758" s="1" t="s">
+        <v>1698</v>
+      </c>
       <c r="E758" s="1"/>
       <c r="F758" s="1" t="s">
-        <v>1701</v>
+        <v>1699</v>
       </c>
       <c r="G758" s="1" t="s">
-        <v>1702</v>
+        <v>1700</v>
       </c>
       <c r="H758" s="3">
-        <v>40.99</v>
+        <v>14.99</v>
       </c>
     </row>
     <row r="759">
       <c r="A759" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B759" s="1" t="s">
-        <v>187</v>
+        <v>179</v>
       </c>
       <c r="C759" s="1" t="s">
-        <v>191</v>
+        <v>1701</v>
       </c>
       <c r="D759" s="1"/>
       <c r="E759" s="1"/>
       <c r="F759" s="1" t="s">
+        <v>1702</v>
+      </c>
+      <c r="G759" s="1" t="s">
         <v>1703</v>
       </c>
-      <c r="G759" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H759" s="3">
-        <v>12.49</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="760">
       <c r="A760" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B760" s="1" t="s">
-        <v>187</v>
+        <v>1704</v>
       </c>
       <c r="C760" s="1" t="s">
-        <v>191</v>
-[...2 lines deleted...]
-      <c r="E760" s="1"/>
+        <v>1705</v>
+      </c>
+      <c r="D760" s="1" t="s">
+        <v>1706</v>
+      </c>
+      <c r="E760" s="1" t="s">
+        <v>1707</v>
+      </c>
       <c r="F760" s="1" t="s">
-        <v>1705</v>
+        <v>1708</v>
       </c>
       <c r="G760" s="1" t="s">
-        <v>1706</v>
+        <v>1709</v>
       </c>
       <c r="H760" s="3">
-        <v>11.99</v>
+        <v>8.99</v>
       </c>
     </row>
     <row r="761">
       <c r="A761" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B761" s="1" t="s">
-        <v>187</v>
+        <v>1710</v>
       </c>
       <c r="C761" s="1" t="s">
-        <v>191</v>
-[...3 lines deleted...]
-      </c>
+        <v>1711</v>
+      </c>
+      <c r="D761" s="1"/>
       <c r="E761" s="1"/>
       <c r="F761" s="1" t="s">
-        <v>1708</v>
+        <v>1712</v>
       </c>
       <c r="G761" s="1" t="s">
-        <v>1709</v>
+        <v>1713</v>
       </c>
       <c r="H761" s="3">
-        <v>14.99</v>
+        <v>20.19</v>
       </c>
     </row>
     <row r="762">
       <c r="A762" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B762" s="1" t="s">
-        <v>187</v>
+        <v>1714</v>
       </c>
       <c r="C762" s="1" t="s">
-        <v>1710</v>
+        <v>1715</v>
       </c>
       <c r="D762" s="1"/>
       <c r="E762" s="1"/>
       <c r="F762" s="1" t="s">
-        <v>1711</v>
+        <v>1716</v>
       </c>
       <c r="G762" s="1" t="s">
-        <v>1712</v>
+        <v>1717</v>
       </c>
       <c r="H762" s="3">
-        <v>10.19</v>
+        <v>46</v>
       </c>
     </row>
     <row r="763">
       <c r="A763" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B763" s="1" t="s">
-        <v>1713</v>
+        <v>1714</v>
       </c>
       <c r="C763" s="1" t="s">
-        <v>1714</v>
-[...1 lines deleted...]
-      <c r="D763" s="1" t="s">
         <v>1715</v>
       </c>
-      <c r="E763" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D763" s="1"/>
+      <c r="E763" s="1"/>
       <c r="F763" s="1" t="s">
-        <v>1717</v>
+        <v>1718</v>
       </c>
       <c r="G763" s="1" t="s">
-        <v>1718</v>
+        <v>1719</v>
       </c>
       <c r="H763" s="3">
-        <v>8.99</v>
+        <v>46</v>
       </c>
     </row>
     <row r="764">
       <c r="A764" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B764" s="1" t="s">
-        <v>1719</v>
+        <v>1714</v>
       </c>
       <c r="C764" s="1" t="s">
-        <v>1720</v>
+        <v>1715</v>
       </c>
       <c r="D764" s="1"/>
       <c r="E764" s="1"/>
       <c r="F764" s="1" t="s">
+        <v>1720</v>
+      </c>
+      <c r="G764" s="1" t="s">
         <v>1721</v>
       </c>
-      <c r="G764" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H764" s="3">
-        <v>20.19</v>
+        <v>46</v>
       </c>
     </row>
     <row r="765">
       <c r="A765" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B765" s="1" t="s">
-        <v>1723</v>
+        <v>1714</v>
       </c>
       <c r="C765" s="1" t="s">
-        <v>1724</v>
+        <v>1722</v>
       </c>
       <c r="D765" s="1"/>
       <c r="E765" s="1"/>
       <c r="F765" s="1" t="s">
-        <v>1725</v>
+        <v>1723</v>
       </c>
       <c r="G765" s="1" t="s">
-        <v>1726</v>
+        <v>1724</v>
       </c>
       <c r="H765" s="3">
-        <v>15.69</v>
+        <v>9.99</v>
       </c>
     </row>
     <row r="766">
       <c r="A766" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B766" s="1" t="s">
-        <v>1723</v>
+        <v>1714</v>
       </c>
       <c r="C766" s="1" t="s">
-        <v>1727</v>
-[...1 lines deleted...]
-      <c r="D766" s="1"/>
+        <v>1725</v>
+      </c>
+      <c r="D766" s="1" t="s">
+        <v>1726</v>
+      </c>
       <c r="E766" s="1"/>
       <c r="F766" s="1" t="s">
+        <v>1727</v>
+      </c>
+      <c r="G766" s="1" t="s">
         <v>1728</v>
       </c>
-      <c r="G766" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H766" s="3">
-        <v>46</v>
+        <v>29.99</v>
       </c>
     </row>
     <row r="767">
       <c r="A767" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B767" s="1" t="s">
-        <v>1723</v>
+        <v>1714</v>
       </c>
       <c r="C767" s="1" t="s">
-        <v>1727</v>
-[...1 lines deleted...]
-      <c r="D767" s="1"/>
+        <v>1725</v>
+      </c>
+      <c r="D767" s="1" t="s">
+        <v>1726</v>
+      </c>
       <c r="E767" s="1"/>
       <c r="F767" s="1" t="s">
+        <v>1729</v>
+      </c>
+      <c r="G767" s="1" t="s">
         <v>1730</v>
       </c>
-      <c r="G767" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H767" s="3">
-        <v>46</v>
+        <v>18.49</v>
       </c>
     </row>
     <row r="768">
       <c r="A768" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B768" s="1" t="s">
-        <v>1723</v>
+        <v>1714</v>
       </c>
       <c r="C768" s="1" t="s">
-        <v>1727</v>
-[...1 lines deleted...]
-      <c r="D768" s="1"/>
+        <v>1725</v>
+      </c>
+      <c r="D768" s="1" t="s">
+        <v>1726</v>
+      </c>
       <c r="E768" s="1"/>
       <c r="F768" s="1" t="s">
+        <v>1731</v>
+      </c>
+      <c r="G768" s="1" t="s">
         <v>1732</v>
       </c>
-      <c r="G768" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H768" s="3">
-        <v>46</v>
+        <v>29.99</v>
       </c>
     </row>
     <row r="769">
       <c r="A769" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B769" s="1" t="s">
-        <v>1723</v>
+        <v>1714</v>
       </c>
       <c r="C769" s="1" t="s">
-        <v>1734</v>
-[...1 lines deleted...]
-      <c r="D769" s="1"/>
+        <v>1725</v>
+      </c>
+      <c r="D769" s="1" t="s">
+        <v>1726</v>
+      </c>
       <c r="E769" s="1"/>
       <c r="F769" s="1" t="s">
-        <v>1735</v>
+        <v>1733</v>
       </c>
       <c r="G769" s="1" t="s">
-        <v>1736</v>
+        <v>1734</v>
       </c>
       <c r="H769" s="3">
-        <v>9.49</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="770">
       <c r="A770" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B770" s="1" t="s">
-        <v>1723</v>
+        <v>1714</v>
       </c>
       <c r="C770" s="1" t="s">
-        <v>1734</v>
-[...1 lines deleted...]
-      <c r="D770" s="1"/>
+        <v>1725</v>
+      </c>
+      <c r="D770" s="1" t="s">
+        <v>1726</v>
+      </c>
       <c r="E770" s="1"/>
       <c r="F770" s="1" t="s">
-        <v>1737</v>
+        <v>1735</v>
       </c>
       <c r="G770" s="1" t="s">
-        <v>1738</v>
+        <v>1736</v>
       </c>
       <c r="H770" s="3">
-        <v>9.99</v>
+        <v>90.49</v>
       </c>
     </row>
     <row r="771">
       <c r="A771" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B771" s="1" t="s">
-        <v>1723</v>
+        <v>170</v>
       </c>
       <c r="C771" s="1" t="s">
-        <v>1739</v>
-[...3 lines deleted...]
-      </c>
+        <v>1737</v>
+      </c>
+      <c r="D771" s="1"/>
       <c r="E771" s="1"/>
       <c r="F771" s="1" t="s">
-        <v>1741</v>
+        <v>1738</v>
       </c>
       <c r="G771" s="1" t="s">
-        <v>1742</v>
+        <v>1739</v>
       </c>
       <c r="H771" s="3">
-        <v>29.99</v>
+        <v>4.19</v>
       </c>
     </row>
     <row r="772">
       <c r="A772" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B772" s="1" t="s">
-        <v>1723</v>
+        <v>170</v>
       </c>
       <c r="C772" s="1" t="s">
-        <v>1739</v>
-[...3 lines deleted...]
-      </c>
+        <v>1737</v>
+      </c>
+      <c r="D772" s="1"/>
       <c r="E772" s="1"/>
       <c r="F772" s="1" t="s">
-        <v>1743</v>
+        <v>1740</v>
       </c>
       <c r="G772" s="1" t="s">
-        <v>1744</v>
+        <v>1741</v>
       </c>
       <c r="H772" s="3">
-        <v>18.49</v>
+        <v>4.99</v>
       </c>
     </row>
     <row r="773">
       <c r="A773" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B773" s="1" t="s">
-        <v>1723</v>
+        <v>170</v>
       </c>
       <c r="C773" s="1" t="s">
-        <v>1739</v>
-[...3 lines deleted...]
-      </c>
+        <v>1742</v>
+      </c>
+      <c r="D773" s="1"/>
       <c r="E773" s="1"/>
       <c r="F773" s="1" t="s">
-        <v>1745</v>
+        <v>1743</v>
       </c>
       <c r="G773" s="1" t="s">
-        <v>1746</v>
+        <v>1744</v>
       </c>
       <c r="H773" s="3">
-        <v>31.99</v>
+        <v>19.49</v>
       </c>
     </row>
     <row r="774">
       <c r="A774" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B774" s="1" t="s">
-        <v>1723</v>
+        <v>170</v>
       </c>
       <c r="C774" s="1" t="s">
-        <v>1739</v>
+        <v>1745</v>
       </c>
       <c r="D774" s="1" t="s">
-        <v>1740</v>
+        <v>1746</v>
       </c>
       <c r="E774" s="1"/>
       <c r="F774" s="1" t="s">
         <v>1747</v>
       </c>
       <c r="G774" s="1" t="s">
         <v>1748</v>
       </c>
       <c r="H774" s="3">
-        <v>27.5</v>
+        <v>27.99</v>
       </c>
     </row>
     <row r="775">
       <c r="A775" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B775" s="1" t="s">
-        <v>1723</v>
+        <v>170</v>
       </c>
       <c r="C775" s="1" t="s">
-        <v>1739</v>
+        <v>1745</v>
       </c>
       <c r="D775" s="1" t="s">
-        <v>1740</v>
+        <v>1749</v>
       </c>
       <c r="E775" s="1"/>
       <c r="F775" s="1" t="s">
-        <v>1749</v>
+        <v>1750</v>
       </c>
       <c r="G775" s="1" t="s">
-        <v>1750</v>
+        <v>1751</v>
       </c>
       <c r="H775" s="3">
-        <v>90.49</v>
+        <v>32.99</v>
       </c>
     </row>
     <row r="776">
       <c r="A776" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B776" s="1" t="s">
-        <v>178</v>
+        <v>170</v>
       </c>
       <c r="C776" s="1" t="s">
-        <v>1751</v>
-[...1 lines deleted...]
-      <c r="D776" s="1"/>
+        <v>1745</v>
+      </c>
+      <c r="D776" s="1" t="s">
+        <v>1749</v>
+      </c>
       <c r="E776" s="1"/>
       <c r="F776" s="1" t="s">
         <v>1752</v>
       </c>
       <c r="G776" s="1" t="s">
         <v>1753</v>
       </c>
       <c r="H776" s="3">
-        <v>4.19</v>
+        <v>20.99</v>
       </c>
     </row>
     <row r="777">
       <c r="A777" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B777" s="1" t="s">
-        <v>178</v>
+        <v>170</v>
       </c>
       <c r="C777" s="1" t="s">
-        <v>1751</v>
-[...1 lines deleted...]
-      <c r="D777" s="1"/>
+        <v>1745</v>
+      </c>
+      <c r="D777" s="1" t="s">
+        <v>1749</v>
+      </c>
       <c r="E777" s="1"/>
       <c r="F777" s="1" t="s">
         <v>1754</v>
       </c>
       <c r="G777" s="1" t="s">
         <v>1755</v>
       </c>
       <c r="H777" s="3">
-        <v>4.99</v>
+        <v>29.99</v>
       </c>
     </row>
     <row r="778">
       <c r="A778" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B778" s="1" t="s">
-        <v>178</v>
+        <v>170</v>
       </c>
       <c r="C778" s="1" t="s">
         <v>1756</v>
       </c>
-      <c r="D778" s="1"/>
+      <c r="D778" s="1" t="s">
+        <v>1757</v>
+      </c>
       <c r="E778" s="1"/>
       <c r="F778" s="1" t="s">
-        <v>1757</v>
+        <v>1758</v>
       </c>
       <c r="G778" s="1" t="s">
-        <v>1758</v>
+        <v>1759</v>
       </c>
       <c r="H778" s="3">
-        <v>19.49</v>
+        <v>31.99</v>
       </c>
     </row>
     <row r="779">
       <c r="A779" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B779" s="1" t="s">
-        <v>178</v>
+        <v>170</v>
       </c>
       <c r="C779" s="1" t="s">
-        <v>1759</v>
-[...1 lines deleted...]
-      <c r="D779" s="1" t="s">
         <v>1760</v>
       </c>
+      <c r="D779" s="1"/>
       <c r="E779" s="1"/>
       <c r="F779" s="1" t="s">
         <v>1761</v>
       </c>
       <c r="G779" s="1" t="s">
         <v>1762</v>
       </c>
       <c r="H779" s="3">
-        <v>27.99</v>
+        <v>13.49</v>
       </c>
     </row>
     <row r="780">
       <c r="A780" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B780" s="1" t="s">
-        <v>178</v>
+        <v>170</v>
       </c>
       <c r="C780" s="1" t="s">
-        <v>1759</v>
-[...1 lines deleted...]
-      <c r="D780" s="1" t="s">
         <v>1763</v>
       </c>
+      <c r="D780" s="1"/>
       <c r="E780" s="1"/>
       <c r="F780" s="1" t="s">
         <v>1764</v>
       </c>
       <c r="G780" s="1" t="s">
         <v>1765</v>
       </c>
       <c r="H780" s="3">
-        <v>32.99</v>
+        <v>2.99</v>
       </c>
     </row>
     <row r="781">
       <c r="A781" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B781" s="1" t="s">
-        <v>178</v>
+        <v>170</v>
       </c>
       <c r="C781" s="1" t="s">
-        <v>1759</v>
-[...3 lines deleted...]
-      </c>
+        <v>171</v>
+      </c>
+      <c r="D781" s="1"/>
       <c r="E781" s="1"/>
       <c r="F781" s="1" t="s">
         <v>1766</v>
       </c>
       <c r="G781" s="1" t="s">
         <v>1767</v>
       </c>
       <c r="H781" s="3">
-        <v>18.89</v>
+        <v>9.99</v>
       </c>
     </row>
     <row r="782">
       <c r="A782" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B782" s="1" t="s">
-        <v>178</v>
+        <v>170</v>
       </c>
       <c r="C782" s="1" t="s">
-        <v>1759</v>
-[...3 lines deleted...]
-      </c>
+        <v>171</v>
+      </c>
+      <c r="D782" s="1"/>
       <c r="E782" s="1"/>
       <c r="F782" s="1" t="s">
         <v>1768</v>
       </c>
       <c r="G782" s="1" t="s">
         <v>1769</v>
       </c>
       <c r="H782" s="3">
-        <v>20.99</v>
+        <v>10.99</v>
       </c>
     </row>
     <row r="783">
       <c r="A783" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B783" s="1" t="s">
-        <v>178</v>
+        <v>170</v>
       </c>
       <c r="C783" s="1" t="s">
-        <v>1759</v>
-[...3 lines deleted...]
-      </c>
+        <v>171</v>
+      </c>
+      <c r="D783" s="1"/>
       <c r="E783" s="1"/>
       <c r="F783" s="1" t="s">
         <v>1770</v>
       </c>
       <c r="G783" s="1" t="s">
         <v>1771</v>
       </c>
       <c r="H783" s="3">
-        <v>29.99</v>
+        <v>10.99</v>
       </c>
     </row>
     <row r="784">
       <c r="A784" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B784" s="1" t="s">
-        <v>178</v>
+        <v>170</v>
       </c>
       <c r="C784" s="1" t="s">
-        <v>1772</v>
-[...3 lines deleted...]
-      </c>
+        <v>171</v>
+      </c>
+      <c r="D784" s="1"/>
       <c r="E784" s="1"/>
       <c r="F784" s="1" t="s">
-        <v>1774</v>
+        <v>1772</v>
       </c>
       <c r="G784" s="1" t="s">
-        <v>1775</v>
+        <v>1773</v>
       </c>
       <c r="H784" s="3">
-        <v>31.99</v>
+        <v>11.99</v>
       </c>
     </row>
     <row r="785">
       <c r="A785" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B785" s="1" t="s">
-        <v>178</v>
+        <v>170</v>
       </c>
       <c r="C785" s="1" t="s">
-        <v>1776</v>
+        <v>171</v>
       </c>
       <c r="D785" s="1"/>
       <c r="E785" s="1"/>
       <c r="F785" s="1" t="s">
-        <v>1777</v>
+        <v>1774</v>
       </c>
       <c r="G785" s="1" t="s">
-        <v>1778</v>
+        <v>1775</v>
       </c>
       <c r="H785" s="3">
-        <v>13.49</v>
+        <v>9.99</v>
       </c>
     </row>
     <row r="786">
       <c r="A786" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B786" s="1" t="s">
-        <v>178</v>
+        <v>170</v>
       </c>
       <c r="C786" s="1" t="s">
-        <v>1779</v>
+        <v>171</v>
       </c>
       <c r="D786" s="1"/>
       <c r="E786" s="1"/>
       <c r="F786" s="1" t="s">
-        <v>1780</v>
+        <v>1776</v>
       </c>
       <c r="G786" s="1" t="s">
-        <v>1781</v>
+        <v>1777</v>
       </c>
       <c r="H786" s="3">
-        <v>2.99</v>
+        <v>12.99</v>
       </c>
     </row>
     <row r="787">
       <c r="A787" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B787" s="1" t="s">
-        <v>178</v>
+        <v>170</v>
       </c>
       <c r="C787" s="1" t="s">
-        <v>179</v>
+        <v>171</v>
       </c>
       <c r="D787" s="1"/>
       <c r="E787" s="1"/>
       <c r="F787" s="1" t="s">
-        <v>1782</v>
+        <v>1778</v>
       </c>
       <c r="G787" s="1" t="s">
-        <v>1783</v>
+        <v>1779</v>
       </c>
       <c r="H787" s="3">
-        <v>9.99</v>
+        <v>10.99</v>
       </c>
     </row>
     <row r="788">
       <c r="A788" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B788" s="1" t="s">
-        <v>178</v>
+        <v>170</v>
       </c>
       <c r="C788" s="1" t="s">
-        <v>179</v>
+        <v>1780</v>
       </c>
       <c r="D788" s="1"/>
       <c r="E788" s="1"/>
       <c r="F788" s="1" t="s">
-        <v>1784</v>
+        <v>1781</v>
       </c>
       <c r="G788" s="1" t="s">
-        <v>1785</v>
+        <v>1782</v>
       </c>
       <c r="H788" s="3">
-        <v>10.99</v>
+        <v>22.99</v>
       </c>
     </row>
     <row r="789">
       <c r="A789" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B789" s="1" t="s">
-        <v>178</v>
+        <v>170</v>
       </c>
       <c r="C789" s="1" t="s">
-        <v>179</v>
+        <v>1780</v>
       </c>
       <c r="D789" s="1"/>
       <c r="E789" s="1"/>
       <c r="F789" s="1" t="s">
-        <v>1786</v>
+        <v>1783</v>
       </c>
       <c r="G789" s="1" t="s">
-        <v>1787</v>
+        <v>1784</v>
       </c>
       <c r="H789" s="3">
-        <v>9.99</v>
+        <v>16.99</v>
       </c>
     </row>
     <row r="790">
       <c r="A790" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B790" s="1" t="s">
-        <v>178</v>
+        <v>170</v>
       </c>
       <c r="C790" s="1" t="s">
-        <v>179</v>
-[...2 lines deleted...]
-      <c r="E790" s="1"/>
+        <v>1785</v>
+      </c>
+      <c r="D790" s="1" t="s">
+        <v>1786</v>
+      </c>
+      <c r="E790" s="1" t="s">
+        <v>1787</v>
+      </c>
       <c r="F790" s="1" t="s">
         <v>1788</v>
       </c>
       <c r="G790" s="1" t="s">
         <v>1789</v>
       </c>
       <c r="H790" s="3">
-        <v>11.49</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="791">
       <c r="A791" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B791" s="1" t="s">
-        <v>178</v>
+        <v>170</v>
       </c>
       <c r="C791" s="1" t="s">
-        <v>179</v>
+        <v>1790</v>
       </c>
       <c r="D791" s="1"/>
       <c r="E791" s="1"/>
       <c r="F791" s="1" t="s">
-        <v>1790</v>
+        <v>1791</v>
       </c>
       <c r="G791" s="1" t="s">
-        <v>1791</v>
+        <v>1792</v>
       </c>
       <c r="H791" s="3">
-        <v>9.99</v>
+        <v>26.99</v>
       </c>
     </row>
     <row r="792">
       <c r="A792" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B792" s="1" t="s">
-        <v>178</v>
+        <v>170</v>
       </c>
       <c r="C792" s="1" t="s">
-        <v>179</v>
+        <v>1790</v>
       </c>
       <c r="D792" s="1"/>
       <c r="E792" s="1"/>
       <c r="F792" s="1" t="s">
-        <v>1792</v>
+        <v>1793</v>
       </c>
       <c r="G792" s="1" t="s">
-        <v>1793</v>
+        <v>1794</v>
       </c>
       <c r="H792" s="3">
-        <v>12.99</v>
+        <v>13.99</v>
       </c>
     </row>
     <row r="793">
       <c r="A793" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B793" s="1" t="s">
-        <v>178</v>
+        <v>170</v>
       </c>
       <c r="C793" s="1" t="s">
-        <v>179</v>
+        <v>1790</v>
       </c>
       <c r="D793" s="1"/>
       <c r="E793" s="1"/>
       <c r="F793" s="1" t="s">
-        <v>1794</v>
+        <v>1795</v>
       </c>
       <c r="G793" s="1" t="s">
-        <v>1795</v>
+        <v>1796</v>
       </c>
       <c r="H793" s="3">
-        <v>9.99</v>
+        <v>11.49</v>
       </c>
     </row>
     <row r="794">
       <c r="A794" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B794" s="1" t="s">
-        <v>178</v>
+        <v>170</v>
       </c>
       <c r="C794" s="1" t="s">
-        <v>1796</v>
+        <v>1790</v>
       </c>
       <c r="D794" s="1"/>
       <c r="E794" s="1"/>
       <c r="F794" s="1" t="s">
         <v>1797</v>
       </c>
       <c r="G794" s="1" t="s">
         <v>1798</v>
       </c>
       <c r="H794" s="3">
-        <v>22.99</v>
+        <v>11.19</v>
       </c>
     </row>
     <row r="795">
       <c r="A795" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B795" s="1" t="s">
-        <v>178</v>
+        <v>170</v>
       </c>
       <c r="C795" s="1" t="s">
-        <v>1796</v>
+        <v>1790</v>
       </c>
       <c r="D795" s="1"/>
       <c r="E795" s="1"/>
       <c r="F795" s="1" t="s">
         <v>1799</v>
       </c>
       <c r="G795" s="1" t="s">
         <v>1800</v>
       </c>
       <c r="H795" s="3">
-        <v>16.99</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="796">
       <c r="A796" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B796" s="1" t="s">
-        <v>178</v>
+        <v>170</v>
       </c>
       <c r="C796" s="1" t="s">
+        <v>1790</v>
+      </c>
+      <c r="D796" s="1"/>
+      <c r="E796" s="1"/>
+      <c r="F796" s="1" t="s">
         <v>1801</v>
       </c>
-      <c r="D796" s="1" t="s">
+      <c r="G796" s="1" t="s">
         <v>1802</v>
       </c>
-      <c r="E796" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H796" s="3">
-        <v>24.99</v>
+        <v>30.99</v>
       </c>
     </row>
     <row r="797">
       <c r="A797" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B797" s="1" t="s">
-        <v>178</v>
+        <v>170</v>
       </c>
       <c r="C797" s="1" t="s">
-        <v>1806</v>
+        <v>1790</v>
       </c>
       <c r="D797" s="1"/>
       <c r="E797" s="1"/>
       <c r="F797" s="1" t="s">
-        <v>1807</v>
+        <v>1803</v>
       </c>
       <c r="G797" s="1" t="s">
-        <v>1808</v>
+        <v>1804</v>
       </c>
       <c r="H797" s="3">
-        <v>26.99</v>
+        <v>8.69</v>
       </c>
     </row>
     <row r="798">
       <c r="A798" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B798" s="1" t="s">
-        <v>178</v>
+        <v>170</v>
       </c>
       <c r="C798" s="1" t="s">
-        <v>1806</v>
+        <v>1790</v>
       </c>
       <c r="D798" s="1"/>
       <c r="E798" s="1"/>
       <c r="F798" s="1" t="s">
-        <v>1809</v>
+        <v>1805</v>
       </c>
       <c r="G798" s="1" t="s">
-        <v>1810</v>
+        <v>1806</v>
       </c>
       <c r="H798" s="3">
-        <v>13.99</v>
+        <v>30.99</v>
       </c>
     </row>
     <row r="799">
       <c r="A799" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B799" s="1" t="s">
-        <v>178</v>
+        <v>170</v>
       </c>
       <c r="C799" s="1" t="s">
-        <v>1806</v>
+        <v>1790</v>
       </c>
       <c r="D799" s="1"/>
       <c r="E799" s="1"/>
       <c r="F799" s="1" t="s">
-        <v>1811</v>
+        <v>1807</v>
       </c>
       <c r="G799" s="1" t="s">
-        <v>1812</v>
+        <v>1808</v>
       </c>
       <c r="H799" s="3">
-        <v>11.49</v>
+        <v>26.5</v>
       </c>
     </row>
     <row r="800">
       <c r="A800" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B800" s="1" t="s">
-        <v>178</v>
+        <v>170</v>
       </c>
       <c r="C800" s="1" t="s">
-        <v>1806</v>
+        <v>1790</v>
       </c>
       <c r="D800" s="1"/>
       <c r="E800" s="1"/>
       <c r="F800" s="1" t="s">
-        <v>1813</v>
+        <v>1809</v>
       </c>
       <c r="G800" s="1" t="s">
-        <v>1814</v>
+        <v>1810</v>
       </c>
       <c r="H800" s="3">
-        <v>11.19</v>
+        <v>35</v>
       </c>
     </row>
     <row r="801">
       <c r="A801" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B801" s="1" t="s">
-        <v>178</v>
+        <v>170</v>
       </c>
       <c r="C801" s="1" t="s">
-        <v>1806</v>
+        <v>1790</v>
       </c>
       <c r="D801" s="1"/>
       <c r="E801" s="1"/>
       <c r="F801" s="1" t="s">
-        <v>1815</v>
+        <v>1811</v>
       </c>
       <c r="G801" s="1" t="s">
-        <v>1816</v>
+        <v>1812</v>
       </c>
       <c r="H801" s="3">
-        <v>19.99</v>
+        <v>29.99</v>
       </c>
     </row>
     <row r="802">
       <c r="A802" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B802" s="1" t="s">
-        <v>178</v>
+        <v>170</v>
       </c>
       <c r="C802" s="1" t="s">
-        <v>1806</v>
+        <v>1790</v>
       </c>
       <c r="D802" s="1"/>
       <c r="E802" s="1"/>
       <c r="F802" s="1" t="s">
-        <v>1817</v>
+        <v>1813</v>
       </c>
       <c r="G802" s="1" t="s">
-        <v>1818</v>
+        <v>1814</v>
       </c>
       <c r="H802" s="3">
-        <v>30.99</v>
+        <v>10.75</v>
       </c>
     </row>
     <row r="803">
       <c r="A803" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B803" s="1" t="s">
-        <v>178</v>
+        <v>170</v>
       </c>
       <c r="C803" s="1" t="s">
-        <v>1806</v>
+        <v>1790</v>
       </c>
       <c r="D803" s="1"/>
       <c r="E803" s="1"/>
       <c r="F803" s="1" t="s">
-        <v>1819</v>
+        <v>1815</v>
       </c>
       <c r="G803" s="1" t="s">
-        <v>1820</v>
+        <v>1816</v>
       </c>
       <c r="H803" s="3">
-        <v>8.69</v>
+        <v>43.49</v>
       </c>
     </row>
     <row r="804">
       <c r="A804" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B804" s="1" t="s">
-        <v>178</v>
+        <v>170</v>
       </c>
       <c r="C804" s="1" t="s">
-        <v>1806</v>
+        <v>1790</v>
       </c>
       <c r="D804" s="1"/>
       <c r="E804" s="1"/>
       <c r="F804" s="1" t="s">
-        <v>1821</v>
+        <v>1817</v>
       </c>
       <c r="G804" s="1" t="s">
-        <v>1822</v>
+        <v>1818</v>
       </c>
       <c r="H804" s="3">
-        <v>30.99</v>
+        <v>13.49</v>
       </c>
     </row>
     <row r="805">
       <c r="A805" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B805" s="1" t="s">
-        <v>178</v>
+        <v>1819</v>
       </c>
       <c r="C805" s="1" t="s">
-        <v>1806</v>
+        <v>1820</v>
       </c>
       <c r="D805" s="1"/>
       <c r="E805" s="1"/>
       <c r="F805" s="1" t="s">
-        <v>1823</v>
+        <v>1821</v>
       </c>
       <c r="G805" s="1" t="s">
-        <v>1824</v>
+        <v>1822</v>
       </c>
       <c r="H805" s="3">
-        <v>26.5</v>
+        <v>10.99</v>
       </c>
     </row>
     <row r="806">
       <c r="A806" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B806" s="1" t="s">
-        <v>178</v>
+        <v>1819</v>
       </c>
       <c r="C806" s="1" t="s">
-        <v>1806</v>
+        <v>1820</v>
       </c>
       <c r="D806" s="1"/>
       <c r="E806" s="1"/>
       <c r="F806" s="1" t="s">
-        <v>1825</v>
+        <v>1823</v>
       </c>
       <c r="G806" s="1" t="s">
-        <v>1826</v>
+        <v>1824</v>
       </c>
       <c r="H806" s="3">
-        <v>35</v>
+        <v>13.49</v>
       </c>
     </row>
     <row r="807">
       <c r="A807" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B807" s="1" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="C807" s="1" t="s">
-        <v>1806</v>
+        <v>175</v>
       </c>
       <c r="D807" s="1"/>
       <c r="E807" s="1"/>
       <c r="F807" s="1" t="s">
-        <v>1827</v>
+        <v>1825</v>
       </c>
       <c r="G807" s="1" t="s">
-        <v>1828</v>
+        <v>1826</v>
       </c>
       <c r="H807" s="3">
-        <v>29.99</v>
+        <v>16.99</v>
       </c>
     </row>
     <row r="808">
       <c r="A808" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B808" s="1" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="C808" s="1" t="s">
-        <v>1806</v>
-[...1 lines deleted...]
-      <c r="D808" s="1"/>
+        <v>175</v>
+      </c>
+      <c r="D808" s="1" t="s">
+        <v>410</v>
+      </c>
       <c r="E808" s="1"/>
       <c r="F808" s="1" t="s">
-        <v>1829</v>
+        <v>1827</v>
       </c>
       <c r="G808" s="1" t="s">
-        <v>1830</v>
+        <v>1828</v>
       </c>
       <c r="H808" s="3">
-        <v>10.75</v>
+        <v>9.99</v>
       </c>
     </row>
     <row r="809">
       <c r="A809" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B809" s="1" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="C809" s="1" t="s">
-        <v>1806</v>
-[...1 lines deleted...]
-      <c r="D809" s="1"/>
+        <v>175</v>
+      </c>
+      <c r="D809" s="1" t="s">
+        <v>1829</v>
+      </c>
       <c r="E809" s="1"/>
       <c r="F809" s="1" t="s">
+        <v>1830</v>
+      </c>
+      <c r="G809" s="1" t="s">
         <v>1831</v>
       </c>
-      <c r="G809" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H809" s="3">
-        <v>43.49</v>
+        <v>16.99</v>
       </c>
     </row>
     <row r="810">
       <c r="A810" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B810" s="1" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="C810" s="1" t="s">
-        <v>1806</v>
-[...1 lines deleted...]
-      <c r="D810" s="1"/>
+        <v>175</v>
+      </c>
+      <c r="D810" s="1" t="s">
+        <v>1829</v>
+      </c>
       <c r="E810" s="1"/>
       <c r="F810" s="1" t="s">
+        <v>1832</v>
+      </c>
+      <c r="G810" s="1" t="s">
         <v>1833</v>
       </c>
-      <c r="G810" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H810" s="3">
-        <v>13.49</v>
+        <v>17.19</v>
       </c>
     </row>
     <row r="811">
       <c r="A811" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B811" s="1" t="s">
-        <v>1835</v>
+        <v>174</v>
       </c>
       <c r="C811" s="1" t="s">
-        <v>1836</v>
-[...1 lines deleted...]
-      <c r="D811" s="1"/>
+        <v>175</v>
+      </c>
+      <c r="D811" s="1" t="s">
+        <v>1834</v>
+      </c>
       <c r="E811" s="1"/>
       <c r="F811" s="1" t="s">
-        <v>1837</v>
+        <v>1835</v>
       </c>
       <c r="G811" s="1" t="s">
-        <v>1838</v>
+        <v>1836</v>
       </c>
       <c r="H811" s="3">
-        <v>10.99</v>
+        <v>46.99</v>
       </c>
     </row>
     <row r="812">
       <c r="A812" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B812" s="1" t="s">
-        <v>1835</v>
+        <v>174</v>
       </c>
       <c r="C812" s="1" t="s">
-        <v>1836</v>
-[...2 lines deleted...]
-      <c r="E812" s="1"/>
+        <v>175</v>
+      </c>
+      <c r="D812" s="1" t="s">
+        <v>1834</v>
+      </c>
+      <c r="E812" s="1" t="s">
+        <v>1837</v>
+      </c>
       <c r="F812" s="1" t="s">
+        <v>1838</v>
+      </c>
+      <c r="G812" s="1" t="s">
         <v>1839</v>
       </c>
-      <c r="G812" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H812" s="3">
-        <v>13.49</v>
+        <v>94.99</v>
       </c>
     </row>
     <row r="813">
       <c r="A813" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B813" s="1" t="s">
-        <v>182</v>
+        <v>174</v>
       </c>
       <c r="C813" s="1" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-      <c r="E813" s="1"/>
+        <v>175</v>
+      </c>
+      <c r="D813" s="1" t="s">
+        <v>1834</v>
+      </c>
+      <c r="E813" s="1" t="s">
+        <v>1837</v>
+      </c>
       <c r="F813" s="1" t="s">
+        <v>1840</v>
+      </c>
+      <c r="G813" s="1" t="s">
         <v>1841</v>
       </c>
-      <c r="G813" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H813" s="3">
-        <v>16.99</v>
+        <v>200</v>
       </c>
     </row>
     <row r="814">
       <c r="A814" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B814" s="1" t="s">
-        <v>182</v>
+        <v>174</v>
       </c>
       <c r="C814" s="1" t="s">
-        <v>183</v>
+        <v>175</v>
       </c>
       <c r="D814" s="1" t="s">
-        <v>425</v>
+        <v>1842</v>
       </c>
       <c r="E814" s="1"/>
       <c r="F814" s="1" t="s">
         <v>1843</v>
       </c>
       <c r="G814" s="1" t="s">
         <v>1844</v>
       </c>
       <c r="H814" s="3">
-        <v>9.99</v>
+        <v>34.99</v>
       </c>
     </row>
     <row r="815">
       <c r="A815" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B815" s="1" t="s">
-        <v>182</v>
+        <v>174</v>
       </c>
       <c r="C815" s="1" t="s">
-        <v>183</v>
+        <v>175</v>
       </c>
       <c r="D815" s="1" t="s">
+        <v>1842</v>
+      </c>
+      <c r="E815" s="1" t="s">
         <v>1845</v>
       </c>
-      <c r="E815" s="1"/>
       <c r="F815" s="1" t="s">
         <v>1846</v>
       </c>
       <c r="G815" s="1" t="s">
         <v>1847</v>
       </c>
       <c r="H815" s="3">
-        <v>16.99</v>
+        <v>150</v>
       </c>
     </row>
     <row r="816">
       <c r="A816" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B816" s="1" t="s">
-        <v>182</v>
+        <v>174</v>
       </c>
       <c r="C816" s="1" t="s">
-        <v>183</v>
+        <v>175</v>
       </c>
       <c r="D816" s="1" t="s">
+        <v>1842</v>
+      </c>
+      <c r="E816" s="1" t="s">
         <v>1845</v>
       </c>
-      <c r="E816" s="1"/>
       <c r="F816" s="1" t="s">
         <v>1848</v>
       </c>
       <c r="G816" s="1" t="s">
         <v>1849</v>
       </c>
       <c r="H816" s="3">
-        <v>17.19</v>
+        <v>62.99</v>
       </c>
     </row>
     <row r="817">
       <c r="A817" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B817" s="1" t="s">
-        <v>182</v>
+        <v>174</v>
       </c>
       <c r="C817" s="1" t="s">
-        <v>183</v>
+        <v>175</v>
       </c>
       <c r="D817" s="1" t="s">
+        <v>1842</v>
+      </c>
+      <c r="E817" s="1" t="s">
+        <v>1845</v>
+      </c>
+      <c r="F817" s="1" t="s">
         <v>1850</v>
       </c>
-      <c r="E817" s="1"/>
-      <c r="F817" s="1" t="s">
+      <c r="G817" s="1" t="s">
         <v>1851</v>
       </c>
-      <c r="G817" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H817" s="3">
-        <v>46.99</v>
+        <v>72.99</v>
       </c>
     </row>
     <row r="818">
       <c r="A818" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B818" s="1" t="s">
-        <v>182</v>
+        <v>174</v>
       </c>
       <c r="C818" s="1" t="s">
-        <v>183</v>
+        <v>175</v>
       </c>
       <c r="D818" s="1" t="s">
-        <v>1850</v>
+        <v>1842</v>
       </c>
       <c r="E818" s="1" t="s">
+        <v>1845</v>
+      </c>
+      <c r="F818" s="1" t="s">
+        <v>1852</v>
+      </c>
+      <c r="G818" s="1" t="s">
         <v>1853</v>
       </c>
-      <c r="F818" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H818" s="3">
-        <v>94.99</v>
+        <v>54.99</v>
       </c>
     </row>
     <row r="819">
       <c r="A819" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B819" s="1" t="s">
-        <v>182</v>
+        <v>174</v>
       </c>
       <c r="C819" s="1" t="s">
-        <v>183</v>
+        <v>175</v>
       </c>
       <c r="D819" s="1" t="s">
-        <v>1850</v>
+        <v>1842</v>
       </c>
       <c r="E819" s="1" t="s">
-        <v>1853</v>
+        <v>1854</v>
       </c>
       <c r="F819" s="1" t="s">
+        <v>1855</v>
+      </c>
+      <c r="G819" s="1" t="s">
         <v>1856</v>
       </c>
-      <c r="G819" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H819" s="3">
-        <v>200</v>
+        <v>39.99</v>
       </c>
     </row>
     <row r="820">
       <c r="A820" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B820" s="1" t="s">
-        <v>182</v>
+        <v>174</v>
       </c>
       <c r="C820" s="1" t="s">
-        <v>183</v>
+        <v>175</v>
       </c>
       <c r="D820" s="1" t="s">
+        <v>1842</v>
+      </c>
+      <c r="E820" s="1" t="s">
+        <v>1854</v>
+      </c>
+      <c r="F820" s="1" t="s">
+        <v>1857</v>
+      </c>
+      <c r="G820" s="1" t="s">
         <v>1858</v>
       </c>
-      <c r="E820" s="1"/>
-[...5 lines deleted...]
-      </c>
       <c r="H820" s="3">
-        <v>34.99</v>
+        <v>42.99</v>
       </c>
     </row>
     <row r="821">
       <c r="A821" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B821" s="1" t="s">
-        <v>182</v>
+        <v>174</v>
       </c>
       <c r="C821" s="1" t="s">
-        <v>183</v>
+        <v>175</v>
       </c>
       <c r="D821" s="1" t="s">
-        <v>1858</v>
+        <v>1842</v>
       </c>
       <c r="E821" s="1" t="s">
-        <v>1861</v>
+        <v>1854</v>
       </c>
       <c r="F821" s="1" t="s">
-        <v>1862</v>
+        <v>1859</v>
       </c>
       <c r="G821" s="1" t="s">
-        <v>1863</v>
+        <v>1860</v>
       </c>
       <c r="H821" s="3">
-        <v>150</v>
+        <v>57.5</v>
       </c>
     </row>
     <row r="822">
       <c r="A822" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B822" s="1" t="s">
-        <v>182</v>
+        <v>174</v>
       </c>
       <c r="C822" s="1" t="s">
-        <v>183</v>
+        <v>175</v>
       </c>
       <c r="D822" s="1" t="s">
-        <v>1858</v>
+        <v>1842</v>
       </c>
       <c r="E822" s="1" t="s">
+        <v>1854</v>
+      </c>
+      <c r="F822" s="1" t="s">
         <v>1861</v>
       </c>
-      <c r="F822" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G822" s="1" t="s">
-        <v>1865</v>
+        <v>1862</v>
       </c>
       <c r="H822" s="3">
-        <v>62.99</v>
+        <v>41.99</v>
       </c>
     </row>
     <row r="823">
       <c r="A823" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B823" s="1" t="s">
-        <v>182</v>
+        <v>174</v>
       </c>
       <c r="C823" s="1" t="s">
-        <v>183</v>
+        <v>175</v>
       </c>
       <c r="D823" s="1" t="s">
-        <v>1858</v>
+        <v>1842</v>
       </c>
       <c r="E823" s="1" t="s">
-        <v>1861</v>
+        <v>1854</v>
       </c>
       <c r="F823" s="1" t="s">
-        <v>1866</v>
+        <v>1863</v>
       </c>
       <c r="G823" s="1" t="s">
-        <v>1867</v>
+        <v>1864</v>
       </c>
       <c r="H823" s="3">
-        <v>72.99</v>
+        <v>64.99</v>
       </c>
     </row>
     <row r="824">
       <c r="A824" s="1" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B824" s="1" t="s">
-        <v>182</v>
+        <v>174</v>
       </c>
       <c r="C824" s="1" t="s">
-        <v>183</v>
+        <v>1865</v>
       </c>
       <c r="D824" s="1" t="s">
-        <v>1858</v>
-[...3 lines deleted...]
-      </c>
+        <v>1866</v>
+      </c>
+      <c r="E824" s="1"/>
       <c r="F824" s="1" t="s">
+        <v>1867</v>
+      </c>
+      <c r="G824" s="1" t="s">
         <v>1868</v>
       </c>
-      <c r="G824" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H824" s="3">
-        <v>54.99</v>
+        <v>42.5</v>
       </c>
     </row>
     <row r="825">
       <c r="A825" s="1" t="s">
-        <v>331</v>
+        <v>1869</v>
       </c>
       <c r="B825" s="1" t="s">
-        <v>182</v>
+        <v>137</v>
       </c>
       <c r="C825" s="1" t="s">
-        <v>183</v>
+        <v>138</v>
       </c>
       <c r="D825" s="1" t="s">
-        <v>1858</v>
-[...1 lines deleted...]
-      <c r="E825" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="E825" s="1"/>
+      <c r="F825" s="1" t="s">
         <v>1870</v>
       </c>
-      <c r="F825" s="1" t="s">
+      <c r="G825" s="1" t="s">
         <v>1871</v>
       </c>
-      <c r="G825" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H825" s="3">
-        <v>39.99</v>
+        <v>14.99</v>
       </c>
     </row>
     <row r="826">
       <c r="A826" s="1" t="s">
-        <v>331</v>
+        <v>1869</v>
       </c>
       <c r="B826" s="1" t="s">
-        <v>182</v>
+        <v>137</v>
       </c>
       <c r="C826" s="1" t="s">
-        <v>183</v>
+        <v>138</v>
       </c>
       <c r="D826" s="1" t="s">
-        <v>1858</v>
-[...3 lines deleted...]
-      </c>
+        <v>349</v>
+      </c>
+      <c r="E826" s="1"/>
       <c r="F826" s="1" t="s">
+        <v>1872</v>
+      </c>
+      <c r="G826" s="1" t="s">
         <v>1873</v>
       </c>
-      <c r="G826" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H826" s="3">
-        <v>42.99</v>
+        <v>10.99</v>
       </c>
     </row>
     <row r="827">
       <c r="A827" s="1" t="s">
-        <v>331</v>
+        <v>1869</v>
       </c>
       <c r="B827" s="1" t="s">
-        <v>182</v>
+        <v>409</v>
       </c>
       <c r="C827" s="1" t="s">
-        <v>183</v>
-[...6 lines deleted...]
-      </c>
+        <v>410</v>
+      </c>
+      <c r="D827" s="1"/>
+      <c r="E827" s="1"/>
       <c r="F827" s="1" t="s">
+        <v>1874</v>
+      </c>
+      <c r="G827" s="1" t="s">
         <v>1875</v>
       </c>
-      <c r="G827" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H827" s="3">
-        <v>57.5</v>
+        <v>8.69</v>
       </c>
     </row>
     <row r="828">
       <c r="A828" s="1" t="s">
-        <v>331</v>
+        <v>1869</v>
       </c>
       <c r="B828" s="1" t="s">
-        <v>182</v>
+        <v>429</v>
       </c>
       <c r="C828" s="1" t="s">
-        <v>183</v>
+        <v>430</v>
       </c>
       <c r="D828" s="1" t="s">
-        <v>1858</v>
+        <v>431</v>
       </c>
       <c r="E828" s="1" t="s">
-        <v>1870</v>
+        <v>432</v>
       </c>
       <c r="F828" s="1" t="s">
+        <v>1876</v>
+      </c>
+      <c r="G828" s="1" t="s">
         <v>1877</v>
       </c>
-      <c r="G828" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H828" s="3">
-        <v>41.99</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="829">
       <c r="A829" s="1" t="s">
-        <v>331</v>
+        <v>1869</v>
       </c>
       <c r="B829" s="1" t="s">
-        <v>182</v>
+        <v>9</v>
       </c>
       <c r="C829" s="1" t="s">
-        <v>183</v>
-[...6 lines deleted...]
-      </c>
+        <v>1328</v>
+      </c>
+      <c r="D829" s="1"/>
+      <c r="E829" s="1"/>
       <c r="F829" s="1" t="s">
+        <v>1878</v>
+      </c>
+      <c r="G829" s="1" t="s">
         <v>1879</v>
       </c>
-      <c r="G829" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H829" s="3">
-        <v>64.99</v>
+        <v>12.99</v>
       </c>
     </row>
     <row r="830">
       <c r="A830" s="1" t="s">
-        <v>331</v>
+        <v>1869</v>
       </c>
       <c r="B830" s="1" t="s">
-        <v>182</v>
+        <v>9</v>
       </c>
       <c r="C830" s="1" t="s">
-        <v>1881</v>
-[...3 lines deleted...]
-      </c>
+        <v>287</v>
+      </c>
+      <c r="D830" s="1"/>
       <c r="E830" s="1"/>
       <c r="F830" s="1" t="s">
-        <v>1883</v>
+        <v>1880</v>
       </c>
       <c r="G830" s="1" t="s">
-        <v>1884</v>
+        <v>1881</v>
       </c>
       <c r="H830" s="3">
-        <v>42.5</v>
+        <v>10.99</v>
       </c>
     </row>
     <row r="831">
       <c r="A831" s="1" t="s">
-        <v>1885</v>
+        <v>1869</v>
       </c>
       <c r="B831" s="1" t="s">
-        <v>141</v>
+        <v>9</v>
       </c>
       <c r="C831" s="1" t="s">
-        <v>142</v>
-[...3 lines deleted...]
-      </c>
+        <v>287</v>
+      </c>
+      <c r="D831" s="1"/>
       <c r="E831" s="1"/>
       <c r="F831" s="1" t="s">
-        <v>1886</v>
+        <v>1882</v>
       </c>
       <c r="G831" s="1" t="s">
-        <v>1887</v>
+        <v>1883</v>
       </c>
       <c r="H831" s="3">
-        <v>14.99</v>
+        <v>11.99</v>
       </c>
     </row>
     <row r="832">
       <c r="A832" s="1" t="s">
-        <v>1885</v>
+        <v>1869</v>
       </c>
       <c r="B832" s="1" t="s">
-        <v>141</v>
+        <v>9</v>
       </c>
       <c r="C832" s="1" t="s">
-        <v>142</v>
-[...3 lines deleted...]
-      </c>
+        <v>287</v>
+      </c>
+      <c r="D832" s="1"/>
       <c r="E832" s="1"/>
       <c r="F832" s="1" t="s">
-        <v>1888</v>
+        <v>1884</v>
       </c>
       <c r="G832" s="1" t="s">
-        <v>1889</v>
+        <v>1885</v>
       </c>
       <c r="H832" s="3">
         <v>10.99</v>
       </c>
     </row>
     <row r="833">
       <c r="A833" s="1" t="s">
-        <v>1885</v>
+        <v>1869</v>
       </c>
       <c r="B833" s="1" t="s">
-        <v>424</v>
+        <v>9</v>
       </c>
       <c r="C833" s="1" t="s">
-        <v>425</v>
+        <v>287</v>
       </c>
       <c r="D833" s="1"/>
       <c r="E833" s="1"/>
       <c r="F833" s="1" t="s">
-        <v>1890</v>
+        <v>1886</v>
       </c>
       <c r="G833" s="1" t="s">
-        <v>1891</v>
+        <v>1887</v>
       </c>
       <c r="H833" s="3">
-        <v>8.69</v>
+        <v>9.99</v>
       </c>
     </row>
     <row r="834">
       <c r="A834" s="1" t="s">
-        <v>1885</v>
+        <v>1869</v>
       </c>
       <c r="B834" s="1" t="s">
-        <v>446</v>
+        <v>9</v>
       </c>
       <c r="C834" s="1" t="s">
-        <v>447</v>
-[...6 lines deleted...]
-      </c>
+        <v>287</v>
+      </c>
+      <c r="D834" s="1"/>
+      <c r="E834" s="1"/>
       <c r="F834" s="1" t="s">
-        <v>1892</v>
+        <v>1888</v>
       </c>
       <c r="G834" s="1" t="s">
-        <v>1893</v>
+        <v>1889</v>
       </c>
       <c r="H834" s="3">
-        <v>19.99</v>
+        <v>9.49</v>
       </c>
     </row>
     <row r="835">
       <c r="A835" s="1" t="s">
-        <v>1885</v>
+        <v>1869</v>
       </c>
       <c r="B835" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C835" s="1" t="s">
-        <v>1357</v>
+        <v>287</v>
       </c>
       <c r="D835" s="1"/>
       <c r="E835" s="1"/>
       <c r="F835" s="1" t="s">
-        <v>1894</v>
+        <v>1890</v>
       </c>
       <c r="G835" s="1" t="s">
-        <v>1895</v>
+        <v>1891</v>
       </c>
       <c r="H835" s="3">
-        <v>12.99</v>
+        <v>14.99</v>
       </c>
     </row>
     <row r="836">
       <c r="A836" s="1" t="s">
-        <v>1885</v>
+        <v>1869</v>
       </c>
       <c r="B836" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C836" s="1" t="s">
-        <v>295</v>
-[...1 lines deleted...]
-      <c r="D836" s="1"/>
+        <v>287</v>
+      </c>
+      <c r="D836" s="1" t="s">
+        <v>1392</v>
+      </c>
       <c r="E836" s="1"/>
       <c r="F836" s="1" t="s">
-        <v>1896</v>
+        <v>1892</v>
       </c>
       <c r="G836" s="1" t="s">
-        <v>1897</v>
+        <v>1893</v>
       </c>
       <c r="H836" s="3">
-        <v>10.99</v>
+        <v>4.19</v>
       </c>
     </row>
     <row r="837">
       <c r="A837" s="1" t="s">
-        <v>1885</v>
+        <v>1869</v>
       </c>
       <c r="B837" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C837" s="1" t="s">
-        <v>295</v>
+        <v>1399</v>
       </c>
       <c r="D837" s="1"/>
       <c r="E837" s="1"/>
       <c r="F837" s="1" t="s">
-        <v>1898</v>
+        <v>1894</v>
       </c>
       <c r="G837" s="1" t="s">
-        <v>1899</v>
+        <v>1895</v>
       </c>
       <c r="H837" s="3">
-        <v>11.99</v>
+        <v>10.99</v>
       </c>
     </row>
     <row r="838">
       <c r="A838" s="1" t="s">
-        <v>1885</v>
+        <v>1869</v>
       </c>
       <c r="B838" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C838" s="1" t="s">
-        <v>295</v>
+        <v>1399</v>
       </c>
       <c r="D838" s="1"/>
       <c r="E838" s="1"/>
       <c r="F838" s="1" t="s">
-        <v>1900</v>
+        <v>1896</v>
       </c>
       <c r="G838" s="1" t="s">
-        <v>1901</v>
+        <v>1897</v>
       </c>
       <c r="H838" s="3">
-        <v>10.99</v>
+        <v>14.99</v>
       </c>
     </row>
     <row r="839">
       <c r="A839" s="1" t="s">
-        <v>1885</v>
+        <v>1869</v>
       </c>
       <c r="B839" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C839" s="1" t="s">
-        <v>295</v>
+        <v>1418</v>
       </c>
       <c r="D839" s="1"/>
       <c r="E839" s="1"/>
       <c r="F839" s="1" t="s">
-        <v>1902</v>
+        <v>1898</v>
       </c>
       <c r="G839" s="1" t="s">
-        <v>1903</v>
+        <v>1899</v>
       </c>
       <c r="H839" s="3">
-        <v>9.99</v>
+        <v>14.99</v>
       </c>
     </row>
     <row r="840">
       <c r="A840" s="1" t="s">
-        <v>1885</v>
+        <v>1869</v>
       </c>
       <c r="B840" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C840" s="1" t="s">
-        <v>295</v>
+        <v>1418</v>
       </c>
       <c r="D840" s="1"/>
       <c r="E840" s="1"/>
       <c r="F840" s="1" t="s">
-        <v>1904</v>
+        <v>1900</v>
       </c>
       <c r="G840" s="1" t="s">
-        <v>1905</v>
+        <v>1901</v>
       </c>
       <c r="H840" s="3">
-        <v>9.49</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="841">
       <c r="A841" s="1" t="s">
-        <v>1885</v>
+        <v>1869</v>
       </c>
       <c r="B841" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C841" s="1" t="s">
-        <v>295</v>
-[...3 lines deleted...]
-      </c>
+        <v>1418</v>
+      </c>
+      <c r="D841" s="1"/>
       <c r="E841" s="1"/>
       <c r="F841" s="1" t="s">
-        <v>1906</v>
+        <v>1902</v>
       </c>
       <c r="G841" s="1" t="s">
-        <v>1907</v>
+        <v>1903</v>
       </c>
       <c r="H841" s="3">
-        <v>4.19</v>
+        <v>54.99</v>
       </c>
     </row>
     <row r="842">
       <c r="A842" s="1" t="s">
-        <v>1885</v>
+        <v>1869</v>
       </c>
       <c r="B842" s="1" t="s">
-        <v>9</v>
+        <v>166</v>
       </c>
       <c r="C842" s="1" t="s">
-        <v>1408</v>
+        <v>167</v>
       </c>
       <c r="D842" s="1"/>
       <c r="E842" s="1"/>
       <c r="F842" s="1" t="s">
-        <v>1908</v>
+        <v>1904</v>
       </c>
       <c r="G842" s="1" t="s">
-        <v>1909</v>
+        <v>1905</v>
       </c>
       <c r="H842" s="3">
-        <v>14.99</v>
+        <v>8.99</v>
       </c>
     </row>
     <row r="843">
       <c r="A843" s="1" t="s">
-        <v>1885</v>
+        <v>1869</v>
       </c>
       <c r="B843" s="1" t="s">
-        <v>9</v>
+        <v>166</v>
       </c>
       <c r="C843" s="1" t="s">
-        <v>1427</v>
+        <v>167</v>
       </c>
       <c r="D843" s="1"/>
       <c r="E843" s="1"/>
       <c r="F843" s="1" t="s">
-        <v>1910</v>
+        <v>1906</v>
       </c>
       <c r="G843" s="1" t="s">
-        <v>1911</v>
+        <v>1907</v>
       </c>
       <c r="H843" s="3">
-        <v>17.49</v>
+        <v>9.99</v>
       </c>
     </row>
     <row r="844">
       <c r="A844" s="1" t="s">
-        <v>1885</v>
+        <v>1869</v>
       </c>
       <c r="B844" s="1" t="s">
-        <v>9</v>
+        <v>166</v>
       </c>
       <c r="C844" s="1" t="s">
-        <v>1427</v>
-[...1 lines deleted...]
-      <c r="D844" s="1"/>
+        <v>167</v>
+      </c>
+      <c r="D844" s="1" t="s">
+        <v>307</v>
+      </c>
       <c r="E844" s="1"/>
       <c r="F844" s="1" t="s">
-        <v>1912</v>
+        <v>1908</v>
       </c>
       <c r="G844" s="1" t="s">
-        <v>1913</v>
+        <v>1909</v>
       </c>
       <c r="H844" s="3">
-        <v>14.99</v>
+        <v>8.99</v>
       </c>
     </row>
     <row r="845">
       <c r="A845" s="1" t="s">
-        <v>1885</v>
+        <v>1869</v>
       </c>
       <c r="B845" s="1" t="s">
-        <v>9</v>
+        <v>166</v>
       </c>
       <c r="C845" s="1" t="s">
-        <v>1427</v>
-[...1 lines deleted...]
-      <c r="D845" s="1"/>
+        <v>167</v>
+      </c>
+      <c r="D845" s="1" t="s">
+        <v>310</v>
+      </c>
       <c r="E845" s="1"/>
       <c r="F845" s="1" t="s">
-        <v>1914</v>
+        <v>1910</v>
       </c>
       <c r="G845" s="1" t="s">
-        <v>1915</v>
+        <v>1911</v>
       </c>
       <c r="H845" s="3">
-        <v>18.99</v>
+        <v>8.99</v>
       </c>
     </row>
     <row r="846">
       <c r="A846" s="1" t="s">
-        <v>1885</v>
+        <v>1869</v>
       </c>
       <c r="B846" s="1" t="s">
-        <v>9</v>
+        <v>1714</v>
       </c>
       <c r="C846" s="1" t="s">
-        <v>1427</v>
-[...1 lines deleted...]
-      <c r="D846" s="1"/>
+        <v>1725</v>
+      </c>
+      <c r="D846" s="1" t="s">
+        <v>1726</v>
+      </c>
       <c r="E846" s="1"/>
       <c r="F846" s="1" t="s">
-        <v>1916</v>
+        <v>1912</v>
       </c>
       <c r="G846" s="1" t="s">
-        <v>1917</v>
+        <v>1913</v>
       </c>
       <c r="H846" s="3">
-        <v>54.99</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="847">
       <c r="A847" s="1" t="s">
-        <v>1885</v>
+        <v>1869</v>
       </c>
       <c r="B847" s="1" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="C847" s="1" t="s">
-        <v>175</v>
+        <v>1763</v>
       </c>
       <c r="D847" s="1"/>
       <c r="E847" s="1"/>
       <c r="F847" s="1" t="s">
-        <v>1918</v>
+        <v>1914</v>
       </c>
       <c r="G847" s="1" t="s">
-        <v>1919</v>
+        <v>1915</v>
       </c>
       <c r="H847" s="3">
-        <v>8.99</v>
+        <v>2.99</v>
       </c>
     </row>
     <row r="848">
       <c r="A848" s="1" t="s">
-        <v>1885</v>
+        <v>1869</v>
       </c>
       <c r="B848" s="1" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="C848" s="1" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
       <c r="D848" s="1"/>
       <c r="E848" s="1"/>
       <c r="F848" s="1" t="s">
-        <v>1920</v>
+        <v>1916</v>
       </c>
       <c r="G848" s="1" t="s">
-        <v>1921</v>
+        <v>1917</v>
       </c>
       <c r="H848" s="3">
-        <v>9.99</v>
+        <v>8.99</v>
       </c>
     </row>
     <row r="849">
       <c r="A849" s="1" t="s">
-        <v>1885</v>
+        <v>1869</v>
       </c>
       <c r="B849" s="1" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="C849" s="1" t="s">
-        <v>175</v>
-[...3 lines deleted...]
-      </c>
+        <v>171</v>
+      </c>
+      <c r="D849" s="1"/>
       <c r="E849" s="1"/>
       <c r="F849" s="1" t="s">
-        <v>1922</v>
+        <v>1918</v>
       </c>
       <c r="G849" s="1" t="s">
-        <v>1923</v>
+        <v>1919</v>
       </c>
       <c r="H849" s="3">
         <v>8.99</v>
       </c>
     </row>
     <row r="850">
       <c r="A850" s="1" t="s">
-        <v>1885</v>
+        <v>1869</v>
       </c>
       <c r="B850" s="1" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="C850" s="1" t="s">
-        <v>175</v>
-[...3 lines deleted...]
-      </c>
+        <v>171</v>
+      </c>
+      <c r="D850" s="1"/>
       <c r="E850" s="1"/>
       <c r="F850" s="1" t="s">
-        <v>1924</v>
+        <v>1920</v>
       </c>
       <c r="G850" s="1" t="s">
-        <v>1925</v>
+        <v>1921</v>
       </c>
       <c r="H850" s="3">
-        <v>8.99</v>
+        <v>9.99</v>
       </c>
     </row>
     <row r="851">
       <c r="A851" s="1" t="s">
-        <v>1885</v>
+        <v>1869</v>
       </c>
       <c r="B851" s="1" t="s">
-        <v>187</v>
+        <v>1819</v>
       </c>
       <c r="C851" s="1" t="s">
-        <v>191</v>
-[...3 lines deleted...]
-      </c>
+        <v>1820</v>
+      </c>
+      <c r="D851" s="1"/>
       <c r="E851" s="1"/>
       <c r="F851" s="1" t="s">
-        <v>1927</v>
+        <v>1922</v>
       </c>
       <c r="G851" s="1" t="s">
-        <v>1928</v>
+        <v>1923</v>
       </c>
       <c r="H851" s="3">
-        <v>9.89</v>
+        <v>10.69</v>
       </c>
     </row>
     <row r="852">
       <c r="A852" s="1" t="s">
-        <v>1885</v>
+        <v>1869</v>
       </c>
       <c r="B852" s="1" t="s">
-        <v>1723</v>
+        <v>1819</v>
       </c>
       <c r="C852" s="1" t="s">
-        <v>1739</v>
-[...3 lines deleted...]
-      </c>
+        <v>1820</v>
+      </c>
+      <c r="D852" s="1"/>
       <c r="E852" s="1"/>
       <c r="F852" s="1" t="s">
-        <v>1929</v>
+        <v>1924</v>
       </c>
       <c r="G852" s="1" t="s">
-        <v>1930</v>
+        <v>1925</v>
       </c>
       <c r="H852" s="3">
-        <v>19.99</v>
+        <v>12.99</v>
       </c>
     </row>
     <row r="853">
       <c r="A853" s="1" t="s">
-        <v>1885</v>
+        <v>1869</v>
       </c>
       <c r="B853" s="1" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="C853" s="1" t="s">
-        <v>1779</v>
+        <v>175</v>
       </c>
       <c r="D853" s="1"/>
       <c r="E853" s="1"/>
       <c r="F853" s="1" t="s">
-        <v>1931</v>
+        <v>1926</v>
       </c>
       <c r="G853" s="1" t="s">
-        <v>1932</v>
+        <v>1927</v>
       </c>
       <c r="H853" s="3">
-        <v>2.99</v>
+        <v>10.49</v>
       </c>
     </row>
     <row r="854">
       <c r="A854" s="1" t="s">
-        <v>1885</v>
+        <v>1869</v>
       </c>
       <c r="B854" s="1" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="C854" s="1" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="D854" s="1"/>
       <c r="E854" s="1"/>
       <c r="F854" s="1" t="s">
-        <v>1933</v>
+        <v>1928</v>
       </c>
       <c r="G854" s="1" t="s">
-        <v>1934</v>
+        <v>1929</v>
       </c>
       <c r="H854" s="3">
         <v>8.99</v>
       </c>
     </row>
     <row r="855">
       <c r="A855" s="1" t="s">
-        <v>1885</v>
+        <v>1930</v>
       </c>
       <c r="B855" s="1" t="s">
-        <v>178</v>
+        <v>137</v>
       </c>
       <c r="C855" s="1" t="s">
-        <v>179</v>
-[...1 lines deleted...]
-      <c r="D855" s="1"/>
+        <v>138</v>
+      </c>
+      <c r="D855" s="1" t="s">
+        <v>349</v>
+      </c>
       <c r="E855" s="1"/>
       <c r="F855" s="1" t="s">
-        <v>1935</v>
+        <v>1931</v>
       </c>
       <c r="G855" s="1" t="s">
-        <v>1936</v>
+        <v>1932</v>
       </c>
       <c r="H855" s="3">
-        <v>8.99</v>
+        <v>13.19</v>
       </c>
     </row>
     <row r="856">
       <c r="A856" s="1" t="s">
-        <v>1885</v>
+        <v>1930</v>
       </c>
       <c r="B856" s="1" t="s">
-        <v>178</v>
+        <v>429</v>
       </c>
       <c r="C856" s="1" t="s">
-        <v>179</v>
-[...1 lines deleted...]
-      <c r="D856" s="1"/>
+        <v>430</v>
+      </c>
+      <c r="D856" s="1" t="s">
+        <v>431</v>
+      </c>
       <c r="E856" s="1"/>
       <c r="F856" s="1" t="s">
-        <v>1937</v>
+        <v>1933</v>
       </c>
       <c r="G856" s="1" t="s">
-        <v>1938</v>
+        <v>1934</v>
       </c>
       <c r="H856" s="3">
-        <v>9.99</v>
+        <v>44.99</v>
       </c>
     </row>
     <row r="857">
       <c r="A857" s="1" t="s">
-        <v>1885</v>
+        <v>1930</v>
       </c>
       <c r="B857" s="1" t="s">
-        <v>178</v>
+        <v>429</v>
       </c>
       <c r="C857" s="1" t="s">
-        <v>1806</v>
+        <v>430</v>
       </c>
       <c r="D857" s="1" t="s">
-        <v>1939</v>
+        <v>431</v>
       </c>
       <c r="E857" s="1"/>
       <c r="F857" s="1" t="s">
-        <v>1940</v>
+        <v>1935</v>
       </c>
       <c r="G857" s="1" t="s">
-        <v>1941</v>
+        <v>1936</v>
       </c>
       <c r="H857" s="3">
-        <v>10.99</v>
+        <v>44.99</v>
       </c>
     </row>
     <row r="858">
       <c r="A858" s="1" t="s">
-        <v>1885</v>
+        <v>1930</v>
       </c>
       <c r="B858" s="1" t="s">
-        <v>1835</v>
+        <v>429</v>
       </c>
       <c r="C858" s="1" t="s">
-        <v>1836</v>
-[...1 lines deleted...]
-      <c r="D858" s="1"/>
+        <v>430</v>
+      </c>
+      <c r="D858" s="1" t="s">
+        <v>431</v>
+      </c>
       <c r="E858" s="1"/>
       <c r="F858" s="1" t="s">
-        <v>1942</v>
+        <v>1937</v>
       </c>
       <c r="G858" s="1" t="s">
-        <v>1943</v>
+        <v>1938</v>
       </c>
       <c r="H858" s="3">
-        <v>10.69</v>
+        <v>43.99</v>
       </c>
     </row>
     <row r="859">
       <c r="A859" s="1" t="s">
-        <v>1885</v>
+        <v>1930</v>
       </c>
       <c r="B859" s="1" t="s">
-        <v>1835</v>
+        <v>429</v>
       </c>
       <c r="C859" s="1" t="s">
-        <v>1836</v>
-[...1 lines deleted...]
-      <c r="D859" s="1"/>
+        <v>430</v>
+      </c>
+      <c r="D859" s="1" t="s">
+        <v>431</v>
+      </c>
       <c r="E859" s="1"/>
       <c r="F859" s="1" t="s">
-        <v>1944</v>
+        <v>1939</v>
       </c>
       <c r="G859" s="1" t="s">
-        <v>1945</v>
+        <v>1940</v>
       </c>
       <c r="H859" s="3">
-        <v>12.99</v>
+        <v>75.49</v>
       </c>
     </row>
     <row r="860">
       <c r="A860" s="1" t="s">
-        <v>1885</v>
+        <v>1930</v>
       </c>
       <c r="B860" s="1" t="s">
-        <v>182</v>
+        <v>429</v>
       </c>
       <c r="C860" s="1" t="s">
-        <v>183</v>
-[...1 lines deleted...]
-      <c r="D860" s="1"/>
+        <v>430</v>
+      </c>
+      <c r="D860" s="1" t="s">
+        <v>431</v>
+      </c>
       <c r="E860" s="1"/>
       <c r="F860" s="1" t="s">
-        <v>1946</v>
+        <v>1941</v>
       </c>
       <c r="G860" s="1" t="s">
-        <v>1947</v>
+        <v>1942</v>
       </c>
       <c r="H860" s="3">
-        <v>10.49</v>
+        <v>32.99</v>
       </c>
     </row>
     <row r="861">
       <c r="A861" s="1" t="s">
-        <v>1885</v>
+        <v>1930</v>
       </c>
       <c r="B861" s="1" t="s">
-        <v>182</v>
+        <v>429</v>
       </c>
       <c r="C861" s="1" t="s">
-        <v>183</v>
-[...1 lines deleted...]
-      <c r="D861" s="1"/>
+        <v>430</v>
+      </c>
+      <c r="D861" s="1" t="s">
+        <v>431</v>
+      </c>
       <c r="E861" s="1"/>
       <c r="F861" s="1" t="s">
-        <v>1948</v>
+        <v>1943</v>
       </c>
       <c r="G861" s="1" t="s">
-        <v>1949</v>
+        <v>1944</v>
       </c>
       <c r="H861" s="3">
-        <v>8.99</v>
+        <v>85.49</v>
       </c>
     </row>
     <row r="862">
       <c r="A862" s="1" t="s">
-        <v>1950</v>
+        <v>1930</v>
       </c>
       <c r="B862" s="1" t="s">
-        <v>141</v>
+        <v>429</v>
       </c>
       <c r="C862" s="1" t="s">
-        <v>142</v>
+        <v>430</v>
       </c>
       <c r="D862" s="1" t="s">
-        <v>361</v>
+        <v>431</v>
       </c>
       <c r="E862" s="1"/>
       <c r="F862" s="1" t="s">
-        <v>1951</v>
+        <v>1945</v>
       </c>
       <c r="G862" s="1" t="s">
-        <v>1952</v>
+        <v>1946</v>
       </c>
       <c r="H862" s="3">
-        <v>13.19</v>
+        <v>85.49</v>
       </c>
     </row>
     <row r="863">
       <c r="A863" s="1" t="s">
-        <v>1950</v>
+        <v>1930</v>
       </c>
       <c r="B863" s="1" t="s">
-        <v>446</v>
+        <v>429</v>
       </c>
       <c r="C863" s="1" t="s">
-        <v>447</v>
+        <v>430</v>
       </c>
       <c r="D863" s="1" t="s">
-        <v>448</v>
+        <v>431</v>
       </c>
       <c r="E863" s="1"/>
       <c r="F863" s="1" t="s">
-        <v>1953</v>
+        <v>1947</v>
       </c>
       <c r="G863" s="1" t="s">
-        <v>1954</v>
+        <v>1948</v>
       </c>
       <c r="H863" s="3">
-        <v>44.99</v>
+        <v>33.99</v>
       </c>
     </row>
     <row r="864">
       <c r="A864" s="1" t="s">
-        <v>1950</v>
+        <v>1930</v>
       </c>
       <c r="B864" s="1" t="s">
-        <v>446</v>
+        <v>429</v>
       </c>
       <c r="C864" s="1" t="s">
-        <v>447</v>
+        <v>430</v>
       </c>
       <c r="D864" s="1" t="s">
-        <v>448</v>
+        <v>431</v>
       </c>
       <c r="E864" s="1"/>
       <c r="F864" s="1" t="s">
-        <v>1955</v>
+        <v>1949</v>
       </c>
       <c r="G864" s="1" t="s">
-        <v>1956</v>
+        <v>1950</v>
       </c>
       <c r="H864" s="3">
-        <v>44.99</v>
+        <v>29.99</v>
       </c>
     </row>
     <row r="865">
       <c r="A865" s="1" t="s">
-        <v>1950</v>
+        <v>1930</v>
       </c>
       <c r="B865" s="1" t="s">
-        <v>446</v>
+        <v>429</v>
       </c>
       <c r="C865" s="1" t="s">
-        <v>447</v>
+        <v>430</v>
       </c>
       <c r="D865" s="1" t="s">
-        <v>448</v>
-[...1 lines deleted...]
-      <c r="E865" s="1"/>
+        <v>431</v>
+      </c>
+      <c r="E865" s="1" t="s">
+        <v>432</v>
+      </c>
       <c r="F865" s="1" t="s">
-        <v>1957</v>
+        <v>1951</v>
       </c>
       <c r="G865" s="1" t="s">
-        <v>1958</v>
+        <v>1952</v>
       </c>
       <c r="H865" s="3">
-        <v>43.99</v>
+        <v>26.99</v>
       </c>
     </row>
     <row r="866">
       <c r="A866" s="1" t="s">
-        <v>1950</v>
+        <v>1930</v>
       </c>
       <c r="B866" s="1" t="s">
-        <v>446</v>
+        <v>429</v>
       </c>
       <c r="C866" s="1" t="s">
-        <v>447</v>
+        <v>430</v>
       </c>
       <c r="D866" s="1" t="s">
-        <v>448</v>
-[...1 lines deleted...]
-      <c r="E866" s="1"/>
+        <v>431</v>
+      </c>
+      <c r="E866" s="1" t="s">
+        <v>432</v>
+      </c>
       <c r="F866" s="1" t="s">
-        <v>1959</v>
+        <v>1953</v>
       </c>
       <c r="G866" s="1" t="s">
-        <v>1960</v>
+        <v>1954</v>
       </c>
       <c r="H866" s="3">
-        <v>75.49</v>
+        <v>31.99</v>
       </c>
     </row>
     <row r="867">
       <c r="A867" s="1" t="s">
-        <v>1950</v>
+        <v>1930</v>
       </c>
       <c r="B867" s="1" t="s">
-        <v>446</v>
+        <v>429</v>
       </c>
       <c r="C867" s="1" t="s">
-        <v>447</v>
+        <v>430</v>
       </c>
       <c r="D867" s="1" t="s">
-        <v>448</v>
-[...1 lines deleted...]
-      <c r="E867" s="1"/>
+        <v>431</v>
+      </c>
+      <c r="E867" s="1" t="s">
+        <v>1955</v>
+      </c>
       <c r="F867" s="1" t="s">
-        <v>1961</v>
+        <v>1956</v>
       </c>
       <c r="G867" s="1" t="s">
-        <v>1962</v>
+        <v>1957</v>
       </c>
       <c r="H867" s="3">
-        <v>37.99</v>
+        <v>110</v>
       </c>
     </row>
     <row r="868">
       <c r="A868" s="1" t="s">
-        <v>1950</v>
+        <v>1930</v>
       </c>
       <c r="B868" s="1" t="s">
-        <v>446</v>
+        <v>429</v>
       </c>
       <c r="C868" s="1" t="s">
-        <v>447</v>
+        <v>430</v>
       </c>
       <c r="D868" s="1" t="s">
-        <v>448</v>
-[...1 lines deleted...]
-      <c r="E868" s="1"/>
+        <v>431</v>
+      </c>
+      <c r="E868" s="1" t="s">
+        <v>1955</v>
+      </c>
       <c r="F868" s="1" t="s">
-        <v>1963</v>
+        <v>1958</v>
       </c>
       <c r="G868" s="1" t="s">
-        <v>1964</v>
+        <v>1959</v>
       </c>
       <c r="H868" s="3">
-        <v>85.49</v>
+        <v>42.99</v>
       </c>
     </row>
     <row r="869">
       <c r="A869" s="1" t="s">
-        <v>1950</v>
+        <v>1930</v>
       </c>
       <c r="B869" s="1" t="s">
-        <v>446</v>
+        <v>429</v>
       </c>
       <c r="C869" s="1" t="s">
-        <v>447</v>
+        <v>430</v>
       </c>
       <c r="D869" s="1" t="s">
-        <v>448</v>
-[...1 lines deleted...]
-      <c r="E869" s="1"/>
+        <v>431</v>
+      </c>
+      <c r="E869" s="1" t="s">
+        <v>1955</v>
+      </c>
       <c r="F869" s="1" t="s">
-        <v>1965</v>
+        <v>1960</v>
       </c>
       <c r="G869" s="1" t="s">
-        <v>1966</v>
+        <v>1961</v>
       </c>
       <c r="H869" s="3">
-        <v>85.49</v>
+        <v>68</v>
       </c>
     </row>
     <row r="870">
       <c r="A870" s="1" t="s">
-        <v>1950</v>
+        <v>1930</v>
       </c>
       <c r="B870" s="1" t="s">
-        <v>446</v>
+        <v>429</v>
       </c>
       <c r="C870" s="1" t="s">
-        <v>447</v>
+        <v>430</v>
       </c>
       <c r="D870" s="1" t="s">
-        <v>448</v>
-[...1 lines deleted...]
-      <c r="E870" s="1"/>
+        <v>431</v>
+      </c>
+      <c r="E870" s="1" t="s">
+        <v>1955</v>
+      </c>
       <c r="F870" s="1" t="s">
-        <v>1967</v>
+        <v>1962</v>
       </c>
       <c r="G870" s="1" t="s">
-        <v>1968</v>
+        <v>1963</v>
       </c>
       <c r="H870" s="3">
-        <v>33.99</v>
+        <v>17.49</v>
       </c>
     </row>
     <row r="871">
       <c r="A871" s="1" t="s">
-        <v>1950</v>
+        <v>1930</v>
       </c>
       <c r="B871" s="1" t="s">
-        <v>446</v>
+        <v>429</v>
       </c>
       <c r="C871" s="1" t="s">
-        <v>447</v>
+        <v>430</v>
       </c>
       <c r="D871" s="1" t="s">
-        <v>448</v>
-[...1 lines deleted...]
-      <c r="E871" s="1"/>
+        <v>431</v>
+      </c>
+      <c r="E871" s="1" t="s">
+        <v>1955</v>
+      </c>
       <c r="F871" s="1" t="s">
-        <v>1969</v>
+        <v>1964</v>
       </c>
       <c r="G871" s="1" t="s">
-        <v>1970</v>
+        <v>1965</v>
       </c>
       <c r="H871" s="3">
-        <v>29.99</v>
+        <v>30.99</v>
       </c>
     </row>
     <row r="872">
       <c r="A872" s="1" t="s">
-        <v>1950</v>
+        <v>1930</v>
       </c>
       <c r="B872" s="1" t="s">
-        <v>446</v>
+        <v>429</v>
       </c>
       <c r="C872" s="1" t="s">
-        <v>447</v>
+        <v>430</v>
       </c>
       <c r="D872" s="1" t="s">
-        <v>448</v>
-[...1 lines deleted...]
-      <c r="E872" s="1"/>
+        <v>431</v>
+      </c>
+      <c r="E872" s="1" t="s">
+        <v>1955</v>
+      </c>
       <c r="F872" s="1" t="s">
-        <v>1971</v>
+        <v>1966</v>
       </c>
       <c r="G872" s="1" t="s">
-        <v>1972</v>
+        <v>1967</v>
       </c>
       <c r="H872" s="3">
-        <v>29.99</v>
+        <v>33.99</v>
       </c>
     </row>
     <row r="873">
       <c r="A873" s="1" t="s">
-        <v>1950</v>
+        <v>1930</v>
       </c>
       <c r="B873" s="1" t="s">
-        <v>446</v>
+        <v>429</v>
       </c>
       <c r="C873" s="1" t="s">
-        <v>447</v>
+        <v>430</v>
       </c>
       <c r="D873" s="1" t="s">
-        <v>448</v>
+        <v>431</v>
       </c>
       <c r="E873" s="1" t="s">
-        <v>449</v>
+        <v>1955</v>
       </c>
       <c r="F873" s="1" t="s">
-        <v>1973</v>
+        <v>1968</v>
       </c>
       <c r="G873" s="1" t="s">
-        <v>1974</v>
+        <v>1969</v>
       </c>
       <c r="H873" s="3">
-        <v>26.99</v>
+        <v>79.99</v>
       </c>
     </row>
     <row r="874">
       <c r="A874" s="1" t="s">
-        <v>1950</v>
+        <v>1930</v>
       </c>
       <c r="B874" s="1" t="s">
-        <v>446</v>
+        <v>9</v>
       </c>
       <c r="C874" s="1" t="s">
-        <v>447</v>
+        <v>1970</v>
       </c>
       <c r="D874" s="1" t="s">
-        <v>448</v>
-[...3 lines deleted...]
-      </c>
+        <v>1971</v>
+      </c>
+      <c r="E874" s="1"/>
       <c r="F874" s="1" t="s">
-        <v>1975</v>
+        <v>1972</v>
       </c>
       <c r="G874" s="1" t="s">
-        <v>1976</v>
+        <v>1973</v>
       </c>
       <c r="H874" s="3">
-        <v>31.99</v>
+        <v>14.99</v>
       </c>
     </row>
     <row r="875">
       <c r="A875" s="1" t="s">
-        <v>1950</v>
+        <v>1930</v>
       </c>
       <c r="B875" s="1" t="s">
-        <v>446</v>
+        <v>9</v>
       </c>
       <c r="C875" s="1" t="s">
-        <v>447</v>
-[...6 lines deleted...]
-      </c>
+        <v>9</v>
+      </c>
+      <c r="D875" s="1"/>
+      <c r="E875" s="1"/>
       <c r="F875" s="1" t="s">
-        <v>1978</v>
+        <v>1974</v>
       </c>
       <c r="G875" s="1" t="s">
-        <v>1979</v>
+        <v>1975</v>
       </c>
       <c r="H875" s="3">
-        <v>110</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="876">
       <c r="A876" s="1" t="s">
-        <v>1950</v>
+        <v>1930</v>
       </c>
       <c r="B876" s="1" t="s">
-        <v>446</v>
+        <v>9</v>
       </c>
       <c r="C876" s="1" t="s">
-        <v>447</v>
+        <v>287</v>
       </c>
       <c r="D876" s="1" t="s">
-        <v>448</v>
-[...1 lines deleted...]
-      <c r="E876" s="1" t="s">
+        <v>1380</v>
+      </c>
+      <c r="E876" s="1"/>
+      <c r="F876" s="1" t="s">
+        <v>1976</v>
+      </c>
+      <c r="G876" s="1" t="s">
         <v>1977</v>
       </c>
-      <c r="F876" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H876" s="3">
-        <v>28.89</v>
+        <v>10.99</v>
       </c>
     </row>
     <row r="877">
       <c r="A877" s="1" t="s">
-        <v>1950</v>
+        <v>1930</v>
       </c>
       <c r="B877" s="1" t="s">
-        <v>446</v>
+        <v>9</v>
       </c>
       <c r="C877" s="1" t="s">
-        <v>447</v>
+        <v>1399</v>
       </c>
       <c r="D877" s="1" t="s">
-        <v>448</v>
-[...3 lines deleted...]
-      </c>
+        <v>1978</v>
+      </c>
+      <c r="E877" s="1"/>
       <c r="F877" s="1" t="s">
-        <v>1982</v>
+        <v>1979</v>
       </c>
       <c r="G877" s="1" t="s">
-        <v>1983</v>
+        <v>1980</v>
       </c>
       <c r="H877" s="3">
-        <v>68</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="878">
       <c r="A878" s="1" t="s">
-        <v>1950</v>
+        <v>1930</v>
       </c>
       <c r="B878" s="1" t="s">
-        <v>446</v>
+        <v>9</v>
       </c>
       <c r="C878" s="1" t="s">
-        <v>447</v>
+        <v>1399</v>
       </c>
       <c r="D878" s="1" t="s">
-        <v>448</v>
-[...3 lines deleted...]
-      </c>
+        <v>1978</v>
+      </c>
+      <c r="E878" s="1"/>
       <c r="F878" s="1" t="s">
-        <v>1984</v>
+        <v>1981</v>
       </c>
       <c r="G878" s="1" t="s">
-        <v>1985</v>
+        <v>1982</v>
       </c>
       <c r="H878" s="3">
         <v>17.49</v>
       </c>
     </row>
     <row r="879">
       <c r="A879" s="1" t="s">
-        <v>1950</v>
+        <v>1930</v>
       </c>
       <c r="B879" s="1" t="s">
-        <v>446</v>
+        <v>166</v>
       </c>
       <c r="C879" s="1" t="s">
-        <v>447</v>
-[...6 lines deleted...]
-      </c>
+        <v>1580</v>
+      </c>
+      <c r="D879" s="1"/>
+      <c r="E879" s="1"/>
       <c r="F879" s="1" t="s">
-        <v>1986</v>
+        <v>1983</v>
       </c>
       <c r="G879" s="1" t="s">
-        <v>1987</v>
+        <v>1984</v>
       </c>
       <c r="H879" s="3">
-        <v>30.99</v>
+        <v>13.69</v>
       </c>
     </row>
     <row r="880">
       <c r="A880" s="1" t="s">
-        <v>1950</v>
+        <v>1930</v>
       </c>
       <c r="B880" s="1" t="s">
-        <v>446</v>
+        <v>166</v>
       </c>
       <c r="C880" s="1" t="s">
-        <v>447</v>
-[...6 lines deleted...]
-      </c>
+        <v>167</v>
+      </c>
+      <c r="D880" s="1"/>
+      <c r="E880" s="1"/>
       <c r="F880" s="1" t="s">
-        <v>1988</v>
+        <v>1985</v>
       </c>
       <c r="G880" s="1" t="s">
-        <v>1989</v>
+        <v>1986</v>
       </c>
       <c r="H880" s="3">
-        <v>33.99</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="881">
       <c r="A881" s="1" t="s">
-        <v>1950</v>
+        <v>1930</v>
       </c>
       <c r="B881" s="1" t="s">
-        <v>446</v>
+        <v>1714</v>
       </c>
       <c r="C881" s="1" t="s">
-        <v>447</v>
+        <v>1725</v>
       </c>
       <c r="D881" s="1" t="s">
-        <v>448</v>
-[...3 lines deleted...]
-      </c>
+        <v>1726</v>
+      </c>
+      <c r="E881" s="1"/>
       <c r="F881" s="1" t="s">
-        <v>1990</v>
+        <v>1987</v>
       </c>
       <c r="G881" s="1" t="s">
-        <v>1991</v>
+        <v>1988</v>
       </c>
       <c r="H881" s="3">
-        <v>79.99</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="882">
       <c r="A882" s="1" t="s">
-        <v>1950</v>
+        <v>1930</v>
       </c>
       <c r="B882" s="1" t="s">
-        <v>9</v>
+        <v>170</v>
       </c>
       <c r="C882" s="1" t="s">
-        <v>1992</v>
+        <v>1989</v>
       </c>
       <c r="D882" s="1" t="s">
-        <v>1993</v>
+        <v>1990</v>
       </c>
       <c r="E882" s="1"/>
       <c r="F882" s="1" t="s">
-        <v>1994</v>
+        <v>1991</v>
       </c>
       <c r="G882" s="1" t="s">
-        <v>1995</v>
+        <v>1992</v>
       </c>
       <c r="H882" s="3">
-        <v>17.99</v>
+        <v>12.99</v>
       </c>
     </row>
     <row r="883">
       <c r="A883" s="1" t="s">
-        <v>1950</v>
+        <v>1930</v>
       </c>
       <c r="B883" s="1" t="s">
-        <v>9</v>
+        <v>170</v>
       </c>
       <c r="C883" s="1" t="s">
-        <v>1992</v>
+        <v>1989</v>
       </c>
       <c r="D883" s="1" t="s">
-        <v>1993</v>
+        <v>1990</v>
       </c>
       <c r="E883" s="1"/>
       <c r="F883" s="1" t="s">
-        <v>1996</v>
+        <v>1993</v>
       </c>
       <c r="G883" s="1" t="s">
-        <v>1997</v>
+        <v>1994</v>
       </c>
       <c r="H883" s="3">
-        <v>14.99</v>
+        <v>12.99</v>
       </c>
     </row>
     <row r="884">
       <c r="A884" s="1" t="s">
-        <v>1950</v>
+        <v>1995</v>
       </c>
       <c r="B884" s="1" t="s">
-        <v>9</v>
+        <v>137</v>
       </c>
       <c r="C884" s="1" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="D884" s="1"/>
+        <v>138</v>
+      </c>
+      <c r="D884" s="1" t="s">
+        <v>331</v>
+      </c>
       <c r="E884" s="1"/>
       <c r="F884" s="1" t="s">
-        <v>1998</v>
+        <v>1996</v>
       </c>
       <c r="G884" s="1" t="s">
-        <v>1999</v>
+        <v>1997</v>
       </c>
       <c r="H884" s="3">
-        <v>10.19</v>
+        <v>10.99</v>
       </c>
     </row>
     <row r="885">
       <c r="A885" s="1" t="s">
-        <v>1950</v>
+        <v>1995</v>
       </c>
       <c r="B885" s="1" t="s">
-        <v>9</v>
+        <v>137</v>
       </c>
       <c r="C885" s="1" t="s">
-        <v>295</v>
+        <v>138</v>
       </c>
       <c r="D885" s="1" t="s">
-        <v>1391</v>
+        <v>349</v>
       </c>
       <c r="E885" s="1"/>
       <c r="F885" s="1" t="s">
-        <v>2000</v>
+        <v>1998</v>
       </c>
       <c r="G885" s="1" t="s">
-        <v>2001</v>
+        <v>1999</v>
       </c>
       <c r="H885" s="3">
-        <v>10.99</v>
+        <v>11.19</v>
       </c>
     </row>
     <row r="886">
       <c r="A886" s="1" t="s">
-        <v>1950</v>
+        <v>1995</v>
       </c>
       <c r="B886" s="1" t="s">
-        <v>9</v>
+        <v>142</v>
       </c>
       <c r="C886" s="1" t="s">
-        <v>1408</v>
+        <v>361</v>
       </c>
       <c r="D886" s="1" t="s">
-        <v>2002</v>
+        <v>362</v>
       </c>
       <c r="E886" s="1"/>
       <c r="F886" s="1" t="s">
-        <v>2003</v>
+        <v>2000</v>
       </c>
       <c r="G886" s="1" t="s">
-        <v>2004</v>
+        <v>2001</v>
       </c>
       <c r="H886" s="3">
-        <v>21.99</v>
+        <v>29.99</v>
       </c>
     </row>
     <row r="887">
       <c r="A887" s="1" t="s">
-        <v>1950</v>
+        <v>1995</v>
       </c>
       <c r="B887" s="1" t="s">
-        <v>9</v>
+        <v>142</v>
       </c>
       <c r="C887" s="1" t="s">
-        <v>1408</v>
+        <v>361</v>
       </c>
       <c r="D887" s="1" t="s">
-        <v>2002</v>
+        <v>362</v>
       </c>
       <c r="E887" s="1"/>
       <c r="F887" s="1" t="s">
-        <v>2005</v>
+        <v>2002</v>
       </c>
       <c r="G887" s="1" t="s">
-        <v>2006</v>
+        <v>2003</v>
       </c>
       <c r="H887" s="3">
-        <v>17.49</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="888">
       <c r="A888" s="1" t="s">
-        <v>1950</v>
+        <v>1995</v>
       </c>
       <c r="B888" s="1" t="s">
-        <v>174</v>
+        <v>142</v>
       </c>
       <c r="C888" s="1" t="s">
-        <v>1591</v>
-[...1 lines deleted...]
-      <c r="D888" s="1"/>
+        <v>361</v>
+      </c>
+      <c r="D888" s="1" t="s">
+        <v>362</v>
+      </c>
       <c r="E888" s="1"/>
       <c r="F888" s="1" t="s">
-        <v>2007</v>
+        <v>2004</v>
       </c>
       <c r="G888" s="1" t="s">
-        <v>2008</v>
+        <v>2005</v>
       </c>
       <c r="H888" s="3">
-        <v>13.69</v>
+        <v>23.99</v>
       </c>
     </row>
     <row r="889">
       <c r="A889" s="1" t="s">
-        <v>1950</v>
+        <v>1995</v>
       </c>
       <c r="B889" s="1" t="s">
-        <v>174</v>
+        <v>142</v>
       </c>
       <c r="C889" s="1" t="s">
-        <v>175</v>
+        <v>143</v>
       </c>
       <c r="D889" s="1"/>
       <c r="E889" s="1"/>
       <c r="F889" s="1" t="s">
-        <v>2009</v>
+        <v>2006</v>
       </c>
       <c r="G889" s="1" t="s">
-        <v>2010</v>
+        <v>2007</v>
       </c>
       <c r="H889" s="3">
-        <v>13.89</v>
+        <v>132</v>
       </c>
     </row>
     <row r="890">
       <c r="A890" s="1" t="s">
-        <v>1950</v>
+        <v>1995</v>
       </c>
       <c r="B890" s="1" t="s">
-        <v>174</v>
+        <v>142</v>
       </c>
       <c r="C890" s="1" t="s">
-        <v>1633</v>
-[...1 lines deleted...]
-      <c r="D890" s="1"/>
+        <v>143</v>
+      </c>
+      <c r="D890" s="1" t="s">
+        <v>399</v>
+      </c>
       <c r="E890" s="1"/>
       <c r="F890" s="1" t="s">
-        <v>2011</v>
+        <v>2008</v>
       </c>
       <c r="G890" s="1" t="s">
-        <v>2012</v>
+        <v>2009</v>
       </c>
       <c r="H890" s="3">
-        <v>12.99</v>
+        <v>13.99</v>
       </c>
     </row>
     <row r="891">
       <c r="A891" s="1" t="s">
-        <v>1950</v>
+        <v>1995</v>
       </c>
       <c r="B891" s="1" t="s">
-        <v>1723</v>
+        <v>142</v>
       </c>
       <c r="C891" s="1" t="s">
-        <v>1739</v>
+        <v>143</v>
       </c>
       <c r="D891" s="1" t="s">
-        <v>1740</v>
+        <v>2010</v>
       </c>
       <c r="E891" s="1"/>
       <c r="F891" s="1" t="s">
-        <v>2013</v>
+        <v>2011</v>
       </c>
       <c r="G891" s="1" t="s">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="H891" s="3">
-        <v>19.99</v>
+        <v>13.99</v>
       </c>
     </row>
     <row r="892">
       <c r="A892" s="1" t="s">
-        <v>1950</v>
+        <v>1995</v>
       </c>
       <c r="B892" s="1" t="s">
-        <v>178</v>
+        <v>142</v>
       </c>
       <c r="C892" s="1" t="s">
-        <v>2015</v>
-[...3 lines deleted...]
-      </c>
+        <v>406</v>
+      </c>
+      <c r="D892" s="1"/>
       <c r="E892" s="1"/>
       <c r="F892" s="1" t="s">
-        <v>2017</v>
+        <v>2013</v>
       </c>
       <c r="G892" s="1" t="s">
-        <v>2018</v>
+        <v>2014</v>
       </c>
       <c r="H892" s="3">
-        <v>12.99</v>
+        <v>10.99</v>
       </c>
     </row>
     <row r="893">
       <c r="A893" s="1" t="s">
-        <v>1950</v>
+        <v>1995</v>
       </c>
       <c r="B893" s="1" t="s">
-        <v>178</v>
+        <v>142</v>
       </c>
       <c r="C893" s="1" t="s">
-        <v>2015</v>
-[...3 lines deleted...]
-      </c>
+        <v>406</v>
+      </c>
+      <c r="D893" s="1"/>
       <c r="E893" s="1"/>
       <c r="F893" s="1" t="s">
-        <v>2019</v>
+        <v>2015</v>
       </c>
       <c r="G893" s="1" t="s">
-        <v>2020</v>
+        <v>2016</v>
       </c>
       <c r="H893" s="3">
-        <v>12.99</v>
+        <v>7.99</v>
       </c>
     </row>
     <row r="894">
       <c r="A894" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B894" s="1" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C894" s="1" t="s">
-        <v>142</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="D894" s="1"/>
       <c r="E894" s="1"/>
       <c r="F894" s="1" t="s">
-        <v>2022</v>
+        <v>2018</v>
       </c>
       <c r="G894" s="1" t="s">
-        <v>2023</v>
+        <v>2019</v>
       </c>
       <c r="H894" s="3">
-        <v>9.69</v>
+        <v>9.99</v>
       </c>
     </row>
     <row r="895">
       <c r="A895" s="1" t="s">
+        <v>1995</v>
+      </c>
+      <c r="B895" s="1" t="s">
+        <v>2020</v>
+      </c>
+      <c r="C895" s="1" t="s">
         <v>2021</v>
       </c>
-      <c r="B895" s="1" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D895" s="1"/>
       <c r="E895" s="1"/>
       <c r="F895" s="1" t="s">
-        <v>2024</v>
+        <v>2022</v>
       </c>
       <c r="G895" s="1" t="s">
-        <v>2025</v>
+        <v>2023</v>
       </c>
       <c r="H895" s="3">
-        <v>10.99</v>
+        <v>4.19</v>
       </c>
     </row>
     <row r="896">
       <c r="A896" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B896" s="1" t="s">
-        <v>141</v>
+        <v>2020</v>
       </c>
       <c r="C896" s="1" t="s">
-        <v>142</v>
-[...3 lines deleted...]
-      </c>
+        <v>2024</v>
+      </c>
+      <c r="D896" s="1"/>
       <c r="E896" s="1"/>
       <c r="F896" s="1" t="s">
+        <v>2025</v>
+      </c>
+      <c r="G896" s="1" t="s">
         <v>2026</v>
       </c>
-      <c r="G896" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H896" s="3">
-        <v>11.19</v>
+        <v>14.49</v>
       </c>
     </row>
     <row r="897">
       <c r="A897" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B897" s="1" t="s">
-        <v>146</v>
+        <v>409</v>
       </c>
       <c r="C897" s="1" t="s">
-        <v>373</v>
-[...3 lines deleted...]
-      </c>
+        <v>410</v>
+      </c>
+      <c r="D897" s="1"/>
       <c r="E897" s="1"/>
       <c r="F897" s="1" t="s">
+        <v>2027</v>
+      </c>
+      <c r="G897" s="1" t="s">
         <v>2028</v>
       </c>
-      <c r="G897" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H897" s="3">
-        <v>29.99</v>
+        <v>9.49</v>
       </c>
     </row>
     <row r="898">
       <c r="A898" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B898" s="1" t="s">
-        <v>146</v>
+        <v>409</v>
       </c>
       <c r="C898" s="1" t="s">
-        <v>373</v>
-[...3 lines deleted...]
-      </c>
+        <v>410</v>
+      </c>
+      <c r="D898" s="1"/>
       <c r="E898" s="1"/>
       <c r="F898" s="1" t="s">
+        <v>2029</v>
+      </c>
+      <c r="G898" s="1" t="s">
         <v>2030</v>
       </c>
-      <c r="G898" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H898" s="3">
-        <v>24.99</v>
+        <v>3.19</v>
       </c>
     </row>
     <row r="899">
       <c r="A899" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B899" s="1" t="s">
-        <v>146</v>
+        <v>409</v>
       </c>
       <c r="C899" s="1" t="s">
-        <v>373</v>
-[...3 lines deleted...]
-      </c>
+        <v>410</v>
+      </c>
+      <c r="D899" s="1"/>
       <c r="E899" s="1"/>
       <c r="F899" s="1" t="s">
+        <v>2031</v>
+      </c>
+      <c r="G899" s="1" t="s">
         <v>2032</v>
       </c>
-      <c r="G899" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H899" s="3">
-        <v>23.99</v>
+        <v>9.99</v>
       </c>
     </row>
     <row r="900">
       <c r="A900" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B900" s="1" t="s">
-        <v>146</v>
+        <v>409</v>
       </c>
       <c r="C900" s="1" t="s">
-        <v>147</v>
+        <v>410</v>
       </c>
       <c r="D900" s="1"/>
       <c r="E900" s="1"/>
       <c r="F900" s="1" t="s">
+        <v>2033</v>
+      </c>
+      <c r="G900" s="1" t="s">
         <v>2034</v>
       </c>
-      <c r="G900" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H900" s="3">
-        <v>132</v>
+        <v>5.49</v>
       </c>
     </row>
     <row r="901">
       <c r="A901" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B901" s="1" t="s">
-        <v>146</v>
+        <v>409</v>
       </c>
       <c r="C901" s="1" t="s">
-        <v>147</v>
-[...3 lines deleted...]
-      </c>
+        <v>410</v>
+      </c>
+      <c r="D901" s="1"/>
       <c r="E901" s="1"/>
       <c r="F901" s="1" t="s">
+        <v>2035</v>
+      </c>
+      <c r="G901" s="1" t="s">
         <v>2036</v>
       </c>
-      <c r="G901" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H901" s="3">
-        <v>13.99</v>
+        <v>9.99</v>
       </c>
     </row>
     <row r="902">
       <c r="A902" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B902" s="1" t="s">
-        <v>146</v>
+        <v>409</v>
       </c>
       <c r="C902" s="1" t="s">
-        <v>147</v>
-[...3 lines deleted...]
-      </c>
+        <v>410</v>
+      </c>
+      <c r="D902" s="1"/>
       <c r="E902" s="1"/>
       <c r="F902" s="1" t="s">
-        <v>2039</v>
+        <v>2037</v>
       </c>
       <c r="G902" s="1" t="s">
-        <v>2040</v>
+        <v>2038</v>
       </c>
       <c r="H902" s="3">
-        <v>13.99</v>
+        <v>9.49</v>
       </c>
     </row>
     <row r="903">
       <c r="A903" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B903" s="1" t="s">
-        <v>146</v>
+        <v>409</v>
       </c>
       <c r="C903" s="1" t="s">
-        <v>421</v>
+        <v>410</v>
       </c>
       <c r="D903" s="1"/>
       <c r="E903" s="1"/>
       <c r="F903" s="1" t="s">
-        <v>2041</v>
+        <v>2039</v>
       </c>
       <c r="G903" s="1" t="s">
-        <v>2042</v>
+        <v>2040</v>
       </c>
       <c r="H903" s="3">
-        <v>10.49</v>
+        <v>9.99</v>
       </c>
     </row>
     <row r="904">
       <c r="A904" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B904" s="1" t="s">
-        <v>146</v>
+        <v>409</v>
       </c>
       <c r="C904" s="1" t="s">
-        <v>421</v>
+        <v>410</v>
       </c>
       <c r="D904" s="1"/>
       <c r="E904" s="1"/>
       <c r="F904" s="1" t="s">
-        <v>2043</v>
+        <v>2041</v>
       </c>
       <c r="G904" s="1" t="s">
-        <v>2044</v>
+        <v>2042</v>
       </c>
       <c r="H904" s="3">
-        <v>7.99</v>
+        <v>9.49</v>
       </c>
     </row>
     <row r="905">
       <c r="A905" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B905" s="1" t="s">
-        <v>146</v>
+        <v>409</v>
       </c>
       <c r="C905" s="1" t="s">
-        <v>2045</v>
-[...1 lines deleted...]
-      <c r="D905" s="1"/>
+        <v>425</v>
+      </c>
+      <c r="D905" s="1" t="s">
+        <v>2043</v>
+      </c>
       <c r="E905" s="1"/>
       <c r="F905" s="1" t="s">
-        <v>2046</v>
+        <v>2044</v>
       </c>
       <c r="G905" s="1" t="s">
-        <v>2047</v>
+        <v>2045</v>
       </c>
       <c r="H905" s="3">
-        <v>9.99</v>
+        <v>7.89</v>
       </c>
     </row>
     <row r="906">
       <c r="A906" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B906" s="1" t="s">
-        <v>2048</v>
+        <v>409</v>
       </c>
       <c r="C906" s="1" t="s">
-        <v>2049</v>
-[...1 lines deleted...]
-      <c r="D906" s="1"/>
+        <v>425</v>
+      </c>
+      <c r="D906" s="1" t="s">
+        <v>2043</v>
+      </c>
       <c r="E906" s="1"/>
       <c r="F906" s="1" t="s">
-        <v>2050</v>
+        <v>2046</v>
       </c>
       <c r="G906" s="1" t="s">
-        <v>2051</v>
+        <v>2047</v>
       </c>
       <c r="H906" s="3">
-        <v>4.19</v>
+        <v>8.99</v>
       </c>
     </row>
     <row r="907">
       <c r="A907" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B907" s="1" t="s">
+        <v>409</v>
+      </c>
+      <c r="C907" s="1" t="s">
+        <v>425</v>
+      </c>
+      <c r="D907" s="1" t="s">
+        <v>426</v>
+      </c>
+      <c r="E907" s="1" t="s">
         <v>2048</v>
       </c>
-      <c r="C907" s="1" t="s">
-[...3 lines deleted...]
-      <c r="E907" s="1"/>
       <c r="F907" s="1" t="s">
-        <v>2053</v>
+        <v>2049</v>
       </c>
       <c r="G907" s="1" t="s">
-        <v>2054</v>
+        <v>2050</v>
       </c>
       <c r="H907" s="3">
-        <v>14.49</v>
+        <v>10.89</v>
       </c>
     </row>
     <row r="908">
       <c r="A908" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B908" s="1" t="s">
-        <v>424</v>
+        <v>429</v>
       </c>
       <c r="C908" s="1" t="s">
-        <v>425</v>
-[...1 lines deleted...]
-      <c r="D908" s="1"/>
+        <v>2051</v>
+      </c>
+      <c r="D908" s="1" t="s">
+        <v>2052</v>
+      </c>
       <c r="E908" s="1"/>
       <c r="F908" s="1" t="s">
-        <v>2055</v>
+        <v>2053</v>
       </c>
       <c r="G908" s="1" t="s">
-        <v>2056</v>
+        <v>2054</v>
       </c>
       <c r="H908" s="3">
-        <v>9.49</v>
+        <v>15.65</v>
       </c>
     </row>
     <row r="909">
       <c r="A909" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B909" s="1" t="s">
-        <v>424</v>
+        <v>429</v>
       </c>
       <c r="C909" s="1" t="s">
-        <v>425</v>
-[...2 lines deleted...]
-      <c r="E909" s="1"/>
+        <v>430</v>
+      </c>
+      <c r="D909" s="1" t="s">
+        <v>431</v>
+      </c>
+      <c r="E909" s="1" t="s">
+        <v>432</v>
+      </c>
       <c r="F909" s="1" t="s">
-        <v>2057</v>
+        <v>2055</v>
       </c>
       <c r="G909" s="1" t="s">
-        <v>2058</v>
+        <v>2056</v>
       </c>
       <c r="H909" s="3">
-        <v>3.19</v>
+        <v>16.89</v>
       </c>
     </row>
     <row r="910">
       <c r="A910" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B910" s="1" t="s">
-        <v>424</v>
+        <v>429</v>
       </c>
       <c r="C910" s="1" t="s">
-        <v>425</v>
-[...2 lines deleted...]
-      <c r="E910" s="1"/>
+        <v>430</v>
+      </c>
+      <c r="D910" s="1" t="s">
+        <v>431</v>
+      </c>
+      <c r="E910" s="1" t="s">
+        <v>432</v>
+      </c>
       <c r="F910" s="1" t="s">
-        <v>2059</v>
+        <v>2057</v>
       </c>
       <c r="G910" s="1" t="s">
-        <v>2060</v>
+        <v>2058</v>
       </c>
       <c r="H910" s="3">
-        <v>9.99</v>
+        <v>18.75</v>
       </c>
     </row>
     <row r="911">
       <c r="A911" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B911" s="1" t="s">
-        <v>424</v>
+        <v>9</v>
       </c>
       <c r="C911" s="1" t="s">
-        <v>425</v>
+        <v>1970</v>
       </c>
       <c r="D911" s="1"/>
       <c r="E911" s="1"/>
       <c r="F911" s="1" t="s">
-        <v>2061</v>
+        <v>2059</v>
       </c>
       <c r="G911" s="1" t="s">
-        <v>2062</v>
+        <v>2060</v>
       </c>
       <c r="H911" s="3">
-        <v>5.49</v>
+        <v>12.99</v>
       </c>
     </row>
     <row r="912">
       <c r="A912" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B912" s="1" t="s">
-        <v>424</v>
+        <v>9</v>
       </c>
       <c r="C912" s="1" t="s">
-        <v>425</v>
+        <v>1970</v>
       </c>
       <c r="D912" s="1"/>
       <c r="E912" s="1"/>
       <c r="F912" s="1" t="s">
-        <v>2063</v>
+        <v>2061</v>
       </c>
       <c r="G912" s="1" t="s">
-        <v>2064</v>
+        <v>2062</v>
       </c>
       <c r="H912" s="3">
-        <v>9.99</v>
+        <v>20.99</v>
       </c>
     </row>
     <row r="913">
       <c r="A913" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B913" s="1" t="s">
-        <v>424</v>
+        <v>9</v>
       </c>
       <c r="C913" s="1" t="s">
-        <v>425</v>
+        <v>1970</v>
       </c>
       <c r="D913" s="1"/>
       <c r="E913" s="1"/>
       <c r="F913" s="1" t="s">
-        <v>2065</v>
+        <v>2063</v>
       </c>
       <c r="G913" s="1" t="s">
-        <v>2066</v>
+        <v>2064</v>
       </c>
       <c r="H913" s="3">
-        <v>9.49</v>
+        <v>12.49</v>
       </c>
     </row>
     <row r="914">
       <c r="A914" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B914" s="1" t="s">
-        <v>424</v>
+        <v>9</v>
       </c>
       <c r="C914" s="1" t="s">
-        <v>425</v>
+        <v>1970</v>
       </c>
       <c r="D914" s="1"/>
       <c r="E914" s="1"/>
       <c r="F914" s="1" t="s">
-        <v>2067</v>
+        <v>2065</v>
       </c>
       <c r="G914" s="1" t="s">
-        <v>2068</v>
+        <v>2066</v>
       </c>
       <c r="H914" s="3">
-        <v>9.99</v>
+        <v>14.99</v>
       </c>
     </row>
     <row r="915">
       <c r="A915" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B915" s="1" t="s">
-        <v>424</v>
+        <v>9</v>
       </c>
       <c r="C915" s="1" t="s">
-        <v>425</v>
+        <v>1970</v>
       </c>
       <c r="D915" s="1"/>
       <c r="E915" s="1"/>
       <c r="F915" s="1" t="s">
-        <v>2069</v>
+        <v>2067</v>
       </c>
       <c r="G915" s="1" t="s">
-        <v>2070</v>
+        <v>2068</v>
       </c>
       <c r="H915" s="3">
-        <v>9.49</v>
+        <v>15.99</v>
       </c>
     </row>
     <row r="916">
       <c r="A916" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B916" s="1" t="s">
-        <v>424</v>
+        <v>9</v>
       </c>
       <c r="C916" s="1" t="s">
-        <v>442</v>
-[...3 lines deleted...]
-      </c>
+        <v>1970</v>
+      </c>
+      <c r="D916" s="1"/>
       <c r="E916" s="1"/>
       <c r="F916" s="1" t="s">
-        <v>2072</v>
+        <v>2069</v>
       </c>
       <c r="G916" s="1" t="s">
-        <v>2073</v>
+        <v>2070</v>
       </c>
       <c r="H916" s="3">
-        <v>7.89</v>
+        <v>60.99</v>
       </c>
     </row>
     <row r="917">
       <c r="A917" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B917" s="1" t="s">
-        <v>424</v>
+        <v>9</v>
       </c>
       <c r="C917" s="1" t="s">
-        <v>442</v>
-[...3 lines deleted...]
-      </c>
+        <v>1970</v>
+      </c>
+      <c r="D917" s="1"/>
       <c r="E917" s="1"/>
       <c r="F917" s="1" t="s">
-        <v>2074</v>
+        <v>2071</v>
       </c>
       <c r="G917" s="1" t="s">
-        <v>2075</v>
+        <v>2072</v>
       </c>
       <c r="H917" s="3">
-        <v>8.99</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="918">
       <c r="A918" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B918" s="1" t="s">
-        <v>424</v>
+        <v>9</v>
       </c>
       <c r="C918" s="1" t="s">
-        <v>442</v>
-[...6 lines deleted...]
-      </c>
+        <v>1970</v>
+      </c>
+      <c r="D918" s="1"/>
+      <c r="E918" s="1"/>
       <c r="F918" s="1" t="s">
-        <v>2077</v>
+        <v>2073</v>
       </c>
       <c r="G918" s="1" t="s">
-        <v>2078</v>
+        <v>2074</v>
       </c>
       <c r="H918" s="3">
-        <v>10.89</v>
+        <v>13.69</v>
       </c>
     </row>
     <row r="919">
       <c r="A919" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B919" s="1" t="s">
-        <v>446</v>
+        <v>9</v>
       </c>
       <c r="C919" s="1" t="s">
-        <v>2079</v>
-[...3 lines deleted...]
-      </c>
+        <v>1970</v>
+      </c>
+      <c r="D919" s="1"/>
       <c r="E919" s="1"/>
       <c r="F919" s="1" t="s">
-        <v>2081</v>
+        <v>2075</v>
       </c>
       <c r="G919" s="1" t="s">
-        <v>2082</v>
+        <v>2076</v>
       </c>
       <c r="H919" s="3">
-        <v>15.65</v>
+        <v>32.49</v>
       </c>
     </row>
     <row r="920">
       <c r="A920" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B920" s="1" t="s">
-        <v>446</v>
+        <v>9</v>
       </c>
       <c r="C920" s="1" t="s">
-        <v>447</v>
+        <v>1970</v>
       </c>
       <c r="D920" s="1" t="s">
-        <v>448</v>
-[...3 lines deleted...]
-      </c>
+        <v>2077</v>
+      </c>
+      <c r="E920" s="1"/>
       <c r="F920" s="1" t="s">
-        <v>2083</v>
+        <v>2078</v>
       </c>
       <c r="G920" s="1" t="s">
-        <v>2084</v>
+        <v>2079</v>
       </c>
       <c r="H920" s="3">
-        <v>16.89</v>
+        <v>20.99</v>
       </c>
     </row>
     <row r="921">
       <c r="A921" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B921" s="1" t="s">
-        <v>446</v>
+        <v>9</v>
       </c>
       <c r="C921" s="1" t="s">
-        <v>447</v>
+        <v>1970</v>
       </c>
       <c r="D921" s="1" t="s">
-        <v>448</v>
-[...3 lines deleted...]
-      </c>
+        <v>1971</v>
+      </c>
+      <c r="E921" s="1"/>
       <c r="F921" s="1" t="s">
-        <v>2085</v>
+        <v>2080</v>
       </c>
       <c r="G921" s="1" t="s">
-        <v>2086</v>
+        <v>2081</v>
       </c>
       <c r="H921" s="3">
-        <v>18.75</v>
+        <v>23.95</v>
       </c>
     </row>
     <row r="922">
       <c r="A922" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B922" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C922" s="1" t="s">
-        <v>1992</v>
-[...1 lines deleted...]
-      <c r="D922" s="1"/>
+        <v>1970</v>
+      </c>
+      <c r="D922" s="1" t="s">
+        <v>1971</v>
+      </c>
       <c r="E922" s="1"/>
       <c r="F922" s="1" t="s">
-        <v>2087</v>
+        <v>2082</v>
       </c>
       <c r="G922" s="1" t="s">
-        <v>2088</v>
+        <v>2083</v>
       </c>
       <c r="H922" s="3">
-        <v>12.99</v>
+        <v>12.19</v>
       </c>
     </row>
     <row r="923">
       <c r="A923" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B923" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C923" s="1" t="s">
-        <v>1992</v>
-[...1 lines deleted...]
-      <c r="D923" s="1"/>
+        <v>1970</v>
+      </c>
+      <c r="D923" s="1" t="s">
+        <v>1971</v>
+      </c>
       <c r="E923" s="1"/>
       <c r="F923" s="1" t="s">
-        <v>2089</v>
+        <v>2084</v>
       </c>
       <c r="G923" s="1" t="s">
-        <v>2090</v>
+        <v>2085</v>
       </c>
       <c r="H923" s="3">
-        <v>20.99</v>
+        <v>15.2</v>
       </c>
     </row>
     <row r="924">
       <c r="A924" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B924" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C924" s="1" t="s">
-        <v>1992</v>
-[...1 lines deleted...]
-      <c r="D924" s="1"/>
+        <v>1970</v>
+      </c>
+      <c r="D924" s="1" t="s">
+        <v>2086</v>
+      </c>
       <c r="E924" s="1"/>
       <c r="F924" s="1" t="s">
-        <v>2091</v>
+        <v>2087</v>
       </c>
       <c r="G924" s="1" t="s">
-        <v>2092</v>
+        <v>2088</v>
       </c>
       <c r="H924" s="3">
-        <v>12.49</v>
+        <v>28.5</v>
       </c>
     </row>
     <row r="925">
       <c r="A925" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B925" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C925" s="1" t="s">
-        <v>1992</v>
-[...1 lines deleted...]
-      <c r="D925" s="1"/>
+        <v>147</v>
+      </c>
+      <c r="D925" s="1" t="s">
+        <v>2089</v>
+      </c>
       <c r="E925" s="1"/>
       <c r="F925" s="1" t="s">
-        <v>2093</v>
+        <v>2090</v>
       </c>
       <c r="G925" s="1" t="s">
-        <v>2094</v>
+        <v>2091</v>
       </c>
       <c r="H925" s="3">
-        <v>14.99</v>
+        <v>15.75</v>
       </c>
     </row>
     <row r="926">
       <c r="A926" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B926" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C926" s="1" t="s">
-        <v>1992</v>
-[...1 lines deleted...]
-      <c r="D926" s="1"/>
+        <v>147</v>
+      </c>
+      <c r="D926" s="1" t="s">
+        <v>649</v>
+      </c>
       <c r="E926" s="1"/>
       <c r="F926" s="1" t="s">
-        <v>2095</v>
+        <v>2092</v>
       </c>
       <c r="G926" s="1" t="s">
-        <v>2096</v>
+        <v>2093</v>
       </c>
       <c r="H926" s="3">
-        <v>15.99</v>
+        <v>45</v>
       </c>
     </row>
     <row r="927">
       <c r="A927" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B927" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C927" s="1" t="s">
-        <v>1992</v>
-[...1 lines deleted...]
-      <c r="D927" s="1"/>
+        <v>147</v>
+      </c>
+      <c r="D927" s="1" t="s">
+        <v>649</v>
+      </c>
       <c r="E927" s="1"/>
       <c r="F927" s="1" t="s">
-        <v>2097</v>
+        <v>2094</v>
       </c>
       <c r="G927" s="1" t="s">
-        <v>2098</v>
+        <v>2095</v>
       </c>
       <c r="H927" s="3">
-        <v>60.99</v>
+        <v>48</v>
       </c>
     </row>
     <row r="928">
       <c r="A928" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B928" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C928" s="1" t="s">
-        <v>1992</v>
-[...1 lines deleted...]
-      <c r="D928" s="1"/>
+        <v>147</v>
+      </c>
+      <c r="D928" s="1" t="s">
+        <v>148</v>
+      </c>
       <c r="E928" s="1"/>
       <c r="F928" s="1" t="s">
-        <v>2099</v>
+        <v>2096</v>
       </c>
       <c r="G928" s="1" t="s">
-        <v>2100</v>
+        <v>2097</v>
       </c>
       <c r="H928" s="3">
-        <v>19.99</v>
+        <v>26.99</v>
       </c>
     </row>
     <row r="929">
       <c r="A929" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B929" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C929" s="1" t="s">
-        <v>1992</v>
+        <v>831</v>
       </c>
       <c r="D929" s="1"/>
       <c r="E929" s="1"/>
       <c r="F929" s="1" t="s">
-        <v>2101</v>
+        <v>2098</v>
       </c>
       <c r="G929" s="1" t="s">
-        <v>2102</v>
+        <v>2099</v>
       </c>
       <c r="H929" s="3">
-        <v>13.69</v>
+        <v>120</v>
       </c>
     </row>
     <row r="930">
       <c r="A930" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B930" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C930" s="1" t="s">
-        <v>1992</v>
-[...1 lines deleted...]
-      <c r="D930" s="1"/>
+        <v>831</v>
+      </c>
+      <c r="D930" s="1" t="s">
+        <v>2100</v>
+      </c>
       <c r="E930" s="1"/>
       <c r="F930" s="1" t="s">
-        <v>2103</v>
+        <v>2101</v>
       </c>
       <c r="G930" s="1" t="s">
-        <v>2104</v>
+        <v>2102</v>
       </c>
       <c r="H930" s="3">
-        <v>32.49</v>
+        <v>32.99</v>
       </c>
     </row>
     <row r="931">
       <c r="A931" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B931" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C931" s="1" t="s">
-        <v>1992</v>
+        <v>831</v>
       </c>
       <c r="D931" s="1" t="s">
-        <v>2105</v>
+        <v>2100</v>
       </c>
       <c r="E931" s="1"/>
       <c r="F931" s="1" t="s">
-        <v>2106</v>
+        <v>2103</v>
       </c>
       <c r="G931" s="1" t="s">
-        <v>2107</v>
+        <v>2104</v>
       </c>
       <c r="H931" s="3">
-        <v>20.99</v>
+        <v>69.5</v>
       </c>
     </row>
     <row r="932">
       <c r="A932" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B932" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C932" s="1" t="s">
-        <v>1992</v>
+        <v>831</v>
       </c>
       <c r="D932" s="1" t="s">
-        <v>1993</v>
+        <v>2100</v>
       </c>
       <c r="E932" s="1"/>
       <c r="F932" s="1" t="s">
-        <v>2108</v>
+        <v>2105</v>
       </c>
       <c r="G932" s="1" t="s">
-        <v>2109</v>
+        <v>2106</v>
       </c>
       <c r="H932" s="3">
-        <v>23.95</v>
+        <v>45</v>
       </c>
     </row>
     <row r="933">
       <c r="A933" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B933" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C933" s="1" t="s">
-        <v>1992</v>
+        <v>831</v>
       </c>
       <c r="D933" s="1" t="s">
-        <v>1993</v>
+        <v>2100</v>
       </c>
       <c r="E933" s="1"/>
       <c r="F933" s="1" t="s">
-        <v>2110</v>
+        <v>2107</v>
       </c>
       <c r="G933" s="1" t="s">
-        <v>2111</v>
+        <v>2108</v>
       </c>
       <c r="H933" s="3">
-        <v>12.19</v>
+        <v>60.5</v>
       </c>
     </row>
     <row r="934">
       <c r="A934" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B934" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C934" s="1" t="s">
-        <v>1992</v>
+        <v>831</v>
       </c>
       <c r="D934" s="1" t="s">
-        <v>1993</v>
+        <v>2100</v>
       </c>
       <c r="E934" s="1"/>
       <c r="F934" s="1" t="s">
-        <v>2112</v>
+        <v>2109</v>
       </c>
       <c r="G934" s="1" t="s">
-        <v>2113</v>
+        <v>2110</v>
       </c>
       <c r="H934" s="3">
-        <v>15.2</v>
+        <v>64</v>
       </c>
     </row>
     <row r="935">
       <c r="A935" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B935" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C935" s="1" t="s">
-        <v>1992</v>
+        <v>831</v>
       </c>
       <c r="D935" s="1" t="s">
-        <v>2114</v>
+        <v>2100</v>
       </c>
       <c r="E935" s="1"/>
       <c r="F935" s="1" t="s">
-        <v>2115</v>
+        <v>2111</v>
       </c>
       <c r="G935" s="1" t="s">
-        <v>2116</v>
+        <v>2112</v>
       </c>
       <c r="H935" s="3">
-        <v>28.5</v>
+        <v>68.5</v>
       </c>
     </row>
     <row r="936">
       <c r="A936" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B936" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C936" s="1" t="s">
-        <v>155</v>
+        <v>831</v>
       </c>
       <c r="D936" s="1" t="s">
-        <v>2117</v>
+        <v>2100</v>
       </c>
       <c r="E936" s="1"/>
       <c r="F936" s="1" t="s">
-        <v>2118</v>
+        <v>2113</v>
       </c>
       <c r="G936" s="1" t="s">
-        <v>2119</v>
+        <v>2114</v>
       </c>
       <c r="H936" s="3">
-        <v>15.75</v>
+        <v>69.5</v>
       </c>
     </row>
     <row r="937">
       <c r="A937" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B937" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C937" s="1" t="s">
-        <v>155</v>
+        <v>831</v>
       </c>
       <c r="D937" s="1" t="s">
-        <v>666</v>
+        <v>2100</v>
       </c>
       <c r="E937" s="1"/>
       <c r="F937" s="1" t="s">
-        <v>2120</v>
+        <v>2115</v>
       </c>
       <c r="G937" s="1" t="s">
-        <v>2121</v>
+        <v>2116</v>
       </c>
       <c r="H937" s="3">
-        <v>45</v>
+        <v>68.5</v>
       </c>
     </row>
     <row r="938">
       <c r="A938" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B938" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C938" s="1" t="s">
-        <v>155</v>
+        <v>831</v>
       </c>
       <c r="D938" s="1" t="s">
-        <v>666</v>
+        <v>2100</v>
       </c>
       <c r="E938" s="1"/>
       <c r="F938" s="1" t="s">
-        <v>2122</v>
+        <v>2117</v>
       </c>
       <c r="G938" s="1" t="s">
-        <v>2123</v>
+        <v>2118</v>
       </c>
       <c r="H938" s="3">
-        <v>48</v>
+        <v>35</v>
       </c>
     </row>
     <row r="939">
       <c r="A939" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B939" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C939" s="1" t="s">
-        <v>155</v>
+        <v>831</v>
       </c>
       <c r="D939" s="1" t="s">
-        <v>156</v>
+        <v>2100</v>
       </c>
       <c r="E939" s="1"/>
       <c r="F939" s="1" t="s">
-        <v>2124</v>
+        <v>2119</v>
       </c>
       <c r="G939" s="1" t="s">
-        <v>2125</v>
+        <v>2120</v>
       </c>
       <c r="H939" s="3">
-        <v>26.99</v>
+        <v>61</v>
       </c>
     </row>
     <row r="940">
       <c r="A940" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B940" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C940" s="1" t="s">
-        <v>850</v>
-[...1 lines deleted...]
-      <c r="D940" s="1"/>
+        <v>831</v>
+      </c>
+      <c r="D940" s="1" t="s">
+        <v>2100</v>
+      </c>
       <c r="E940" s="1"/>
       <c r="F940" s="1" t="s">
-        <v>2126</v>
+        <v>2121</v>
       </c>
       <c r="G940" s="1" t="s">
-        <v>2127</v>
+        <v>2122</v>
       </c>
       <c r="H940" s="3">
-        <v>120</v>
+        <v>64.5</v>
       </c>
     </row>
     <row r="941">
       <c r="A941" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B941" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C941" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D941" s="1" t="s">
-        <v>2128</v>
+        <v>2100</v>
       </c>
       <c r="E941" s="1"/>
       <c r="F941" s="1" t="s">
-        <v>2129</v>
+        <v>2123</v>
       </c>
       <c r="G941" s="1" t="s">
-        <v>2130</v>
+        <v>2124</v>
       </c>
       <c r="H941" s="3">
-        <v>32.99</v>
+        <v>64.5</v>
       </c>
     </row>
     <row r="942">
       <c r="A942" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B942" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C942" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D942" s="1" t="s">
-        <v>2128</v>
+        <v>2100</v>
       </c>
       <c r="E942" s="1"/>
       <c r="F942" s="1" t="s">
-        <v>2131</v>
+        <v>2125</v>
       </c>
       <c r="G942" s="1" t="s">
-        <v>2132</v>
+        <v>2126</v>
       </c>
       <c r="H942" s="3">
-        <v>69.5</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="943">
       <c r="A943" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B943" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C943" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D943" s="1" t="s">
-        <v>2128</v>
+        <v>2100</v>
       </c>
       <c r="E943" s="1"/>
       <c r="F943" s="1" t="s">
-        <v>2133</v>
+        <v>2127</v>
       </c>
       <c r="G943" s="1" t="s">
-        <v>2134</v>
+        <v>2128</v>
       </c>
       <c r="H943" s="3">
-        <v>45</v>
+        <v>23.99</v>
       </c>
     </row>
     <row r="944">
       <c r="A944" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B944" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C944" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D944" s="1" t="s">
-        <v>2128</v>
+        <v>2100</v>
       </c>
       <c r="E944" s="1"/>
       <c r="F944" s="1" t="s">
-        <v>2135</v>
+        <v>2129</v>
       </c>
       <c r="G944" s="1" t="s">
-        <v>2136</v>
+        <v>2130</v>
       </c>
       <c r="H944" s="3">
-        <v>60.5</v>
+        <v>29.95</v>
       </c>
     </row>
     <row r="945">
       <c r="A945" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B945" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C945" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D945" s="1" t="s">
-        <v>2128</v>
+        <v>2100</v>
       </c>
       <c r="E945" s="1"/>
       <c r="F945" s="1" t="s">
-        <v>2137</v>
+        <v>2131</v>
       </c>
       <c r="G945" s="1" t="s">
-        <v>2138</v>
+        <v>2132</v>
       </c>
       <c r="H945" s="3">
-        <v>64</v>
+        <v>130</v>
       </c>
     </row>
     <row r="946">
       <c r="A946" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B946" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C946" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D946" s="1" t="s">
-        <v>2128</v>
+        <v>2100</v>
       </c>
       <c r="E946" s="1"/>
       <c r="F946" s="1" t="s">
-        <v>2139</v>
+        <v>2133</v>
       </c>
       <c r="G946" s="1" t="s">
-        <v>2140</v>
+        <v>2134</v>
       </c>
       <c r="H946" s="3">
-        <v>68.5</v>
+        <v>130</v>
       </c>
     </row>
     <row r="947">
       <c r="A947" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B947" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C947" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D947" s="1" t="s">
-        <v>2128</v>
+        <v>2100</v>
       </c>
       <c r="E947" s="1"/>
       <c r="F947" s="1" t="s">
-        <v>2141</v>
+        <v>2135</v>
       </c>
       <c r="G947" s="1" t="s">
-        <v>2142</v>
+        <v>2136</v>
       </c>
       <c r="H947" s="3">
-        <v>69.5</v>
+        <v>78</v>
       </c>
     </row>
     <row r="948">
       <c r="A948" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B948" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C948" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D948" s="1" t="s">
-        <v>2128</v>
+        <v>2100</v>
       </c>
       <c r="E948" s="1"/>
       <c r="F948" s="1" t="s">
-        <v>2143</v>
+        <v>2137</v>
       </c>
       <c r="G948" s="1" t="s">
-        <v>2144</v>
+        <v>2138</v>
       </c>
       <c r="H948" s="3">
-        <v>68.5</v>
+        <v>79.5</v>
       </c>
     </row>
     <row r="949">
       <c r="A949" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B949" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C949" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D949" s="1" t="s">
-        <v>2128</v>
+        <v>2100</v>
       </c>
       <c r="E949" s="1"/>
       <c r="F949" s="1" t="s">
-        <v>2145</v>
+        <v>2139</v>
       </c>
       <c r="G949" s="1" t="s">
-        <v>2146</v>
+        <v>2140</v>
       </c>
       <c r="H949" s="3">
-        <v>35</v>
+        <v>34.5</v>
       </c>
     </row>
     <row r="950">
       <c r="A950" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B950" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C950" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D950" s="1" t="s">
-        <v>2128</v>
+        <v>2100</v>
       </c>
       <c r="E950" s="1"/>
       <c r="F950" s="1" t="s">
-        <v>2147</v>
+        <v>2141</v>
       </c>
       <c r="G950" s="1" t="s">
-        <v>2148</v>
+        <v>2142</v>
       </c>
       <c r="H950" s="3">
-        <v>61</v>
+        <v>34.5</v>
       </c>
     </row>
     <row r="951">
       <c r="A951" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B951" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C951" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D951" s="1" t="s">
-        <v>2128</v>
+        <v>2100</v>
       </c>
       <c r="E951" s="1"/>
       <c r="F951" s="1" t="s">
-        <v>2149</v>
+        <v>2143</v>
       </c>
       <c r="G951" s="1" t="s">
-        <v>2150</v>
+        <v>2144</v>
       </c>
       <c r="H951" s="3">
-        <v>64.5</v>
+        <v>34.5</v>
       </c>
     </row>
     <row r="952">
       <c r="A952" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B952" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C952" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D952" s="1" t="s">
-        <v>2128</v>
+        <v>2100</v>
       </c>
       <c r="E952" s="1"/>
       <c r="F952" s="1" t="s">
-        <v>2151</v>
+        <v>2145</v>
       </c>
       <c r="G952" s="1" t="s">
-        <v>2152</v>
+        <v>2146</v>
       </c>
       <c r="H952" s="3">
-        <v>64.5</v>
+        <v>25.99</v>
       </c>
     </row>
     <row r="953">
       <c r="A953" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B953" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C953" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D953" s="1" t="s">
-        <v>2128</v>
-[...1 lines deleted...]
-      <c r="E953" s="1"/>
+        <v>2100</v>
+      </c>
+      <c r="E953" s="1" t="s">
+        <v>2147</v>
+      </c>
       <c r="F953" s="1" t="s">
-        <v>2153</v>
+        <v>2148</v>
       </c>
       <c r="G953" s="1" t="s">
-        <v>2154</v>
+        <v>2149</v>
       </c>
       <c r="H953" s="3">
-        <v>22.5</v>
+        <v>35</v>
       </c>
     </row>
     <row r="954">
       <c r="A954" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B954" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C954" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D954" s="1" t="s">
-        <v>2128</v>
-[...1 lines deleted...]
-      <c r="E954" s="1"/>
+        <v>2100</v>
+      </c>
+      <c r="E954" s="1" t="s">
+        <v>2147</v>
+      </c>
       <c r="F954" s="1" t="s">
-        <v>2155</v>
+        <v>2150</v>
       </c>
       <c r="G954" s="1" t="s">
-        <v>2156</v>
+        <v>2151</v>
       </c>
       <c r="H954" s="3">
-        <v>23.99</v>
+        <v>65</v>
       </c>
     </row>
     <row r="955">
       <c r="A955" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B955" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C955" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D955" s="1" t="s">
-        <v>2128</v>
+        <v>866</v>
       </c>
       <c r="E955" s="1"/>
       <c r="F955" s="1" t="s">
-        <v>2157</v>
+        <v>2152</v>
       </c>
       <c r="G955" s="1" t="s">
-        <v>2158</v>
+        <v>2153</v>
       </c>
       <c r="H955" s="3">
-        <v>29.95</v>
+        <v>12.49</v>
       </c>
     </row>
     <row r="956">
       <c r="A956" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B956" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C956" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D956" s="1" t="s">
-        <v>2128</v>
+        <v>866</v>
       </c>
       <c r="E956" s="1"/>
       <c r="F956" s="1" t="s">
-        <v>2159</v>
+        <v>2154</v>
       </c>
       <c r="G956" s="1" t="s">
-        <v>2160</v>
+        <v>2155</v>
       </c>
       <c r="H956" s="3">
-        <v>130</v>
+        <v>14.99</v>
       </c>
     </row>
     <row r="957">
       <c r="A957" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B957" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C957" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D957" s="1" t="s">
-        <v>2128</v>
-[...1 lines deleted...]
-      <c r="E957" s="1"/>
+        <v>866</v>
+      </c>
+      <c r="E957" s="1" t="s">
+        <v>2156</v>
+      </c>
       <c r="F957" s="1" t="s">
-        <v>2161</v>
+        <v>2157</v>
       </c>
       <c r="G957" s="1" t="s">
-        <v>2162</v>
+        <v>2158</v>
       </c>
       <c r="H957" s="3">
-        <v>130</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="958">
       <c r="A958" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B958" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C958" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D958" s="1" t="s">
-        <v>2128</v>
-[...1 lines deleted...]
-      <c r="E958" s="1"/>
+        <v>866</v>
+      </c>
+      <c r="E958" s="1" t="s">
+        <v>2159</v>
+      </c>
       <c r="F958" s="1" t="s">
-        <v>2163</v>
+        <v>2160</v>
       </c>
       <c r="G958" s="1" t="s">
-        <v>2164</v>
+        <v>2161</v>
       </c>
       <c r="H958" s="3">
-        <v>78</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="959">
       <c r="A959" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B959" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C959" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D959" s="1" t="s">
-        <v>2128</v>
-[...1 lines deleted...]
-      <c r="E959" s="1"/>
+        <v>866</v>
+      </c>
+      <c r="E959" s="1" t="s">
+        <v>2159</v>
+      </c>
       <c r="F959" s="1" t="s">
-        <v>2165</v>
+        <v>2162</v>
       </c>
       <c r="G959" s="1" t="s">
-        <v>2166</v>
+        <v>2163</v>
       </c>
       <c r="H959" s="3">
-        <v>79.5</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="960">
       <c r="A960" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B960" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C960" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D960" s="1" t="s">
-        <v>2128</v>
-[...1 lines deleted...]
-      <c r="E960" s="1"/>
+        <v>866</v>
+      </c>
+      <c r="E960" s="1" t="s">
+        <v>2159</v>
+      </c>
       <c r="F960" s="1" t="s">
-        <v>2167</v>
+        <v>2164</v>
       </c>
       <c r="G960" s="1" t="s">
-        <v>2168</v>
+        <v>2165</v>
       </c>
       <c r="H960" s="3">
-        <v>34.5</v>
+        <v>26</v>
       </c>
     </row>
     <row r="961">
       <c r="A961" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B961" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C961" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D961" s="1" t="s">
-        <v>2128</v>
-[...1 lines deleted...]
-      <c r="E961" s="1"/>
+        <v>866</v>
+      </c>
+      <c r="E961" s="1" t="s">
+        <v>2159</v>
+      </c>
       <c r="F961" s="1" t="s">
-        <v>2169</v>
+        <v>2166</v>
       </c>
       <c r="G961" s="1" t="s">
-        <v>2170</v>
+        <v>2167</v>
       </c>
       <c r="H961" s="3">
-        <v>34.5</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="962">
       <c r="A962" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B962" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C962" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D962" s="1" t="s">
-        <v>2128</v>
-[...1 lines deleted...]
-      <c r="E962" s="1"/>
+        <v>866</v>
+      </c>
+      <c r="E962" s="1" t="s">
+        <v>2159</v>
+      </c>
       <c r="F962" s="1" t="s">
-        <v>2171</v>
+        <v>2168</v>
       </c>
       <c r="G962" s="1" t="s">
-        <v>2172</v>
+        <v>2169</v>
       </c>
       <c r="H962" s="3">
-        <v>34.5</v>
+        <v>25.99</v>
       </c>
     </row>
     <row r="963">
       <c r="A963" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B963" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C963" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D963" s="1" t="s">
-        <v>2128</v>
+        <v>876</v>
       </c>
       <c r="E963" s="1"/>
       <c r="F963" s="1" t="s">
-        <v>2173</v>
+        <v>2170</v>
       </c>
       <c r="G963" s="1" t="s">
-        <v>2174</v>
+        <v>2171</v>
       </c>
       <c r="H963" s="3">
-        <v>25.99</v>
+        <v>42.99</v>
       </c>
     </row>
     <row r="964">
       <c r="A964" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B964" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C964" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D964" s="1" t="s">
-        <v>2128</v>
-[...3 lines deleted...]
-      </c>
+        <v>876</v>
+      </c>
+      <c r="E964" s="1"/>
       <c r="F964" s="1" t="s">
-        <v>2176</v>
+        <v>2172</v>
       </c>
       <c r="G964" s="1" t="s">
-        <v>2177</v>
+        <v>2173</v>
       </c>
       <c r="H964" s="3">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="965">
       <c r="A965" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B965" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C965" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D965" s="1" t="s">
-        <v>2128</v>
-[...1 lines deleted...]
-      <c r="E965" s="1" t="s">
+        <v>876</v>
+      </c>
+      <c r="E965" s="1"/>
+      <c r="F965" s="1" t="s">
+        <v>2174</v>
+      </c>
+      <c r="G965" s="1" t="s">
         <v>2175</v>
       </c>
-      <c r="F965" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H965" s="3">
-        <v>65</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="966">
       <c r="A966" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B966" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C966" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D966" s="1" t="s">
-        <v>885</v>
+        <v>876</v>
       </c>
       <c r="E966" s="1"/>
       <c r="F966" s="1" t="s">
-        <v>2180</v>
+        <v>2176</v>
       </c>
       <c r="G966" s="1" t="s">
-        <v>2181</v>
+        <v>2177</v>
       </c>
       <c r="H966" s="3">
-        <v>12.49</v>
+        <v>36</v>
       </c>
     </row>
     <row r="967">
       <c r="A967" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B967" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C967" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D967" s="1" t="s">
-        <v>885</v>
-[...1 lines deleted...]
-      <c r="E967" s="1"/>
+        <v>876</v>
+      </c>
+      <c r="E967" s="1" t="s">
+        <v>2178</v>
+      </c>
       <c r="F967" s="1" t="s">
-        <v>2182</v>
+        <v>2179</v>
       </c>
       <c r="G967" s="1" t="s">
-        <v>2183</v>
+        <v>2180</v>
       </c>
       <c r="H967" s="3">
-        <v>14.99</v>
+        <v>42</v>
       </c>
     </row>
     <row r="968">
       <c r="A968" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B968" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C968" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D968" s="1" t="s">
-        <v>885</v>
+        <v>876</v>
       </c>
       <c r="E968" s="1" t="s">
-        <v>2184</v>
+        <v>2178</v>
       </c>
       <c r="F968" s="1" t="s">
-        <v>2185</v>
+        <v>2181</v>
       </c>
       <c r="G968" s="1" t="s">
-        <v>2186</v>
+        <v>2182</v>
       </c>
       <c r="H968" s="3">
-        <v>19.99</v>
+        <v>45</v>
       </c>
     </row>
     <row r="969">
       <c r="A969" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B969" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C969" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D969" s="1" t="s">
-        <v>885</v>
+        <v>876</v>
       </c>
       <c r="E969" s="1" t="s">
-        <v>2187</v>
+        <v>2178</v>
       </c>
       <c r="F969" s="1" t="s">
-        <v>2188</v>
+        <v>2183</v>
       </c>
       <c r="G969" s="1" t="s">
-        <v>2189</v>
+        <v>2184</v>
       </c>
       <c r="H969" s="3">
-        <v>24.99</v>
+        <v>38</v>
       </c>
     </row>
     <row r="970">
       <c r="A970" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B970" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C970" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D970" s="1" t="s">
-        <v>885</v>
+        <v>876</v>
       </c>
       <c r="E970" s="1" t="s">
-        <v>2187</v>
+        <v>2178</v>
       </c>
       <c r="F970" s="1" t="s">
-        <v>2190</v>
+        <v>2185</v>
       </c>
       <c r="G970" s="1" t="s">
-        <v>2191</v>
+        <v>2186</v>
       </c>
       <c r="H970" s="3">
-        <v>24.99</v>
+        <v>38.99</v>
       </c>
     </row>
     <row r="971">
       <c r="A971" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B971" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C971" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D971" s="1" t="s">
-        <v>885</v>
+        <v>876</v>
       </c>
       <c r="E971" s="1" t="s">
+        <v>2178</v>
+      </c>
+      <c r="F971" s="1" t="s">
         <v>2187</v>
       </c>
-      <c r="F971" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G971" s="1" t="s">
-        <v>2193</v>
+        <v>2188</v>
       </c>
       <c r="H971" s="3">
-        <v>26</v>
+        <v>44.99</v>
       </c>
     </row>
     <row r="972">
       <c r="A972" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B972" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C972" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D972" s="1" t="s">
-        <v>885</v>
+        <v>876</v>
       </c>
       <c r="E972" s="1" t="s">
-        <v>2187</v>
+        <v>918</v>
       </c>
       <c r="F972" s="1" t="s">
-        <v>2194</v>
+        <v>2189</v>
       </c>
       <c r="G972" s="1" t="s">
-        <v>2195</v>
+        <v>2190</v>
       </c>
       <c r="H972" s="3">
-        <v>24.99</v>
+        <v>34.99</v>
       </c>
     </row>
     <row r="973">
       <c r="A973" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B973" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C973" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D973" s="1" t="s">
-        <v>885</v>
+        <v>876</v>
       </c>
       <c r="E973" s="1" t="s">
-        <v>2187</v>
+        <v>918</v>
       </c>
       <c r="F973" s="1" t="s">
-        <v>2196</v>
+        <v>2191</v>
       </c>
       <c r="G973" s="1" t="s">
-        <v>2197</v>
+        <v>2192</v>
       </c>
       <c r="H973" s="3">
-        <v>25.99</v>
+        <v>35.99</v>
       </c>
     </row>
     <row r="974">
       <c r="A974" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B974" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C974" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D974" s="1" t="s">
-        <v>895</v>
-[...1 lines deleted...]
-      <c r="E974" s="1"/>
+        <v>876</v>
+      </c>
+      <c r="E974" s="1" t="s">
+        <v>918</v>
+      </c>
       <c r="F974" s="1" t="s">
-        <v>2198</v>
+        <v>2193</v>
       </c>
       <c r="G974" s="1" t="s">
-        <v>2199</v>
+        <v>2194</v>
       </c>
       <c r="H974" s="3">
-        <v>42.99</v>
+        <v>42.49</v>
       </c>
     </row>
     <row r="975">
       <c r="A975" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B975" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C975" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D975" s="1" t="s">
-        <v>895</v>
-[...1 lines deleted...]
-      <c r="E975" s="1"/>
+        <v>876</v>
+      </c>
+      <c r="E975" s="1" t="s">
+        <v>918</v>
+      </c>
       <c r="F975" s="1" t="s">
-        <v>2200</v>
+        <v>2195</v>
       </c>
       <c r="G975" s="1" t="s">
-        <v>2201</v>
+        <v>2196</v>
       </c>
       <c r="H975" s="3">
-        <v>34</v>
+        <v>32</v>
       </c>
     </row>
     <row r="976">
       <c r="A976" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B976" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C976" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D976" s="1" t="s">
-        <v>895</v>
-[...1 lines deleted...]
-      <c r="E976" s="1"/>
+        <v>876</v>
+      </c>
+      <c r="E976" s="1" t="s">
+        <v>918</v>
+      </c>
       <c r="F976" s="1" t="s">
-        <v>2202</v>
+        <v>2197</v>
       </c>
       <c r="G976" s="1" t="s">
-        <v>2203</v>
+        <v>2198</v>
       </c>
       <c r="H976" s="3">
-        <v>39.5</v>
+        <v>35</v>
       </c>
     </row>
     <row r="977">
       <c r="A977" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B977" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C977" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D977" s="1" t="s">
-        <v>895</v>
-[...1 lines deleted...]
-      <c r="E977" s="1"/>
+        <v>876</v>
+      </c>
+      <c r="E977" s="1" t="s">
+        <v>918</v>
+      </c>
       <c r="F977" s="1" t="s">
-        <v>2204</v>
+        <v>2199</v>
       </c>
       <c r="G977" s="1" t="s">
-        <v>2205</v>
+        <v>2200</v>
       </c>
       <c r="H977" s="3">
-        <v>36</v>
+        <v>30.49</v>
       </c>
     </row>
     <row r="978">
       <c r="A978" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B978" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C978" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D978" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E978" s="1" t="s">
-        <v>2206</v>
+        <v>918</v>
       </c>
       <c r="F978" s="1" t="s">
-        <v>2207</v>
+        <v>2201</v>
       </c>
       <c r="G978" s="1" t="s">
-        <v>2208</v>
+        <v>2202</v>
       </c>
       <c r="H978" s="3">
-        <v>42</v>
+        <v>32</v>
       </c>
     </row>
     <row r="979">
       <c r="A979" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B979" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C979" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D979" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E979" s="1" t="s">
-        <v>2206</v>
+        <v>918</v>
       </c>
       <c r="F979" s="1" t="s">
-        <v>2209</v>
+        <v>2203</v>
       </c>
       <c r="G979" s="1" t="s">
-        <v>2210</v>
+        <v>2204</v>
       </c>
       <c r="H979" s="3">
-        <v>45</v>
+        <v>44</v>
       </c>
     </row>
     <row r="980">
       <c r="A980" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B980" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C980" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D980" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E980" s="1" t="s">
+        <v>2205</v>
+      </c>
+      <c r="F980" s="1" t="s">
         <v>2206</v>
       </c>
-      <c r="F980" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G980" s="1" t="s">
-        <v>2212</v>
+        <v>2207</v>
       </c>
       <c r="H980" s="3">
-        <v>38</v>
+        <v>28.5</v>
       </c>
     </row>
     <row r="981">
       <c r="A981" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B981" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C981" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D981" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E981" s="1" t="s">
-        <v>2206</v>
+        <v>2205</v>
       </c>
       <c r="F981" s="1" t="s">
-        <v>2213</v>
+        <v>2208</v>
       </c>
       <c r="G981" s="1" t="s">
-        <v>2214</v>
+        <v>2209</v>
       </c>
       <c r="H981" s="3">
-        <v>38.99</v>
+        <v>24.5</v>
       </c>
     </row>
     <row r="982">
       <c r="A982" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B982" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C982" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D982" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E982" s="1" t="s">
-        <v>2206</v>
+        <v>2205</v>
       </c>
       <c r="F982" s="1" t="s">
-        <v>2215</v>
+        <v>2210</v>
       </c>
       <c r="G982" s="1" t="s">
-        <v>2216</v>
+        <v>2211</v>
       </c>
       <c r="H982" s="3">
-        <v>44.99</v>
+        <v>54</v>
       </c>
     </row>
     <row r="983">
       <c r="A983" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B983" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C983" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D983" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E983" s="1" t="s">
-        <v>937</v>
+        <v>2205</v>
       </c>
       <c r="F983" s="1" t="s">
-        <v>2217</v>
+        <v>2212</v>
       </c>
       <c r="G983" s="1" t="s">
-        <v>2218</v>
+        <v>2213</v>
       </c>
       <c r="H983" s="3">
-        <v>34.99</v>
+        <v>49.95</v>
       </c>
     </row>
     <row r="984">
       <c r="A984" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B984" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C984" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D984" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E984" s="1" t="s">
-        <v>937</v>
+        <v>2205</v>
       </c>
       <c r="F984" s="1" t="s">
-        <v>2219</v>
+        <v>2214</v>
       </c>
       <c r="G984" s="1" t="s">
-        <v>2220</v>
+        <v>2215</v>
       </c>
       <c r="H984" s="3">
-        <v>35.99</v>
+        <v>49.99</v>
       </c>
     </row>
     <row r="985">
       <c r="A985" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B985" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C985" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D985" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E985" s="1" t="s">
-        <v>937</v>
+        <v>933</v>
       </c>
       <c r="F985" s="1" t="s">
-        <v>2221</v>
+        <v>2216</v>
       </c>
       <c r="G985" s="1" t="s">
-        <v>2222</v>
+        <v>2217</v>
       </c>
       <c r="H985" s="3">
-        <v>42.49</v>
+        <v>120</v>
       </c>
     </row>
     <row r="986">
       <c r="A986" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B986" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C986" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D986" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E986" s="1" t="s">
-        <v>937</v>
+        <v>933</v>
       </c>
       <c r="F986" s="1" t="s">
-        <v>2223</v>
+        <v>2218</v>
       </c>
       <c r="G986" s="1" t="s">
-        <v>2224</v>
+        <v>2219</v>
       </c>
       <c r="H986" s="3">
-        <v>32</v>
+        <v>120</v>
       </c>
     </row>
     <row r="987">
       <c r="A987" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B987" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C987" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D987" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E987" s="1" t="s">
-        <v>937</v>
+        <v>933</v>
       </c>
       <c r="F987" s="1" t="s">
-        <v>2225</v>
+        <v>2220</v>
       </c>
       <c r="G987" s="1" t="s">
-        <v>2226</v>
+        <v>2221</v>
       </c>
       <c r="H987" s="3">
-        <v>35</v>
+        <v>78</v>
       </c>
     </row>
     <row r="988">
       <c r="A988" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B988" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C988" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D988" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E988" s="1" t="s">
-        <v>937</v>
+        <v>933</v>
       </c>
       <c r="F988" s="1" t="s">
-        <v>2227</v>
+        <v>2222</v>
       </c>
       <c r="G988" s="1" t="s">
-        <v>2228</v>
+        <v>2223</v>
       </c>
       <c r="H988" s="3">
-        <v>30.49</v>
+        <v>89</v>
       </c>
     </row>
     <row r="989">
       <c r="A989" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B989" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C989" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D989" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E989" s="1" t="s">
-        <v>937</v>
+        <v>933</v>
       </c>
       <c r="F989" s="1" t="s">
-        <v>2229</v>
+        <v>2224</v>
       </c>
       <c r="G989" s="1" t="s">
-        <v>2230</v>
+        <v>2225</v>
       </c>
       <c r="H989" s="3">
-        <v>32</v>
+        <v>106</v>
       </c>
     </row>
     <row r="990">
       <c r="A990" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B990" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C990" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D990" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E990" s="1" t="s">
-        <v>937</v>
+        <v>933</v>
       </c>
       <c r="F990" s="1" t="s">
-        <v>2231</v>
+        <v>2226</v>
       </c>
       <c r="G990" s="1" t="s">
-        <v>2232</v>
+        <v>2227</v>
       </c>
       <c r="H990" s="3">
-        <v>44</v>
+        <v>109</v>
       </c>
     </row>
     <row r="991">
       <c r="A991" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B991" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C991" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D991" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E991" s="1" t="s">
-        <v>2233</v>
+        <v>933</v>
       </c>
       <c r="F991" s="1" t="s">
-        <v>2234</v>
+        <v>2228</v>
       </c>
       <c r="G991" s="1" t="s">
-        <v>2235</v>
+        <v>2229</v>
       </c>
       <c r="H991" s="3">
-        <v>28.5</v>
+        <v>95</v>
       </c>
     </row>
     <row r="992">
       <c r="A992" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B992" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C992" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D992" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E992" s="1" t="s">
-        <v>2233</v>
+        <v>933</v>
       </c>
       <c r="F992" s="1" t="s">
-        <v>2236</v>
+        <v>2230</v>
       </c>
       <c r="G992" s="1" t="s">
-        <v>2237</v>
+        <v>2231</v>
       </c>
       <c r="H992" s="3">
-        <v>24.5</v>
+        <v>78</v>
       </c>
     </row>
     <row r="993">
       <c r="A993" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B993" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C993" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D993" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E993" s="1" t="s">
+        <v>933</v>
+      </c>
+      <c r="F993" s="1" t="s">
+        <v>2232</v>
+      </c>
+      <c r="G993" s="1" t="s">
         <v>2233</v>
       </c>
-      <c r="F993" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H993" s="3">
-        <v>54</v>
+        <v>72</v>
       </c>
     </row>
     <row r="994">
       <c r="A994" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B994" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C994" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D994" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E994" s="1" t="s">
-        <v>2233</v>
+        <v>933</v>
       </c>
       <c r="F994" s="1" t="s">
-        <v>2240</v>
+        <v>2234</v>
       </c>
       <c r="G994" s="1" t="s">
-        <v>2241</v>
+        <v>2235</v>
       </c>
       <c r="H994" s="3">
-        <v>49.95</v>
+        <v>69</v>
       </c>
     </row>
     <row r="995">
       <c r="A995" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B995" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C995" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D995" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E995" s="1" t="s">
-        <v>2233</v>
+        <v>933</v>
       </c>
       <c r="F995" s="1" t="s">
-        <v>2242</v>
+        <v>2236</v>
       </c>
       <c r="G995" s="1" t="s">
-        <v>2243</v>
+        <v>2237</v>
       </c>
       <c r="H995" s="3">
-        <v>49.99</v>
+        <v>900</v>
       </c>
     </row>
     <row r="996">
       <c r="A996" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B996" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C996" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D996" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E996" s="1" t="s">
-        <v>952</v>
+        <v>933</v>
       </c>
       <c r="F996" s="1" t="s">
-        <v>2244</v>
+        <v>2238</v>
       </c>
       <c r="G996" s="1" t="s">
-        <v>2245</v>
+        <v>2239</v>
       </c>
       <c r="H996" s="3">
-        <v>120</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="997">
       <c r="A997" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B997" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C997" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D997" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E997" s="1" t="s">
-        <v>952</v>
+        <v>933</v>
       </c>
       <c r="F997" s="1" t="s">
-        <v>2246</v>
+        <v>2240</v>
       </c>
       <c r="G997" s="1" t="s">
-        <v>2247</v>
+        <v>2241</v>
       </c>
       <c r="H997" s="3">
-        <v>120</v>
+        <v>899</v>
       </c>
     </row>
     <row r="998">
       <c r="A998" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B998" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C998" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D998" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E998" s="1" t="s">
-        <v>952</v>
+        <v>933</v>
       </c>
       <c r="F998" s="1" t="s">
-        <v>2248</v>
+        <v>2242</v>
       </c>
       <c r="G998" s="1" t="s">
-        <v>2249</v>
+        <v>2243</v>
       </c>
       <c r="H998" s="3">
-        <v>78</v>
+        <v>999</v>
       </c>
     </row>
     <row r="999">
       <c r="A999" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B999" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C999" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D999" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E999" s="1" t="s">
-        <v>952</v>
+        <v>933</v>
       </c>
       <c r="F999" s="1" t="s">
-        <v>2250</v>
+        <v>2244</v>
       </c>
       <c r="G999" s="1" t="s">
-        <v>2251</v>
+        <v>2245</v>
       </c>
       <c r="H999" s="3">
-        <v>89</v>
+        <v>900</v>
       </c>
     </row>
     <row r="1000">
       <c r="A1000" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1000" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1000" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D1000" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E1000" s="1" t="s">
-        <v>952</v>
+        <v>933</v>
       </c>
       <c r="F1000" s="1" t="s">
-        <v>2252</v>
+        <v>2246</v>
       </c>
       <c r="G1000" s="1" t="s">
-        <v>2253</v>
+        <v>2247</v>
       </c>
       <c r="H1000" s="3">
-        <v>106</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="1001">
       <c r="A1001" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1001" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1001" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D1001" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E1001" s="1" t="s">
-        <v>952</v>
+        <v>2248</v>
       </c>
       <c r="F1001" s="1" t="s">
-        <v>2254</v>
+        <v>2249</v>
       </c>
       <c r="G1001" s="1" t="s">
-        <v>2255</v>
+        <v>2250</v>
       </c>
       <c r="H1001" s="3">
-        <v>109</v>
+        <v>22.99</v>
       </c>
     </row>
     <row r="1002">
       <c r="A1002" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1002" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1002" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D1002" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E1002" s="1" t="s">
-        <v>952</v>
+        <v>943</v>
       </c>
       <c r="F1002" s="1" t="s">
-        <v>2256</v>
+        <v>2251</v>
       </c>
       <c r="G1002" s="1" t="s">
-        <v>2257</v>
+        <v>2252</v>
       </c>
       <c r="H1002" s="3">
-        <v>95</v>
+        <v>22.99</v>
       </c>
     </row>
     <row r="1003">
       <c r="A1003" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1003" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1003" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D1003" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E1003" s="1" t="s">
-        <v>952</v>
+        <v>946</v>
       </c>
       <c r="F1003" s="1" t="s">
-        <v>2258</v>
+        <v>2253</v>
       </c>
       <c r="G1003" s="1" t="s">
-        <v>2259</v>
+        <v>2254</v>
       </c>
       <c r="H1003" s="3">
-        <v>78</v>
+        <v>19.89</v>
       </c>
     </row>
     <row r="1004">
       <c r="A1004" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1004" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1004" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D1004" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E1004" s="1" t="s">
-        <v>952</v>
+        <v>946</v>
       </c>
       <c r="F1004" s="1" t="s">
-        <v>2260</v>
+        <v>2255</v>
       </c>
       <c r="G1004" s="1" t="s">
-        <v>2261</v>
+        <v>2256</v>
       </c>
       <c r="H1004" s="3">
-        <v>72</v>
+        <v>25.99</v>
       </c>
     </row>
     <row r="1005">
       <c r="A1005" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1005" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1005" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D1005" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E1005" s="1" t="s">
-        <v>952</v>
+        <v>946</v>
       </c>
       <c r="F1005" s="1" t="s">
-        <v>2262</v>
+        <v>2257</v>
       </c>
       <c r="G1005" s="1" t="s">
-        <v>2263</v>
+        <v>2258</v>
       </c>
       <c r="H1005" s="3">
-        <v>69</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="1006">
       <c r="A1006" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1006" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1006" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D1006" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E1006" s="1" t="s">
-        <v>952</v>
+        <v>2259</v>
       </c>
       <c r="F1006" s="1" t="s">
-        <v>2264</v>
+        <v>2260</v>
       </c>
       <c r="G1006" s="1" t="s">
-        <v>2265</v>
+        <v>2261</v>
       </c>
       <c r="H1006" s="3">
-        <v>900</v>
+        <v>78</v>
       </c>
     </row>
     <row r="1007">
       <c r="A1007" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1007" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1007" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D1007" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E1007" s="1" t="s">
-        <v>952</v>
+        <v>2259</v>
       </c>
       <c r="F1007" s="1" t="s">
-        <v>2266</v>
+        <v>2262</v>
       </c>
       <c r="G1007" s="1" t="s">
-        <v>2267</v>
+        <v>2263</v>
       </c>
       <c r="H1007" s="3">
-        <v>1125</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1008">
       <c r="A1008" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1008" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1008" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D1008" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E1008" s="1" t="s">
-        <v>952</v>
+        <v>2259</v>
       </c>
       <c r="F1008" s="1" t="s">
-        <v>2268</v>
+        <v>2264</v>
       </c>
       <c r="G1008" s="1" t="s">
-        <v>2269</v>
+        <v>2265</v>
       </c>
       <c r="H1008" s="3">
-        <v>899</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1009">
       <c r="A1009" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1009" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1009" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D1009" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E1009" s="1" t="s">
-        <v>952</v>
+        <v>2259</v>
       </c>
       <c r="F1009" s="1" t="s">
-        <v>2270</v>
+        <v>2266</v>
       </c>
       <c r="G1009" s="1" t="s">
-        <v>2271</v>
+        <v>2267</v>
       </c>
       <c r="H1009" s="3">
-        <v>999</v>
+        <v>144</v>
       </c>
     </row>
     <row r="1010">
       <c r="A1010" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1010" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1010" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D1010" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E1010" s="1" t="s">
-        <v>952</v>
+        <v>2259</v>
       </c>
       <c r="F1010" s="1" t="s">
-        <v>2272</v>
+        <v>2268</v>
       </c>
       <c r="G1010" s="1" t="s">
-        <v>2273</v>
+        <v>2269</v>
       </c>
       <c r="H1010" s="3">
-        <v>900</v>
+        <v>129</v>
       </c>
     </row>
     <row r="1011">
       <c r="A1011" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1011" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1011" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D1011" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E1011" s="1" t="s">
-        <v>952</v>
+        <v>2259</v>
       </c>
       <c r="F1011" s="1" t="s">
-        <v>2274</v>
+        <v>2270</v>
       </c>
       <c r="G1011" s="1" t="s">
-        <v>2275</v>
+        <v>2271</v>
       </c>
       <c r="H1011" s="3">
-        <v>1100</v>
+        <v>64.99</v>
       </c>
     </row>
     <row r="1012">
       <c r="A1012" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1012" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1012" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D1012" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E1012" s="1" t="s">
-        <v>2276</v>
+        <v>2259</v>
       </c>
       <c r="F1012" s="1" t="s">
-        <v>2277</v>
+        <v>2272</v>
       </c>
       <c r="G1012" s="1" t="s">
-        <v>2278</v>
+        <v>2273</v>
       </c>
       <c r="H1012" s="3">
-        <v>22.99</v>
+        <v>74.5</v>
       </c>
     </row>
     <row r="1013">
       <c r="A1013" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1013" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1013" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D1013" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E1013" s="1" t="s">
-        <v>962</v>
+        <v>2259</v>
       </c>
       <c r="F1013" s="1" t="s">
-        <v>2279</v>
+        <v>2274</v>
       </c>
       <c r="G1013" s="1" t="s">
-        <v>2280</v>
+        <v>2275</v>
       </c>
       <c r="H1013" s="3">
-        <v>22.99</v>
+        <v>57.99</v>
       </c>
     </row>
     <row r="1014">
       <c r="A1014" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1014" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1014" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D1014" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E1014" s="1" t="s">
-        <v>965</v>
+        <v>2259</v>
       </c>
       <c r="F1014" s="1" t="s">
-        <v>2281</v>
+        <v>2276</v>
       </c>
       <c r="G1014" s="1" t="s">
-        <v>2282</v>
+        <v>2277</v>
       </c>
       <c r="H1014" s="3">
-        <v>19.89</v>
+        <v>58</v>
       </c>
     </row>
     <row r="1015">
       <c r="A1015" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1015" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1015" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D1015" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E1015" s="1" t="s">
-        <v>965</v>
+        <v>2259</v>
       </c>
       <c r="F1015" s="1" t="s">
-        <v>2283</v>
+        <v>2278</v>
       </c>
       <c r="G1015" s="1" t="s">
-        <v>2284</v>
+        <v>2279</v>
       </c>
       <c r="H1015" s="3">
-        <v>25.99</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1016">
       <c r="A1016" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1016" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1016" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D1016" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E1016" s="1" t="s">
-        <v>965</v>
+        <v>2259</v>
       </c>
       <c r="F1016" s="1" t="s">
-        <v>2285</v>
+        <v>2280</v>
       </c>
       <c r="G1016" s="1" t="s">
-        <v>2286</v>
+        <v>2281</v>
       </c>
       <c r="H1016" s="3">
-        <v>27.5</v>
+        <v>69.5</v>
       </c>
     </row>
     <row r="1017">
       <c r="A1017" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1017" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1017" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D1017" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E1017" s="1" t="s">
-        <v>2287</v>
+        <v>2259</v>
       </c>
       <c r="F1017" s="1" t="s">
-        <v>2288</v>
+        <v>2282</v>
       </c>
       <c r="G1017" s="1" t="s">
-        <v>2289</v>
+        <v>2283</v>
       </c>
       <c r="H1017" s="3">
-        <v>78</v>
+        <v>65</v>
       </c>
     </row>
     <row r="1018">
       <c r="A1018" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1018" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1018" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D1018" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E1018" s="1" t="s">
-        <v>2287</v>
+        <v>2259</v>
       </c>
       <c r="F1018" s="1" t="s">
-        <v>2290</v>
+        <v>2284</v>
       </c>
       <c r="G1018" s="1" t="s">
-        <v>2291</v>
+        <v>2285</v>
       </c>
       <c r="H1018" s="3">
-        <v>120</v>
+        <v>85</v>
       </c>
     </row>
     <row r="1019">
       <c r="A1019" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1019" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1019" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D1019" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E1019" s="1" t="s">
+        <v>2259</v>
+      </c>
+      <c r="F1019" s="1" t="s">
+        <v>2286</v>
+      </c>
+      <c r="G1019" s="1" t="s">
         <v>2287</v>
       </c>
-      <c r="F1019" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H1019" s="3">
-        <v>120</v>
+        <v>85</v>
       </c>
     </row>
     <row r="1020">
       <c r="A1020" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1020" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1020" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D1020" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E1020" s="1" t="s">
-        <v>2287</v>
+        <v>2259</v>
       </c>
       <c r="F1020" s="1" t="s">
-        <v>2294</v>
+        <v>2288</v>
       </c>
       <c r="G1020" s="1" t="s">
-        <v>2295</v>
+        <v>2289</v>
       </c>
       <c r="H1020" s="3">
-        <v>144</v>
+        <v>64.99</v>
       </c>
     </row>
     <row r="1021">
       <c r="A1021" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1021" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1021" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D1021" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E1021" s="1" t="s">
-        <v>2287</v>
+        <v>2290</v>
       </c>
       <c r="F1021" s="1" t="s">
-        <v>2296</v>
+        <v>2291</v>
       </c>
       <c r="G1021" s="1" t="s">
-        <v>2297</v>
+        <v>2292</v>
       </c>
       <c r="H1021" s="3">
-        <v>129</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1022">
       <c r="A1022" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1022" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1022" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D1022" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E1022" s="1" t="s">
-        <v>2287</v>
+        <v>2290</v>
       </c>
       <c r="F1022" s="1" t="s">
-        <v>2298</v>
+        <v>2293</v>
       </c>
       <c r="G1022" s="1" t="s">
-        <v>2299</v>
+        <v>2294</v>
       </c>
       <c r="H1022" s="3">
-        <v>64.99</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1023">
       <c r="A1023" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1023" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1023" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D1023" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E1023" s="1" t="s">
-        <v>2287</v>
+        <v>2290</v>
       </c>
       <c r="F1023" s="1" t="s">
-        <v>2300</v>
+        <v>2295</v>
       </c>
       <c r="G1023" s="1" t="s">
-        <v>2301</v>
+        <v>2296</v>
       </c>
       <c r="H1023" s="3">
-        <v>74.5</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1024">
       <c r="A1024" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1024" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1024" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D1024" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E1024" s="1" t="s">
-        <v>2287</v>
+        <v>2290</v>
       </c>
       <c r="F1024" s="1" t="s">
-        <v>2302</v>
+        <v>2297</v>
       </c>
       <c r="G1024" s="1" t="s">
-        <v>2303</v>
+        <v>2298</v>
       </c>
       <c r="H1024" s="3">
-        <v>57.99</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1025">
       <c r="A1025" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1025" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1025" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D1025" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E1025" s="1" t="s">
-        <v>2287</v>
+        <v>2290</v>
       </c>
       <c r="F1025" s="1" t="s">
-        <v>2304</v>
+        <v>2299</v>
       </c>
       <c r="G1025" s="1" t="s">
-        <v>2305</v>
+        <v>2300</v>
       </c>
       <c r="H1025" s="3">
-        <v>58</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1026">
       <c r="A1026" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1026" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1026" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D1026" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E1026" s="1" t="s">
-        <v>2287</v>
+        <v>2290</v>
       </c>
       <c r="F1026" s="1" t="s">
-        <v>2306</v>
+        <v>2301</v>
       </c>
       <c r="G1026" s="1" t="s">
-        <v>2307</v>
+        <v>2302</v>
       </c>
       <c r="H1026" s="3">
-        <v>75</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1027">
       <c r="A1027" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1027" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1027" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D1027" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E1027" s="1" t="s">
-        <v>2287</v>
+        <v>2290</v>
       </c>
       <c r="F1027" s="1" t="s">
-        <v>2308</v>
+        <v>2303</v>
       </c>
       <c r="G1027" s="1" t="s">
-        <v>2309</v>
+        <v>2304</v>
       </c>
       <c r="H1027" s="3">
-        <v>69.5</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1028">
       <c r="A1028" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1028" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1028" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D1028" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E1028" s="1" t="s">
-        <v>2287</v>
+        <v>2290</v>
       </c>
       <c r="F1028" s="1" t="s">
-        <v>2310</v>
+        <v>2305</v>
       </c>
       <c r="G1028" s="1" t="s">
-        <v>2311</v>
+        <v>2306</v>
       </c>
       <c r="H1028" s="3">
-        <v>65</v>
+        <v>89</v>
       </c>
     </row>
     <row r="1029">
       <c r="A1029" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1029" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1029" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D1029" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E1029" s="1" t="s">
-        <v>2287</v>
+        <v>2290</v>
       </c>
       <c r="F1029" s="1" t="s">
-        <v>2312</v>
+        <v>2307</v>
       </c>
       <c r="G1029" s="1" t="s">
-        <v>2313</v>
+        <v>2308</v>
       </c>
       <c r="H1029" s="3">
-        <v>85</v>
+        <v>79</v>
       </c>
     </row>
     <row r="1030">
       <c r="A1030" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1030" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1030" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D1030" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E1030" s="1" t="s">
-        <v>2287</v>
+        <v>2290</v>
       </c>
       <c r="F1030" s="1" t="s">
-        <v>2314</v>
+        <v>2309</v>
       </c>
       <c r="G1030" s="1" t="s">
-        <v>2315</v>
+        <v>2310</v>
       </c>
       <c r="H1030" s="3">
-        <v>85</v>
+        <v>78</v>
       </c>
     </row>
     <row r="1031">
       <c r="A1031" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1031" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1031" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D1031" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E1031" s="1" t="s">
-        <v>2287</v>
+        <v>2290</v>
       </c>
       <c r="F1031" s="1" t="s">
-        <v>2316</v>
+        <v>2311</v>
       </c>
       <c r="G1031" s="1" t="s">
-        <v>2317</v>
+        <v>2312</v>
       </c>
       <c r="H1031" s="3">
-        <v>64.99</v>
+        <v>79</v>
       </c>
     </row>
     <row r="1032">
       <c r="A1032" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1032" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1032" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D1032" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E1032" s="1" t="s">
-        <v>2318</v>
+        <v>2290</v>
       </c>
       <c r="F1032" s="1" t="s">
-        <v>2319</v>
+        <v>2313</v>
       </c>
       <c r="G1032" s="1" t="s">
-        <v>2320</v>
+        <v>2314</v>
       </c>
       <c r="H1032" s="3">
-        <v>390</v>
+        <v>65</v>
       </c>
     </row>
     <row r="1033">
       <c r="A1033" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1033" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1033" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D1033" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E1033" s="1" t="s">
-        <v>2318</v>
+        <v>2290</v>
       </c>
       <c r="F1033" s="1" t="s">
-        <v>2321</v>
+        <v>2315</v>
       </c>
       <c r="G1033" s="1" t="s">
-        <v>2322</v>
+        <v>2316</v>
       </c>
       <c r="H1033" s="3">
-        <v>225</v>
+        <v>75.5</v>
       </c>
     </row>
     <row r="1034">
       <c r="A1034" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1034" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1034" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D1034" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E1034" s="1" t="s">
+        <v>2290</v>
+      </c>
+      <c r="F1034" s="1" t="s">
+        <v>2317</v>
+      </c>
+      <c r="G1034" s="1" t="s">
         <v>2318</v>
       </c>
-      <c r="F1034" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H1034" s="3">
-        <v>55.5</v>
+        <v>76</v>
       </c>
     </row>
     <row r="1035">
       <c r="A1035" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1035" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1035" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D1035" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E1035" s="1" t="s">
-        <v>2318</v>
+        <v>2319</v>
       </c>
       <c r="F1035" s="1" t="s">
-        <v>2325</v>
+        <v>2320</v>
       </c>
       <c r="G1035" s="1" t="s">
-        <v>2326</v>
+        <v>2321</v>
       </c>
       <c r="H1035" s="3">
-        <v>150</v>
+        <v>35</v>
       </c>
     </row>
     <row r="1036">
       <c r="A1036" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1036" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1036" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D1036" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E1036" s="1" t="s">
-        <v>2318</v>
+        <v>2319</v>
       </c>
       <c r="F1036" s="1" t="s">
-        <v>2327</v>
+        <v>2322</v>
       </c>
       <c r="G1036" s="1" t="s">
-        <v>2328</v>
+        <v>2323</v>
       </c>
       <c r="H1036" s="3">
-        <v>110</v>
+        <v>40.5</v>
       </c>
     </row>
     <row r="1037">
       <c r="A1037" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1037" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1037" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D1037" s="1" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="E1037" s="1" t="s">
-        <v>2318</v>
+        <v>2319</v>
       </c>
       <c r="F1037" s="1" t="s">
-        <v>2329</v>
+        <v>2324</v>
       </c>
       <c r="G1037" s="1" t="s">
-        <v>2330</v>
+        <v>2325</v>
       </c>
       <c r="H1037" s="3">
-        <v>110</v>
+        <v>39</v>
       </c>
     </row>
     <row r="1038">
       <c r="A1038" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1038" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1038" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D1038" s="1" t="s">
-        <v>895</v>
-[...3 lines deleted...]
-      </c>
+        <v>1067</v>
+      </c>
+      <c r="E1038" s="1"/>
       <c r="F1038" s="1" t="s">
-        <v>2331</v>
+        <v>2326</v>
       </c>
       <c r="G1038" s="1" t="s">
-        <v>2332</v>
+        <v>2327</v>
       </c>
       <c r="H1038" s="3">
-        <v>250</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="1039">
       <c r="A1039" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1039" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1039" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D1039" s="1" t="s">
-        <v>895</v>
+        <v>1067</v>
       </c>
       <c r="E1039" s="1" t="s">
-        <v>2318</v>
+        <v>1260</v>
       </c>
       <c r="F1039" s="1" t="s">
-        <v>2333</v>
+        <v>2328</v>
       </c>
       <c r="G1039" s="1" t="s">
-        <v>2334</v>
+        <v>2329</v>
       </c>
       <c r="H1039" s="3">
-        <v>270</v>
+        <v>39</v>
       </c>
     </row>
     <row r="1040">
       <c r="A1040" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1040" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1040" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D1040" s="1" t="s">
-        <v>895</v>
+        <v>1067</v>
       </c>
       <c r="E1040" s="1" t="s">
-        <v>2318</v>
+        <v>1260</v>
       </c>
       <c r="F1040" s="1" t="s">
-        <v>2335</v>
+        <v>2330</v>
       </c>
       <c r="G1040" s="1" t="s">
-        <v>2336</v>
+        <v>2331</v>
       </c>
       <c r="H1040" s="3">
-        <v>89</v>
+        <v>48</v>
       </c>
     </row>
     <row r="1041">
       <c r="A1041" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1041" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1041" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D1041" s="1" t="s">
-        <v>895</v>
+        <v>1067</v>
       </c>
       <c r="E1041" s="1" t="s">
-        <v>2318</v>
+        <v>1260</v>
       </c>
       <c r="F1041" s="1" t="s">
-        <v>2337</v>
+        <v>2332</v>
       </c>
       <c r="G1041" s="1" t="s">
-        <v>2338</v>
+        <v>2333</v>
       </c>
       <c r="H1041" s="3">
-        <v>79</v>
+        <v>48</v>
       </c>
     </row>
     <row r="1042">
       <c r="A1042" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1042" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1042" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D1042" s="1" t="s">
-        <v>895</v>
+        <v>1318</v>
       </c>
       <c r="E1042" s="1" t="s">
-        <v>2318</v>
+        <v>2334</v>
       </c>
       <c r="F1042" s="1" t="s">
-        <v>2339</v>
+        <v>2335</v>
       </c>
       <c r="G1042" s="1" t="s">
-        <v>2340</v>
+        <v>2336</v>
       </c>
       <c r="H1042" s="3">
-        <v>78</v>
+        <v>16.99</v>
       </c>
     </row>
     <row r="1043">
       <c r="A1043" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1043" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1043" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D1043" s="1" t="s">
-        <v>895</v>
+        <v>1318</v>
       </c>
       <c r="E1043" s="1" t="s">
-        <v>2318</v>
+        <v>2334</v>
       </c>
       <c r="F1043" s="1" t="s">
-        <v>2341</v>
+        <v>2337</v>
       </c>
       <c r="G1043" s="1" t="s">
-        <v>2342</v>
+        <v>2338</v>
       </c>
       <c r="H1043" s="3">
-        <v>79</v>
+        <v>21.5</v>
       </c>
     </row>
     <row r="1044">
       <c r="A1044" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1044" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1044" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D1044" s="1" t="s">
-        <v>895</v>
+        <v>1318</v>
       </c>
       <c r="E1044" s="1" t="s">
-        <v>2318</v>
+        <v>2334</v>
       </c>
       <c r="F1044" s="1" t="s">
-        <v>2343</v>
+        <v>2339</v>
       </c>
       <c r="G1044" s="1" t="s">
-        <v>2344</v>
+        <v>2340</v>
       </c>
       <c r="H1044" s="3">
-        <v>65</v>
+        <v>22.49</v>
       </c>
     </row>
     <row r="1045">
       <c r="A1045" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1045" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1045" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D1045" s="1" t="s">
-        <v>895</v>
+        <v>1318</v>
       </c>
       <c r="E1045" s="1" t="s">
-        <v>2318</v>
+        <v>2334</v>
       </c>
       <c r="F1045" s="1" t="s">
-        <v>2345</v>
+        <v>2341</v>
       </c>
       <c r="G1045" s="1" t="s">
-        <v>2346</v>
+        <v>2342</v>
       </c>
       <c r="H1045" s="3">
-        <v>75.5</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="1046">
       <c r="A1046" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1046" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1046" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D1046" s="1" t="s">
-        <v>895</v>
+        <v>1318</v>
       </c>
       <c r="E1046" s="1" t="s">
-        <v>2318</v>
+        <v>2334</v>
       </c>
       <c r="F1046" s="1" t="s">
-        <v>2347</v>
+        <v>2343</v>
       </c>
       <c r="G1046" s="1" t="s">
-        <v>2348</v>
+        <v>2344</v>
       </c>
       <c r="H1046" s="3">
-        <v>76</v>
+        <v>25</v>
       </c>
     </row>
     <row r="1047">
       <c r="A1047" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1047" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1047" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D1047" s="1" t="s">
-        <v>895</v>
+        <v>1318</v>
       </c>
       <c r="E1047" s="1" t="s">
-        <v>2349</v>
+        <v>2334</v>
       </c>
       <c r="F1047" s="1" t="s">
-        <v>2350</v>
+        <v>2345</v>
       </c>
       <c r="G1047" s="1" t="s">
-        <v>2351</v>
+        <v>2346</v>
       </c>
       <c r="H1047" s="3">
-        <v>35</v>
+        <v>28.5</v>
       </c>
     </row>
     <row r="1048">
       <c r="A1048" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1048" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1048" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D1048" s="1" t="s">
-        <v>895</v>
+        <v>1318</v>
       </c>
       <c r="E1048" s="1" t="s">
-        <v>2349</v>
+        <v>2334</v>
       </c>
       <c r="F1048" s="1" t="s">
-        <v>2352</v>
+        <v>2347</v>
       </c>
       <c r="G1048" s="1" t="s">
-        <v>2353</v>
+        <v>2348</v>
       </c>
       <c r="H1048" s="3">
-        <v>40.5</v>
+        <v>16.99</v>
       </c>
     </row>
     <row r="1049">
       <c r="A1049" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1049" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1049" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D1049" s="1" t="s">
-        <v>895</v>
+        <v>1318</v>
       </c>
       <c r="E1049" s="1" t="s">
+        <v>2334</v>
+      </c>
+      <c r="F1049" s="1" t="s">
         <v>2349</v>
       </c>
-      <c r="F1049" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G1049" s="1" t="s">
-        <v>2355</v>
+        <v>2350</v>
       </c>
       <c r="H1049" s="3">
-        <v>39</v>
+        <v>9.99</v>
       </c>
     </row>
     <row r="1050">
       <c r="A1050" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1050" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1050" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D1050" s="1" t="s">
-        <v>1092</v>
-[...1 lines deleted...]
-      <c r="E1050" s="1"/>
+        <v>1318</v>
+      </c>
+      <c r="E1050" s="1" t="s">
+        <v>2351</v>
+      </c>
       <c r="F1050" s="1" t="s">
-        <v>2356</v>
+        <v>2352</v>
       </c>
       <c r="G1050" s="1" t="s">
-        <v>2357</v>
+        <v>2353</v>
       </c>
       <c r="H1050" s="3">
-        <v>19.99</v>
+        <v>82.5</v>
       </c>
     </row>
     <row r="1051">
       <c r="A1051" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1051" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1051" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D1051" s="1" t="s">
-        <v>1092</v>
+        <v>1318</v>
       </c>
       <c r="E1051" s="1" t="s">
-        <v>1287</v>
+        <v>2351</v>
       </c>
       <c r="F1051" s="1" t="s">
-        <v>2358</v>
+        <v>2354</v>
       </c>
       <c r="G1051" s="1" t="s">
-        <v>2359</v>
+        <v>2355</v>
       </c>
       <c r="H1051" s="3">
-        <v>39</v>
+        <v>82.5</v>
       </c>
     </row>
     <row r="1052">
       <c r="A1052" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1052" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1052" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D1052" s="1" t="s">
-        <v>1092</v>
+        <v>1318</v>
       </c>
       <c r="E1052" s="1" t="s">
-        <v>1287</v>
+        <v>2351</v>
       </c>
       <c r="F1052" s="1" t="s">
-        <v>2360</v>
+        <v>2356</v>
       </c>
       <c r="G1052" s="1" t="s">
-        <v>2361</v>
+        <v>2357</v>
       </c>
       <c r="H1052" s="3">
-        <v>48</v>
+        <v>82.5</v>
       </c>
     </row>
     <row r="1053">
       <c r="A1053" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1053" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1053" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D1053" s="1" t="s">
-        <v>1092</v>
+        <v>1318</v>
       </c>
       <c r="E1053" s="1" t="s">
-        <v>1287</v>
+        <v>2351</v>
       </c>
       <c r="F1053" s="1" t="s">
-        <v>2362</v>
+        <v>2358</v>
       </c>
       <c r="G1053" s="1" t="s">
-        <v>2363</v>
+        <v>2359</v>
       </c>
       <c r="H1053" s="3">
-        <v>48</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1054">
       <c r="A1054" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1054" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1054" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D1054" s="1" t="s">
-        <v>1345</v>
+        <v>1318</v>
       </c>
       <c r="E1054" s="1" t="s">
-        <v>2364</v>
+        <v>2351</v>
       </c>
       <c r="F1054" s="1" t="s">
-        <v>2365</v>
+        <v>2360</v>
       </c>
       <c r="G1054" s="1" t="s">
-        <v>2366</v>
+        <v>2361</v>
       </c>
       <c r="H1054" s="3">
-        <v>16.99</v>
+        <v>41.99</v>
       </c>
     </row>
     <row r="1055">
       <c r="A1055" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1055" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1055" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D1055" s="1" t="s">
-        <v>1345</v>
+        <v>1318</v>
       </c>
       <c r="E1055" s="1" t="s">
-        <v>2364</v>
+        <v>2351</v>
       </c>
       <c r="F1055" s="1" t="s">
-        <v>2367</v>
+        <v>2362</v>
       </c>
       <c r="G1055" s="1" t="s">
-        <v>2368</v>
+        <v>2363</v>
       </c>
       <c r="H1055" s="3">
-        <v>21.5</v>
+        <v>41.99</v>
       </c>
     </row>
     <row r="1056">
       <c r="A1056" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1056" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1056" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D1056" s="1" t="s">
-        <v>1345</v>
+        <v>1318</v>
       </c>
       <c r="E1056" s="1" t="s">
+        <v>2351</v>
+      </c>
+      <c r="F1056" s="1" t="s">
         <v>2364</v>
       </c>
-      <c r="F1056" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G1056" s="1" t="s">
-        <v>2370</v>
+        <v>2365</v>
       </c>
       <c r="H1056" s="3">
-        <v>22.49</v>
+        <v>32.99</v>
       </c>
     </row>
     <row r="1057">
       <c r="A1057" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1057" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1057" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D1057" s="1" t="s">
-        <v>1345</v>
+        <v>1318</v>
       </c>
       <c r="E1057" s="1" t="s">
-        <v>2364</v>
+        <v>2351</v>
       </c>
       <c r="F1057" s="1" t="s">
-        <v>2371</v>
+        <v>2366</v>
       </c>
       <c r="G1057" s="1" t="s">
-        <v>2372</v>
+        <v>2367</v>
       </c>
       <c r="H1057" s="3">
-        <v>24.99</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="1058">
       <c r="A1058" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1058" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1058" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D1058" s="1" t="s">
-        <v>1345</v>
+        <v>1318</v>
       </c>
       <c r="E1058" s="1" t="s">
-        <v>2364</v>
+        <v>2351</v>
       </c>
       <c r="F1058" s="1" t="s">
-        <v>2373</v>
+        <v>2368</v>
       </c>
       <c r="G1058" s="1" t="s">
-        <v>2374</v>
+        <v>2369</v>
       </c>
       <c r="H1058" s="3">
-        <v>25</v>
+        <v>32</v>
       </c>
     </row>
     <row r="1059">
       <c r="A1059" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1059" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1059" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D1059" s="1" t="s">
-        <v>1345</v>
+        <v>1318</v>
       </c>
       <c r="E1059" s="1" t="s">
-        <v>2364</v>
+        <v>2351</v>
       </c>
       <c r="F1059" s="1" t="s">
-        <v>2375</v>
+        <v>2370</v>
       </c>
       <c r="G1059" s="1" t="s">
-        <v>2376</v>
+        <v>2371</v>
       </c>
       <c r="H1059" s="3">
-        <v>28.5</v>
+        <v>72.99</v>
       </c>
     </row>
     <row r="1060">
       <c r="A1060" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1060" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1060" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D1060" s="1" t="s">
-        <v>1345</v>
+        <v>1318</v>
       </c>
       <c r="E1060" s="1" t="s">
-        <v>2364</v>
+        <v>2372</v>
       </c>
       <c r="F1060" s="1" t="s">
-        <v>2377</v>
+        <v>2373</v>
       </c>
       <c r="G1060" s="1" t="s">
-        <v>2378</v>
+        <v>2374</v>
       </c>
       <c r="H1060" s="3">
-        <v>16.99</v>
+        <v>21.49</v>
       </c>
     </row>
     <row r="1061">
       <c r="A1061" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1061" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1061" s="1" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D1061" s="1" t="s">
-        <v>1345</v>
+        <v>1318</v>
       </c>
       <c r="E1061" s="1" t="s">
-        <v>2364</v>
+        <v>2375</v>
       </c>
       <c r="F1061" s="1" t="s">
-        <v>2379</v>
+        <v>2376</v>
       </c>
       <c r="G1061" s="1" t="s">
-        <v>2380</v>
+        <v>2377</v>
       </c>
       <c r="H1061" s="3">
-        <v>9.99</v>
+        <v>21.49</v>
       </c>
     </row>
     <row r="1062">
       <c r="A1062" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1062" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1062" s="1" t="s">
-        <v>850</v>
-[...6 lines deleted...]
-      </c>
+        <v>2378</v>
+      </c>
+      <c r="D1062" s="1"/>
+      <c r="E1062" s="1"/>
       <c r="F1062" s="1" t="s">
-        <v>2382</v>
+        <v>2379</v>
       </c>
       <c r="G1062" s="1" t="s">
-        <v>2383</v>
+        <v>2380</v>
       </c>
       <c r="H1062" s="3">
-        <v>82.5</v>
+        <v>9.49</v>
       </c>
     </row>
     <row r="1063">
       <c r="A1063" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1063" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1063" s="1" t="s">
-        <v>850</v>
-[...4 lines deleted...]
-      <c r="E1063" s="1" t="s">
+        <v>2378</v>
+      </c>
+      <c r="D1063" s="1"/>
+      <c r="E1063" s="1"/>
+      <c r="F1063" s="1" t="s">
         <v>2381</v>
       </c>
-      <c r="F1063" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G1063" s="1" t="s">
-        <v>2385</v>
+        <v>2382</v>
       </c>
       <c r="H1063" s="3">
-        <v>82.5</v>
+        <v>9.49</v>
       </c>
     </row>
     <row r="1064">
       <c r="A1064" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1064" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1064" s="1" t="s">
-        <v>850</v>
+        <v>1324</v>
       </c>
       <c r="D1064" s="1" t="s">
-        <v>1345</v>
-[...3 lines deleted...]
-      </c>
+        <v>1325</v>
+      </c>
+      <c r="E1064" s="1"/>
       <c r="F1064" s="1" t="s">
-        <v>2386</v>
+        <v>2383</v>
       </c>
       <c r="G1064" s="1" t="s">
-        <v>2387</v>
+        <v>2384</v>
       </c>
       <c r="H1064" s="3">
-        <v>82.5</v>
+        <v>19.89</v>
       </c>
     </row>
     <row r="1065">
       <c r="A1065" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1065" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1065" s="1" t="s">
-        <v>850</v>
-[...6 lines deleted...]
-      </c>
+        <v>1328</v>
+      </c>
+      <c r="D1065" s="1"/>
+      <c r="E1065" s="1"/>
       <c r="F1065" s="1" t="s">
-        <v>2388</v>
+        <v>2385</v>
       </c>
       <c r="G1065" s="1" t="s">
-        <v>2389</v>
+        <v>2386</v>
       </c>
       <c r="H1065" s="3">
-        <v>40</v>
+        <v>12.99</v>
       </c>
     </row>
     <row r="1066">
       <c r="A1066" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1066" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1066" s="1" t="s">
-        <v>850</v>
-[...6 lines deleted...]
-      </c>
+        <v>2387</v>
+      </c>
+      <c r="D1066" s="1"/>
+      <c r="E1066" s="1"/>
       <c r="F1066" s="1" t="s">
-        <v>2390</v>
+        <v>2388</v>
       </c>
       <c r="G1066" s="1" t="s">
-        <v>2391</v>
+        <v>2389</v>
       </c>
       <c r="H1066" s="3">
-        <v>41.99</v>
+        <v>10.99</v>
       </c>
     </row>
     <row r="1067">
       <c r="A1067" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1067" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1067" s="1" t="s">
-        <v>850</v>
-[...6 lines deleted...]
-      </c>
+        <v>155</v>
+      </c>
+      <c r="D1067" s="1"/>
+      <c r="E1067" s="1"/>
       <c r="F1067" s="1" t="s">
-        <v>2392</v>
+        <v>2390</v>
       </c>
       <c r="G1067" s="1" t="s">
-        <v>2393</v>
+        <v>2391</v>
       </c>
       <c r="H1067" s="3">
-        <v>41.99</v>
+        <v>11.99</v>
       </c>
     </row>
     <row r="1068">
       <c r="A1068" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1068" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1068" s="1" t="s">
-        <v>850</v>
-[...6 lines deleted...]
-      </c>
+        <v>155</v>
+      </c>
+      <c r="D1068" s="1"/>
+      <c r="E1068" s="1"/>
       <c r="F1068" s="1" t="s">
-        <v>2394</v>
+        <v>2392</v>
       </c>
       <c r="G1068" s="1" t="s">
-        <v>2395</v>
+        <v>2393</v>
       </c>
       <c r="H1068" s="3">
-        <v>31.5</v>
+        <v>10.49</v>
       </c>
     </row>
     <row r="1069">
       <c r="A1069" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1069" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1069" s="1" t="s">
-        <v>850</v>
+        <v>155</v>
       </c>
       <c r="D1069" s="1" t="s">
-        <v>1345</v>
-[...3 lines deleted...]
-      </c>
+        <v>1334</v>
+      </c>
+      <c r="E1069" s="1"/>
       <c r="F1069" s="1" t="s">
-        <v>2396</v>
+        <v>2394</v>
       </c>
       <c r="G1069" s="1" t="s">
-        <v>2397</v>
+        <v>2395</v>
       </c>
       <c r="H1069" s="3">
-        <v>32.99</v>
+        <v>10.99</v>
       </c>
     </row>
     <row r="1070">
       <c r="A1070" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1070" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1070" s="1" t="s">
-        <v>850</v>
+        <v>155</v>
       </c>
       <c r="D1070" s="1" t="s">
-        <v>1345</v>
+        <v>1334</v>
       </c>
       <c r="E1070" s="1" t="s">
-        <v>2381</v>
+        <v>1335</v>
       </c>
       <c r="F1070" s="1" t="s">
-        <v>2398</v>
+        <v>2396</v>
       </c>
       <c r="G1070" s="1" t="s">
-        <v>2399</v>
+        <v>2397</v>
       </c>
       <c r="H1070" s="3">
-        <v>32.5</v>
+        <v>22.99</v>
       </c>
     </row>
     <row r="1071">
       <c r="A1071" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1071" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1071" s="1" t="s">
-        <v>850</v>
-[...6 lines deleted...]
-      </c>
+        <v>2398</v>
+      </c>
+      <c r="D1071" s="1"/>
+      <c r="E1071" s="1"/>
       <c r="F1071" s="1" t="s">
+        <v>2399</v>
+      </c>
+      <c r="G1071" s="1" t="s">
         <v>2400</v>
       </c>
-      <c r="G1071" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H1071" s="3">
-        <v>32</v>
+        <v>39.95</v>
       </c>
     </row>
     <row r="1072">
       <c r="A1072" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1072" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1072" s="1" t="s">
-        <v>850</v>
-[...6 lines deleted...]
-      </c>
+        <v>287</v>
+      </c>
+      <c r="D1072" s="1"/>
+      <c r="E1072" s="1"/>
       <c r="F1072" s="1" t="s">
+        <v>2401</v>
+      </c>
+      <c r="G1072" s="1" t="s">
         <v>2402</v>
       </c>
-      <c r="G1072" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H1072" s="3">
-        <v>72.99</v>
+        <v>15.49</v>
       </c>
     </row>
     <row r="1073">
       <c r="A1073" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1073" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1073" s="1" t="s">
-        <v>850</v>
-[...4 lines deleted...]
-      <c r="E1073" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="D1073" s="1"/>
+      <c r="E1073" s="1"/>
+      <c r="F1073" s="1" t="s">
+        <v>2403</v>
+      </c>
+      <c r="G1073" s="1" t="s">
         <v>2404</v>
       </c>
-      <c r="F1073" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H1073" s="3">
-        <v>21.49</v>
+        <v>15.99</v>
       </c>
     </row>
     <row r="1074">
       <c r="A1074" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1074" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1074" s="1" t="s">
-        <v>850</v>
-[...6 lines deleted...]
-      </c>
+        <v>287</v>
+      </c>
+      <c r="D1074" s="1"/>
+      <c r="E1074" s="1"/>
       <c r="F1074" s="1" t="s">
-        <v>2408</v>
+        <v>2405</v>
       </c>
       <c r="G1074" s="1" t="s">
-        <v>2409</v>
+        <v>2406</v>
       </c>
       <c r="H1074" s="3">
-        <v>21.49</v>
+        <v>11.99</v>
       </c>
     </row>
     <row r="1075">
       <c r="A1075" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1075" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1075" s="1" t="s">
-        <v>2410</v>
+        <v>287</v>
       </c>
       <c r="D1075" s="1"/>
       <c r="E1075" s="1"/>
       <c r="F1075" s="1" t="s">
-        <v>2411</v>
+        <v>2407</v>
       </c>
       <c r="G1075" s="1" t="s">
-        <v>2412</v>
+        <v>2408</v>
       </c>
       <c r="H1075" s="3">
-        <v>9.49</v>
+        <v>11.99</v>
       </c>
     </row>
     <row r="1076">
       <c r="A1076" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1076" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1076" s="1" t="s">
-        <v>2410</v>
+        <v>287</v>
       </c>
       <c r="D1076" s="1"/>
       <c r="E1076" s="1"/>
       <c r="F1076" s="1" t="s">
-        <v>2413</v>
+        <v>2409</v>
       </c>
       <c r="G1076" s="1" t="s">
-        <v>2414</v>
+        <v>2410</v>
       </c>
       <c r="H1076" s="3">
-        <v>9.49</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="1077">
       <c r="A1077" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1077" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1077" s="1" t="s">
-        <v>1351</v>
-[...3 lines deleted...]
-      </c>
+        <v>287</v>
+      </c>
+      <c r="D1077" s="1"/>
       <c r="E1077" s="1"/>
       <c r="F1077" s="1" t="s">
-        <v>2415</v>
+        <v>2411</v>
       </c>
       <c r="G1077" s="1" t="s">
-        <v>2416</v>
+        <v>2412</v>
       </c>
       <c r="H1077" s="3">
-        <v>19.89</v>
+        <v>11.99</v>
       </c>
     </row>
     <row r="1078">
       <c r="A1078" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1078" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1078" s="1" t="s">
-        <v>1357</v>
+        <v>287</v>
       </c>
       <c r="D1078" s="1"/>
       <c r="E1078" s="1"/>
       <c r="F1078" s="1" t="s">
-        <v>2417</v>
+        <v>2413</v>
       </c>
       <c r="G1078" s="1" t="s">
-        <v>2418</v>
+        <v>2414</v>
       </c>
       <c r="H1078" s="3">
-        <v>12.99</v>
+        <v>11.99</v>
       </c>
     </row>
     <row r="1079">
       <c r="A1079" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1079" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1079" s="1" t="s">
-        <v>2419</v>
+        <v>287</v>
       </c>
       <c r="D1079" s="1"/>
       <c r="E1079" s="1"/>
       <c r="F1079" s="1" t="s">
-        <v>2420</v>
+        <v>2415</v>
       </c>
       <c r="G1079" s="1" t="s">
-        <v>2421</v>
+        <v>2416</v>
       </c>
       <c r="H1079" s="3">
-        <v>10.99</v>
+        <v>32.99</v>
       </c>
     </row>
     <row r="1080">
       <c r="A1080" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1080" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1080" s="1" t="s">
-        <v>163</v>
+        <v>287</v>
       </c>
       <c r="D1080" s="1"/>
       <c r="E1080" s="1"/>
       <c r="F1080" s="1" t="s">
-        <v>2422</v>
+        <v>2417</v>
       </c>
       <c r="G1080" s="1" t="s">
-        <v>2423</v>
+        <v>2418</v>
       </c>
       <c r="H1080" s="3">
-        <v>10.99</v>
+        <v>18.49</v>
       </c>
     </row>
     <row r="1081">
       <c r="A1081" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1081" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1081" s="1" t="s">
-        <v>163</v>
+        <v>287</v>
       </c>
       <c r="D1081" s="1"/>
       <c r="E1081" s="1"/>
       <c r="F1081" s="1" t="s">
-        <v>2424</v>
+        <v>2419</v>
       </c>
       <c r="G1081" s="1" t="s">
-        <v>2425</v>
+        <v>2420</v>
       </c>
       <c r="H1081" s="3">
-        <v>10.49</v>
+        <v>10.99</v>
       </c>
     </row>
     <row r="1082">
       <c r="A1082" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1082" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1082" s="1" t="s">
-        <v>163</v>
-[...3 lines deleted...]
-      </c>
+        <v>287</v>
+      </c>
+      <c r="D1082" s="1"/>
       <c r="E1082" s="1"/>
       <c r="F1082" s="1" t="s">
-        <v>2426</v>
+        <v>2421</v>
       </c>
       <c r="G1082" s="1" t="s">
-        <v>2427</v>
+        <v>2422</v>
       </c>
       <c r="H1082" s="3">
-        <v>10.99</v>
+        <v>11.99</v>
       </c>
     </row>
     <row r="1083">
       <c r="A1083" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1083" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1083" s="1" t="s">
-        <v>163</v>
-[...6 lines deleted...]
-      </c>
+        <v>287</v>
+      </c>
+      <c r="D1083" s="1"/>
+      <c r="E1083" s="1"/>
       <c r="F1083" s="1" t="s">
-        <v>2428</v>
+        <v>2423</v>
       </c>
       <c r="G1083" s="1" t="s">
-        <v>2429</v>
+        <v>2424</v>
       </c>
       <c r="H1083" s="3">
-        <v>22.99</v>
+        <v>12.49</v>
       </c>
     </row>
     <row r="1084">
       <c r="A1084" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1084" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1084" s="1" t="s">
-        <v>2430</v>
+        <v>287</v>
       </c>
       <c r="D1084" s="1"/>
       <c r="E1084" s="1"/>
       <c r="F1084" s="1" t="s">
-        <v>2431</v>
+        <v>2425</v>
       </c>
       <c r="G1084" s="1" t="s">
-        <v>2432</v>
+        <v>2426</v>
       </c>
       <c r="H1084" s="3">
-        <v>39.95</v>
+        <v>10.99</v>
       </c>
     </row>
     <row r="1085">
       <c r="A1085" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1085" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1085" s="1" t="s">
-        <v>295</v>
-[...1 lines deleted...]
-      <c r="D1085" s="1"/>
+        <v>287</v>
+      </c>
+      <c r="D1085" s="1" t="s">
+        <v>2427</v>
+      </c>
       <c r="E1085" s="1"/>
       <c r="F1085" s="1" t="s">
-        <v>2433</v>
+        <v>2428</v>
       </c>
       <c r="G1085" s="1" t="s">
-        <v>2434</v>
+        <v>2429</v>
       </c>
       <c r="H1085" s="3">
-        <v>15.49</v>
+        <v>10.99</v>
       </c>
     </row>
     <row r="1086">
       <c r="A1086" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1086" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1086" s="1" t="s">
-        <v>295</v>
-[...1 lines deleted...]
-      <c r="D1086" s="1"/>
+        <v>287</v>
+      </c>
+      <c r="D1086" s="1" t="s">
+        <v>1380</v>
+      </c>
       <c r="E1086" s="1"/>
       <c r="F1086" s="1" t="s">
-        <v>2435</v>
+        <v>2430</v>
       </c>
       <c r="G1086" s="1" t="s">
-        <v>2436</v>
+        <v>2431</v>
       </c>
       <c r="H1086" s="3">
-        <v>15.49</v>
+        <v>8.99</v>
       </c>
     </row>
     <row r="1087">
       <c r="A1087" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1087" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1087" s="1" t="s">
-        <v>295</v>
-[...1 lines deleted...]
-      <c r="D1087" s="1"/>
+        <v>287</v>
+      </c>
+      <c r="D1087" s="1" t="s">
+        <v>1380</v>
+      </c>
       <c r="E1087" s="1"/>
       <c r="F1087" s="1" t="s">
-        <v>2437</v>
+        <v>2432</v>
       </c>
       <c r="G1087" s="1" t="s">
-        <v>2438</v>
+        <v>2433</v>
       </c>
       <c r="H1087" s="3">
-        <v>11.99</v>
+        <v>4.19</v>
       </c>
     </row>
     <row r="1088">
       <c r="A1088" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1088" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1088" s="1" t="s">
-        <v>295</v>
-[...1 lines deleted...]
-      <c r="D1088" s="1"/>
+        <v>287</v>
+      </c>
+      <c r="D1088" s="1" t="s">
+        <v>1380</v>
+      </c>
       <c r="E1088" s="1"/>
       <c r="F1088" s="1" t="s">
-        <v>2439</v>
+        <v>2434</v>
       </c>
       <c r="G1088" s="1" t="s">
-        <v>2440</v>
+        <v>2435</v>
       </c>
       <c r="H1088" s="3">
-        <v>11.99</v>
+        <v>2.99</v>
       </c>
     </row>
     <row r="1089">
       <c r="A1089" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1089" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1089" s="1" t="s">
-        <v>295</v>
-[...1 lines deleted...]
-      <c r="D1089" s="1"/>
+        <v>287</v>
+      </c>
+      <c r="D1089" s="1" t="s">
+        <v>1392</v>
+      </c>
       <c r="E1089" s="1"/>
       <c r="F1089" s="1" t="s">
-        <v>2441</v>
+        <v>2436</v>
       </c>
       <c r="G1089" s="1" t="s">
-        <v>2442</v>
+        <v>2437</v>
       </c>
       <c r="H1089" s="3">
-        <v>10.19</v>
+        <v>12.99</v>
       </c>
     </row>
     <row r="1090">
       <c r="A1090" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1090" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1090" s="1" t="s">
-        <v>295</v>
-[...1 lines deleted...]
-      <c r="D1090" s="1"/>
+        <v>287</v>
+      </c>
+      <c r="D1090" s="1" t="s">
+        <v>1392</v>
+      </c>
       <c r="E1090" s="1"/>
       <c r="F1090" s="1" t="s">
-        <v>2443</v>
+        <v>2438</v>
       </c>
       <c r="G1090" s="1" t="s">
-        <v>2444</v>
+        <v>2439</v>
       </c>
       <c r="H1090" s="3">
         <v>11.99</v>
       </c>
     </row>
     <row r="1091">
       <c r="A1091" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1091" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1091" s="1" t="s">
-        <v>295</v>
+        <v>1399</v>
       </c>
       <c r="D1091" s="1"/>
       <c r="E1091" s="1"/>
       <c r="F1091" s="1" t="s">
-        <v>2445</v>
+        <v>2440</v>
       </c>
       <c r="G1091" s="1" t="s">
-        <v>2446</v>
+        <v>2441</v>
       </c>
       <c r="H1091" s="3">
-        <v>11.99</v>
+        <v>76</v>
       </c>
     </row>
     <row r="1092">
       <c r="A1092" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1092" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1092" s="1" t="s">
-        <v>295</v>
+        <v>1399</v>
       </c>
       <c r="D1092" s="1"/>
       <c r="E1092" s="1"/>
       <c r="F1092" s="1" t="s">
-        <v>2447</v>
+        <v>2442</v>
       </c>
       <c r="G1092" s="1" t="s">
-        <v>2448</v>
+        <v>2443</v>
       </c>
       <c r="H1092" s="3">
-        <v>10.99</v>
+        <v>76</v>
       </c>
     </row>
     <row r="1093">
       <c r="A1093" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1093" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1093" s="1" t="s">
-        <v>295</v>
+        <v>1399</v>
       </c>
       <c r="D1093" s="1"/>
       <c r="E1093" s="1"/>
       <c r="F1093" s="1" t="s">
-        <v>2449</v>
+        <v>2444</v>
       </c>
       <c r="G1093" s="1" t="s">
-        <v>2450</v>
+        <v>2445</v>
       </c>
       <c r="H1093" s="3">
-        <v>11.99</v>
+        <v>7.44</v>
       </c>
     </row>
     <row r="1094">
       <c r="A1094" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1094" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1094" s="1" t="s">
-        <v>295</v>
+        <v>1399</v>
       </c>
       <c r="D1094" s="1"/>
       <c r="E1094" s="1"/>
       <c r="F1094" s="1" t="s">
-        <v>2451</v>
+        <v>2446</v>
       </c>
       <c r="G1094" s="1" t="s">
-        <v>2452</v>
+        <v>2447</v>
       </c>
       <c r="H1094" s="3">
-        <v>12.49</v>
+        <v>8.89</v>
       </c>
     </row>
     <row r="1095">
       <c r="A1095" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1095" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1095" s="1" t="s">
-        <v>295</v>
+        <v>1399</v>
       </c>
       <c r="D1095" s="1"/>
       <c r="E1095" s="1"/>
       <c r="F1095" s="1" t="s">
-        <v>2453</v>
+        <v>2448</v>
       </c>
       <c r="G1095" s="1" t="s">
-        <v>2454</v>
+        <v>2449</v>
       </c>
       <c r="H1095" s="3">
-        <v>10.99</v>
+        <v>28.5</v>
       </c>
     </row>
     <row r="1096">
       <c r="A1096" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1096" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1096" s="1" t="s">
-        <v>295</v>
-[...3 lines deleted...]
-      </c>
+        <v>1399</v>
+      </c>
+      <c r="D1096" s="1"/>
       <c r="E1096" s="1"/>
       <c r="F1096" s="1" t="s">
-        <v>2456</v>
+        <v>2450</v>
       </c>
       <c r="G1096" s="1" t="s">
-        <v>2457</v>
+        <v>2451</v>
       </c>
       <c r="H1096" s="3">
-        <v>10.99</v>
+        <v>20.19</v>
       </c>
     </row>
     <row r="1097">
       <c r="A1097" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1097" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1097" s="1" t="s">
-        <v>295</v>
-[...3 lines deleted...]
-      </c>
+        <v>1399</v>
+      </c>
+      <c r="D1097" s="1"/>
       <c r="E1097" s="1"/>
       <c r="F1097" s="1" t="s">
-        <v>2458</v>
+        <v>2452</v>
       </c>
       <c r="G1097" s="1" t="s">
-        <v>2459</v>
+        <v>2453</v>
       </c>
       <c r="H1097" s="3">
-        <v>8.99</v>
+        <v>16.49</v>
       </c>
     </row>
     <row r="1098">
       <c r="A1098" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1098" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1098" s="1" t="s">
-        <v>295</v>
-[...3 lines deleted...]
-      </c>
+        <v>1399</v>
+      </c>
+      <c r="D1098" s="1"/>
       <c r="E1098" s="1"/>
       <c r="F1098" s="1" t="s">
-        <v>2460</v>
+        <v>2454</v>
       </c>
       <c r="G1098" s="1" t="s">
-        <v>2461</v>
+        <v>2455</v>
       </c>
       <c r="H1098" s="3">
-        <v>4.19</v>
+        <v>50.99</v>
       </c>
     </row>
     <row r="1099">
       <c r="A1099" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1099" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1099" s="1" t="s">
-        <v>295</v>
-[...3 lines deleted...]
-      </c>
+        <v>1399</v>
+      </c>
+      <c r="D1099" s="1"/>
       <c r="E1099" s="1"/>
       <c r="F1099" s="1" t="s">
-        <v>2462</v>
+        <v>2456</v>
       </c>
       <c r="G1099" s="1" t="s">
-        <v>2463</v>
+        <v>2457</v>
       </c>
       <c r="H1099" s="3">
-        <v>2.99</v>
+        <v>25.49</v>
       </c>
     </row>
     <row r="1100">
       <c r="A1100" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1100" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1100" s="1" t="s">
-        <v>295</v>
-[...3 lines deleted...]
-      </c>
+        <v>1399</v>
+      </c>
+      <c r="D1100" s="1"/>
       <c r="E1100" s="1"/>
       <c r="F1100" s="1" t="s">
-        <v>2464</v>
+        <v>2458</v>
       </c>
       <c r="G1100" s="1" t="s">
-        <v>2465</v>
+        <v>2459</v>
       </c>
       <c r="H1100" s="3">
-        <v>12.99</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="1101">
       <c r="A1101" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1101" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1101" s="1" t="s">
-        <v>295</v>
-[...3 lines deleted...]
-      </c>
+        <v>1399</v>
+      </c>
+      <c r="D1101" s="1"/>
       <c r="E1101" s="1"/>
       <c r="F1101" s="1" t="s">
-        <v>2466</v>
+        <v>2460</v>
       </c>
       <c r="G1101" s="1" t="s">
-        <v>2467</v>
+        <v>2461</v>
       </c>
       <c r="H1101" s="3">
-        <v>11.99</v>
+        <v>20.99</v>
       </c>
     </row>
     <row r="1102">
       <c r="A1102" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1102" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1102" s="1" t="s">
-        <v>1408</v>
+        <v>1399</v>
       </c>
       <c r="D1102" s="1"/>
       <c r="E1102" s="1"/>
       <c r="F1102" s="1" t="s">
-        <v>2468</v>
+        <v>2462</v>
       </c>
       <c r="G1102" s="1" t="s">
-        <v>2469</v>
+        <v>2463</v>
       </c>
       <c r="H1102" s="3">
-        <v>76</v>
+        <v>12.95</v>
       </c>
     </row>
     <row r="1103">
       <c r="A1103" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1103" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1103" s="1" t="s">
-        <v>1408</v>
-[...1 lines deleted...]
-      <c r="D1103" s="1"/>
+        <v>1399</v>
+      </c>
+      <c r="D1103" s="1" t="s">
+        <v>1404</v>
+      </c>
       <c r="E1103" s="1"/>
       <c r="F1103" s="1" t="s">
-        <v>2470</v>
+        <v>2464</v>
       </c>
       <c r="G1103" s="1" t="s">
-        <v>2471</v>
+        <v>2465</v>
       </c>
       <c r="H1103" s="3">
-        <v>76</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="1104">
       <c r="A1104" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1104" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1104" s="1" t="s">
-        <v>1408</v>
-[...1 lines deleted...]
-      <c r="D1104" s="1"/>
+        <v>1399</v>
+      </c>
+      <c r="D1104" s="1" t="s">
+        <v>2466</v>
+      </c>
       <c r="E1104" s="1"/>
       <c r="F1104" s="1" t="s">
-        <v>2472</v>
+        <v>2467</v>
       </c>
       <c r="G1104" s="1" t="s">
-        <v>2473</v>
+        <v>2468</v>
       </c>
       <c r="H1104" s="3">
-        <v>12.49</v>
+        <v>78.5</v>
       </c>
     </row>
     <row r="1105">
       <c r="A1105" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1105" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1105" s="1" t="s">
-        <v>1408</v>
-[...1 lines deleted...]
-      <c r="D1105" s="1"/>
+        <v>1399</v>
+      </c>
+      <c r="D1105" s="1" t="s">
+        <v>2469</v>
+      </c>
       <c r="E1105" s="1"/>
       <c r="F1105" s="1" t="s">
-        <v>2474</v>
+        <v>2470</v>
       </c>
       <c r="G1105" s="1" t="s">
-        <v>2475</v>
+        <v>2471</v>
       </c>
       <c r="H1105" s="3">
-        <v>7.44</v>
+        <v>44.99</v>
       </c>
     </row>
     <row r="1106">
       <c r="A1106" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1106" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1106" s="1" t="s">
-        <v>1408</v>
-[...1 lines deleted...]
-      <c r="D1106" s="1"/>
+        <v>1399</v>
+      </c>
+      <c r="D1106" s="1" t="s">
+        <v>1978</v>
+      </c>
       <c r="E1106" s="1"/>
       <c r="F1106" s="1" t="s">
-        <v>2476</v>
+        <v>2472</v>
       </c>
       <c r="G1106" s="1" t="s">
-        <v>2477</v>
+        <v>2473</v>
       </c>
       <c r="H1106" s="3">
-        <v>8.89</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="1107">
       <c r="A1107" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1107" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1107" s="1" t="s">
-        <v>1408</v>
-[...1 lines deleted...]
-      <c r="D1107" s="1"/>
+        <v>1399</v>
+      </c>
+      <c r="D1107" s="1" t="s">
+        <v>1978</v>
+      </c>
       <c r="E1107" s="1"/>
       <c r="F1107" s="1" t="s">
-        <v>2478</v>
+        <v>2474</v>
       </c>
       <c r="G1107" s="1" t="s">
-        <v>2479</v>
+        <v>2475</v>
       </c>
       <c r="H1107" s="3">
-        <v>28.5</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="1108">
       <c r="A1108" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1108" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1108" s="1" t="s">
-        <v>1408</v>
-[...1 lines deleted...]
-      <c r="D1108" s="1"/>
+        <v>1399</v>
+      </c>
+      <c r="D1108" s="1" t="s">
+        <v>1978</v>
+      </c>
       <c r="E1108" s="1"/>
       <c r="F1108" s="1" t="s">
-        <v>2480</v>
+        <v>2476</v>
       </c>
       <c r="G1108" s="1" t="s">
-        <v>2481</v>
+        <v>2477</v>
       </c>
       <c r="H1108" s="3">
-        <v>20.19</v>
+        <v>17.99</v>
       </c>
     </row>
     <row r="1109">
       <c r="A1109" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1109" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1109" s="1" t="s">
-        <v>1408</v>
-[...1 lines deleted...]
-      <c r="D1109" s="1"/>
+        <v>1399</v>
+      </c>
+      <c r="D1109" s="1" t="s">
+        <v>1978</v>
+      </c>
       <c r="E1109" s="1"/>
       <c r="F1109" s="1" t="s">
-        <v>2482</v>
+        <v>2478</v>
       </c>
       <c r="G1109" s="1" t="s">
-        <v>2483</v>
+        <v>2479</v>
       </c>
       <c r="H1109" s="3">
-        <v>16.49</v>
+        <v>13.49</v>
       </c>
     </row>
     <row r="1110">
       <c r="A1110" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1110" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1110" s="1" t="s">
-        <v>1408</v>
-[...1 lines deleted...]
-      <c r="D1110" s="1"/>
+        <v>1418</v>
+      </c>
+      <c r="D1110" s="1" t="s">
+        <v>1419</v>
+      </c>
       <c r="E1110" s="1"/>
       <c r="F1110" s="1" t="s">
-        <v>2484</v>
+        <v>2480</v>
       </c>
       <c r="G1110" s="1" t="s">
-        <v>2485</v>
+        <v>2481</v>
       </c>
       <c r="H1110" s="3">
-        <v>50.99</v>
+        <v>39.49</v>
       </c>
     </row>
     <row r="1111">
       <c r="A1111" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1111" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1111" s="1" t="s">
-        <v>1408</v>
-[...1 lines deleted...]
-      <c r="D1111" s="1"/>
+        <v>158</v>
+      </c>
+      <c r="D1111" s="1" t="s">
+        <v>1514</v>
+      </c>
       <c r="E1111" s="1"/>
       <c r="F1111" s="1" t="s">
-        <v>2486</v>
+        <v>2482</v>
       </c>
       <c r="G1111" s="1" t="s">
-        <v>2487</v>
+        <v>2483</v>
       </c>
       <c r="H1111" s="3">
-        <v>25.49</v>
+        <v>40.49</v>
       </c>
     </row>
     <row r="1112">
       <c r="A1112" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1112" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1112" s="1" t="s">
-        <v>1408</v>
-[...1 lines deleted...]
-      <c r="D1112" s="1"/>
+        <v>158</v>
+      </c>
+      <c r="D1112" s="1" t="s">
+        <v>1514</v>
+      </c>
       <c r="E1112" s="1"/>
       <c r="F1112" s="1" t="s">
-        <v>2488</v>
+        <v>2484</v>
       </c>
       <c r="G1112" s="1" t="s">
-        <v>2489</v>
+        <v>2485</v>
       </c>
       <c r="H1112" s="3">
-        <v>19.99</v>
+        <v>27.49</v>
       </c>
     </row>
     <row r="1113">
       <c r="A1113" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1113" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1113" s="1" t="s">
-        <v>1408</v>
-[...1 lines deleted...]
-      <c r="D1113" s="1"/>
+        <v>158</v>
+      </c>
+      <c r="D1113" s="1" t="s">
+        <v>2486</v>
+      </c>
       <c r="E1113" s="1"/>
       <c r="F1113" s="1" t="s">
-        <v>2490</v>
+        <v>2487</v>
       </c>
       <c r="G1113" s="1" t="s">
-        <v>2491</v>
+        <v>2488</v>
       </c>
       <c r="H1113" s="3">
-        <v>20.99</v>
+        <v>55</v>
       </c>
     </row>
     <row r="1114">
       <c r="A1114" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1114" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C1114" s="1" t="s">
-        <v>1408</v>
-[...1 lines deleted...]
-      <c r="D1114" s="1"/>
+        <v>158</v>
+      </c>
+      <c r="D1114" s="1" t="s">
+        <v>2486</v>
+      </c>
       <c r="E1114" s="1"/>
       <c r="F1114" s="1" t="s">
-        <v>2492</v>
+        <v>2489</v>
       </c>
       <c r="G1114" s="1" t="s">
-        <v>2493</v>
+        <v>2490</v>
       </c>
       <c r="H1114" s="3">
-        <v>12.69</v>
+        <v>46</v>
       </c>
     </row>
     <row r="1115">
       <c r="A1115" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1115" s="1" t="s">
-        <v>9</v>
+        <v>1527</v>
       </c>
       <c r="C1115" s="1" t="s">
-        <v>1408</v>
+        <v>1528</v>
       </c>
       <c r="D1115" s="1" t="s">
-        <v>1413</v>
+        <v>2491</v>
       </c>
       <c r="E1115" s="1"/>
       <c r="F1115" s="1" t="s">
-        <v>2494</v>
+        <v>2492</v>
       </c>
       <c r="G1115" s="1" t="s">
-        <v>2495</v>
+        <v>2493</v>
       </c>
       <c r="H1115" s="3">
-        <v>19.99</v>
+        <v>9.99</v>
       </c>
     </row>
     <row r="1116">
       <c r="A1116" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1116" s="1" t="s">
-        <v>9</v>
+        <v>1539</v>
       </c>
       <c r="C1116" s="1" t="s">
-        <v>1408</v>
-[...3 lines deleted...]
-      </c>
+        <v>2494</v>
+      </c>
+      <c r="D1116" s="1"/>
       <c r="E1116" s="1"/>
       <c r="F1116" s="1" t="s">
-        <v>2497</v>
+        <v>2495</v>
       </c>
       <c r="G1116" s="1" t="s">
-        <v>2498</v>
+        <v>2496</v>
       </c>
       <c r="H1116" s="3">
-        <v>78.5</v>
+        <v>13.2</v>
       </c>
     </row>
     <row r="1117">
       <c r="A1117" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1117" s="1" t="s">
-        <v>9</v>
+        <v>1539</v>
       </c>
       <c r="C1117" s="1" t="s">
-        <v>1408</v>
-[...3 lines deleted...]
-      </c>
+        <v>2494</v>
+      </c>
+      <c r="D1117" s="1"/>
       <c r="E1117" s="1"/>
       <c r="F1117" s="1" t="s">
-        <v>2500</v>
+        <v>2497</v>
       </c>
       <c r="G1117" s="1" t="s">
-        <v>2501</v>
+        <v>2498</v>
       </c>
       <c r="H1117" s="3">
-        <v>44.99</v>
+        <v>12.69</v>
       </c>
     </row>
     <row r="1118">
       <c r="A1118" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1118" s="1" t="s">
-        <v>9</v>
+        <v>1539</v>
       </c>
       <c r="C1118" s="1" t="s">
-        <v>1408</v>
-[...3 lines deleted...]
-      </c>
+        <v>2494</v>
+      </c>
+      <c r="D1118" s="1"/>
       <c r="E1118" s="1"/>
       <c r="F1118" s="1" t="s">
-        <v>2502</v>
+        <v>2499</v>
       </c>
       <c r="G1118" s="1" t="s">
-        <v>2503</v>
+        <v>2500</v>
       </c>
       <c r="H1118" s="3">
-        <v>21.99</v>
+        <v>10.69</v>
       </c>
     </row>
     <row r="1119">
       <c r="A1119" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1119" s="1" t="s">
-        <v>9</v>
+        <v>1539</v>
       </c>
       <c r="C1119" s="1" t="s">
-        <v>1408</v>
-[...3 lines deleted...]
-      </c>
+        <v>2494</v>
+      </c>
+      <c r="D1119" s="1"/>
       <c r="E1119" s="1"/>
       <c r="F1119" s="1" t="s">
-        <v>2504</v>
+        <v>2501</v>
       </c>
       <c r="G1119" s="1" t="s">
-        <v>2505</v>
+        <v>2502</v>
       </c>
       <c r="H1119" s="3">
-        <v>19.99</v>
+        <v>10.49</v>
       </c>
     </row>
     <row r="1120">
       <c r="A1120" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1120" s="1" t="s">
-        <v>9</v>
+        <v>1539</v>
       </c>
       <c r="C1120" s="1" t="s">
-        <v>1408</v>
-[...3 lines deleted...]
-      </c>
+        <v>2494</v>
+      </c>
+      <c r="D1120" s="1"/>
       <c r="E1120" s="1"/>
       <c r="F1120" s="1" t="s">
-        <v>2506</v>
+        <v>2503</v>
       </c>
       <c r="G1120" s="1" t="s">
-        <v>2507</v>
+        <v>2504</v>
       </c>
       <c r="H1120" s="3">
-        <v>17.99</v>
+        <v>9.69</v>
       </c>
     </row>
     <row r="1121">
       <c r="A1121" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1121" s="1" t="s">
-        <v>9</v>
+        <v>1539</v>
       </c>
       <c r="C1121" s="1" t="s">
-        <v>1408</v>
-[...3 lines deleted...]
-      </c>
+        <v>2505</v>
+      </c>
+      <c r="D1121" s="1"/>
       <c r="E1121" s="1"/>
       <c r="F1121" s="1" t="s">
-        <v>2508</v>
+        <v>2506</v>
       </c>
       <c r="G1121" s="1" t="s">
-        <v>2509</v>
+        <v>2507</v>
       </c>
       <c r="H1121" s="3">
-        <v>13.49</v>
+        <v>16.69</v>
       </c>
     </row>
     <row r="1122">
       <c r="A1122" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1122" s="1" t="s">
-        <v>9</v>
+        <v>1539</v>
       </c>
       <c r="C1122" s="1" t="s">
-        <v>1427</v>
-[...3 lines deleted...]
-      </c>
+        <v>2505</v>
+      </c>
+      <c r="D1122" s="1"/>
       <c r="E1122" s="1"/>
       <c r="F1122" s="1" t="s">
-        <v>2510</v>
+        <v>2508</v>
       </c>
       <c r="G1122" s="1" t="s">
-        <v>2511</v>
+        <v>2509</v>
       </c>
       <c r="H1122" s="3">
-        <v>39.49</v>
+        <v>20.99</v>
       </c>
     </row>
     <row r="1123">
       <c r="A1123" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1123" s="1" t="s">
-        <v>9</v>
+        <v>1539</v>
       </c>
       <c r="C1123" s="1" t="s">
-        <v>166</v>
-[...3 lines deleted...]
-      </c>
+        <v>2505</v>
+      </c>
+      <c r="D1123" s="1"/>
       <c r="E1123" s="1"/>
       <c r="F1123" s="1" t="s">
-        <v>2512</v>
+        <v>2510</v>
       </c>
       <c r="G1123" s="1" t="s">
-        <v>2513</v>
+        <v>2511</v>
       </c>
       <c r="H1123" s="3">
-        <v>40.49</v>
+        <v>20.99</v>
       </c>
     </row>
     <row r="1124">
       <c r="A1124" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1124" s="1" t="s">
-        <v>9</v>
+        <v>162</v>
       </c>
       <c r="C1124" s="1" t="s">
-        <v>166</v>
-[...3 lines deleted...]
-      </c>
+        <v>163</v>
+      </c>
+      <c r="D1124" s="1"/>
       <c r="E1124" s="1"/>
       <c r="F1124" s="1" t="s">
-        <v>2514</v>
+        <v>2512</v>
       </c>
       <c r="G1124" s="1" t="s">
-        <v>2515</v>
+        <v>2513</v>
       </c>
       <c r="H1124" s="3">
-        <v>27.49</v>
+        <v>9.19</v>
       </c>
     </row>
     <row r="1125">
       <c r="A1125" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1125" s="1" t="s">
-        <v>9</v>
+        <v>1543</v>
       </c>
       <c r="C1125" s="1" t="s">
-        <v>166</v>
-[...3 lines deleted...]
-      </c>
+        <v>2514</v>
+      </c>
+      <c r="D1125" s="1"/>
       <c r="E1125" s="1"/>
       <c r="F1125" s="1" t="s">
-        <v>2517</v>
+        <v>2515</v>
       </c>
       <c r="G1125" s="1" t="s">
-        <v>2518</v>
+        <v>2516</v>
       </c>
       <c r="H1125" s="3">
-        <v>55</v>
+        <v>26</v>
       </c>
     </row>
     <row r="1126">
       <c r="A1126" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1126" s="1" t="s">
-        <v>9</v>
+        <v>166</v>
       </c>
       <c r="C1126" s="1" t="s">
-        <v>166</v>
-[...3 lines deleted...]
-      </c>
+        <v>1547</v>
+      </c>
+      <c r="D1126" s="1"/>
       <c r="E1126" s="1"/>
       <c r="F1126" s="1" t="s">
-        <v>2519</v>
+        <v>2517</v>
       </c>
       <c r="G1126" s="1" t="s">
-        <v>2520</v>
+        <v>2518</v>
       </c>
       <c r="H1126" s="3">
-        <v>46</v>
+        <v>12.99</v>
       </c>
     </row>
     <row r="1127">
       <c r="A1127" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1127" s="1" t="s">
-        <v>1536</v>
+        <v>166</v>
       </c>
       <c r="C1127" s="1" t="s">
-        <v>1537</v>
-[...3 lines deleted...]
-      </c>
+        <v>1550</v>
+      </c>
+      <c r="D1127" s="1"/>
       <c r="E1127" s="1"/>
       <c r="F1127" s="1" t="s">
-        <v>2522</v>
+        <v>2519</v>
       </c>
       <c r="G1127" s="1" t="s">
-        <v>2523</v>
+        <v>2520</v>
       </c>
       <c r="H1127" s="3">
-        <v>9.99</v>
+        <v>10.65</v>
       </c>
     </row>
     <row r="1128">
       <c r="A1128" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1128" s="1" t="s">
-        <v>1548</v>
+        <v>166</v>
       </c>
       <c r="C1128" s="1" t="s">
-        <v>2524</v>
+        <v>1554</v>
       </c>
       <c r="D1128" s="1"/>
       <c r="E1128" s="1"/>
       <c r="F1128" s="1" t="s">
-        <v>2525</v>
+        <v>2521</v>
       </c>
       <c r="G1128" s="1" t="s">
-        <v>2526</v>
+        <v>2522</v>
       </c>
       <c r="H1128" s="3">
-        <v>13.2</v>
+        <v>8.49</v>
       </c>
     </row>
     <row r="1129">
       <c r="A1129" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1129" s="1" t="s">
-        <v>1548</v>
+        <v>166</v>
       </c>
       <c r="C1129" s="1" t="s">
-        <v>2524</v>
+        <v>2523</v>
       </c>
       <c r="D1129" s="1"/>
       <c r="E1129" s="1"/>
       <c r="F1129" s="1" t="s">
-        <v>2527</v>
+        <v>2524</v>
       </c>
       <c r="G1129" s="1" t="s">
-        <v>2528</v>
+        <v>2525</v>
       </c>
       <c r="H1129" s="3">
-        <v>12.69</v>
+        <v>10.49</v>
       </c>
     </row>
     <row r="1130">
       <c r="A1130" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1130" s="1" t="s">
-        <v>1548</v>
+        <v>166</v>
       </c>
       <c r="C1130" s="1" t="s">
-        <v>2524</v>
+        <v>1562</v>
       </c>
       <c r="D1130" s="1"/>
       <c r="E1130" s="1"/>
       <c r="F1130" s="1" t="s">
-        <v>2529</v>
+        <v>2526</v>
       </c>
       <c r="G1130" s="1" t="s">
-        <v>2530</v>
+        <v>2527</v>
       </c>
       <c r="H1130" s="3">
-        <v>10.69</v>
+        <v>17.99</v>
       </c>
     </row>
     <row r="1131">
       <c r="A1131" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1131" s="1" t="s">
-        <v>1548</v>
+        <v>166</v>
       </c>
       <c r="C1131" s="1" t="s">
-        <v>2524</v>
-[...1 lines deleted...]
-      <c r="D1131" s="1"/>
+        <v>1562</v>
+      </c>
+      <c r="D1131" s="1" t="s">
+        <v>2528</v>
+      </c>
       <c r="E1131" s="1"/>
       <c r="F1131" s="1" t="s">
-        <v>2531</v>
+        <v>2529</v>
       </c>
       <c r="G1131" s="1" t="s">
-        <v>2532</v>
+        <v>2530</v>
       </c>
       <c r="H1131" s="3">
-        <v>10.49</v>
+        <v>17.69</v>
       </c>
     </row>
     <row r="1132">
       <c r="A1132" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1132" s="1" t="s">
-        <v>1548</v>
+        <v>166</v>
       </c>
       <c r="C1132" s="1" t="s">
-        <v>2524</v>
+        <v>1572</v>
       </c>
       <c r="D1132" s="1"/>
       <c r="E1132" s="1"/>
       <c r="F1132" s="1" t="s">
-        <v>2533</v>
+        <v>2531</v>
       </c>
       <c r="G1132" s="1" t="s">
-        <v>2534</v>
+        <v>2532</v>
       </c>
       <c r="H1132" s="3">
-        <v>9.69</v>
+        <v>10.99</v>
       </c>
     </row>
     <row r="1133">
       <c r="A1133" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1133" s="1" t="s">
-        <v>1548</v>
+        <v>166</v>
       </c>
       <c r="C1133" s="1" t="s">
-        <v>2535</v>
+        <v>1580</v>
       </c>
       <c r="D1133" s="1"/>
       <c r="E1133" s="1"/>
       <c r="F1133" s="1" t="s">
-        <v>2536</v>
+        <v>2533</v>
       </c>
       <c r="G1133" s="1" t="s">
-        <v>2537</v>
+        <v>2534</v>
       </c>
       <c r="H1133" s="3">
-        <v>16.69</v>
+        <v>10.49</v>
       </c>
     </row>
     <row r="1134">
       <c r="A1134" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1134" s="1" t="s">
-        <v>1548</v>
+        <v>166</v>
       </c>
       <c r="C1134" s="1" t="s">
-        <v>2535</v>
-[...1 lines deleted...]
-      <c r="D1134" s="1"/>
+        <v>1580</v>
+      </c>
+      <c r="D1134" s="1" t="s">
+        <v>1587</v>
+      </c>
       <c r="E1134" s="1"/>
       <c r="F1134" s="1" t="s">
-        <v>2538</v>
+        <v>2535</v>
       </c>
       <c r="G1134" s="1" t="s">
-        <v>2539</v>
+        <v>2536</v>
       </c>
       <c r="H1134" s="3">
-        <v>20.99</v>
+        <v>10.69</v>
       </c>
     </row>
     <row r="1135">
       <c r="A1135" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1135" s="1" t="s">
-        <v>1548</v>
+        <v>166</v>
       </c>
       <c r="C1135" s="1" t="s">
-        <v>2535</v>
+        <v>1593</v>
       </c>
       <c r="D1135" s="1"/>
       <c r="E1135" s="1"/>
       <c r="F1135" s="1" t="s">
-        <v>2540</v>
+        <v>2537</v>
       </c>
       <c r="G1135" s="1" t="s">
-        <v>2541</v>
+        <v>2538</v>
       </c>
       <c r="H1135" s="3">
-        <v>20.99</v>
+        <v>14.49</v>
       </c>
     </row>
     <row r="1136">
       <c r="A1136" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1136" s="1" t="s">
-        <v>170</v>
+        <v>166</v>
       </c>
       <c r="C1136" s="1" t="s">
-        <v>171</v>
+        <v>1593</v>
       </c>
       <c r="D1136" s="1"/>
       <c r="E1136" s="1"/>
       <c r="F1136" s="1" t="s">
-        <v>2542</v>
+        <v>2539</v>
       </c>
       <c r="G1136" s="1" t="s">
-        <v>2543</v>
+        <v>2540</v>
       </c>
       <c r="H1136" s="3">
-        <v>9.19</v>
+        <v>18.69</v>
       </c>
     </row>
     <row r="1137">
       <c r="A1137" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1137" s="1" t="s">
-        <v>1552</v>
+        <v>166</v>
       </c>
       <c r="C1137" s="1" t="s">
+        <v>1593</v>
+      </c>
+      <c r="D1137" s="1" t="s">
+        <v>2541</v>
+      </c>
+      <c r="E1137" s="1" t="s">
+        <v>2542</v>
+      </c>
+      <c r="F1137" s="1" t="s">
+        <v>2543</v>
+      </c>
+      <c r="G1137" s="1" t="s">
         <v>2544</v>
       </c>
-      <c r="D1137" s="1"/>
-[...6 lines deleted...]
-      </c>
       <c r="H1137" s="3">
-        <v>26</v>
+        <v>13.99</v>
       </c>
     </row>
     <row r="1138">
       <c r="A1138" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1138" s="1" t="s">
-        <v>174</v>
+        <v>166</v>
       </c>
       <c r="C1138" s="1" t="s">
-        <v>1556</v>
-[...1 lines deleted...]
-      <c r="D1138" s="1"/>
+        <v>1593</v>
+      </c>
+      <c r="D1138" s="1" t="s">
+        <v>2545</v>
+      </c>
       <c r="E1138" s="1"/>
       <c r="F1138" s="1" t="s">
+        <v>2546</v>
+      </c>
+      <c r="G1138" s="1" t="s">
         <v>2547</v>
       </c>
-      <c r="G1138" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H1138" s="3">
-        <v>12.99</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="1139">
       <c r="A1139" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1139" s="1" t="s">
-        <v>174</v>
+        <v>166</v>
       </c>
       <c r="C1139" s="1" t="s">
-        <v>1559</v>
+        <v>1604</v>
       </c>
       <c r="D1139" s="1"/>
       <c r="E1139" s="1"/>
       <c r="F1139" s="1" t="s">
+        <v>2548</v>
+      </c>
+      <c r="G1139" s="1" t="s">
         <v>2549</v>
       </c>
-      <c r="G1139" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H1139" s="3">
-        <v>10.65</v>
+        <v>12.99</v>
       </c>
     </row>
     <row r="1140">
       <c r="A1140" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1140" s="1" t="s">
-        <v>174</v>
+        <v>166</v>
       </c>
       <c r="C1140" s="1" t="s">
-        <v>1559</v>
+        <v>167</v>
       </c>
       <c r="D1140" s="1"/>
       <c r="E1140" s="1"/>
       <c r="F1140" s="1" t="s">
+        <v>2550</v>
+      </c>
+      <c r="G1140" s="1" t="s">
         <v>2551</v>
       </c>
-      <c r="G1140" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H1140" s="3">
-        <v>9.99</v>
+        <v>8.99</v>
       </c>
     </row>
     <row r="1141">
       <c r="A1141" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1141" s="1" t="s">
-        <v>174</v>
+        <v>166</v>
       </c>
       <c r="C1141" s="1" t="s">
-        <v>2553</v>
+        <v>167</v>
       </c>
       <c r="D1141" s="1"/>
       <c r="E1141" s="1"/>
       <c r="F1141" s="1" t="s">
-        <v>2554</v>
+        <v>2552</v>
       </c>
       <c r="G1141" s="1" t="s">
-        <v>2555</v>
+        <v>2553</v>
       </c>
       <c r="H1141" s="3">
-        <v>10.49</v>
+        <v>9.99</v>
       </c>
     </row>
     <row r="1142">
       <c r="A1142" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1142" s="1" t="s">
-        <v>174</v>
+        <v>166</v>
       </c>
       <c r="C1142" s="1" t="s">
-        <v>1571</v>
+        <v>167</v>
       </c>
       <c r="D1142" s="1"/>
       <c r="E1142" s="1"/>
       <c r="F1142" s="1" t="s">
-        <v>2556</v>
+        <v>2554</v>
       </c>
       <c r="G1142" s="1" t="s">
-        <v>2557</v>
+        <v>2555</v>
       </c>
       <c r="H1142" s="3">
-        <v>17.99</v>
+        <v>11.75</v>
       </c>
     </row>
     <row r="1143">
       <c r="A1143" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1143" s="1" t="s">
-        <v>174</v>
+        <v>166</v>
       </c>
       <c r="C1143" s="1" t="s">
-        <v>1571</v>
-[...3 lines deleted...]
-      </c>
+        <v>167</v>
+      </c>
+      <c r="D1143" s="1"/>
       <c r="E1143" s="1"/>
       <c r="F1143" s="1" t="s">
-        <v>2559</v>
+        <v>2556</v>
       </c>
       <c r="G1143" s="1" t="s">
-        <v>2560</v>
+        <v>2557</v>
       </c>
       <c r="H1143" s="3">
-        <v>17.69</v>
+        <v>8.99</v>
       </c>
     </row>
     <row r="1144">
       <c r="A1144" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1144" s="1" t="s">
-        <v>174</v>
+        <v>166</v>
       </c>
       <c r="C1144" s="1" t="s">
-        <v>1581</v>
+        <v>1624</v>
       </c>
       <c r="D1144" s="1"/>
       <c r="E1144" s="1"/>
       <c r="F1144" s="1" t="s">
-        <v>2561</v>
+        <v>2558</v>
       </c>
       <c r="G1144" s="1" t="s">
-        <v>2562</v>
+        <v>2559</v>
       </c>
       <c r="H1144" s="3">
-        <v>10.99</v>
+        <v>13.99</v>
       </c>
     </row>
     <row r="1145">
       <c r="A1145" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1145" s="1" t="s">
-        <v>174</v>
+        <v>166</v>
       </c>
       <c r="C1145" s="1" t="s">
-        <v>1591</v>
-[...1 lines deleted...]
-      <c r="D1145" s="1"/>
+        <v>1624</v>
+      </c>
+      <c r="D1145" s="1" t="s">
+        <v>2560</v>
+      </c>
       <c r="E1145" s="1"/>
       <c r="F1145" s="1" t="s">
-        <v>2563</v>
+        <v>2561</v>
       </c>
       <c r="G1145" s="1" t="s">
-        <v>2564</v>
+        <v>2562</v>
       </c>
       <c r="H1145" s="3">
-        <v>10.49</v>
+        <v>16.99</v>
       </c>
     </row>
     <row r="1146">
       <c r="A1146" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1146" s="1" t="s">
-        <v>174</v>
+        <v>166</v>
       </c>
       <c r="C1146" s="1" t="s">
-        <v>1591</v>
+        <v>1624</v>
       </c>
       <c r="D1146" s="1" t="s">
-        <v>1598</v>
+        <v>2563</v>
       </c>
       <c r="E1146" s="1"/>
       <c r="F1146" s="1" t="s">
+        <v>2564</v>
+      </c>
+      <c r="G1146" s="1" t="s">
         <v>2565</v>
       </c>
-      <c r="G1146" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H1146" s="3">
-        <v>10.69</v>
+        <v>10.99</v>
       </c>
     </row>
     <row r="1147">
       <c r="A1147" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1147" s="1" t="s">
-        <v>174</v>
+        <v>1649</v>
       </c>
       <c r="C1147" s="1" t="s">
-        <v>1604</v>
+        <v>1650</v>
       </c>
       <c r="D1147" s="1"/>
       <c r="E1147" s="1"/>
       <c r="F1147" s="1" t="s">
+        <v>2566</v>
+      </c>
+      <c r="G1147" s="1" t="s">
         <v>2567</v>
       </c>
-      <c r="G1147" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H1147" s="3">
-        <v>14.29</v>
+        <v>17.69</v>
       </c>
     </row>
     <row r="1148">
       <c r="A1148" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1148" s="1" t="s">
-        <v>174</v>
+        <v>1649</v>
       </c>
       <c r="C1148" s="1" t="s">
-        <v>1604</v>
+        <v>1650</v>
       </c>
       <c r="D1148" s="1"/>
       <c r="E1148" s="1"/>
       <c r="F1148" s="1" t="s">
+        <v>2568</v>
+      </c>
+      <c r="G1148" s="1" t="s">
         <v>2569</v>
       </c>
-      <c r="G1148" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H1148" s="3">
-        <v>18.69</v>
+        <v>14.89</v>
       </c>
     </row>
     <row r="1149">
       <c r="A1149" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1149" s="1" t="s">
-        <v>174</v>
+        <v>1649</v>
       </c>
       <c r="C1149" s="1" t="s">
-        <v>1604</v>
-[...3 lines deleted...]
-      </c>
+        <v>1650</v>
+      </c>
+      <c r="D1149" s="1"/>
       <c r="E1149" s="1"/>
       <c r="F1149" s="1" t="s">
-        <v>2572</v>
+        <v>2570</v>
       </c>
       <c r="G1149" s="1" t="s">
-        <v>2573</v>
+        <v>2571</v>
       </c>
       <c r="H1149" s="3">
-        <v>13.99</v>
+        <v>16.99</v>
       </c>
     </row>
     <row r="1150">
       <c r="A1150" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1150" s="1" t="s">
-        <v>174</v>
+        <v>1649</v>
       </c>
       <c r="C1150" s="1" t="s">
-        <v>1604</v>
+        <v>1650</v>
       </c>
       <c r="D1150" s="1" t="s">
-        <v>2571</v>
-[...3 lines deleted...]
-      </c>
+        <v>1653</v>
+      </c>
+      <c r="E1150" s="1"/>
       <c r="F1150" s="1" t="s">
-        <v>2575</v>
+        <v>2572</v>
       </c>
       <c r="G1150" s="1" t="s">
-        <v>2576</v>
+        <v>2573</v>
       </c>
       <c r="H1150" s="3">
-        <v>14.49</v>
+        <v>40.99</v>
       </c>
     </row>
     <row r="1151">
       <c r="A1151" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1151" s="1" t="s">
-        <v>174</v>
+        <v>1649</v>
       </c>
       <c r="C1151" s="1" t="s">
-        <v>1604</v>
+        <v>1650</v>
       </c>
       <c r="D1151" s="1" t="s">
-        <v>2577</v>
+        <v>1653</v>
       </c>
       <c r="E1151" s="1"/>
       <c r="F1151" s="1" t="s">
-        <v>2578</v>
+        <v>2574</v>
       </c>
       <c r="G1151" s="1" t="s">
-        <v>2579</v>
+        <v>2575</v>
       </c>
       <c r="H1151" s="3">
-        <v>21.99</v>
+        <v>39.99</v>
       </c>
     </row>
     <row r="1152">
       <c r="A1152" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1152" s="1" t="s">
-        <v>174</v>
+        <v>1649</v>
       </c>
       <c r="C1152" s="1" t="s">
-        <v>175</v>
-[...1 lines deleted...]
-      <c r="D1152" s="1"/>
+        <v>1650</v>
+      </c>
+      <c r="D1152" s="1" t="s">
+        <v>1653</v>
+      </c>
       <c r="E1152" s="1"/>
       <c r="F1152" s="1" t="s">
-        <v>2580</v>
+        <v>2576</v>
       </c>
       <c r="G1152" s="1" t="s">
-        <v>2581</v>
+        <v>2577</v>
       </c>
       <c r="H1152" s="3">
-        <v>8.99</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="1153">
       <c r="A1153" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1153" s="1" t="s">
-        <v>174</v>
+        <v>1649</v>
       </c>
       <c r="C1153" s="1" t="s">
-        <v>175</v>
-[...1 lines deleted...]
-      <c r="D1153" s="1"/>
+        <v>1650</v>
+      </c>
+      <c r="D1153" s="1" t="s">
+        <v>1653</v>
+      </c>
       <c r="E1153" s="1"/>
       <c r="F1153" s="1" t="s">
-        <v>2582</v>
+        <v>2578</v>
       </c>
       <c r="G1153" s="1" t="s">
-        <v>2583</v>
+        <v>2579</v>
       </c>
       <c r="H1153" s="3">
-        <v>9.99</v>
+        <v>31.99</v>
       </c>
     </row>
     <row r="1154">
       <c r="A1154" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1154" s="1" t="s">
-        <v>174</v>
+        <v>1649</v>
       </c>
       <c r="C1154" s="1" t="s">
-        <v>175</v>
-[...1 lines deleted...]
-      <c r="D1154" s="1"/>
+        <v>1650</v>
+      </c>
+      <c r="D1154" s="1" t="s">
+        <v>1653</v>
+      </c>
       <c r="E1154" s="1"/>
       <c r="F1154" s="1" t="s">
-        <v>2584</v>
+        <v>2580</v>
       </c>
       <c r="G1154" s="1" t="s">
-        <v>2585</v>
+        <v>2581</v>
       </c>
       <c r="H1154" s="3">
-        <v>11.75</v>
+        <v>33.49</v>
       </c>
     </row>
     <row r="1155">
       <c r="A1155" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1155" s="1" t="s">
-        <v>174</v>
+        <v>1649</v>
       </c>
       <c r="C1155" s="1" t="s">
-        <v>175</v>
-[...1 lines deleted...]
-      <c r="D1155" s="1"/>
+        <v>1650</v>
+      </c>
+      <c r="D1155" s="1" t="s">
+        <v>1653</v>
+      </c>
       <c r="E1155" s="1"/>
       <c r="F1155" s="1" t="s">
-        <v>2586</v>
+        <v>2582</v>
       </c>
       <c r="G1155" s="1" t="s">
-        <v>2587</v>
+        <v>2583</v>
       </c>
       <c r="H1155" s="3">
-        <v>8.99</v>
+        <v>49.95</v>
       </c>
     </row>
     <row r="1156">
       <c r="A1156" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1156" s="1" t="s">
-        <v>174</v>
+        <v>1649</v>
       </c>
       <c r="C1156" s="1" t="s">
-        <v>1633</v>
+        <v>1650</v>
       </c>
       <c r="D1156" s="1" t="s">
-        <v>2588</v>
+        <v>1653</v>
       </c>
       <c r="E1156" s="1"/>
       <c r="F1156" s="1" t="s">
-        <v>2589</v>
+        <v>2584</v>
       </c>
       <c r="G1156" s="1" t="s">
-        <v>2590</v>
+        <v>2585</v>
       </c>
       <c r="H1156" s="3">
-        <v>10.99</v>
+        <v>37.99</v>
       </c>
     </row>
     <row r="1157">
       <c r="A1157" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1157" s="1" t="s">
-        <v>1656</v>
+        <v>1649</v>
       </c>
       <c r="C1157" s="1" t="s">
-        <v>1657</v>
-[...1 lines deleted...]
-      <c r="D1157" s="1"/>
+        <v>1650</v>
+      </c>
+      <c r="D1157" s="1" t="s">
+        <v>1653</v>
+      </c>
       <c r="E1157" s="1"/>
       <c r="F1157" s="1" t="s">
-        <v>2591</v>
+        <v>2586</v>
       </c>
       <c r="G1157" s="1" t="s">
-        <v>2592</v>
+        <v>2587</v>
       </c>
       <c r="H1157" s="3">
-        <v>17.69</v>
+        <v>49.95</v>
       </c>
     </row>
     <row r="1158">
       <c r="A1158" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1158" s="1" t="s">
-        <v>1656</v>
+        <v>1649</v>
       </c>
       <c r="C1158" s="1" t="s">
-        <v>1657</v>
-[...1 lines deleted...]
-      <c r="D1158" s="1"/>
+        <v>1650</v>
+      </c>
+      <c r="D1158" s="1" t="s">
+        <v>1653</v>
+      </c>
       <c r="E1158" s="1"/>
       <c r="F1158" s="1" t="s">
-        <v>2593</v>
+        <v>2588</v>
       </c>
       <c r="G1158" s="1" t="s">
-        <v>2594</v>
+        <v>2589</v>
       </c>
       <c r="H1158" s="3">
-        <v>14.89</v>
+        <v>49</v>
       </c>
     </row>
     <row r="1159">
       <c r="A1159" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1159" s="1" t="s">
-        <v>1656</v>
+        <v>1649</v>
       </c>
       <c r="C1159" s="1" t="s">
-        <v>1657</v>
-[...1 lines deleted...]
-      <c r="D1159" s="1"/>
+        <v>1650</v>
+      </c>
+      <c r="D1159" s="1" t="s">
+        <v>1653</v>
+      </c>
       <c r="E1159" s="1"/>
       <c r="F1159" s="1" t="s">
-        <v>2595</v>
+        <v>2590</v>
       </c>
       <c r="G1159" s="1" t="s">
-        <v>2596</v>
+        <v>2591</v>
       </c>
       <c r="H1159" s="3">
-        <v>16.99</v>
+        <v>29.99</v>
       </c>
     </row>
     <row r="1160">
       <c r="A1160" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1160" s="1" t="s">
-        <v>1656</v>
+        <v>1649</v>
       </c>
       <c r="C1160" s="1" t="s">
-        <v>1657</v>
+        <v>1650</v>
       </c>
       <c r="D1160" s="1" t="s">
-        <v>1660</v>
+        <v>1653</v>
       </c>
       <c r="E1160" s="1"/>
       <c r="F1160" s="1" t="s">
-        <v>2597</v>
+        <v>2592</v>
       </c>
       <c r="G1160" s="1" t="s">
-        <v>2598</v>
+        <v>2593</v>
       </c>
       <c r="H1160" s="3">
-        <v>40.99</v>
+        <v>32</v>
       </c>
     </row>
     <row r="1161">
       <c r="A1161" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1161" s="1" t="s">
-        <v>1656</v>
+        <v>1649</v>
       </c>
       <c r="C1161" s="1" t="s">
-        <v>1657</v>
+        <v>1650</v>
       </c>
       <c r="D1161" s="1" t="s">
-        <v>1660</v>
+        <v>1653</v>
       </c>
       <c r="E1161" s="1"/>
       <c r="F1161" s="1" t="s">
-        <v>2599</v>
+        <v>2594</v>
       </c>
       <c r="G1161" s="1" t="s">
-        <v>2600</v>
+        <v>2595</v>
       </c>
       <c r="H1161" s="3">
-        <v>39.99</v>
+        <v>24.5</v>
       </c>
     </row>
     <row r="1162">
       <c r="A1162" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1162" s="1" t="s">
-        <v>1656</v>
+        <v>1649</v>
       </c>
       <c r="C1162" s="1" t="s">
-        <v>1657</v>
+        <v>1650</v>
       </c>
       <c r="D1162" s="1" t="s">
-        <v>1660</v>
+        <v>1653</v>
       </c>
       <c r="E1162" s="1"/>
       <c r="F1162" s="1" t="s">
-        <v>2601</v>
+        <v>2596</v>
       </c>
       <c r="G1162" s="1" t="s">
-        <v>2602</v>
+        <v>2597</v>
       </c>
       <c r="H1162" s="3">
-        <v>39.5</v>
+        <v>29.99</v>
       </c>
     </row>
     <row r="1163">
       <c r="A1163" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1163" s="1" t="s">
-        <v>1656</v>
+        <v>1649</v>
       </c>
       <c r="C1163" s="1" t="s">
-        <v>1657</v>
+        <v>1650</v>
       </c>
       <c r="D1163" s="1" t="s">
-        <v>1660</v>
+        <v>1653</v>
       </c>
       <c r="E1163" s="1"/>
       <c r="F1163" s="1" t="s">
-        <v>2603</v>
+        <v>2598</v>
       </c>
       <c r="G1163" s="1" t="s">
-        <v>2604</v>
+        <v>2599</v>
       </c>
       <c r="H1163" s="3">
-        <v>31.99</v>
+        <v>35</v>
       </c>
     </row>
     <row r="1164">
       <c r="A1164" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1164" s="1" t="s">
-        <v>1656</v>
+        <v>1649</v>
       </c>
       <c r="C1164" s="1" t="s">
-        <v>1657</v>
+        <v>1650</v>
       </c>
       <c r="D1164" s="1" t="s">
-        <v>1660</v>
+        <v>1653</v>
       </c>
       <c r="E1164" s="1"/>
       <c r="F1164" s="1" t="s">
-        <v>2605</v>
+        <v>2600</v>
       </c>
       <c r="G1164" s="1" t="s">
-        <v>2606</v>
+        <v>2601</v>
       </c>
       <c r="H1164" s="3">
-        <v>33.49</v>
+        <v>35.99</v>
       </c>
     </row>
     <row r="1165">
       <c r="A1165" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1165" s="1" t="s">
-        <v>1656</v>
+        <v>1649</v>
       </c>
       <c r="C1165" s="1" t="s">
-        <v>1657</v>
-[...3 lines deleted...]
-      </c>
+        <v>1674</v>
+      </c>
+      <c r="D1165" s="1"/>
       <c r="E1165" s="1"/>
       <c r="F1165" s="1" t="s">
-        <v>2607</v>
+        <v>2602</v>
       </c>
       <c r="G1165" s="1" t="s">
-        <v>2608</v>
+        <v>2603</v>
       </c>
       <c r="H1165" s="3">
-        <v>49.95</v>
+        <v>22.99</v>
       </c>
     </row>
     <row r="1166">
       <c r="A1166" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1166" s="1" t="s">
-        <v>1656</v>
+        <v>1649</v>
       </c>
       <c r="C1166" s="1" t="s">
-        <v>1657</v>
-[...3 lines deleted...]
-      </c>
+        <v>1674</v>
+      </c>
+      <c r="D1166" s="1"/>
       <c r="E1166" s="1"/>
       <c r="F1166" s="1" t="s">
-        <v>2609</v>
+        <v>2604</v>
       </c>
       <c r="G1166" s="1" t="s">
-        <v>2610</v>
+        <v>2605</v>
       </c>
       <c r="H1166" s="3">
-        <v>37.99</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="1167">
       <c r="A1167" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1167" s="1" t="s">
-        <v>1656</v>
+        <v>1649</v>
       </c>
       <c r="C1167" s="1" t="s">
-        <v>1657</v>
-[...3 lines deleted...]
-      </c>
+        <v>1674</v>
+      </c>
+      <c r="D1167" s="1"/>
       <c r="E1167" s="1"/>
       <c r="F1167" s="1" t="s">
-        <v>2611</v>
+        <v>2606</v>
       </c>
       <c r="G1167" s="1" t="s">
-        <v>2612</v>
+        <v>2607</v>
       </c>
       <c r="H1167" s="3">
-        <v>49.95</v>
+        <v>7.49</v>
       </c>
     </row>
     <row r="1168">
       <c r="A1168" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1168" s="1" t="s">
-        <v>1656</v>
+        <v>1649</v>
       </c>
       <c r="C1168" s="1" t="s">
-        <v>1657</v>
-[...3 lines deleted...]
-      </c>
+        <v>1681</v>
+      </c>
+      <c r="D1168" s="1"/>
       <c r="E1168" s="1"/>
       <c r="F1168" s="1" t="s">
-        <v>2613</v>
+        <v>2608</v>
       </c>
       <c r="G1168" s="1" t="s">
-        <v>2614</v>
+        <v>2609</v>
       </c>
       <c r="H1168" s="3">
-        <v>49</v>
+        <v>31.49</v>
       </c>
     </row>
     <row r="1169">
       <c r="A1169" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1169" s="1" t="s">
-        <v>1656</v>
+        <v>1649</v>
       </c>
       <c r="C1169" s="1" t="s">
-        <v>1657</v>
-[...3 lines deleted...]
-      </c>
+        <v>1681</v>
+      </c>
+      <c r="D1169" s="1"/>
       <c r="E1169" s="1"/>
       <c r="F1169" s="1" t="s">
-        <v>2615</v>
+        <v>2610</v>
       </c>
       <c r="G1169" s="1" t="s">
-        <v>2616</v>
+        <v>2611</v>
       </c>
       <c r="H1169" s="3">
-        <v>29.99</v>
+        <v>13.49</v>
       </c>
     </row>
     <row r="1170">
       <c r="A1170" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1170" s="1" t="s">
-        <v>1656</v>
+        <v>1649</v>
       </c>
       <c r="C1170" s="1" t="s">
-        <v>1657</v>
-[...3 lines deleted...]
-      </c>
+        <v>1681</v>
+      </c>
+      <c r="D1170" s="1"/>
       <c r="E1170" s="1"/>
       <c r="F1170" s="1" t="s">
-        <v>2617</v>
+        <v>2612</v>
       </c>
       <c r="G1170" s="1" t="s">
-        <v>2618</v>
+        <v>2613</v>
       </c>
       <c r="H1170" s="3">
-        <v>32</v>
+        <v>13.99</v>
       </c>
     </row>
     <row r="1171">
       <c r="A1171" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1171" s="1" t="s">
-        <v>1656</v>
+        <v>1649</v>
       </c>
       <c r="C1171" s="1" t="s">
-        <v>1657</v>
-[...3 lines deleted...]
-      </c>
+        <v>1681</v>
+      </c>
+      <c r="D1171" s="1"/>
       <c r="E1171" s="1"/>
       <c r="F1171" s="1" t="s">
-        <v>2619</v>
+        <v>2614</v>
       </c>
       <c r="G1171" s="1" t="s">
-        <v>2620</v>
+        <v>2615</v>
       </c>
       <c r="H1171" s="3">
-        <v>24.5</v>
+        <v>13.99</v>
       </c>
     </row>
     <row r="1172">
       <c r="A1172" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1172" s="1" t="s">
-        <v>1656</v>
+        <v>1649</v>
       </c>
       <c r="C1172" s="1" t="s">
-        <v>1657</v>
-[...3 lines deleted...]
-      </c>
+        <v>1681</v>
+      </c>
+      <c r="D1172" s="1"/>
       <c r="E1172" s="1"/>
       <c r="F1172" s="1" t="s">
-        <v>2621</v>
+        <v>2616</v>
       </c>
       <c r="G1172" s="1" t="s">
-        <v>2622</v>
+        <v>2617</v>
       </c>
       <c r="H1172" s="3">
-        <v>29.99</v>
+        <v>15.49</v>
       </c>
     </row>
     <row r="1173">
       <c r="A1173" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1173" s="1" t="s">
-        <v>1656</v>
+        <v>1649</v>
       </c>
       <c r="C1173" s="1" t="s">
-        <v>1657</v>
-[...3 lines deleted...]
-      </c>
+        <v>1681</v>
+      </c>
+      <c r="D1173" s="1"/>
       <c r="E1173" s="1"/>
       <c r="F1173" s="1" t="s">
-        <v>2623</v>
+        <v>2618</v>
       </c>
       <c r="G1173" s="1" t="s">
-        <v>2624</v>
+        <v>2619</v>
       </c>
       <c r="H1173" s="3">
-        <v>35</v>
+        <v>48</v>
       </c>
     </row>
     <row r="1174">
       <c r="A1174" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1174" s="1" t="s">
-        <v>1656</v>
+        <v>1649</v>
       </c>
       <c r="C1174" s="1" t="s">
-        <v>1657</v>
-[...3 lines deleted...]
-      </c>
+        <v>1681</v>
+      </c>
+      <c r="D1174" s="1"/>
       <c r="E1174" s="1"/>
       <c r="F1174" s="1" t="s">
-        <v>2625</v>
+        <v>2620</v>
       </c>
       <c r="G1174" s="1" t="s">
-        <v>2626</v>
+        <v>2621</v>
       </c>
       <c r="H1174" s="3">
-        <v>35.99</v>
+        <v>10.99</v>
       </c>
     </row>
     <row r="1175">
       <c r="A1175" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1175" s="1" t="s">
-        <v>1656</v>
+        <v>179</v>
       </c>
       <c r="C1175" s="1" t="s">
-        <v>1681</v>
+        <v>183</v>
       </c>
       <c r="D1175" s="1"/>
       <c r="E1175" s="1"/>
       <c r="F1175" s="1" t="s">
-        <v>2627</v>
+        <v>2622</v>
       </c>
       <c r="G1175" s="1" t="s">
-        <v>2628</v>
+        <v>2623</v>
       </c>
       <c r="H1175" s="3">
-        <v>22.99</v>
+        <v>11.99</v>
       </c>
     </row>
     <row r="1176">
       <c r="A1176" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1176" s="1" t="s">
-        <v>1656</v>
+        <v>179</v>
       </c>
       <c r="C1176" s="1" t="s">
-        <v>1681</v>
-[...1 lines deleted...]
-      <c r="D1176" s="1"/>
+        <v>183</v>
+      </c>
+      <c r="D1176" s="1" t="s">
+        <v>2624</v>
+      </c>
       <c r="E1176" s="1"/>
       <c r="F1176" s="1" t="s">
-        <v>2629</v>
+        <v>2625</v>
       </c>
       <c r="G1176" s="1" t="s">
-        <v>2630</v>
+        <v>2626</v>
       </c>
       <c r="H1176" s="3">
-        <v>13.49</v>
+        <v>39.99</v>
       </c>
     </row>
     <row r="1177">
       <c r="A1177" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1177" s="1" t="s">
-        <v>1656</v>
+        <v>179</v>
       </c>
       <c r="C1177" s="1" t="s">
-        <v>1681</v>
-[...1 lines deleted...]
-      <c r="D1177" s="1"/>
+        <v>183</v>
+      </c>
+      <c r="D1177" s="1" t="s">
+        <v>1698</v>
+      </c>
       <c r="E1177" s="1"/>
       <c r="F1177" s="1" t="s">
-        <v>2631</v>
+        <v>2627</v>
       </c>
       <c r="G1177" s="1" t="s">
-        <v>2632</v>
+        <v>2628</v>
       </c>
       <c r="H1177" s="3">
-        <v>7.49</v>
+        <v>13.99</v>
       </c>
     </row>
     <row r="1178">
       <c r="A1178" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1178" s="1" t="s">
-        <v>1656</v>
+        <v>179</v>
       </c>
       <c r="C1178" s="1" t="s">
-        <v>1688</v>
-[...1 lines deleted...]
-      <c r="D1178" s="1"/>
+        <v>183</v>
+      </c>
+      <c r="D1178" s="1" t="s">
+        <v>1698</v>
+      </c>
       <c r="E1178" s="1"/>
       <c r="F1178" s="1" t="s">
-        <v>2633</v>
+        <v>2629</v>
       </c>
       <c r="G1178" s="1" t="s">
-        <v>2634</v>
+        <v>2630</v>
       </c>
       <c r="H1178" s="3">
-        <v>31.49</v>
+        <v>32.99</v>
       </c>
     </row>
     <row r="1179">
       <c r="A1179" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1179" s="1" t="s">
-        <v>1656</v>
+        <v>179</v>
       </c>
       <c r="C1179" s="1" t="s">
-        <v>1688</v>
+        <v>2631</v>
       </c>
       <c r="D1179" s="1"/>
       <c r="E1179" s="1"/>
       <c r="F1179" s="1" t="s">
-        <v>2635</v>
+        <v>2632</v>
       </c>
       <c r="G1179" s="1" t="s">
-        <v>2636</v>
+        <v>2633</v>
       </c>
       <c r="H1179" s="3">
-        <v>13.49</v>
+        <v>11.49</v>
       </c>
     </row>
     <row r="1180">
       <c r="A1180" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1180" s="1" t="s">
-        <v>1656</v>
+        <v>179</v>
       </c>
       <c r="C1180" s="1" t="s">
-        <v>1688</v>
+        <v>2631</v>
       </c>
       <c r="D1180" s="1"/>
       <c r="E1180" s="1"/>
       <c r="F1180" s="1" t="s">
-        <v>2637</v>
+        <v>2634</v>
       </c>
       <c r="G1180" s="1" t="s">
-        <v>2638</v>
+        <v>2635</v>
       </c>
       <c r="H1180" s="3">
-        <v>13.99</v>
+        <v>12.99</v>
       </c>
     </row>
     <row r="1181">
       <c r="A1181" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1181" s="1" t="s">
-        <v>1656</v>
+        <v>179</v>
       </c>
       <c r="C1181" s="1" t="s">
-        <v>1688</v>
+        <v>1701</v>
       </c>
       <c r="D1181" s="1"/>
       <c r="E1181" s="1"/>
       <c r="F1181" s="1" t="s">
-        <v>2639</v>
+        <v>2636</v>
       </c>
       <c r="G1181" s="1" t="s">
-        <v>2640</v>
+        <v>2637</v>
       </c>
       <c r="H1181" s="3">
-        <v>15.49</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="1182">
       <c r="A1182" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1182" s="1" t="s">
-        <v>1656</v>
+        <v>1704</v>
       </c>
       <c r="C1182" s="1" t="s">
-        <v>1688</v>
-[...2 lines deleted...]
-      <c r="E1182" s="1"/>
+        <v>1705</v>
+      </c>
+      <c r="D1182" s="1" t="s">
+        <v>1706</v>
+      </c>
+      <c r="E1182" s="1" t="s">
+        <v>1707</v>
+      </c>
       <c r="F1182" s="1" t="s">
-        <v>2641</v>
+        <v>2638</v>
       </c>
       <c r="G1182" s="1" t="s">
-        <v>2642</v>
+        <v>2639</v>
       </c>
       <c r="H1182" s="3">
-        <v>48</v>
+        <v>8.99</v>
       </c>
     </row>
     <row r="1183">
       <c r="A1183" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1183" s="1" t="s">
-        <v>1656</v>
+        <v>1710</v>
       </c>
       <c r="C1183" s="1" t="s">
-        <v>1688</v>
+        <v>1711</v>
       </c>
       <c r="D1183" s="1"/>
       <c r="E1183" s="1"/>
       <c r="F1183" s="1" t="s">
-        <v>2643</v>
+        <v>2640</v>
       </c>
       <c r="G1183" s="1" t="s">
-        <v>2644</v>
+        <v>2641</v>
       </c>
       <c r="H1183" s="3">
-        <v>10.99</v>
+        <v>16.5</v>
       </c>
     </row>
     <row r="1184">
       <c r="A1184" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1184" s="1" t="s">
-        <v>187</v>
+        <v>1710</v>
       </c>
       <c r="C1184" s="1" t="s">
-        <v>191</v>
+        <v>1711</v>
       </c>
       <c r="D1184" s="1"/>
       <c r="E1184" s="1"/>
       <c r="F1184" s="1" t="s">
-        <v>2645</v>
+        <v>2642</v>
       </c>
       <c r="G1184" s="1" t="s">
-        <v>2646</v>
+        <v>2643</v>
       </c>
       <c r="H1184" s="3">
-        <v>11.99</v>
+        <v>24.89</v>
       </c>
     </row>
     <row r="1185">
       <c r="A1185" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1185" s="1" t="s">
-        <v>187</v>
+        <v>1710</v>
       </c>
       <c r="C1185" s="1" t="s">
-        <v>191</v>
-[...3 lines deleted...]
-      </c>
+        <v>1711</v>
+      </c>
+      <c r="D1185" s="1"/>
       <c r="E1185" s="1"/>
       <c r="F1185" s="1" t="s">
-        <v>2647</v>
+        <v>2644</v>
       </c>
       <c r="G1185" s="1" t="s">
-        <v>2648</v>
+        <v>2645</v>
       </c>
       <c r="H1185" s="3">
-        <v>39.99</v>
+        <v>11.89</v>
       </c>
     </row>
     <row r="1186">
       <c r="A1186" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1186" s="1" t="s">
-        <v>187</v>
+        <v>1714</v>
       </c>
       <c r="C1186" s="1" t="s">
-        <v>191</v>
-[...3 lines deleted...]
-      </c>
+        <v>2646</v>
+      </c>
+      <c r="D1186" s="1"/>
       <c r="E1186" s="1"/>
       <c r="F1186" s="1" t="s">
-        <v>2649</v>
+        <v>2647</v>
       </c>
       <c r="G1186" s="1" t="s">
-        <v>2650</v>
+        <v>2648</v>
       </c>
       <c r="H1186" s="3">
-        <v>13.99</v>
+        <v>14.99</v>
       </c>
     </row>
     <row r="1187">
       <c r="A1187" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1187" s="1" t="s">
-        <v>187</v>
+        <v>1714</v>
       </c>
       <c r="C1187" s="1" t="s">
-        <v>191</v>
-[...3 lines deleted...]
-      </c>
+        <v>2646</v>
+      </c>
+      <c r="D1187" s="1"/>
       <c r="E1187" s="1"/>
       <c r="F1187" s="1" t="s">
-        <v>2651</v>
+        <v>2649</v>
       </c>
       <c r="G1187" s="1" t="s">
-        <v>2652</v>
+        <v>2650</v>
       </c>
       <c r="H1187" s="3">
-        <v>32.99</v>
+        <v>10.89</v>
       </c>
     </row>
     <row r="1188">
       <c r="A1188" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1188" s="1" t="s">
-        <v>187</v>
+        <v>1714</v>
       </c>
       <c r="C1188" s="1" t="s">
-        <v>2653</v>
+        <v>1715</v>
       </c>
       <c r="D1188" s="1"/>
       <c r="E1188" s="1"/>
       <c r="F1188" s="1" t="s">
-        <v>2654</v>
+        <v>2651</v>
       </c>
       <c r="G1188" s="1" t="s">
-        <v>2655</v>
+        <v>2652</v>
       </c>
       <c r="H1188" s="3">
-        <v>11.49</v>
+        <v>38.95</v>
       </c>
     </row>
     <row r="1189">
       <c r="A1189" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1189" s="1" t="s">
-        <v>187</v>
+        <v>1714</v>
       </c>
       <c r="C1189" s="1" t="s">
-        <v>2653</v>
+        <v>1715</v>
       </c>
       <c r="D1189" s="1"/>
       <c r="E1189" s="1"/>
       <c r="F1189" s="1" t="s">
-        <v>2656</v>
+        <v>2653</v>
       </c>
       <c r="G1189" s="1" t="s">
-        <v>2657</v>
+        <v>2654</v>
       </c>
       <c r="H1189" s="3">
-        <v>12.99</v>
+        <v>38.95</v>
       </c>
     </row>
     <row r="1190">
       <c r="A1190" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1190" s="1" t="s">
-        <v>187</v>
+        <v>1714</v>
       </c>
       <c r="C1190" s="1" t="s">
-        <v>1710</v>
+        <v>1715</v>
       </c>
       <c r="D1190" s="1"/>
       <c r="E1190" s="1"/>
       <c r="F1190" s="1" t="s">
-        <v>2658</v>
+        <v>2655</v>
       </c>
       <c r="G1190" s="1" t="s">
-        <v>2659</v>
+        <v>2656</v>
       </c>
       <c r="H1190" s="3">
-        <v>10.19</v>
+        <v>42</v>
       </c>
     </row>
     <row r="1191">
       <c r="A1191" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1191" s="1" t="s">
-        <v>1713</v>
+        <v>1714</v>
       </c>
       <c r="C1191" s="1" t="s">
-        <v>1714</v>
-[...1 lines deleted...]
-      <c r="D1191" s="1" t="s">
         <v>1715</v>
       </c>
-      <c r="E1191" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D1191" s="1"/>
+      <c r="E1191" s="1"/>
       <c r="F1191" s="1" t="s">
-        <v>2660</v>
+        <v>2657</v>
       </c>
       <c r="G1191" s="1" t="s">
-        <v>2661</v>
+        <v>2658</v>
       </c>
       <c r="H1191" s="3">
-        <v>8.99</v>
+        <v>38.5</v>
       </c>
     </row>
     <row r="1192">
       <c r="A1192" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1192" s="1" t="s">
-        <v>1719</v>
+        <v>1714</v>
       </c>
       <c r="C1192" s="1" t="s">
-        <v>1720</v>
+        <v>1722</v>
       </c>
       <c r="D1192" s="1"/>
       <c r="E1192" s="1"/>
       <c r="F1192" s="1" t="s">
-        <v>2662</v>
+        <v>2659</v>
       </c>
       <c r="G1192" s="1" t="s">
-        <v>2663</v>
+        <v>2660</v>
       </c>
       <c r="H1192" s="3">
-        <v>16.5</v>
+        <v>9.49</v>
       </c>
     </row>
     <row r="1193">
       <c r="A1193" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1193" s="1" t="s">
-        <v>1719</v>
+        <v>1714</v>
       </c>
       <c r="C1193" s="1" t="s">
-        <v>1720</v>
-[...1 lines deleted...]
-      <c r="D1193" s="1"/>
+        <v>1725</v>
+      </c>
+      <c r="D1193" s="1" t="s">
+        <v>1726</v>
+      </c>
       <c r="E1193" s="1"/>
       <c r="F1193" s="1" t="s">
-        <v>2664</v>
+        <v>2661</v>
       </c>
       <c r="G1193" s="1" t="s">
-        <v>2665</v>
+        <v>2662</v>
       </c>
       <c r="H1193" s="3">
-        <v>24.89</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="1194">
       <c r="A1194" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1194" s="1" t="s">
-        <v>1719</v>
+        <v>1714</v>
       </c>
       <c r="C1194" s="1" t="s">
-        <v>1720</v>
-[...1 lines deleted...]
-      <c r="D1194" s="1"/>
+        <v>1725</v>
+      </c>
+      <c r="D1194" s="1" t="s">
+        <v>1726</v>
+      </c>
       <c r="E1194" s="1"/>
       <c r="F1194" s="1" t="s">
-        <v>2666</v>
+        <v>2663</v>
       </c>
       <c r="G1194" s="1" t="s">
-        <v>2667</v>
+        <v>2664</v>
       </c>
       <c r="H1194" s="3">
-        <v>11.89</v>
+        <v>27.95</v>
       </c>
     </row>
     <row r="1195">
       <c r="A1195" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1195" s="1" t="s">
-        <v>1723</v>
+        <v>1714</v>
       </c>
       <c r="C1195" s="1" t="s">
-        <v>1724</v>
-[...1 lines deleted...]
-      <c r="D1195" s="1"/>
+        <v>1725</v>
+      </c>
+      <c r="D1195" s="1" t="s">
+        <v>1726</v>
+      </c>
       <c r="E1195" s="1"/>
       <c r="F1195" s="1" t="s">
-        <v>2668</v>
+        <v>2665</v>
       </c>
       <c r="G1195" s="1" t="s">
-        <v>2669</v>
+        <v>2666</v>
       </c>
       <c r="H1195" s="3">
-        <v>14.99</v>
+        <v>15.99</v>
       </c>
     </row>
     <row r="1196">
       <c r="A1196" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1196" s="1" t="s">
-        <v>1723</v>
+        <v>1714</v>
       </c>
       <c r="C1196" s="1" t="s">
-        <v>1724</v>
-[...1 lines deleted...]
-      <c r="D1196" s="1"/>
+        <v>1725</v>
+      </c>
+      <c r="D1196" s="1" t="s">
+        <v>2667</v>
+      </c>
       <c r="E1196" s="1"/>
       <c r="F1196" s="1" t="s">
-        <v>2670</v>
+        <v>2668</v>
       </c>
       <c r="G1196" s="1" t="s">
-        <v>2671</v>
+        <v>2669</v>
       </c>
       <c r="H1196" s="3">
-        <v>10.89</v>
+        <v>19.89</v>
       </c>
     </row>
     <row r="1197">
       <c r="A1197" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1197" s="1" t="s">
-        <v>1723</v>
+        <v>170</v>
       </c>
       <c r="C1197" s="1" t="s">
-        <v>1727</v>
-[...1 lines deleted...]
-      <c r="D1197" s="1"/>
+        <v>1745</v>
+      </c>
+      <c r="D1197" s="1" t="s">
+        <v>1746</v>
+      </c>
       <c r="E1197" s="1"/>
       <c r="F1197" s="1" t="s">
-        <v>2672</v>
+        <v>2670</v>
       </c>
       <c r="G1197" s="1" t="s">
-        <v>2673</v>
+        <v>2671</v>
       </c>
       <c r="H1197" s="3">
-        <v>38.95</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="1198">
       <c r="A1198" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1198" s="1" t="s">
-        <v>1723</v>
+        <v>170</v>
       </c>
       <c r="C1198" s="1" t="s">
-        <v>1727</v>
+        <v>1763</v>
       </c>
       <c r="D1198" s="1"/>
       <c r="E1198" s="1"/>
       <c r="F1198" s="1" t="s">
-        <v>2674</v>
+        <v>2672</v>
       </c>
       <c r="G1198" s="1" t="s">
-        <v>2675</v>
+        <v>2673</v>
       </c>
       <c r="H1198" s="3">
-        <v>42</v>
+        <v>2.99</v>
       </c>
     </row>
     <row r="1199">
       <c r="A1199" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1199" s="1" t="s">
-        <v>1723</v>
+        <v>170</v>
       </c>
       <c r="C1199" s="1" t="s">
-        <v>1727</v>
+        <v>171</v>
       </c>
       <c r="D1199" s="1"/>
       <c r="E1199" s="1"/>
       <c r="F1199" s="1" t="s">
-        <v>2676</v>
+        <v>2674</v>
       </c>
       <c r="G1199" s="1" t="s">
-        <v>2677</v>
+        <v>2675</v>
       </c>
       <c r="H1199" s="3">
-        <v>38.5</v>
+        <v>8.99</v>
       </c>
     </row>
     <row r="1200">
       <c r="A1200" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1200" s="1" t="s">
-        <v>1723</v>
+        <v>170</v>
       </c>
       <c r="C1200" s="1" t="s">
-        <v>1734</v>
+        <v>171</v>
       </c>
       <c r="D1200" s="1"/>
       <c r="E1200" s="1"/>
       <c r="F1200" s="1" t="s">
-        <v>2678</v>
+        <v>2676</v>
       </c>
       <c r="G1200" s="1" t="s">
-        <v>2679</v>
+        <v>2677</v>
       </c>
       <c r="H1200" s="3">
-        <v>9.49</v>
+        <v>11.99</v>
       </c>
     </row>
     <row r="1201">
       <c r="A1201" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1201" s="1" t="s">
-        <v>1723</v>
+        <v>170</v>
       </c>
       <c r="C1201" s="1" t="s">
-        <v>1739</v>
-[...3 lines deleted...]
-      </c>
+        <v>171</v>
+      </c>
+      <c r="D1201" s="1"/>
       <c r="E1201" s="1"/>
       <c r="F1201" s="1" t="s">
-        <v>2680</v>
+        <v>2678</v>
       </c>
       <c r="G1201" s="1" t="s">
-        <v>2681</v>
+        <v>2679</v>
       </c>
       <c r="H1201" s="3">
-        <v>23.5</v>
+        <v>8.99</v>
       </c>
     </row>
     <row r="1202">
       <c r="A1202" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1202" s="1" t="s">
-        <v>1723</v>
+        <v>170</v>
       </c>
       <c r="C1202" s="1" t="s">
-        <v>1739</v>
-[...3 lines deleted...]
-      </c>
+        <v>171</v>
+      </c>
+      <c r="D1202" s="1"/>
       <c r="E1202" s="1"/>
       <c r="F1202" s="1" t="s">
-        <v>2682</v>
+        <v>2680</v>
       </c>
       <c r="G1202" s="1" t="s">
-        <v>2683</v>
+        <v>2681</v>
       </c>
       <c r="H1202" s="3">
-        <v>27.95</v>
+        <v>9.99</v>
       </c>
     </row>
     <row r="1203">
       <c r="A1203" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1203" s="1" t="s">
-        <v>1723</v>
+        <v>170</v>
       </c>
       <c r="C1203" s="1" t="s">
-        <v>1739</v>
-[...3 lines deleted...]
-      </c>
+        <v>2682</v>
+      </c>
+      <c r="D1203" s="1"/>
       <c r="E1203" s="1"/>
       <c r="F1203" s="1" t="s">
+        <v>2683</v>
+      </c>
+      <c r="G1203" s="1" t="s">
         <v>2684</v>
       </c>
-      <c r="G1203" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H1203" s="3">
-        <v>15.99</v>
+        <v>15.75</v>
       </c>
     </row>
     <row r="1204">
       <c r="A1204" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1204" s="1" t="s">
-        <v>1723</v>
+        <v>170</v>
       </c>
       <c r="C1204" s="1" t="s">
-        <v>1739</v>
+        <v>2682</v>
       </c>
       <c r="D1204" s="1" t="s">
-        <v>2686</v>
+        <v>2685</v>
       </c>
       <c r="E1204" s="1"/>
       <c r="F1204" s="1" t="s">
+        <v>2686</v>
+      </c>
+      <c r="G1204" s="1" t="s">
         <v>2687</v>
       </c>
-      <c r="G1204" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H1204" s="3">
-        <v>19.89</v>
+        <v>15.99</v>
       </c>
     </row>
     <row r="1205">
       <c r="A1205" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1205" s="1" t="s">
-        <v>178</v>
+        <v>170</v>
       </c>
       <c r="C1205" s="1" t="s">
-        <v>1759</v>
-[...3 lines deleted...]
-      </c>
+        <v>1790</v>
+      </c>
+      <c r="D1205" s="1"/>
       <c r="E1205" s="1"/>
       <c r="F1205" s="1" t="s">
+        <v>2688</v>
+      </c>
+      <c r="G1205" s="1" t="s">
         <v>2689</v>
       </c>
-      <c r="G1205" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H1205" s="3">
-        <v>18.99</v>
+        <v>10.99</v>
       </c>
     </row>
     <row r="1206">
       <c r="A1206" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1206" s="1" t="s">
-        <v>178</v>
+        <v>170</v>
       </c>
       <c r="C1206" s="1" t="s">
-        <v>1779</v>
+        <v>1790</v>
       </c>
       <c r="D1206" s="1"/>
       <c r="E1206" s="1"/>
       <c r="F1206" s="1" t="s">
+        <v>2690</v>
+      </c>
+      <c r="G1206" s="1" t="s">
         <v>2691</v>
       </c>
-      <c r="G1206" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H1206" s="3">
-        <v>2.99</v>
+        <v>7.99</v>
       </c>
     </row>
     <row r="1207">
       <c r="A1207" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1207" s="1" t="s">
-        <v>178</v>
+        <v>170</v>
       </c>
       <c r="C1207" s="1" t="s">
-        <v>179</v>
+        <v>1790</v>
       </c>
       <c r="D1207" s="1"/>
       <c r="E1207" s="1"/>
       <c r="F1207" s="1" t="s">
+        <v>2692</v>
+      </c>
+      <c r="G1207" s="1" t="s">
         <v>2693</v>
       </c>
-      <c r="G1207" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H1207" s="3">
-        <v>8.99</v>
+        <v>10.29</v>
       </c>
     </row>
     <row r="1208">
       <c r="A1208" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1208" s="1" t="s">
-        <v>178</v>
+        <v>170</v>
       </c>
       <c r="C1208" s="1" t="s">
-        <v>179</v>
+        <v>1790</v>
       </c>
       <c r="D1208" s="1"/>
       <c r="E1208" s="1"/>
       <c r="F1208" s="1" t="s">
+        <v>2694</v>
+      </c>
+      <c r="G1208" s="1" t="s">
         <v>2695</v>
       </c>
-      <c r="G1208" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H1208" s="3">
-        <v>11.49</v>
+        <v>9.49</v>
       </c>
     </row>
     <row r="1209">
       <c r="A1209" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1209" s="1" t="s">
-        <v>178</v>
+        <v>170</v>
       </c>
       <c r="C1209" s="1" t="s">
-        <v>179</v>
+        <v>1790</v>
       </c>
       <c r="D1209" s="1"/>
       <c r="E1209" s="1"/>
       <c r="F1209" s="1" t="s">
+        <v>2696</v>
+      </c>
+      <c r="G1209" s="1" t="s">
         <v>2697</v>
       </c>
-      <c r="G1209" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H1209" s="3">
-        <v>8.99</v>
+        <v>15.99</v>
       </c>
     </row>
     <row r="1210">
       <c r="A1210" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1210" s="1" t="s">
-        <v>178</v>
+        <v>170</v>
       </c>
       <c r="C1210" s="1" t="s">
-        <v>179</v>
+        <v>1790</v>
       </c>
       <c r="D1210" s="1"/>
       <c r="E1210" s="1"/>
       <c r="F1210" s="1" t="s">
+        <v>2698</v>
+      </c>
+      <c r="G1210" s="1" t="s">
         <v>2699</v>
       </c>
-      <c r="G1210" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H1210" s="3">
-        <v>9.99</v>
+        <v>44.99</v>
       </c>
     </row>
     <row r="1211">
       <c r="A1211" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1211" s="1" t="s">
-        <v>178</v>
+        <v>170</v>
       </c>
       <c r="C1211" s="1" t="s">
-        <v>2701</v>
+        <v>2700</v>
       </c>
       <c r="D1211" s="1"/>
       <c r="E1211" s="1"/>
       <c r="F1211" s="1" t="s">
+        <v>2701</v>
+      </c>
+      <c r="G1211" s="1" t="s">
         <v>2702</v>
       </c>
-      <c r="G1211" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H1211" s="3">
-        <v>15.75</v>
+        <v>9.99</v>
       </c>
     </row>
     <row r="1212">
       <c r="A1212" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1212" s="1" t="s">
-        <v>178</v>
+        <v>170</v>
       </c>
       <c r="C1212" s="1" t="s">
-        <v>2701</v>
-[...3 lines deleted...]
-      </c>
+        <v>2700</v>
+      </c>
+      <c r="D1212" s="1"/>
       <c r="E1212" s="1"/>
       <c r="F1212" s="1" t="s">
-        <v>2705</v>
+        <v>2703</v>
       </c>
       <c r="G1212" s="1" t="s">
-        <v>2706</v>
+        <v>2704</v>
       </c>
       <c r="H1212" s="3">
-        <v>15.99</v>
+        <v>14.99</v>
       </c>
     </row>
     <row r="1213">
       <c r="A1213" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1213" s="1" t="s">
-        <v>178</v>
+        <v>1819</v>
       </c>
       <c r="C1213" s="1" t="s">
-        <v>1806</v>
+        <v>1820</v>
       </c>
       <c r="D1213" s="1"/>
       <c r="E1213" s="1"/>
       <c r="F1213" s="1" t="s">
-        <v>2707</v>
+        <v>2705</v>
       </c>
       <c r="G1213" s="1" t="s">
-        <v>2708</v>
+        <v>2706</v>
       </c>
       <c r="H1213" s="3">
-        <v>10.99</v>
+        <v>10.69</v>
       </c>
     </row>
     <row r="1214">
       <c r="A1214" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1214" s="1" t="s">
-        <v>178</v>
+        <v>1819</v>
       </c>
       <c r="C1214" s="1" t="s">
-        <v>1806</v>
+        <v>1820</v>
       </c>
       <c r="D1214" s="1"/>
       <c r="E1214" s="1"/>
       <c r="F1214" s="1" t="s">
-        <v>2709</v>
+        <v>2707</v>
       </c>
       <c r="G1214" s="1" t="s">
-        <v>2710</v>
+        <v>2708</v>
       </c>
       <c r="H1214" s="3">
-        <v>7.99</v>
+        <v>12.99</v>
       </c>
     </row>
     <row r="1215">
       <c r="A1215" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1215" s="1" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="C1215" s="1" t="s">
-        <v>1806</v>
+        <v>175</v>
       </c>
       <c r="D1215" s="1"/>
       <c r="E1215" s="1"/>
       <c r="F1215" s="1" t="s">
-        <v>2711</v>
+        <v>2709</v>
       </c>
       <c r="G1215" s="1" t="s">
-        <v>2712</v>
+        <v>2710</v>
       </c>
       <c r="H1215" s="3">
-        <v>10.29</v>
+        <v>9.49</v>
       </c>
     </row>
     <row r="1216">
       <c r="A1216" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1216" s="1" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="C1216" s="1" t="s">
-        <v>1806</v>
-[...1 lines deleted...]
-      <c r="D1216" s="1"/>
+        <v>175</v>
+      </c>
+      <c r="D1216" s="1" t="s">
+        <v>1829</v>
+      </c>
       <c r="E1216" s="1"/>
       <c r="F1216" s="1" t="s">
-        <v>2713</v>
+        <v>2711</v>
       </c>
       <c r="G1216" s="1" t="s">
-        <v>2714</v>
+        <v>2712</v>
       </c>
       <c r="H1216" s="3">
-        <v>9.49</v>
+        <v>16.69</v>
       </c>
     </row>
     <row r="1217">
       <c r="A1217" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1217" s="1" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="C1217" s="1" t="s">
-        <v>1806</v>
-[...1 lines deleted...]
-      <c r="D1217" s="1"/>
+        <v>175</v>
+      </c>
+      <c r="D1217" s="1" t="s">
+        <v>2713</v>
+      </c>
       <c r="E1217" s="1"/>
       <c r="F1217" s="1" t="s">
+        <v>2714</v>
+      </c>
+      <c r="G1217" s="1" t="s">
         <v>2715</v>
       </c>
-      <c r="G1217" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H1217" s="3">
-        <v>15.49</v>
+        <v>13.99</v>
       </c>
     </row>
     <row r="1218">
       <c r="A1218" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1218" s="1" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="C1218" s="1" t="s">
-        <v>1806</v>
-[...2 lines deleted...]
-      <c r="E1218" s="1"/>
+        <v>175</v>
+      </c>
+      <c r="D1218" s="1" t="s">
+        <v>2716</v>
+      </c>
+      <c r="E1218" s="1" t="s">
+        <v>2717</v>
+      </c>
       <c r="F1218" s="1" t="s">
-        <v>2717</v>
+        <v>2718</v>
       </c>
       <c r="G1218" s="1" t="s">
-        <v>2718</v>
+        <v>2719</v>
       </c>
       <c r="H1218" s="3">
-        <v>44.99</v>
+        <v>26.99</v>
       </c>
     </row>
     <row r="1219">
       <c r="A1219" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1219" s="1" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="C1219" s="1" t="s">
-        <v>2719</v>
-[...2 lines deleted...]
-      <c r="E1219" s="1"/>
+        <v>175</v>
+      </c>
+      <c r="D1219" s="1" t="s">
+        <v>1842</v>
+      </c>
+      <c r="E1219" s="1" t="s">
+        <v>2720</v>
+      </c>
       <c r="F1219" s="1" t="s">
-        <v>2720</v>
+        <v>2721</v>
       </c>
       <c r="G1219" s="1" t="s">
-        <v>2721</v>
+        <v>2722</v>
       </c>
       <c r="H1219" s="3">
-        <v>9.99</v>
+        <v>42.49</v>
       </c>
     </row>
     <row r="1220">
       <c r="A1220" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1220" s="1" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="C1220" s="1" t="s">
-        <v>2719</v>
-[...2 lines deleted...]
-      <c r="E1220" s="1"/>
+        <v>175</v>
+      </c>
+      <c r="D1220" s="1" t="s">
+        <v>1842</v>
+      </c>
+      <c r="E1220" s="1" t="s">
+        <v>2720</v>
+      </c>
       <c r="F1220" s="1" t="s">
-        <v>2722</v>
+        <v>2723</v>
       </c>
       <c r="G1220" s="1" t="s">
-        <v>2723</v>
+        <v>2724</v>
       </c>
       <c r="H1220" s="3">
-        <v>14.99</v>
+        <v>38.99</v>
       </c>
     </row>
     <row r="1221">
       <c r="A1221" s="1" t="s">
-        <v>2021</v>
+        <v>1995</v>
       </c>
       <c r="B1221" s="1" t="s">
-        <v>1835</v>
+        <v>174</v>
       </c>
       <c r="C1221" s="1" t="s">
-        <v>1836</v>
-[...2 lines deleted...]
-      <c r="E1221" s="1"/>
+        <v>175</v>
+      </c>
+      <c r="D1221" s="1" t="s">
+        <v>1842</v>
+      </c>
+      <c r="E1221" s="1" t="s">
+        <v>1854</v>
+      </c>
       <c r="F1221" s="1" t="s">
-        <v>2724</v>
+        <v>2725</v>
       </c>
       <c r="G1221" s="1" t="s">
-        <v>2725</v>
+        <v>2726</v>
       </c>
       <c r="H1221" s="3">
-        <v>10.69</v>
-[...194 lines deleted...]
-      <c r="H1229" s="3">
         <v>54.99</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>