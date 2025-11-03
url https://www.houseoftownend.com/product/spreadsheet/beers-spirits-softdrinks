--- v0 (2025-10-13)
+++ v1 (2025-11-03)
@@ -5,51 +5,51 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="House of Townend" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1196" uniqueCount="1196">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1206" uniqueCount="1206">
   <si>
     <t>Category</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>ProductCode</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Ale</t>
   </si>
   <si>
     <t>Black Sheep Ale 8 x 500ml</t>
   </si>
   <si>
     <t>BLSH002</t>
   </si>
   <si>
     <t>Bowness Bay Brewing Fell Walker Pale Ale 8 x 500ml</t>
   </si>
   <si>
@@ -1210,74 +1210,86 @@
   <si>
     <t>The Botanist Islay Dry Gin</t>
   </si>
   <si>
     <t>BOTA001</t>
   </si>
   <si>
     <t>Warner Edwards Harrington Elderflower Gin</t>
   </si>
   <si>
     <t>HARR025</t>
   </si>
   <si>
     <t>Warner Edwards Victoria's Rhubarb Gin</t>
   </si>
   <si>
     <t>WARN005</t>
   </si>
   <si>
     <t>Whitby Gin</t>
   </si>
   <si>
     <t>WHIT095</t>
   </si>
   <si>
+    <t>Whitley Neill Black Cherry Gin</t>
+  </si>
+  <si>
+    <t>WHIT160</t>
+  </si>
+  <si>
     <t>Whitley Neill Blackberry Gin</t>
   </si>
   <si>
     <t>WHIT140</t>
   </si>
   <si>
     <t>Whitley Neill Blood Orange Gin</t>
   </si>
   <si>
     <t>WHIT090</t>
   </si>
   <si>
     <t>Whitley Neill Gin</t>
   </si>
   <si>
     <t>WHIT015</t>
   </si>
   <si>
     <t>Whitley Neill Parma Violet Gin</t>
   </si>
   <si>
     <t>WHIT135</t>
   </si>
   <si>
+    <t>Whitley Neill Pink Grapefruit Gin</t>
+  </si>
+  <si>
+    <t>WHIT165</t>
+  </si>
+  <si>
     <t>Whitley Neill Raspberry Gin</t>
   </si>
   <si>
     <t>WHIT085</t>
   </si>
   <si>
     <t>Whitley Neill Rhubarb &amp; Ginger Alcoholic Free Spirit</t>
   </si>
   <si>
     <t>WHIT155</t>
   </si>
   <si>
     <t>Whitley Neill Rhubarb &amp; Ginger Gin</t>
   </si>
   <si>
     <t>WHIT035</t>
   </si>
   <si>
     <t>York Chocolate &amp; Orange Gin</t>
   </si>
   <si>
     <t>YORK090</t>
   </si>
   <si>
     <t>York London Dry Gin</t>
@@ -1618,50 +1630,56 @@
   <si>
     <t>Grand Marnier Cordon Rouge Liqueur</t>
   </si>
   <si>
     <t>GMAR001</t>
   </si>
   <si>
     <t>Jack Daniel's Honey Tennessee Whiskey Liqueur</t>
   </si>
   <si>
     <t>JDAN030</t>
   </si>
   <si>
     <t>Jagermeister Liqueur</t>
   </si>
   <si>
     <t>JAGE001</t>
   </si>
   <si>
     <t>Kahlua Liqueur</t>
   </si>
   <si>
     <t>KCLI001</t>
   </si>
   <si>
+    <t>Kin Toffee Vodka Cream Liqueur</t>
+  </si>
+  <si>
+    <t>KINT045</t>
+  </si>
+  <si>
     <t>Lakes Distillery Rhubarb &amp; Rosehip Gin Liqueur</t>
   </si>
   <si>
     <t>THEO185</t>
   </si>
   <si>
     <t>Licor 43</t>
   </si>
   <si>
     <t>LICO001</t>
   </si>
   <si>
     <t>Limoncello Liberty Liqueur</t>
   </si>
   <si>
     <t>LIMO001</t>
   </si>
   <si>
     <t>Luxardo Sambuca Liqueur</t>
   </si>
   <si>
     <t>SAMB020</t>
   </si>
   <si>
     <t>Luxardo Sambuca Passione Nera Liqueur</t>
@@ -1744,50 +1762,56 @@
   <si>
     <t>Pennington's Kendal Mint Cake Liqueur 20cl</t>
   </si>
   <si>
     <t>KEND010</t>
   </si>
   <si>
     <t>Pennington's Kendal Mint Cake Liqueur 50cl</t>
   </si>
   <si>
     <t>KEND045</t>
   </si>
   <si>
     <t>Pennington's Kendal Mint Cake Liqueur Miniature 5cl</t>
   </si>
   <si>
     <t>KEND005</t>
   </si>
   <si>
     <t>Sloemotion Sloe Gin</t>
   </si>
   <si>
     <t>SLOE001</t>
   </si>
   <si>
+    <t>Sloemotion Sloe Shiraz Spritz</t>
+  </si>
+  <si>
+    <t>SLOE110</t>
+  </si>
+  <si>
     <t>Sourz Green Apple Liqueur</t>
   </si>
   <si>
     <t>SOUR050</t>
   </si>
   <si>
     <t>Southern Comfort Liqueur</t>
   </si>
   <si>
     <t>SCOM006</t>
   </si>
   <si>
     <t>Spirit of Yorkshire Cream Liqueur</t>
   </si>
   <si>
     <t>FILE035</t>
   </si>
   <si>
     <t>St Germain Elderflower Liqueur</t>
   </si>
   <si>
     <t>SAIN050</t>
   </si>
   <si>
     <t>Tequila Rose Strawberry Cream Liqueur</t>
@@ -3365,50 +3389,56 @@
     <t>LOCH075</t>
   </si>
   <si>
     <t>Lochlea Distillery Harvest Edition (Third Crop) Single Malt Whisky</t>
   </si>
   <si>
     <t>LOCH115</t>
   </si>
   <si>
     <t>Lochlea Distillery Our Barley Single Malt Whisky</t>
   </si>
   <si>
     <t>LOCH040</t>
   </si>
   <si>
     <t>Lochlea Distillery Ploughing Edition (First Crop) Single Malt Whisky</t>
   </si>
   <si>
     <t>LOCH055</t>
   </si>
   <si>
     <t>Lochlea Distillery Ploughing Edition (Second Crop) Single Malt Whisky</t>
   </si>
   <si>
     <t>LOCH090</t>
+  </si>
+  <si>
+    <t>Lochlea Distillery Red Wine Cask Single Malt Whisky</t>
+  </si>
+  <si>
+    <t>LOCH150</t>
   </si>
   <si>
     <t>Lochlea Distillery Sowing Edition (Second Crop) Single Malt Whisky</t>
   </si>
   <si>
     <t>LOCH035</t>
   </si>
   <si>
     <t>Lochlea Distillery Sowing Edition, Single Malt Whisky, Third Crop</t>
   </si>
   <si>
     <t>LOCH105</t>
   </si>
   <si>
     <t>Maker's Mark Kentucky Straight Bourbon Whiskey</t>
   </si>
   <si>
     <t>MAKE001</t>
   </si>
   <si>
     <t>Mosgaard PX Cask Single Malt Whisky</t>
   </si>
   <si>
     <t>MOOS001</t>
   </si>
@@ -3649,68 +3679,68 @@
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="164" applyNumberFormat="1" fontId="1" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:D588">
-  <autoFilter ref="A1:D588"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:D593">
+  <autoFilter ref="A1:D593"/>
   <tableColumns count="4">
     <tableColumn id="1" name="Category"/>
     <tableColumn id="2" name="Name"/>
     <tableColumn id="3" name="ProductCode"/>
     <tableColumn id="4" name="Price"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight1" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:D588"/>
+  <dimension ref="A1:D593"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="18.4488330841064" customWidth="1"/>
     <col min="2" max="2" width="55" customWidth="1"/>
     <col min="3" max="3" width="14.0665775299072" customWidth="1"/>
     <col min="4" max="4" width="9.240625" customWidth="1" style="2"/>
     <col min="5" max="5" width="9.240625" customWidth="1"/>
     <col min="6" max="6" width="9.240625" customWidth="1"/>
     <col min="7" max="7" width="9.240625" customWidth="1"/>
     <col min="8" max="8" width="9.240625" customWidth="1"/>
     <col min="9" max="9" width="9.240625" customWidth="1"/>
     <col min="10" max="10" width="9.240625" customWidth="1"/>
     <col min="11" max="11" width="9.240625" customWidth="1"/>
     <col min="12" max="12" width="9.240625" customWidth="1"/>
     <col min="13" max="13" width="9.240625" customWidth="1"/>
     <col min="14" max="14" width="9.240625" customWidth="1"/>
     <col min="15" max="15" width="9.240625" customWidth="1"/>
     <col min="16" max="16" width="9.240625" customWidth="1"/>
     <col min="17" max="17" width="9.240625" customWidth="1"/>
     <col min="18" max="18" width="9.240625" customWidth="1"/>
     <col min="19" max="19" width="9.240625" customWidth="1"/>
     <col min="20" max="20" width="9.240625" customWidth="1"/>
@@ -5184,51 +5214,51 @@
     <row r="100">
       <c r="A100" s="1" t="s">
         <v>176</v>
       </c>
       <c r="B100" s="1" t="s">
         <v>207</v>
       </c>
       <c r="C100" s="1" t="s">
         <v>208</v>
       </c>
       <c r="D100" s="3">
         <v>185</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="1" t="s">
         <v>209</v>
       </c>
       <c r="B101" s="1" t="s">
         <v>210</v>
       </c>
       <c r="C101" s="1" t="s">
         <v>211</v>
       </c>
       <c r="D101" s="3">
-        <v>34.99</v>
+        <v>36.99</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="1" t="s">
         <v>209</v>
       </c>
       <c r="B102" s="1" t="s">
         <v>212</v>
       </c>
       <c r="C102" s="1" t="s">
         <v>213</v>
       </c>
       <c r="D102" s="3">
         <v>24.99</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="1" t="s">
         <v>209</v>
       </c>
       <c r="B103" s="1" t="s">
         <v>214</v>
       </c>
       <c r="C103" s="1" t="s">
         <v>215</v>
@@ -5422,65 +5452,65 @@
     <row r="117">
       <c r="A117" s="1" t="s">
         <v>242</v>
       </c>
       <c r="B117" s="1" t="s">
         <v>243</v>
       </c>
       <c r="C117" s="1" t="s">
         <v>244</v>
       </c>
       <c r="D117" s="3">
         <v>35.49</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="1" t="s">
         <v>242</v>
       </c>
       <c r="B118" s="1" t="s">
         <v>245</v>
       </c>
       <c r="C118" s="1" t="s">
         <v>246</v>
       </c>
       <c r="D118" s="3">
-        <v>30.49</v>
+        <v>33.99</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="1" t="s">
         <v>242</v>
       </c>
       <c r="B119" s="1" t="s">
         <v>247</v>
       </c>
       <c r="C119" s="1" t="s">
         <v>248</v>
       </c>
       <c r="D119" s="3">
-        <v>30.49</v>
+        <v>28.99</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="1" t="s">
         <v>242</v>
       </c>
       <c r="B120" s="1" t="s">
         <v>249</v>
       </c>
       <c r="C120" s="1" t="s">
         <v>250</v>
       </c>
       <c r="D120" s="3">
         <v>21.49</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="1" t="s">
         <v>242</v>
       </c>
       <c r="B121" s="1" t="s">
         <v>251</v>
       </c>
       <c r="C121" s="1" t="s">
         <v>252</v>
@@ -6136,93 +6166,93 @@
     <row r="168">
       <c r="A168" s="1" t="s">
         <v>242</v>
       </c>
       <c r="B168" s="1" t="s">
         <v>345</v>
       </c>
       <c r="C168" s="1" t="s">
         <v>346</v>
       </c>
       <c r="D168" s="3">
         <v>16.49</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="1" t="s">
         <v>242</v>
       </c>
       <c r="B169" s="1" t="s">
         <v>347</v>
       </c>
       <c r="C169" s="1" t="s">
         <v>348</v>
       </c>
       <c r="D169" s="3">
-        <v>5.49</v>
+        <v>4.39</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="1" t="s">
         <v>242</v>
       </c>
       <c r="B170" s="1" t="s">
         <v>349</v>
       </c>
       <c r="C170" s="1" t="s">
         <v>350</v>
       </c>
       <c r="D170" s="3">
-        <v>32.99</v>
+        <v>34.99</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="1" t="s">
         <v>242</v>
       </c>
       <c r="B171" s="1" t="s">
         <v>351</v>
       </c>
       <c r="C171" s="1" t="s">
         <v>352</v>
       </c>
       <c r="D171" s="3">
-        <v>32.99</v>
+        <v>34.99</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="1" t="s">
         <v>242</v>
       </c>
       <c r="B172" s="1" t="s">
         <v>353</v>
       </c>
       <c r="C172" s="1" t="s">
         <v>354</v>
       </c>
       <c r="D172" s="3">
-        <v>27.49</v>
+        <v>27.99</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="1" t="s">
         <v>242</v>
       </c>
       <c r="B173" s="1" t="s">
         <v>355</v>
       </c>
       <c r="C173" s="1" t="s">
         <v>356</v>
       </c>
       <c r="D173" s="3">
         <v>35.49</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="1" t="s">
         <v>242</v>
       </c>
       <c r="B174" s="1" t="s">
         <v>357</v>
       </c>
       <c r="C174" s="1" t="s">
         <v>358</v>
@@ -6500,5537 +6530,5607 @@
     <row r="194">
       <c r="A194" s="1" t="s">
         <v>242</v>
       </c>
       <c r="B194" s="1" t="s">
         <v>397</v>
       </c>
       <c r="C194" s="1" t="s">
         <v>398</v>
       </c>
       <c r="D194" s="3">
         <v>38.49</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="1" t="s">
         <v>242</v>
       </c>
       <c r="B195" s="1" t="s">
         <v>399</v>
       </c>
       <c r="C195" s="1" t="s">
         <v>400</v>
       </c>
       <c r="D195" s="3">
-        <v>40.49</v>
+        <v>39.99</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="1" t="s">
         <v>242</v>
       </c>
       <c r="B196" s="1" t="s">
         <v>401</v>
       </c>
       <c r="C196" s="1" t="s">
         <v>402</v>
       </c>
       <c r="D196" s="3">
-        <v>29.49</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="1" t="s">
         <v>242</v>
       </c>
       <c r="B197" s="1" t="s">
         <v>403</v>
       </c>
       <c r="C197" s="1" t="s">
         <v>404</v>
       </c>
       <c r="D197" s="3">
-        <v>29.49</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="1" t="s">
         <v>242</v>
       </c>
       <c r="B198" s="1" t="s">
         <v>405</v>
       </c>
       <c r="C198" s="1" t="s">
         <v>406</v>
       </c>
       <c r="D198" s="3">
-        <v>29.49</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="1" t="s">
         <v>242</v>
       </c>
       <c r="B199" s="1" t="s">
         <v>407</v>
       </c>
       <c r="C199" s="1" t="s">
         <v>408</v>
       </c>
       <c r="D199" s="3">
-        <v>29.49</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="1" t="s">
         <v>242</v>
       </c>
       <c r="B200" s="1" t="s">
         <v>409</v>
       </c>
       <c r="C200" s="1" t="s">
         <v>410</v>
       </c>
       <c r="D200" s="3">
-        <v>29.49</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="1" t="s">
         <v>242</v>
       </c>
       <c r="B201" s="1" t="s">
         <v>411</v>
       </c>
       <c r="C201" s="1" t="s">
         <v>412</v>
       </c>
       <c r="D201" s="3">
-        <v>20.49</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="1" t="s">
         <v>242</v>
       </c>
       <c r="B202" s="1" t="s">
         <v>413</v>
       </c>
       <c r="C202" s="1" t="s">
         <v>414</v>
       </c>
       <c r="D202" s="3">
-        <v>29.49</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="1" t="s">
         <v>242</v>
       </c>
       <c r="B203" s="1" t="s">
         <v>415</v>
       </c>
       <c r="C203" s="1" t="s">
         <v>416</v>
       </c>
       <c r="D203" s="3">
-        <v>36.49</v>
+        <v>20.49</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="1" t="s">
         <v>242</v>
       </c>
       <c r="B204" s="1" t="s">
         <v>417</v>
       </c>
       <c r="C204" s="1" t="s">
         <v>418</v>
       </c>
       <c r="D204" s="3">
-        <v>36.49</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="B205" s="1" t="s">
         <v>419</v>
       </c>
-      <c r="B205" s="1" t="s">
+      <c r="C205" s="1" t="s">
         <v>420</v>
       </c>
-      <c r="C205" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D205" s="3">
-        <v>22.99</v>
+        <v>36.49</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="1" t="s">
-        <v>419</v>
+        <v>242</v>
       </c>
       <c r="B206" s="1" t="s">
+        <v>421</v>
+      </c>
+      <c r="C206" s="1" t="s">
         <v>422</v>
       </c>
-      <c r="C206" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D206" s="3">
-        <v>35.99</v>
+        <v>36.49</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="1" t="s">
-        <v>419</v>
+        <v>423</v>
       </c>
       <c r="B207" s="1" t="s">
         <v>424</v>
       </c>
       <c r="C207" s="1" t="s">
         <v>425</v>
       </c>
       <c r="D207" s="3">
-        <v>29.99</v>
+        <v>22.99</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="1" t="s">
-        <v>419</v>
+        <v>423</v>
       </c>
       <c r="B208" s="1" t="s">
         <v>426</v>
       </c>
       <c r="C208" s="1" t="s">
         <v>427</v>
       </c>
       <c r="D208" s="3">
-        <v>31.99</v>
+        <v>35.99</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="1" t="s">
-        <v>419</v>
+        <v>423</v>
       </c>
       <c r="B209" s="1" t="s">
         <v>428</v>
       </c>
       <c r="C209" s="1" t="s">
         <v>429</v>
       </c>
       <c r="D209" s="3">
-        <v>31.99</v>
+        <v>29.99</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="1" t="s">
-        <v>419</v>
+        <v>423</v>
       </c>
       <c r="B210" s="1" t="s">
         <v>430</v>
       </c>
       <c r="C210" s="1" t="s">
         <v>431</v>
       </c>
       <c r="D210" s="3">
         <v>31.99</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="1" t="s">
-        <v>419</v>
+        <v>423</v>
       </c>
       <c r="B211" s="1" t="s">
         <v>432</v>
       </c>
       <c r="C211" s="1" t="s">
         <v>433</v>
       </c>
       <c r="D211" s="3">
-        <v>39.99</v>
+        <v>31.99</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="1" t="s">
-        <v>419</v>
+        <v>423</v>
       </c>
       <c r="B212" s="1" t="s">
         <v>434</v>
       </c>
       <c r="C212" s="1" t="s">
         <v>435</v>
       </c>
       <c r="D212" s="3">
-        <v>26.99</v>
+        <v>31.99</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="1" t="s">
-        <v>419</v>
+        <v>423</v>
       </c>
       <c r="B213" s="1" t="s">
         <v>436</v>
       </c>
       <c r="C213" s="1" t="s">
         <v>437</v>
       </c>
       <c r="D213" s="3">
-        <v>24.99</v>
+        <v>39.99</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="1" t="s">
-        <v>419</v>
+        <v>423</v>
       </c>
       <c r="B214" s="1" t="s">
         <v>438</v>
       </c>
       <c r="C214" s="1" t="s">
         <v>439</v>
       </c>
       <c r="D214" s="3">
-        <v>39.99</v>
+        <v>26.99</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="1" t="s">
-        <v>419</v>
+        <v>423</v>
       </c>
       <c r="B215" s="1" t="s">
         <v>440</v>
       </c>
       <c r="C215" s="1" t="s">
         <v>441</v>
       </c>
       <c r="D215" s="3">
-        <v>41.99</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="1" t="s">
-        <v>419</v>
+        <v>423</v>
       </c>
       <c r="B216" s="1" t="s">
         <v>442</v>
       </c>
       <c r="C216" s="1" t="s">
         <v>443</v>
       </c>
       <c r="D216" s="3">
-        <v>29.99</v>
+        <v>39.99</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="1" t="s">
-        <v>419</v>
+        <v>423</v>
       </c>
       <c r="B217" s="1" t="s">
         <v>444</v>
       </c>
       <c r="C217" s="1" t="s">
         <v>445</v>
       </c>
       <c r="D217" s="3">
-        <v>22.99</v>
+        <v>41.99</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="1" t="s">
-        <v>419</v>
+        <v>423</v>
       </c>
       <c r="B218" s="1" t="s">
         <v>446</v>
       </c>
       <c r="C218" s="1" t="s">
         <v>447</v>
       </c>
       <c r="D218" s="3">
-        <v>39.99</v>
+        <v>29.99</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="1" t="s">
-        <v>419</v>
+        <v>423</v>
       </c>
       <c r="B219" s="1" t="s">
         <v>448</v>
       </c>
       <c r="C219" s="1" t="s">
         <v>449</v>
       </c>
       <c r="D219" s="3">
-        <v>42.99</v>
+        <v>22.99</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="1" t="s">
-        <v>419</v>
+        <v>423</v>
       </c>
       <c r="B220" s="1" t="s">
         <v>450</v>
       </c>
       <c r="C220" s="1" t="s">
         <v>451</v>
       </c>
       <c r="D220" s="3">
-        <v>26.99</v>
+        <v>39.99</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="1" t="s">
-        <v>419</v>
+        <v>423</v>
       </c>
       <c r="B221" s="1" t="s">
         <v>452</v>
       </c>
       <c r="C221" s="1" t="s">
         <v>453</v>
       </c>
       <c r="D221" s="3">
-        <v>31.99</v>
+        <v>42.99</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="1" t="s">
-        <v>419</v>
+        <v>423</v>
       </c>
       <c r="B222" s="1" t="s">
         <v>454</v>
       </c>
       <c r="C222" s="1" t="s">
         <v>455</v>
       </c>
       <c r="D222" s="3">
-        <v>43.99</v>
+        <v>26.99</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="1" t="s">
-        <v>419</v>
+        <v>423</v>
       </c>
       <c r="B223" s="1" t="s">
         <v>456</v>
       </c>
       <c r="C223" s="1" t="s">
         <v>457</v>
       </c>
       <c r="D223" s="3">
-        <v>33.99</v>
+        <v>31.99</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="1" t="s">
-        <v>419</v>
+        <v>423</v>
       </c>
       <c r="B224" s="1" t="s">
         <v>458</v>
       </c>
       <c r="C224" s="1" t="s">
         <v>459</v>
       </c>
       <c r="D224" s="3">
-        <v>36.99</v>
+        <v>43.99</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="1" t="s">
-        <v>419</v>
+        <v>423</v>
       </c>
       <c r="B225" s="1" t="s">
         <v>460</v>
       </c>
       <c r="C225" s="1" t="s">
         <v>461</v>
       </c>
       <c r="D225" s="3">
-        <v>49.99</v>
+        <v>33.99</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="1" t="s">
+        <v>423</v>
+      </c>
+      <c r="B226" s="1" t="s">
         <v>462</v>
       </c>
-      <c r="B226" s="1" t="s">
+      <c r="C226" s="1" t="s">
         <v>463</v>
       </c>
-      <c r="C226" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D226" s="3">
-        <v>23.49</v>
+        <v>36.99</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="1" t="s">
-        <v>462</v>
+        <v>423</v>
       </c>
       <c r="B227" s="1" t="s">
+        <v>464</v>
+      </c>
+      <c r="C227" s="1" t="s">
         <v>465</v>
       </c>
-      <c r="C227" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D227" s="3">
-        <v>23.49</v>
+        <v>49.99</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="1" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="B228" s="1" t="s">
         <v>467</v>
       </c>
       <c r="C228" s="1" t="s">
         <v>468</v>
       </c>
       <c r="D228" s="3">
-        <v>17.49</v>
+        <v>23.49</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="1" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="B229" s="1" t="s">
         <v>469</v>
       </c>
       <c r="C229" s="1" t="s">
         <v>470</v>
       </c>
       <c r="D229" s="3">
-        <v>17.49</v>
+        <v>23.49</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="1" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="B230" s="1" t="s">
         <v>471</v>
       </c>
       <c r="C230" s="1" t="s">
         <v>472</v>
       </c>
       <c r="D230" s="3">
         <v>17.49</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="1" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="B231" s="1" t="s">
         <v>473</v>
       </c>
       <c r="C231" s="1" t="s">
         <v>474</v>
       </c>
       <c r="D231" s="3">
-        <v>18.49</v>
+        <v>17.49</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="1" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="B232" s="1" t="s">
         <v>475</v>
       </c>
       <c r="C232" s="1" t="s">
         <v>476</v>
       </c>
       <c r="D232" s="3">
-        <v>32.49</v>
+        <v>17.49</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="1" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="B233" s="1" t="s">
         <v>477</v>
       </c>
       <c r="C233" s="1" t="s">
         <v>478</v>
       </c>
       <c r="D233" s="3">
-        <v>67.99</v>
+        <v>18.49</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="1" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="B234" s="1" t="s">
         <v>479</v>
       </c>
       <c r="C234" s="1" t="s">
         <v>480</v>
       </c>
       <c r="D234" s="3">
-        <v>67.99</v>
+        <v>32.49</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="1" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="B235" s="1" t="s">
         <v>481</v>
       </c>
       <c r="C235" s="1" t="s">
         <v>482</v>
       </c>
       <c r="D235" s="3">
-        <v>26.49</v>
+        <v>67.99</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="1" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="B236" s="1" t="s">
         <v>483</v>
       </c>
       <c r="C236" s="1" t="s">
         <v>484</v>
       </c>
       <c r="D236" s="3">
-        <v>23.49</v>
+        <v>67.99</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="1" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="B237" s="1" t="s">
         <v>485</v>
       </c>
       <c r="C237" s="1" t="s">
         <v>486</v>
       </c>
       <c r="D237" s="3">
-        <v>32.49</v>
+        <v>26.49</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="1" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="B238" s="1" t="s">
         <v>487</v>
       </c>
       <c r="C238" s="1" t="s">
         <v>488</v>
       </c>
       <c r="D238" s="3">
-        <v>25.49</v>
+        <v>23.49</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="1" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="B239" s="1" t="s">
         <v>489</v>
       </c>
       <c r="C239" s="1" t="s">
         <v>490</v>
       </c>
       <c r="D239" s="3">
-        <v>22.99</v>
+        <v>32.49</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="1" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="B240" s="1" t="s">
         <v>491</v>
       </c>
       <c r="C240" s="1" t="s">
         <v>492</v>
       </c>
       <c r="D240" s="3">
-        <v>23.49</v>
+        <v>25.49</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" s="1" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="B241" s="1" t="s">
         <v>493</v>
       </c>
       <c r="C241" s="1" t="s">
         <v>494</v>
       </c>
       <c r="D241" s="3">
-        <v>24.49</v>
+        <v>22.99</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="1" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="B242" s="1" t="s">
         <v>495</v>
       </c>
       <c r="C242" s="1" t="s">
         <v>496</v>
       </c>
       <c r="D242" s="3">
         <v>23.49</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" s="1" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="B243" s="1" t="s">
         <v>497</v>
       </c>
       <c r="C243" s="1" t="s">
         <v>498</v>
       </c>
       <c r="D243" s="3">
-        <v>27.49</v>
+        <v>24.49</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" s="1" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="B244" s="1" t="s">
         <v>499</v>
       </c>
       <c r="C244" s="1" t="s">
         <v>500</v>
       </c>
       <c r="D244" s="3">
-        <v>26.49</v>
+        <v>23.49</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" s="1" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="B245" s="1" t="s">
         <v>501</v>
       </c>
       <c r="C245" s="1" t="s">
         <v>502</v>
       </c>
       <c r="D245" s="3">
-        <v>23.49</v>
+        <v>27.49</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" s="1" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="B246" s="1" t="s">
         <v>503</v>
       </c>
       <c r="C246" s="1" t="s">
         <v>504</v>
       </c>
       <c r="D246" s="3">
-        <v>28.49</v>
+        <v>26.49</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" s="1" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="B247" s="1" t="s">
         <v>505</v>
       </c>
       <c r="C247" s="1" t="s">
         <v>506</v>
       </c>
       <c r="D247" s="3">
-        <v>50.49</v>
+        <v>23.49</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" s="1" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="B248" s="1" t="s">
         <v>507</v>
       </c>
       <c r="C248" s="1" t="s">
         <v>508</v>
       </c>
       <c r="D248" s="3">
-        <v>30.49</v>
+        <v>28.49</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" s="1" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="B249" s="1" t="s">
         <v>509</v>
       </c>
       <c r="C249" s="1" t="s">
         <v>510</v>
       </c>
       <c r="D249" s="3">
-        <v>26.49</v>
+        <v>50.49</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" s="1" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="B250" s="1" t="s">
         <v>511</v>
       </c>
       <c r="C250" s="1" t="s">
         <v>512</v>
       </c>
       <c r="D250" s="3">
-        <v>33.49</v>
+        <v>30.49</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" s="1" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="B251" s="1" t="s">
         <v>513</v>
       </c>
       <c r="C251" s="1" t="s">
         <v>514</v>
       </c>
       <c r="D251" s="3">
-        <v>19.49</v>
+        <v>26.49</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" s="1" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="B252" s="1" t="s">
         <v>515</v>
       </c>
       <c r="C252" s="1" t="s">
         <v>516</v>
       </c>
       <c r="D252" s="3">
-        <v>19.49</v>
+        <v>33.49</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="1" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="B253" s="1" t="s">
         <v>517</v>
       </c>
       <c r="C253" s="1" t="s">
         <v>518</v>
       </c>
       <c r="D253" s="3">
-        <v>28.99</v>
+        <v>19.49</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="1" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="B254" s="1" t="s">
         <v>519</v>
       </c>
       <c r="C254" s="1" t="s">
         <v>520</v>
       </c>
       <c r="D254" s="3">
-        <v>25.49</v>
+        <v>19.49</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" s="1" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="B255" s="1" t="s">
         <v>521</v>
       </c>
       <c r="C255" s="1" t="s">
         <v>522</v>
       </c>
       <c r="D255" s="3">
-        <v>25.49</v>
+        <v>28.99</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" s="1" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="B256" s="1" t="s">
         <v>523</v>
       </c>
       <c r="C256" s="1" t="s">
         <v>524</v>
       </c>
       <c r="D256" s="3">
-        <v>25.99</v>
+        <v>25.49</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" s="1" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="B257" s="1" t="s">
         <v>525</v>
       </c>
       <c r="C257" s="1" t="s">
         <v>526</v>
       </c>
       <c r="D257" s="3">
-        <v>19.99</v>
+        <v>25.49</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" s="1" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="B258" s="1" t="s">
         <v>527</v>
       </c>
       <c r="C258" s="1" t="s">
         <v>528</v>
       </c>
       <c r="D258" s="3">
-        <v>28.49</v>
+        <v>25.99</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" s="1" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="B259" s="1" t="s">
         <v>529</v>
       </c>
       <c r="C259" s="1" t="s">
         <v>530</v>
       </c>
       <c r="D259" s="3">
-        <v>31.49</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" s="1" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="B260" s="1" t="s">
         <v>531</v>
       </c>
       <c r="C260" s="1" t="s">
         <v>532</v>
       </c>
       <c r="D260" s="3">
-        <v>27.49</v>
+        <v>28.49</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" s="1" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="B261" s="1" t="s">
         <v>533</v>
       </c>
       <c r="C261" s="1" t="s">
         <v>534</v>
       </c>
       <c r="D261" s="3">
-        <v>22.49</v>
+        <v>31.49</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" s="1" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="B262" s="1" t="s">
         <v>535</v>
       </c>
       <c r="C262" s="1" t="s">
         <v>536</v>
       </c>
       <c r="D262" s="3">
-        <v>22.49</v>
+        <v>27.49</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" s="1" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="B263" s="1" t="s">
         <v>537</v>
       </c>
       <c r="C263" s="1" t="s">
         <v>538</v>
       </c>
       <c r="D263" s="3">
-        <v>27.49</v>
+        <v>22.49</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" s="1" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="B264" s="1" t="s">
         <v>539</v>
       </c>
       <c r="C264" s="1" t="s">
         <v>540</v>
       </c>
       <c r="D264" s="3">
-        <v>26.49</v>
+        <v>22.49</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" s="1" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="B265" s="1" t="s">
         <v>541</v>
       </c>
       <c r="C265" s="1" t="s">
         <v>542</v>
       </c>
       <c r="D265" s="3">
-        <v>20.49</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" s="1" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="B266" s="1" t="s">
         <v>543</v>
       </c>
       <c r="C266" s="1" t="s">
         <v>544</v>
       </c>
       <c r="D266" s="3">
-        <v>19.49</v>
+        <v>27.49</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="1" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="B267" s="1" t="s">
         <v>545</v>
       </c>
       <c r="C267" s="1" t="s">
         <v>546</v>
       </c>
       <c r="D267" s="3">
-        <v>24.49</v>
+        <v>26.49</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="1" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="B268" s="1" t="s">
         <v>547</v>
       </c>
       <c r="C268" s="1" t="s">
         <v>548</v>
       </c>
       <c r="D268" s="3">
-        <v>17.49</v>
+        <v>20.49</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" s="1" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="B269" s="1" t="s">
         <v>549</v>
       </c>
       <c r="C269" s="1" t="s">
         <v>550</v>
       </c>
       <c r="D269" s="3">
         <v>19.49</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" s="1" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="B270" s="1" t="s">
         <v>551</v>
       </c>
       <c r="C270" s="1" t="s">
         <v>552</v>
       </c>
       <c r="D270" s="3">
-        <v>18.99</v>
+        <v>24.49</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="1" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="B271" s="1" t="s">
         <v>553</v>
       </c>
       <c r="C271" s="1" t="s">
         <v>554</v>
       </c>
       <c r="D271" s="3">
-        <v>18.99</v>
+        <v>17.49</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="1" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="B272" s="1" t="s">
         <v>555</v>
       </c>
       <c r="C272" s="1" t="s">
         <v>556</v>
       </c>
       <c r="D272" s="3">
-        <v>33.49</v>
+        <v>19.49</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="1" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="B273" s="1" t="s">
         <v>557</v>
       </c>
       <c r="C273" s="1" t="s">
         <v>558</v>
       </c>
       <c r="D273" s="3">
-        <v>28.49</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="1" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="B274" s="1" t="s">
         <v>559</v>
       </c>
       <c r="C274" s="1" t="s">
         <v>560</v>
       </c>
       <c r="D274" s="3">
-        <v>17.49</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" s="1" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="B275" s="1" t="s">
         <v>561</v>
       </c>
       <c r="C275" s="1" t="s">
         <v>562</v>
       </c>
       <c r="D275" s="3">
-        <v>21.49</v>
+        <v>33.49</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="1" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="B276" s="1" t="s">
         <v>563</v>
       </c>
       <c r="C276" s="1" t="s">
         <v>564</v>
       </c>
       <c r="D276" s="3">
-        <v>4.49</v>
+        <v>28.49</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="1" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="B277" s="1" t="s">
         <v>565</v>
       </c>
       <c r="C277" s="1" t="s">
         <v>566</v>
       </c>
       <c r="D277" s="3">
-        <v>12.49</v>
+        <v>17.49</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" s="1" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="B278" s="1" t="s">
         <v>567</v>
       </c>
       <c r="C278" s="1" t="s">
         <v>568</v>
       </c>
       <c r="D278" s="3">
-        <v>21.49</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" s="1" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="B279" s="1" t="s">
         <v>569</v>
       </c>
       <c r="C279" s="1" t="s">
         <v>570</v>
       </c>
       <c r="D279" s="3">
-        <v>21.49</v>
+        <v>3.99</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" s="1" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="B280" s="1" t="s">
         <v>571</v>
       </c>
       <c r="C280" s="1" t="s">
         <v>572</v>
       </c>
       <c r="D280" s="3">
-        <v>12.49</v>
+        <v>11.49</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" s="1" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="B281" s="1" t="s">
         <v>573</v>
       </c>
       <c r="C281" s="1" t="s">
         <v>574</v>
       </c>
       <c r="D281" s="3">
         <v>21.49</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" s="1" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="B282" s="1" t="s">
         <v>575</v>
       </c>
       <c r="C282" s="1" t="s">
         <v>576</v>
       </c>
       <c r="D282" s="3">
-        <v>4.49</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" s="1" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="B283" s="1" t="s">
         <v>577</v>
       </c>
       <c r="C283" s="1" t="s">
         <v>578</v>
       </c>
       <c r="D283" s="3">
-        <v>28.49</v>
+        <v>11.99</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" s="1" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="B284" s="1" t="s">
         <v>579</v>
       </c>
       <c r="C284" s="1" t="s">
         <v>580</v>
       </c>
       <c r="D284" s="3">
-        <v>11.5</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" s="1" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="B285" s="1" t="s">
         <v>581</v>
       </c>
       <c r="C285" s="1" t="s">
         <v>582</v>
       </c>
       <c r="D285" s="3">
-        <v>24.49</v>
+        <v>3.99</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" s="1" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="B286" s="1" t="s">
         <v>583</v>
       </c>
       <c r="C286" s="1" t="s">
         <v>584</v>
       </c>
       <c r="D286" s="3">
-        <v>27</v>
+        <v>28.49</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" s="1" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="B287" s="1" t="s">
         <v>585</v>
       </c>
       <c r="C287" s="1" t="s">
         <v>586</v>
       </c>
       <c r="D287" s="3">
-        <v>31.99</v>
+        <v>27.99</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" s="1" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="B288" s="1" t="s">
         <v>587</v>
       </c>
       <c r="C288" s="1" t="s">
         <v>588</v>
       </c>
       <c r="D288" s="3">
-        <v>18.49</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" s="1" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="B289" s="1" t="s">
         <v>589</v>
       </c>
       <c r="C289" s="1" t="s">
         <v>590</v>
       </c>
       <c r="D289" s="3">
-        <v>27.49</v>
+        <v>24.49</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" s="1" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="B290" s="1" t="s">
         <v>591</v>
       </c>
       <c r="C290" s="1" t="s">
         <v>592</v>
       </c>
       <c r="D290" s="3">
-        <v>49.5</v>
+        <v>27</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" s="1" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="B291" s="1" t="s">
         <v>593</v>
       </c>
       <c r="C291" s="1" t="s">
         <v>594</v>
       </c>
       <c r="D291" s="3">
-        <v>31.49</v>
+        <v>31.99</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" s="1" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="B292" s="1" t="s">
         <v>595</v>
       </c>
       <c r="C292" s="1" t="s">
         <v>596</v>
       </c>
       <c r="D292" s="3">
-        <v>59.5</v>
+        <v>18.49</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" s="1" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="B293" s="1" t="s">
         <v>597</v>
       </c>
       <c r="C293" s="1" t="s">
         <v>598</v>
       </c>
       <c r="D293" s="3">
-        <v>20.49</v>
+        <v>27.49</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" s="1" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="B294" s="1" t="s">
         <v>599</v>
       </c>
       <c r="C294" s="1" t="s">
         <v>600</v>
       </c>
       <c r="D294" s="3">
-        <v>31.49</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" s="1" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="B295" s="1" t="s">
         <v>601</v>
       </c>
       <c r="C295" s="1" t="s">
         <v>602</v>
       </c>
       <c r="D295" s="3">
-        <v>27.49</v>
+        <v>31.49</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" s="1" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="B296" s="1" t="s">
         <v>603</v>
       </c>
       <c r="C296" s="1" t="s">
         <v>604</v>
       </c>
       <c r="D296" s="3">
-        <v>31.49</v>
+        <v>59.5</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" s="1" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="B297" s="1" t="s">
         <v>605</v>
       </c>
       <c r="C297" s="1" t="s">
         <v>606</v>
       </c>
       <c r="D297" s="3">
-        <v>36.49</v>
+        <v>20.49</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" s="1" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="B298" s="1" t="s">
         <v>607</v>
       </c>
       <c r="C298" s="1" t="s">
         <v>608</v>
       </c>
       <c r="D298" s="3">
-        <v>37.49</v>
+        <v>31.49</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" s="1" t="s">
+        <v>466</v>
+      </c>
+      <c r="B299" s="1" t="s">
         <v>609</v>
       </c>
-      <c r="B299" s="1" t="s">
+      <c r="C299" s="1" t="s">
         <v>610</v>
       </c>
-      <c r="C299" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D299" s="3">
-        <v>21.99</v>
+        <v>27.49</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" s="1" t="s">
-        <v>609</v>
+        <v>466</v>
       </c>
       <c r="B300" s="1" t="s">
+        <v>611</v>
+      </c>
+      <c r="C300" s="1" t="s">
         <v>612</v>
       </c>
-      <c r="C300" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D300" s="3">
-        <v>15.99</v>
+        <v>31.49</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" s="1" t="s">
-        <v>609</v>
+        <v>466</v>
       </c>
       <c r="B301" s="1" t="s">
+        <v>613</v>
+      </c>
+      <c r="C301" s="1" t="s">
         <v>614</v>
       </c>
-      <c r="C301" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D301" s="3">
-        <v>15.99</v>
+        <v>36.49</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="1" t="s">
-        <v>609</v>
+        <v>466</v>
       </c>
       <c r="B302" s="1" t="s">
+        <v>615</v>
+      </c>
+      <c r="C302" s="1" t="s">
         <v>616</v>
       </c>
-      <c r="C302" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D302" s="3">
-        <v>14.49</v>
+        <v>37.49</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" s="1" t="s">
-        <v>609</v>
+        <v>617</v>
       </c>
       <c r="B303" s="1" t="s">
         <v>618</v>
       </c>
       <c r="C303" s="1" t="s">
         <v>619</v>
       </c>
       <c r="D303" s="3">
-        <v>15.99</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" s="1" t="s">
-        <v>609</v>
+        <v>617</v>
       </c>
       <c r="B304" s="1" t="s">
         <v>620</v>
       </c>
       <c r="C304" s="1" t="s">
         <v>621</v>
       </c>
       <c r="D304" s="3">
         <v>15.99</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" s="1" t="s">
-        <v>609</v>
+        <v>617</v>
       </c>
       <c r="B305" s="1" t="s">
         <v>622</v>
       </c>
       <c r="C305" s="1" t="s">
         <v>623</v>
       </c>
       <c r="D305" s="3">
-        <v>17.99</v>
+        <v>15.99</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" s="1" t="s">
-        <v>609</v>
+        <v>617</v>
       </c>
       <c r="B306" s="1" t="s">
         <v>624</v>
       </c>
       <c r="C306" s="1" t="s">
         <v>625</v>
       </c>
       <c r="D306" s="3">
-        <v>15.99</v>
+        <v>14.49</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" s="1" t="s">
-        <v>609</v>
+        <v>617</v>
       </c>
       <c r="B307" s="1" t="s">
         <v>626</v>
       </c>
       <c r="C307" s="1" t="s">
         <v>627</v>
       </c>
       <c r="D307" s="3">
-        <v>17.99</v>
+        <v>15.99</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" s="1" t="s">
-        <v>609</v>
+        <v>617</v>
       </c>
       <c r="B308" s="1" t="s">
         <v>628</v>
       </c>
       <c r="C308" s="1" t="s">
         <v>629</v>
       </c>
       <c r="D308" s="3">
-        <v>18.99</v>
+        <v>15.99</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" s="1" t="s">
-        <v>609</v>
+        <v>617</v>
       </c>
       <c r="B309" s="1" t="s">
         <v>630</v>
       </c>
       <c r="C309" s="1" t="s">
         <v>631</v>
       </c>
       <c r="D309" s="3">
-        <v>18.99</v>
+        <v>17.99</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="1" t="s">
-        <v>609</v>
+        <v>617</v>
       </c>
       <c r="B310" s="1" t="s">
         <v>632</v>
       </c>
       <c r="C310" s="1" t="s">
         <v>633</v>
       </c>
       <c r="D310" s="3">
-        <v>13.99</v>
+        <v>15.99</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="1" t="s">
-        <v>609</v>
+        <v>617</v>
       </c>
       <c r="B311" s="1" t="s">
         <v>634</v>
       </c>
       <c r="C311" s="1" t="s">
         <v>635</v>
       </c>
       <c r="D311" s="3">
-        <v>14.99</v>
+        <v>17.99</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" s="1" t="s">
-        <v>609</v>
+        <v>617</v>
       </c>
       <c r="B312" s="1" t="s">
         <v>636</v>
       </c>
       <c r="C312" s="1" t="s">
         <v>637</v>
       </c>
       <c r="D312" s="3">
-        <v>13.99</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" s="1" t="s">
-        <v>609</v>
+        <v>617</v>
       </c>
       <c r="B313" s="1" t="s">
         <v>638</v>
       </c>
       <c r="C313" s="1" t="s">
         <v>639</v>
       </c>
       <c r="D313" s="3">
-        <v>14.99</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" s="1" t="s">
-        <v>609</v>
+        <v>617</v>
       </c>
       <c r="B314" s="1" t="s">
         <v>640</v>
       </c>
       <c r="C314" s="1" t="s">
         <v>641</v>
       </c>
       <c r="D314" s="3">
         <v>13.99</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" s="1" t="s">
-        <v>609</v>
+        <v>617</v>
       </c>
       <c r="B315" s="1" t="s">
         <v>642</v>
       </c>
       <c r="C315" s="1" t="s">
         <v>643</v>
       </c>
       <c r="D315" s="3">
-        <v>21.99</v>
+        <v>14.99</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" s="1" t="s">
-        <v>609</v>
+        <v>617</v>
       </c>
       <c r="B316" s="1" t="s">
         <v>644</v>
       </c>
       <c r="C316" s="1" t="s">
         <v>645</v>
       </c>
       <c r="D316" s="3">
         <v>13.99</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" s="1" t="s">
-        <v>609</v>
+        <v>617</v>
       </c>
       <c r="B317" s="1" t="s">
         <v>646</v>
       </c>
       <c r="C317" s="1" t="s">
         <v>647</v>
       </c>
       <c r="D317" s="3">
-        <v>16.99</v>
+        <v>14.99</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" s="1" t="s">
-        <v>609</v>
+        <v>617</v>
       </c>
       <c r="B318" s="1" t="s">
         <v>648</v>
       </c>
       <c r="C318" s="1" t="s">
         <v>649</v>
       </c>
       <c r="D318" s="3">
         <v>13.99</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" s="1" t="s">
-        <v>609</v>
+        <v>617</v>
       </c>
       <c r="B319" s="1" t="s">
         <v>650</v>
       </c>
       <c r="C319" s="1" t="s">
         <v>651</v>
       </c>
       <c r="D319" s="3">
-        <v>16.99</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" s="1" t="s">
+        <v>617</v>
+      </c>
+      <c r="B320" s="1" t="s">
         <v>652</v>
       </c>
-      <c r="B320" s="1" t="s">
+      <c r="C320" s="1" t="s">
         <v>653</v>
       </c>
-      <c r="C320" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D320" s="3">
-        <v>31.99</v>
+        <v>13.99</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" s="1" t="s">
-        <v>652</v>
+        <v>617</v>
       </c>
       <c r="B321" s="1" t="s">
+        <v>654</v>
+      </c>
+      <c r="C321" s="1" t="s">
         <v>655</v>
       </c>
-      <c r="C321" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D321" s="3">
-        <v>6.5</v>
+        <v>16.99</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" s="1" t="s">
-        <v>652</v>
+        <v>617</v>
       </c>
       <c r="B322" s="1" t="s">
+        <v>656</v>
+      </c>
+      <c r="C322" s="1" t="s">
         <v>657</v>
       </c>
-      <c r="C322" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D322" s="3">
-        <v>18.99</v>
+        <v>13.99</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" s="1" t="s">
-        <v>652</v>
+        <v>617</v>
       </c>
       <c r="B323" s="1" t="s">
+        <v>658</v>
+      </c>
+      <c r="C323" s="1" t="s">
         <v>659</v>
       </c>
-      <c r="C323" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D323" s="3">
-        <v>18.99</v>
+        <v>16.99</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" s="1" t="s">
-        <v>652</v>
+        <v>660</v>
       </c>
       <c r="B324" s="1" t="s">
         <v>661</v>
       </c>
       <c r="C324" s="1" t="s">
         <v>662</v>
       </c>
       <c r="D324" s="3">
-        <v>18.99</v>
+        <v>31.99</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" s="1" t="s">
-        <v>652</v>
+        <v>660</v>
       </c>
       <c r="B325" s="1" t="s">
         <v>663</v>
       </c>
       <c r="C325" s="1" t="s">
         <v>664</v>
       </c>
       <c r="D325" s="3">
-        <v>17.99</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" s="1" t="s">
-        <v>652</v>
+        <v>660</v>
       </c>
       <c r="B326" s="1" t="s">
         <v>665</v>
       </c>
       <c r="C326" s="1" t="s">
         <v>666</v>
       </c>
       <c r="D326" s="3">
-        <v>21.99</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" s="1" t="s">
-        <v>652</v>
+        <v>660</v>
       </c>
       <c r="B327" s="1" t="s">
         <v>667</v>
       </c>
       <c r="C327" s="1" t="s">
         <v>668</v>
       </c>
       <c r="D327" s="3">
-        <v>31.99</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" s="1" t="s">
-        <v>652</v>
+        <v>660</v>
       </c>
       <c r="B328" s="1" t="s">
         <v>669</v>
       </c>
       <c r="C328" s="1" t="s">
         <v>670</v>
       </c>
       <c r="D328" s="3">
         <v>18.99</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" s="1" t="s">
-        <v>652</v>
+        <v>660</v>
       </c>
       <c r="B329" s="1" t="s">
         <v>671</v>
       </c>
       <c r="C329" s="1" t="s">
         <v>672</v>
       </c>
       <c r="D329" s="3">
-        <v>26.99</v>
+        <v>17.99</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" s="1" t="s">
-        <v>652</v>
+        <v>660</v>
       </c>
       <c r="B330" s="1" t="s">
         <v>673</v>
       </c>
       <c r="C330" s="1" t="s">
         <v>674</v>
       </c>
       <c r="D330" s="3">
-        <v>18.99</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" s="1" t="s">
-        <v>652</v>
+        <v>660</v>
       </c>
       <c r="B331" s="1" t="s">
         <v>675</v>
       </c>
       <c r="C331" s="1" t="s">
         <v>676</v>
       </c>
       <c r="D331" s="3">
-        <v>26.99</v>
+        <v>31.99</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" s="1" t="s">
-        <v>652</v>
+        <v>660</v>
       </c>
       <c r="B332" s="1" t="s">
         <v>677</v>
       </c>
       <c r="C332" s="1" t="s">
         <v>678</v>
       </c>
       <c r="D332" s="3">
-        <v>21.99</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" s="1" t="s">
-        <v>652</v>
+        <v>660</v>
       </c>
       <c r="B333" s="1" t="s">
         <v>679</v>
       </c>
       <c r="C333" s="1" t="s">
         <v>680</v>
       </c>
       <c r="D333" s="3">
-        <v>21.99</v>
+        <v>26.99</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" s="1" t="s">
-        <v>652</v>
+        <v>660</v>
       </c>
       <c r="B334" s="1" t="s">
         <v>681</v>
       </c>
       <c r="C334" s="1" t="s">
         <v>682</v>
       </c>
       <c r="D334" s="3">
-        <v>21.99</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" s="1" t="s">
-        <v>652</v>
+        <v>660</v>
       </c>
       <c r="B335" s="1" t="s">
         <v>683</v>
       </c>
       <c r="C335" s="1" t="s">
         <v>684</v>
       </c>
       <c r="D335" s="3">
-        <v>20.99</v>
+        <v>26.99</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" s="1" t="s">
-        <v>652</v>
+        <v>660</v>
       </c>
       <c r="B336" s="1" t="s">
         <v>685</v>
       </c>
       <c r="C336" s="1" t="s">
         <v>686</v>
       </c>
       <c r="D336" s="3">
         <v>21.99</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" s="1" t="s">
-        <v>652</v>
+        <v>660</v>
       </c>
       <c r="B337" s="1" t="s">
         <v>687</v>
       </c>
       <c r="C337" s="1" t="s">
         <v>688</v>
       </c>
       <c r="D337" s="3">
-        <v>20.99</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" s="1" t="s">
-        <v>652</v>
+        <v>660</v>
       </c>
       <c r="B338" s="1" t="s">
         <v>689</v>
       </c>
       <c r="C338" s="1" t="s">
         <v>690</v>
       </c>
       <c r="D338" s="3">
-        <v>23.99</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" s="1" t="s">
-        <v>652</v>
+        <v>660</v>
       </c>
       <c r="B339" s="1" t="s">
         <v>691</v>
       </c>
       <c r="C339" s="1" t="s">
         <v>692</v>
       </c>
       <c r="D339" s="3">
-        <v>23.99</v>
+        <v>20.99</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" s="1" t="s">
-        <v>652</v>
+        <v>660</v>
       </c>
       <c r="B340" s="1" t="s">
         <v>693</v>
       </c>
       <c r="C340" s="1" t="s">
         <v>694</v>
       </c>
       <c r="D340" s="3">
-        <v>23.99</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" s="1" t="s">
-        <v>652</v>
+        <v>660</v>
       </c>
       <c r="B341" s="1" t="s">
         <v>695</v>
       </c>
       <c r="C341" s="1" t="s">
         <v>696</v>
       </c>
       <c r="D341" s="3">
-        <v>23.99</v>
+        <v>20.99</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" s="1" t="s">
-        <v>652</v>
+        <v>660</v>
       </c>
       <c r="B342" s="1" t="s">
         <v>697</v>
       </c>
       <c r="C342" s="1" t="s">
         <v>698</v>
       </c>
       <c r="D342" s="3">
-        <v>21.99</v>
+        <v>23.99</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" s="1" t="s">
-        <v>652</v>
+        <v>660</v>
       </c>
       <c r="B343" s="1" t="s">
         <v>699</v>
       </c>
       <c r="C343" s="1" t="s">
         <v>700</v>
       </c>
       <c r="D343" s="3">
         <v>23.99</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" s="1" t="s">
-        <v>652</v>
+        <v>660</v>
       </c>
       <c r="B344" s="1" t="s">
         <v>701</v>
       </c>
       <c r="C344" s="1" t="s">
         <v>702</v>
       </c>
       <c r="D344" s="3">
         <v>23.99</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" s="1" t="s">
-        <v>652</v>
+        <v>660</v>
       </c>
       <c r="B345" s="1" t="s">
         <v>703</v>
       </c>
       <c r="C345" s="1" t="s">
         <v>704</v>
       </c>
       <c r="D345" s="3">
-        <v>21.99</v>
+        <v>23.99</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" s="1" t="s">
-        <v>652</v>
+        <v>660</v>
       </c>
       <c r="B346" s="1" t="s">
         <v>705</v>
       </c>
       <c r="C346" s="1" t="s">
         <v>706</v>
       </c>
       <c r="D346" s="3">
         <v>21.99</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" s="1" t="s">
-        <v>652</v>
+        <v>660</v>
       </c>
       <c r="B347" s="1" t="s">
         <v>707</v>
       </c>
       <c r="C347" s="1" t="s">
         <v>708</v>
       </c>
       <c r="D347" s="3">
-        <v>20.99</v>
+        <v>23.99</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" s="1" t="s">
-        <v>652</v>
+        <v>660</v>
       </c>
       <c r="B348" s="1" t="s">
         <v>709</v>
       </c>
       <c r="C348" s="1" t="s">
         <v>710</v>
       </c>
       <c r="D348" s="3">
         <v>23.99</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" s="1" t="s">
-        <v>652</v>
+        <v>660</v>
       </c>
       <c r="B349" s="1" t="s">
         <v>711</v>
       </c>
       <c r="C349" s="1" t="s">
         <v>712</v>
       </c>
       <c r="D349" s="3">
-        <v>18.99</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" s="1" t="s">
-        <v>652</v>
+        <v>660</v>
       </c>
       <c r="B350" s="1" t="s">
         <v>713</v>
       </c>
       <c r="C350" s="1" t="s">
         <v>714</v>
       </c>
       <c r="D350" s="3">
-        <v>23.99</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" s="1" t="s">
-        <v>652</v>
+        <v>660</v>
       </c>
       <c r="B351" s="1" t="s">
         <v>715</v>
       </c>
       <c r="C351" s="1" t="s">
         <v>716</v>
       </c>
       <c r="D351" s="3">
-        <v>19.99</v>
+        <v>20.99</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" s="1" t="s">
-        <v>652</v>
+        <v>660</v>
       </c>
       <c r="B352" s="1" t="s">
         <v>717</v>
       </c>
       <c r="C352" s="1" t="s">
         <v>718</v>
       </c>
       <c r="D352" s="3">
         <v>23.99</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" s="1" t="s">
-        <v>652</v>
+        <v>660</v>
       </c>
       <c r="B353" s="1" t="s">
         <v>719</v>
       </c>
       <c r="C353" s="1" t="s">
         <v>720</v>
       </c>
       <c r="D353" s="3">
-        <v>23.99</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" s="1" t="s">
-        <v>652</v>
+        <v>660</v>
       </c>
       <c r="B354" s="1" t="s">
         <v>721</v>
       </c>
       <c r="C354" s="1" t="s">
         <v>722</v>
       </c>
       <c r="D354" s="3">
-        <v>18.99</v>
+        <v>23.99</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" s="1" t="s">
-        <v>652</v>
+        <v>660</v>
       </c>
       <c r="B355" s="1" t="s">
         <v>723</v>
       </c>
       <c r="C355" s="1" t="s">
         <v>724</v>
       </c>
       <c r="D355" s="3">
-        <v>23.99</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" s="1" t="s">
-        <v>652</v>
+        <v>660</v>
       </c>
       <c r="B356" s="1" t="s">
         <v>725</v>
       </c>
       <c r="C356" s="1" t="s">
         <v>726</v>
       </c>
       <c r="D356" s="3">
-        <v>21.99</v>
+        <v>23.99</v>
       </c>
     </row>
     <row r="357">
       <c r="A357" s="1" t="s">
-        <v>652</v>
+        <v>660</v>
       </c>
       <c r="B357" s="1" t="s">
         <v>727</v>
       </c>
       <c r="C357" s="1" t="s">
         <v>728</v>
       </c>
       <c r="D357" s="3">
-        <v>18.99</v>
+        <v>23.99</v>
       </c>
     </row>
     <row r="358">
       <c r="A358" s="1" t="s">
-        <v>652</v>
+        <v>660</v>
       </c>
       <c r="B358" s="1" t="s">
         <v>729</v>
       </c>
       <c r="C358" s="1" t="s">
         <v>730</v>
       </c>
       <c r="D358" s="3">
         <v>18.99</v>
       </c>
     </row>
     <row r="359">
       <c r="A359" s="1" t="s">
-        <v>652</v>
+        <v>660</v>
       </c>
       <c r="B359" s="1" t="s">
         <v>731</v>
       </c>
       <c r="C359" s="1" t="s">
         <v>732</v>
       </c>
       <c r="D359" s="3">
-        <v>21.99</v>
+        <v>23.99</v>
       </c>
     </row>
     <row r="360">
       <c r="A360" s="1" t="s">
-        <v>652</v>
+        <v>660</v>
       </c>
       <c r="B360" s="1" t="s">
         <v>733</v>
       </c>
       <c r="C360" s="1" t="s">
         <v>734</v>
       </c>
       <c r="D360" s="3">
-        <v>18.99</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="361">
       <c r="A361" s="1" t="s">
-        <v>652</v>
+        <v>660</v>
       </c>
       <c r="B361" s="1" t="s">
         <v>735</v>
       </c>
       <c r="C361" s="1" t="s">
         <v>736</v>
       </c>
       <c r="D361" s="3">
         <v>18.99</v>
       </c>
     </row>
     <row r="362">
       <c r="A362" s="1" t="s">
-        <v>652</v>
+        <v>660</v>
       </c>
       <c r="B362" s="1" t="s">
         <v>737</v>
       </c>
       <c r="C362" s="1" t="s">
         <v>738</v>
       </c>
       <c r="D362" s="3">
-        <v>21.99</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="363">
       <c r="A363" s="1" t="s">
-        <v>652</v>
+        <v>660</v>
       </c>
       <c r="B363" s="1" t="s">
         <v>739</v>
       </c>
       <c r="C363" s="1" t="s">
         <v>740</v>
       </c>
       <c r="D363" s="3">
-        <v>29.99</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="364">
       <c r="A364" s="1" t="s">
-        <v>652</v>
+        <v>660</v>
       </c>
       <c r="B364" s="1" t="s">
         <v>741</v>
       </c>
       <c r="C364" s="1" t="s">
         <v>742</v>
       </c>
       <c r="D364" s="3">
-        <v>4.99</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="365">
       <c r="A365" s="1" t="s">
-        <v>652</v>
+        <v>660</v>
       </c>
       <c r="B365" s="1" t="s">
         <v>743</v>
       </c>
       <c r="C365" s="1" t="s">
         <v>744</v>
       </c>
       <c r="D365" s="3">
-        <v>19.99</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="366">
       <c r="A366" s="1" t="s">
-        <v>652</v>
+        <v>660</v>
       </c>
       <c r="B366" s="1" t="s">
         <v>745</v>
       </c>
       <c r="C366" s="1" t="s">
         <v>746</v>
       </c>
       <c r="D366" s="3">
-        <v>19.99</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="367">
       <c r="A367" s="1" t="s">
-        <v>652</v>
+        <v>660</v>
       </c>
       <c r="B367" s="1" t="s">
         <v>747</v>
       </c>
       <c r="C367" s="1" t="s">
         <v>748</v>
       </c>
       <c r="D367" s="3">
-        <v>4.99</v>
+        <v>29.99</v>
       </c>
     </row>
     <row r="368">
       <c r="A368" s="1" t="s">
-        <v>652</v>
+        <v>660</v>
       </c>
       <c r="B368" s="1" t="s">
         <v>749</v>
       </c>
       <c r="C368" s="1" t="s">
         <v>750</v>
       </c>
       <c r="D368" s="3">
         <v>4.99</v>
       </c>
     </row>
     <row r="369">
       <c r="A369" s="1" t="s">
-        <v>652</v>
+        <v>660</v>
       </c>
       <c r="B369" s="1" t="s">
         <v>751</v>
       </c>
       <c r="C369" s="1" t="s">
         <v>752</v>
       </c>
       <c r="D369" s="3">
-        <v>18.99</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="370">
       <c r="A370" s="1" t="s">
-        <v>652</v>
+        <v>660</v>
       </c>
       <c r="B370" s="1" t="s">
         <v>753</v>
       </c>
       <c r="C370" s="1" t="s">
         <v>754</v>
       </c>
       <c r="D370" s="3">
-        <v>18.99</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="371">
       <c r="A371" s="1" t="s">
-        <v>652</v>
+        <v>660</v>
       </c>
       <c r="B371" s="1" t="s">
         <v>755</v>
       </c>
       <c r="C371" s="1" t="s">
         <v>756</v>
       </c>
       <c r="D371" s="3">
-        <v>19.99</v>
+        <v>4.99</v>
       </c>
     </row>
     <row r="372">
       <c r="A372" s="1" t="s">
-        <v>652</v>
+        <v>660</v>
       </c>
       <c r="B372" s="1" t="s">
         <v>757</v>
       </c>
       <c r="C372" s="1" t="s">
         <v>758</v>
       </c>
       <c r="D372" s="3">
-        <v>19.99</v>
+        <v>4.99</v>
       </c>
     </row>
     <row r="373">
       <c r="A373" s="1" t="s">
-        <v>652</v>
+        <v>660</v>
       </c>
       <c r="B373" s="1" t="s">
         <v>759</v>
       </c>
       <c r="C373" s="1" t="s">
         <v>760</v>
       </c>
       <c r="D373" s="3">
-        <v>19.99</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="374">
       <c r="A374" s="1" t="s">
+        <v>660</v>
+      </c>
+      <c r="B374" s="1" t="s">
         <v>761</v>
       </c>
-      <c r="B374" s="1" t="s">
+      <c r="C374" s="1" t="s">
         <v>762</v>
       </c>
-      <c r="C374" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D374" s="3">
-        <v>18.49</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="375">
       <c r="A375" s="1" t="s">
-        <v>761</v>
+        <v>660</v>
       </c>
       <c r="B375" s="1" t="s">
+        <v>763</v>
+      </c>
+      <c r="C375" s="1" t="s">
         <v>764</v>
       </c>
-      <c r="C375" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D375" s="3">
-        <v>18.49</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="376">
       <c r="A376" s="1" t="s">
-        <v>761</v>
+        <v>660</v>
       </c>
       <c r="B376" s="1" t="s">
+        <v>765</v>
+      </c>
+      <c r="C376" s="1" t="s">
         <v>766</v>
       </c>
-      <c r="C376" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D376" s="3">
-        <v>18.49</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="377">
       <c r="A377" s="1" t="s">
+        <v>660</v>
+      </c>
+      <c r="B377" s="1" t="s">
+        <v>767</v>
+      </c>
+      <c r="C377" s="1" t="s">
         <v>768</v>
       </c>
-      <c r="B377" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D377" s="3">
-        <v>30.49</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="378">
       <c r="A378" s="1" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="B378" s="1" t="s">
+        <v>770</v>
+      </c>
+      <c r="C378" s="1" t="s">
         <v>771</v>
       </c>
-      <c r="C378" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D378" s="3">
-        <v>22.49</v>
+        <v>18.49</v>
       </c>
     </row>
     <row r="379">
       <c r="A379" s="1" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="B379" s="1" t="s">
+        <v>772</v>
+      </c>
+      <c r="C379" s="1" t="s">
         <v>773</v>
       </c>
-      <c r="C379" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D379" s="3">
-        <v>46.49</v>
+        <v>18.49</v>
       </c>
     </row>
     <row r="380">
       <c r="A380" s="1" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="B380" s="1" t="s">
+        <v>774</v>
+      </c>
+      <c r="C380" s="1" t="s">
         <v>775</v>
       </c>
-      <c r="C380" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D380" s="3">
-        <v>20.49</v>
+        <v>18.49</v>
       </c>
     </row>
     <row r="381">
       <c r="A381" s="1" t="s">
-        <v>768</v>
+        <v>776</v>
       </c>
       <c r="B381" s="1" t="s">
         <v>777</v>
       </c>
       <c r="C381" s="1" t="s">
         <v>778</v>
       </c>
       <c r="D381" s="3">
-        <v>19.49</v>
+        <v>30.49</v>
       </c>
     </row>
     <row r="382">
       <c r="A382" s="1" t="s">
-        <v>768</v>
+        <v>776</v>
       </c>
       <c r="B382" s="1" t="s">
         <v>779</v>
       </c>
       <c r="C382" s="1" t="s">
         <v>780</v>
       </c>
       <c r="D382" s="3">
-        <v>32.99</v>
+        <v>22.49</v>
       </c>
     </row>
     <row r="383">
       <c r="A383" s="1" t="s">
-        <v>768</v>
+        <v>776</v>
       </c>
       <c r="B383" s="1" t="s">
         <v>781</v>
       </c>
       <c r="C383" s="1" t="s">
         <v>782</v>
       </c>
       <c r="D383" s="3">
-        <v>32.99</v>
+        <v>46.49</v>
       </c>
     </row>
     <row r="384">
       <c r="A384" s="1" t="s">
-        <v>768</v>
+        <v>776</v>
       </c>
       <c r="B384" s="1" t="s">
         <v>783</v>
       </c>
       <c r="C384" s="1" t="s">
         <v>784</v>
       </c>
       <c r="D384" s="3">
-        <v>27.49</v>
+        <v>20.49</v>
       </c>
     </row>
     <row r="385">
       <c r="A385" s="1" t="s">
-        <v>768</v>
+        <v>776</v>
       </c>
       <c r="B385" s="1" t="s">
         <v>785</v>
       </c>
       <c r="C385" s="1" t="s">
         <v>786</v>
       </c>
       <c r="D385" s="3">
-        <v>29.49</v>
+        <v>19.49</v>
       </c>
     </row>
     <row r="386">
       <c r="A386" s="1" t="s">
-        <v>768</v>
+        <v>776</v>
       </c>
       <c r="B386" s="1" t="s">
         <v>787</v>
       </c>
       <c r="C386" s="1" t="s">
         <v>788</v>
       </c>
       <c r="D386" s="3">
-        <v>35.49</v>
+        <v>32.99</v>
       </c>
     </row>
     <row r="387">
       <c r="A387" s="1" t="s">
-        <v>768</v>
+        <v>776</v>
       </c>
       <c r="B387" s="1" t="s">
         <v>789</v>
       </c>
       <c r="C387" s="1" t="s">
         <v>790</v>
       </c>
       <c r="D387" s="3">
-        <v>29.49</v>
+        <v>32.99</v>
       </c>
     </row>
     <row r="388">
       <c r="A388" s="1" t="s">
-        <v>768</v>
+        <v>776</v>
       </c>
       <c r="B388" s="1" t="s">
         <v>791</v>
       </c>
       <c r="C388" s="1" t="s">
         <v>792</v>
       </c>
       <c r="D388" s="3">
-        <v>24.49</v>
+        <v>27.49</v>
       </c>
     </row>
     <row r="389">
       <c r="A389" s="1" t="s">
-        <v>768</v>
+        <v>776</v>
       </c>
       <c r="B389" s="1" t="s">
         <v>793</v>
       </c>
       <c r="C389" s="1" t="s">
         <v>794</v>
       </c>
       <c r="D389" s="3">
         <v>29.49</v>
       </c>
     </row>
     <row r="390">
       <c r="A390" s="1" t="s">
-        <v>768</v>
+        <v>776</v>
       </c>
       <c r="B390" s="1" t="s">
         <v>795</v>
       </c>
       <c r="C390" s="1" t="s">
         <v>796</v>
       </c>
       <c r="D390" s="3">
-        <v>24.49</v>
+        <v>35.49</v>
       </c>
     </row>
     <row r="391">
       <c r="A391" s="1" t="s">
-        <v>768</v>
+        <v>776</v>
       </c>
       <c r="B391" s="1" t="s">
         <v>797</v>
       </c>
       <c r="C391" s="1" t="s">
         <v>798</v>
       </c>
       <c r="D391" s="3">
         <v>29.49</v>
       </c>
     </row>
     <row r="392">
       <c r="A392" s="1" t="s">
-        <v>768</v>
+        <v>776</v>
       </c>
       <c r="B392" s="1" t="s">
         <v>799</v>
       </c>
       <c r="C392" s="1" t="s">
         <v>800</v>
       </c>
       <c r="D392" s="3">
-        <v>30.49</v>
+        <v>24.49</v>
       </c>
     </row>
     <row r="393">
       <c r="A393" s="1" t="s">
-        <v>768</v>
+        <v>776</v>
       </c>
       <c r="B393" s="1" t="s">
         <v>801</v>
       </c>
       <c r="C393" s="1" t="s">
         <v>802</v>
       </c>
       <c r="D393" s="3">
-        <v>30.49</v>
+        <v>29.49</v>
       </c>
     </row>
     <row r="394">
       <c r="A394" s="1" t="s">
-        <v>768</v>
+        <v>776</v>
       </c>
       <c r="B394" s="1" t="s">
         <v>803</v>
       </c>
       <c r="C394" s="1" t="s">
         <v>804</v>
       </c>
       <c r="D394" s="3">
-        <v>20.99</v>
+        <v>24.49</v>
       </c>
     </row>
     <row r="395">
       <c r="A395" s="1" t="s">
-        <v>768</v>
+        <v>776</v>
       </c>
       <c r="B395" s="1" t="s">
         <v>805</v>
       </c>
       <c r="C395" s="1" t="s">
         <v>806</v>
       </c>
       <c r="D395" s="3">
-        <v>24.49</v>
+        <v>29.49</v>
       </c>
     </row>
     <row r="396">
       <c r="A396" s="1" t="s">
-        <v>768</v>
+        <v>776</v>
       </c>
       <c r="B396" s="1" t="s">
         <v>807</v>
       </c>
       <c r="C396" s="1" t="s">
         <v>808</v>
       </c>
       <c r="D396" s="3">
-        <v>24.49</v>
+        <v>30.49</v>
       </c>
     </row>
     <row r="397">
       <c r="A397" s="1" t="s">
-        <v>768</v>
+        <v>776</v>
       </c>
       <c r="B397" s="1" t="s">
         <v>809</v>
       </c>
       <c r="C397" s="1" t="s">
         <v>810</v>
       </c>
       <c r="D397" s="3">
-        <v>24.49</v>
+        <v>30.49</v>
       </c>
     </row>
     <row r="398">
       <c r="A398" s="1" t="s">
-        <v>768</v>
+        <v>776</v>
       </c>
       <c r="B398" s="1" t="s">
         <v>811</v>
       </c>
       <c r="C398" s="1" t="s">
         <v>812</v>
       </c>
       <c r="D398" s="3">
-        <v>24.49</v>
+        <v>20.99</v>
       </c>
     </row>
     <row r="399">
       <c r="A399" s="1" t="s">
-        <v>768</v>
+        <v>776</v>
       </c>
       <c r="B399" s="1" t="s">
         <v>813</v>
       </c>
       <c r="C399" s="1" t="s">
         <v>814</v>
       </c>
       <c r="D399" s="3">
-        <v>25.49</v>
+        <v>24.49</v>
       </c>
     </row>
     <row r="400">
       <c r="A400" s="1" t="s">
-        <v>768</v>
+        <v>776</v>
       </c>
       <c r="B400" s="1" t="s">
         <v>815</v>
       </c>
       <c r="C400" s="1" t="s">
         <v>816</v>
       </c>
       <c r="D400" s="3">
-        <v>30.49</v>
+        <v>24.49</v>
       </c>
     </row>
     <row r="401">
       <c r="A401" s="1" t="s">
-        <v>768</v>
+        <v>776</v>
       </c>
       <c r="B401" s="1" t="s">
         <v>817</v>
       </c>
       <c r="C401" s="1" t="s">
         <v>818</v>
       </c>
       <c r="D401" s="3">
         <v>24.49</v>
       </c>
     </row>
     <row r="402">
       <c r="A402" s="1" t="s">
-        <v>768</v>
+        <v>776</v>
       </c>
       <c r="B402" s="1" t="s">
         <v>819</v>
       </c>
       <c r="C402" s="1" t="s">
         <v>820</v>
       </c>
       <c r="D402" s="3">
-        <v>53.49</v>
+        <v>24.49</v>
       </c>
     </row>
     <row r="403">
       <c r="A403" s="1" t="s">
-        <v>768</v>
+        <v>776</v>
       </c>
       <c r="B403" s="1" t="s">
         <v>821</v>
       </c>
       <c r="C403" s="1" t="s">
         <v>822</v>
       </c>
       <c r="D403" s="3">
-        <v>23.99</v>
+        <v>25.49</v>
       </c>
     </row>
     <row r="404">
       <c r="A404" s="1" t="s">
-        <v>768</v>
+        <v>776</v>
       </c>
       <c r="B404" s="1" t="s">
         <v>823</v>
       </c>
       <c r="C404" s="1" t="s">
         <v>824</v>
       </c>
       <c r="D404" s="3">
-        <v>27.99</v>
+        <v>31.99</v>
       </c>
     </row>
     <row r="405">
       <c r="A405" s="1" t="s">
+        <v>776</v>
+      </c>
+      <c r="B405" s="1" t="s">
         <v>825</v>
       </c>
-      <c r="B405" s="1" t="s">
+      <c r="C405" s="1" t="s">
         <v>826</v>
       </c>
-      <c r="C405" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D405" s="3">
-        <v>47.99</v>
+        <v>24.49</v>
       </c>
     </row>
     <row r="406">
       <c r="A406" s="1" t="s">
-        <v>825</v>
+        <v>776</v>
       </c>
       <c r="B406" s="1" t="s">
+        <v>827</v>
+      </c>
+      <c r="C406" s="1" t="s">
         <v>828</v>
       </c>
-      <c r="C406" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D406" s="3">
-        <v>61.75</v>
+        <v>53.49</v>
       </c>
     </row>
     <row r="407">
       <c r="A407" s="1" t="s">
-        <v>825</v>
+        <v>776</v>
       </c>
       <c r="B407" s="1" t="s">
+        <v>829</v>
+      </c>
+      <c r="C407" s="1" t="s">
         <v>830</v>
       </c>
-      <c r="C407" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D407" s="3">
-        <v>63.99</v>
+        <v>23.99</v>
       </c>
     </row>
     <row r="408">
       <c r="A408" s="1" t="s">
-        <v>825</v>
+        <v>776</v>
       </c>
       <c r="B408" s="1" t="s">
+        <v>831</v>
+      </c>
+      <c r="C408" s="1" t="s">
         <v>832</v>
       </c>
-      <c r="C408" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D408" s="3">
-        <v>79.99</v>
+        <v>27.99</v>
       </c>
     </row>
     <row r="409">
       <c r="A409" s="1" t="s">
-        <v>825</v>
+        <v>833</v>
       </c>
       <c r="B409" s="1" t="s">
         <v>834</v>
       </c>
       <c r="C409" s="1" t="s">
         <v>835</v>
       </c>
       <c r="D409" s="3">
-        <v>105</v>
+        <v>47.99</v>
       </c>
     </row>
     <row r="410">
       <c r="A410" s="1" t="s">
-        <v>825</v>
+        <v>833</v>
       </c>
       <c r="B410" s="1" t="s">
         <v>836</v>
       </c>
       <c r="C410" s="1" t="s">
         <v>837</v>
       </c>
       <c r="D410" s="3">
-        <v>22.49</v>
+        <v>61.75</v>
       </c>
     </row>
     <row r="411">
       <c r="A411" s="1" t="s">
-        <v>825</v>
+        <v>833</v>
       </c>
       <c r="B411" s="1" t="s">
         <v>838</v>
       </c>
       <c r="C411" s="1" t="s">
         <v>839</v>
       </c>
       <c r="D411" s="3">
-        <v>25.49</v>
+        <v>63.99</v>
       </c>
     </row>
     <row r="412">
       <c r="A412" s="1" t="s">
-        <v>825</v>
+        <v>833</v>
       </c>
       <c r="B412" s="1" t="s">
         <v>840</v>
       </c>
       <c r="C412" s="1" t="s">
         <v>841</v>
       </c>
       <c r="D412" s="3">
-        <v>24.49</v>
+        <v>79.99</v>
       </c>
     </row>
     <row r="413">
       <c r="A413" s="1" t="s">
-        <v>825</v>
+        <v>833</v>
       </c>
       <c r="B413" s="1" t="s">
         <v>842</v>
       </c>
       <c r="C413" s="1" t="s">
         <v>843</v>
       </c>
       <c r="D413" s="3">
-        <v>42.99</v>
+        <v>105</v>
       </c>
     </row>
     <row r="414">
       <c r="A414" s="1" t="s">
-        <v>825</v>
+        <v>833</v>
       </c>
       <c r="B414" s="1" t="s">
         <v>844</v>
       </c>
       <c r="C414" s="1" t="s">
         <v>845</v>
       </c>
       <c r="D414" s="3">
-        <v>46.99</v>
+        <v>22.49</v>
       </c>
     </row>
     <row r="415">
       <c r="A415" s="1" t="s">
-        <v>825</v>
+        <v>833</v>
       </c>
       <c r="B415" s="1" t="s">
         <v>846</v>
       </c>
       <c r="C415" s="1" t="s">
         <v>847</v>
       </c>
       <c r="D415" s="3">
-        <v>37.49</v>
+        <v>25.49</v>
       </c>
     </row>
     <row r="416">
       <c r="A416" s="1" t="s">
-        <v>825</v>
+        <v>833</v>
       </c>
       <c r="B416" s="1" t="s">
         <v>848</v>
       </c>
       <c r="C416" s="1" t="s">
         <v>849</v>
       </c>
       <c r="D416" s="3">
-        <v>28.49</v>
+        <v>24.49</v>
       </c>
     </row>
     <row r="417">
       <c r="A417" s="1" t="s">
-        <v>825</v>
+        <v>833</v>
       </c>
       <c r="B417" s="1" t="s">
         <v>850</v>
       </c>
       <c r="C417" s="1" t="s">
         <v>851</v>
       </c>
       <c r="D417" s="3">
-        <v>30.49</v>
+        <v>42.99</v>
       </c>
     </row>
     <row r="418">
       <c r="A418" s="1" t="s">
+        <v>833</v>
+      </c>
+      <c r="B418" s="1" t="s">
         <v>852</v>
       </c>
-      <c r="B418" s="1" t="s">
+      <c r="C418" s="1" t="s">
         <v>853</v>
       </c>
-      <c r="C418" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D418" s="3">
-        <v>22.49</v>
+        <v>46.99</v>
       </c>
     </row>
     <row r="419">
       <c r="A419" s="1" t="s">
-        <v>852</v>
+        <v>833</v>
       </c>
       <c r="B419" s="1" t="s">
+        <v>854</v>
+      </c>
+      <c r="C419" s="1" t="s">
         <v>855</v>
       </c>
-      <c r="C419" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D419" s="3">
-        <v>23.49</v>
+        <v>37.49</v>
       </c>
     </row>
     <row r="420">
       <c r="A420" s="1" t="s">
-        <v>852</v>
+        <v>833</v>
       </c>
       <c r="B420" s="1" t="s">
+        <v>856</v>
+      </c>
+      <c r="C420" s="1" t="s">
         <v>857</v>
       </c>
-      <c r="C420" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D420" s="3">
-        <v>22.49</v>
+        <v>28.49</v>
       </c>
     </row>
     <row r="421">
       <c r="A421" s="1" t="s">
-        <v>852</v>
+        <v>833</v>
       </c>
       <c r="B421" s="1" t="s">
+        <v>858</v>
+      </c>
+      <c r="C421" s="1" t="s">
         <v>859</v>
       </c>
-      <c r="C421" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D421" s="3">
-        <v>22.49</v>
+        <v>30.49</v>
       </c>
     </row>
     <row r="422">
       <c r="A422" s="1" t="s">
-        <v>852</v>
+        <v>860</v>
       </c>
       <c r="B422" s="1" t="s">
         <v>861</v>
       </c>
       <c r="C422" s="1" t="s">
         <v>862</v>
       </c>
       <c r="D422" s="3">
-        <v>39.49</v>
+        <v>22.49</v>
       </c>
     </row>
     <row r="423">
       <c r="A423" s="1" t="s">
-        <v>852</v>
+        <v>860</v>
       </c>
       <c r="B423" s="1" t="s">
         <v>863</v>
       </c>
       <c r="C423" s="1" t="s">
         <v>864</v>
       </c>
       <c r="D423" s="3">
-        <v>51.49</v>
+        <v>23.49</v>
       </c>
     </row>
     <row r="424">
       <c r="A424" s="1" t="s">
-        <v>852</v>
+        <v>860</v>
       </c>
       <c r="B424" s="1" t="s">
         <v>865</v>
       </c>
       <c r="C424" s="1" t="s">
         <v>866</v>
       </c>
       <c r="D424" s="3">
-        <v>35.49</v>
+        <v>22.49</v>
       </c>
     </row>
     <row r="425">
       <c r="A425" s="1" t="s">
-        <v>852</v>
+        <v>860</v>
       </c>
       <c r="B425" s="1" t="s">
         <v>867</v>
       </c>
       <c r="C425" s="1" t="s">
         <v>868</v>
       </c>
       <c r="D425" s="3">
-        <v>35.49</v>
+        <v>22.49</v>
       </c>
     </row>
     <row r="426">
       <c r="A426" s="1" t="s">
-        <v>852</v>
+        <v>860</v>
       </c>
       <c r="B426" s="1" t="s">
         <v>869</v>
       </c>
       <c r="C426" s="1" t="s">
         <v>870</v>
       </c>
       <c r="D426" s="3">
-        <v>41.5</v>
+        <v>39.49</v>
       </c>
     </row>
     <row r="427">
       <c r="A427" s="1" t="s">
-        <v>852</v>
+        <v>860</v>
       </c>
       <c r="B427" s="1" t="s">
         <v>871</v>
       </c>
       <c r="C427" s="1" t="s">
         <v>872</v>
       </c>
       <c r="D427" s="3">
-        <v>40.49</v>
+        <v>51.49</v>
       </c>
     </row>
     <row r="428">
       <c r="A428" s="1" t="s">
-        <v>852</v>
+        <v>860</v>
       </c>
       <c r="B428" s="1" t="s">
         <v>873</v>
       </c>
       <c r="C428" s="1" t="s">
         <v>874</v>
       </c>
       <c r="D428" s="3">
-        <v>26.49</v>
+        <v>35.49</v>
       </c>
     </row>
     <row r="429">
       <c r="A429" s="1" t="s">
-        <v>852</v>
+        <v>860</v>
       </c>
       <c r="B429" s="1" t="s">
         <v>875</v>
       </c>
       <c r="C429" s="1" t="s">
         <v>876</v>
       </c>
       <c r="D429" s="3">
-        <v>21.49</v>
+        <v>35.49</v>
       </c>
     </row>
     <row r="430">
       <c r="A430" s="1" t="s">
-        <v>852</v>
+        <v>860</v>
       </c>
       <c r="B430" s="1" t="s">
         <v>877</v>
       </c>
       <c r="C430" s="1" t="s">
         <v>878</v>
       </c>
       <c r="D430" s="3">
-        <v>43.49</v>
+        <v>41.5</v>
       </c>
     </row>
     <row r="431">
       <c r="A431" s="1" t="s">
-        <v>852</v>
+        <v>860</v>
       </c>
       <c r="B431" s="1" t="s">
         <v>879</v>
       </c>
       <c r="C431" s="1" t="s">
         <v>880</v>
       </c>
       <c r="D431" s="3">
-        <v>38.49</v>
+        <v>40.49</v>
       </c>
     </row>
     <row r="432">
       <c r="A432" s="1" t="s">
-        <v>852</v>
+        <v>860</v>
       </c>
       <c r="B432" s="1" t="s">
         <v>881</v>
       </c>
       <c r="C432" s="1" t="s">
         <v>882</v>
       </c>
       <c r="D432" s="3">
-        <v>15.49</v>
+        <v>26.49</v>
       </c>
     </row>
     <row r="433">
       <c r="A433" s="1" t="s">
-        <v>852</v>
+        <v>860</v>
       </c>
       <c r="B433" s="1" t="s">
         <v>883</v>
       </c>
       <c r="C433" s="1" t="s">
         <v>884</v>
       </c>
       <c r="D433" s="3">
-        <v>2.99</v>
+        <v>21.49</v>
       </c>
     </row>
     <row r="434">
       <c r="A434" s="1" t="s">
-        <v>852</v>
+        <v>860</v>
       </c>
       <c r="B434" s="1" t="s">
         <v>885</v>
       </c>
       <c r="C434" s="1" t="s">
         <v>886</v>
       </c>
       <c r="D434" s="3">
-        <v>15.49</v>
+        <v>43.49</v>
       </c>
     </row>
     <row r="435">
       <c r="A435" s="1" t="s">
-        <v>852</v>
+        <v>860</v>
       </c>
       <c r="B435" s="1" t="s">
         <v>887</v>
       </c>
       <c r="C435" s="1" t="s">
         <v>888</v>
       </c>
       <c r="D435" s="3">
-        <v>2.99</v>
+        <v>38.49</v>
       </c>
     </row>
     <row r="436">
       <c r="A436" s="1" t="s">
-        <v>852</v>
+        <v>860</v>
       </c>
       <c r="B436" s="1" t="s">
         <v>889</v>
       </c>
       <c r="C436" s="1" t="s">
         <v>890</v>
       </c>
       <c r="D436" s="3">
-        <v>20.99</v>
+        <v>15.49</v>
       </c>
     </row>
     <row r="437">
       <c r="A437" s="1" t="s">
-        <v>852</v>
+        <v>860</v>
       </c>
       <c r="B437" s="1" t="s">
         <v>891</v>
       </c>
       <c r="C437" s="1" t="s">
         <v>892</v>
       </c>
       <c r="D437" s="3">
-        <v>8.99</v>
+        <v>2.99</v>
       </c>
     </row>
     <row r="438">
       <c r="A438" s="1" t="s">
-        <v>852</v>
+        <v>860</v>
       </c>
       <c r="B438" s="1" t="s">
         <v>893</v>
       </c>
       <c r="C438" s="1" t="s">
         <v>894</v>
       </c>
       <c r="D438" s="3">
         <v>15.49</v>
       </c>
     </row>
     <row r="439">
       <c r="A439" s="1" t="s">
-        <v>852</v>
+        <v>860</v>
       </c>
       <c r="B439" s="1" t="s">
         <v>895</v>
       </c>
       <c r="C439" s="1" t="s">
         <v>896</v>
       </c>
       <c r="D439" s="3">
         <v>2.99</v>
       </c>
     </row>
     <row r="440">
       <c r="A440" s="1" t="s">
-        <v>852</v>
+        <v>860</v>
       </c>
       <c r="B440" s="1" t="s">
         <v>897</v>
       </c>
       <c r="C440" s="1" t="s">
         <v>898</v>
       </c>
       <c r="D440" s="3">
-        <v>37.49</v>
+        <v>20.99</v>
       </c>
     </row>
     <row r="441">
       <c r="A441" s="1" t="s">
-        <v>852</v>
+        <v>860</v>
       </c>
       <c r="B441" s="1" t="s">
         <v>899</v>
       </c>
       <c r="C441" s="1" t="s">
         <v>900</v>
       </c>
       <c r="D441" s="3">
-        <v>5.49</v>
+        <v>8.99</v>
       </c>
     </row>
     <row r="442">
       <c r="A442" s="1" t="s">
-        <v>852</v>
+        <v>860</v>
       </c>
       <c r="B442" s="1" t="s">
         <v>901</v>
       </c>
       <c r="C442" s="1" t="s">
         <v>902</v>
       </c>
       <c r="D442" s="3">
-        <v>33.49</v>
+        <v>15.49</v>
       </c>
     </row>
     <row r="443">
       <c r="A443" s="1" t="s">
-        <v>852</v>
+        <v>860</v>
       </c>
       <c r="B443" s="1" t="s">
         <v>903</v>
       </c>
       <c r="C443" s="1" t="s">
         <v>904</v>
       </c>
       <c r="D443" s="3">
-        <v>33.49</v>
+        <v>2.99</v>
       </c>
     </row>
     <row r="444">
       <c r="A444" s="1" t="s">
-        <v>852</v>
+        <v>860</v>
       </c>
       <c r="B444" s="1" t="s">
         <v>905</v>
       </c>
       <c r="C444" s="1" t="s">
         <v>906</v>
       </c>
       <c r="D444" s="3">
-        <v>33.49</v>
+        <v>37.49</v>
       </c>
     </row>
     <row r="445">
       <c r="A445" s="1" t="s">
-        <v>852</v>
+        <v>860</v>
       </c>
       <c r="B445" s="1" t="s">
         <v>907</v>
       </c>
       <c r="C445" s="1" t="s">
         <v>908</v>
       </c>
       <c r="D445" s="3">
         <v>5.49</v>
       </c>
     </row>
     <row r="446">
       <c r="A446" s="1" t="s">
-        <v>852</v>
+        <v>860</v>
       </c>
       <c r="B446" s="1" t="s">
         <v>909</v>
       </c>
       <c r="C446" s="1" t="s">
         <v>910</v>
       </c>
       <c r="D446" s="3">
-        <v>32.99</v>
+        <v>33.49</v>
       </c>
     </row>
     <row r="447">
       <c r="A447" s="1" t="s">
-        <v>852</v>
+        <v>860</v>
       </c>
       <c r="B447" s="1" t="s">
         <v>911</v>
       </c>
       <c r="C447" s="1" t="s">
         <v>912</v>
       </c>
       <c r="D447" s="3">
-        <v>18.49</v>
+        <v>33.49</v>
       </c>
     </row>
     <row r="448">
       <c r="A448" s="1" t="s">
-        <v>852</v>
+        <v>860</v>
       </c>
       <c r="B448" s="1" t="s">
         <v>913</v>
       </c>
       <c r="C448" s="1" t="s">
         <v>914</v>
       </c>
       <c r="D448" s="3">
-        <v>37.49</v>
+        <v>33.49</v>
       </c>
     </row>
     <row r="449">
       <c r="A449" s="1" t="s">
-        <v>852</v>
+        <v>860</v>
       </c>
       <c r="B449" s="1" t="s">
         <v>915</v>
       </c>
       <c r="C449" s="1" t="s">
         <v>916</v>
       </c>
       <c r="D449" s="3">
-        <v>20.49</v>
+        <v>5.49</v>
       </c>
     </row>
     <row r="450">
       <c r="A450" s="1" t="s">
-        <v>852</v>
+        <v>860</v>
       </c>
       <c r="B450" s="1" t="s">
         <v>917</v>
       </c>
       <c r="C450" s="1" t="s">
         <v>918</v>
       </c>
       <c r="D450" s="3">
-        <v>41.49</v>
+        <v>34.99</v>
       </c>
     </row>
     <row r="451">
       <c r="A451" s="1" t="s">
-        <v>852</v>
+        <v>860</v>
       </c>
       <c r="B451" s="1" t="s">
         <v>919</v>
       </c>
       <c r="C451" s="1" t="s">
         <v>920</v>
       </c>
       <c r="D451" s="3">
-        <v>21.49</v>
+        <v>18.49</v>
       </c>
     </row>
     <row r="452">
       <c r="A452" s="1" t="s">
+        <v>860</v>
+      </c>
+      <c r="B452" s="1" t="s">
         <v>921</v>
       </c>
-      <c r="B452" s="1" t="s">
+      <c r="C452" s="1" t="s">
         <v>922</v>
       </c>
-      <c r="C452" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D452" s="3">
-        <v>52.49</v>
+        <v>37.49</v>
       </c>
     </row>
     <row r="453">
       <c r="A453" s="1" t="s">
-        <v>921</v>
+        <v>860</v>
       </c>
       <c r="B453" s="1" t="s">
+        <v>923</v>
+      </c>
+      <c r="C453" s="1" t="s">
         <v>924</v>
       </c>
-      <c r="C453" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D453" s="3">
-        <v>140</v>
+        <v>20.49</v>
       </c>
     </row>
     <row r="454">
       <c r="A454" s="1" t="s">
-        <v>921</v>
+        <v>860</v>
       </c>
       <c r="B454" s="1" t="s">
+        <v>925</v>
+      </c>
+      <c r="C454" s="1" t="s">
         <v>926</v>
       </c>
-      <c r="C454" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D454" s="3">
-        <v>120</v>
+        <v>41.49</v>
       </c>
     </row>
     <row r="455">
       <c r="A455" s="1" t="s">
-        <v>921</v>
+        <v>860</v>
       </c>
       <c r="B455" s="1" t="s">
+        <v>927</v>
+      </c>
+      <c r="C455" s="1" t="s">
         <v>928</v>
       </c>
-      <c r="C455" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D455" s="3">
-        <v>670</v>
+        <v>21.49</v>
       </c>
     </row>
     <row r="456">
       <c r="A456" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B456" s="1" t="s">
         <v>930</v>
       </c>
       <c r="C456" s="1" t="s">
         <v>931</v>
       </c>
       <c r="D456" s="3">
-        <v>70.49</v>
+        <v>52.49</v>
       </c>
     </row>
     <row r="457">
       <c r="A457" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B457" s="1" t="s">
         <v>932</v>
       </c>
       <c r="C457" s="1" t="s">
         <v>933</v>
       </c>
       <c r="D457" s="3">
-        <v>52.5</v>
+        <v>140</v>
       </c>
     </row>
     <row r="458">
       <c r="A458" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B458" s="1" t="s">
         <v>934</v>
       </c>
       <c r="C458" s="1" t="s">
         <v>935</v>
       </c>
       <c r="D458" s="3">
-        <v>22.49</v>
+        <v>120</v>
       </c>
     </row>
     <row r="459">
       <c r="A459" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B459" s="1" t="s">
         <v>936</v>
       </c>
       <c r="C459" s="1" t="s">
         <v>937</v>
       </c>
       <c r="D459" s="3">
-        <v>44.49</v>
+        <v>670</v>
       </c>
     </row>
     <row r="460">
       <c r="A460" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B460" s="1" t="s">
         <v>938</v>
       </c>
       <c r="C460" s="1" t="s">
         <v>939</v>
       </c>
       <c r="D460" s="3">
-        <v>150</v>
+        <v>70.49</v>
       </c>
     </row>
     <row r="461">
       <c r="A461" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B461" s="1" t="s">
         <v>940</v>
       </c>
       <c r="C461" s="1" t="s">
         <v>941</v>
       </c>
       <c r="D461" s="3">
-        <v>191.5</v>
+        <v>52.5</v>
       </c>
     </row>
     <row r="462">
       <c r="A462" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B462" s="1" t="s">
         <v>942</v>
       </c>
       <c r="C462" s="1" t="s">
         <v>943</v>
       </c>
       <c r="D462" s="3">
-        <v>32.49</v>
+        <v>22.49</v>
       </c>
     </row>
     <row r="463">
       <c r="A463" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B463" s="1" t="s">
         <v>944</v>
       </c>
       <c r="C463" s="1" t="s">
         <v>945</v>
       </c>
       <c r="D463" s="3">
-        <v>32.4</v>
+        <v>44.49</v>
       </c>
     </row>
     <row r="464">
       <c r="A464" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B464" s="1" t="s">
         <v>946</v>
       </c>
       <c r="C464" s="1" t="s">
         <v>947</v>
       </c>
       <c r="D464" s="3">
-        <v>45.49</v>
+        <v>150</v>
       </c>
     </row>
     <row r="465">
       <c r="A465" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B465" s="1" t="s">
         <v>948</v>
       </c>
       <c r="C465" s="1" t="s">
         <v>949</v>
       </c>
       <c r="D465" s="3">
-        <v>30.99</v>
+        <v>191.5</v>
       </c>
     </row>
     <row r="466">
       <c r="A466" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B466" s="1" t="s">
         <v>950</v>
       </c>
       <c r="C466" s="1" t="s">
         <v>951</v>
       </c>
       <c r="D466" s="3">
-        <v>27.49</v>
+        <v>32.49</v>
       </c>
     </row>
     <row r="467">
       <c r="A467" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B467" s="1" t="s">
         <v>952</v>
       </c>
       <c r="C467" s="1" t="s">
         <v>953</v>
       </c>
       <c r="D467" s="3">
-        <v>300</v>
+        <v>32.4</v>
       </c>
     </row>
     <row r="468">
       <c r="A468" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B468" s="1" t="s">
         <v>954</v>
       </c>
       <c r="C468" s="1" t="s">
         <v>955</v>
       </c>
       <c r="D468" s="3">
-        <v>65.49</v>
+        <v>45.49</v>
       </c>
     </row>
     <row r="469">
       <c r="A469" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B469" s="1" t="s">
         <v>956</v>
       </c>
       <c r="C469" s="1" t="s">
         <v>957</v>
       </c>
       <c r="D469" s="3">
-        <v>55.49</v>
+        <v>30.99</v>
       </c>
     </row>
     <row r="470">
       <c r="A470" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B470" s="1" t="s">
         <v>958</v>
       </c>
       <c r="C470" s="1" t="s">
         <v>959</v>
       </c>
       <c r="D470" s="3">
-        <v>63.5</v>
+        <v>27.49</v>
       </c>
     </row>
     <row r="471">
       <c r="A471" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B471" s="1" t="s">
         <v>960</v>
       </c>
       <c r="C471" s="1" t="s">
         <v>961</v>
       </c>
       <c r="D471" s="3">
-        <v>95.49</v>
+        <v>300</v>
       </c>
     </row>
     <row r="472">
       <c r="A472" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B472" s="1" t="s">
         <v>962</v>
       </c>
       <c r="C472" s="1" t="s">
         <v>963</v>
       </c>
       <c r="D472" s="3">
-        <v>60.49</v>
+        <v>65.49</v>
       </c>
     </row>
     <row r="473">
       <c r="A473" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B473" s="1" t="s">
         <v>964</v>
       </c>
       <c r="C473" s="1" t="s">
         <v>965</v>
       </c>
       <c r="D473" s="3">
-        <v>70.49</v>
+        <v>55.49</v>
       </c>
     </row>
     <row r="474">
       <c r="A474" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B474" s="1" t="s">
         <v>966</v>
       </c>
       <c r="C474" s="1" t="s">
         <v>967</v>
       </c>
       <c r="D474" s="3">
-        <v>115</v>
+        <v>63.5</v>
       </c>
     </row>
     <row r="475">
       <c r="A475" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B475" s="1" t="s">
         <v>968</v>
       </c>
       <c r="C475" s="1" t="s">
         <v>969</v>
       </c>
       <c r="D475" s="3">
-        <v>315</v>
+        <v>95.49</v>
       </c>
     </row>
     <row r="476">
       <c r="A476" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B476" s="1" t="s">
         <v>970</v>
       </c>
       <c r="C476" s="1" t="s">
         <v>971</v>
       </c>
       <c r="D476" s="3">
-        <v>275</v>
+        <v>60.49</v>
       </c>
     </row>
     <row r="477">
       <c r="A477" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B477" s="1" t="s">
         <v>972</v>
       </c>
       <c r="C477" s="1" t="s">
         <v>973</v>
       </c>
       <c r="D477" s="3">
-        <v>400</v>
+        <v>70.49</v>
       </c>
     </row>
     <row r="478">
       <c r="A478" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B478" s="1" t="s">
         <v>974</v>
       </c>
       <c r="C478" s="1" t="s">
         <v>975</v>
       </c>
       <c r="D478" s="3">
-        <v>150</v>
+        <v>115</v>
       </c>
     </row>
     <row r="479">
       <c r="A479" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B479" s="1" t="s">
         <v>976</v>
       </c>
       <c r="C479" s="1" t="s">
         <v>977</v>
       </c>
       <c r="D479" s="3">
-        <v>175</v>
+        <v>315</v>
       </c>
     </row>
     <row r="480">
       <c r="A480" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B480" s="1" t="s">
         <v>978</v>
       </c>
       <c r="C480" s="1" t="s">
         <v>979</v>
       </c>
       <c r="D480" s="3">
-        <v>48.49</v>
+        <v>275</v>
       </c>
     </row>
     <row r="481">
       <c r="A481" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B481" s="1" t="s">
         <v>980</v>
       </c>
       <c r="C481" s="1" t="s">
         <v>981</v>
       </c>
       <c r="D481" s="3">
-        <v>20.49</v>
+        <v>400</v>
       </c>
     </row>
     <row r="482">
       <c r="A482" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B482" s="1" t="s">
         <v>982</v>
       </c>
       <c r="C482" s="1" t="s">
         <v>983</v>
       </c>
       <c r="D482" s="3">
-        <v>53.49</v>
+        <v>150</v>
       </c>
     </row>
     <row r="483">
       <c r="A483" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B483" s="1" t="s">
         <v>984</v>
       </c>
       <c r="C483" s="1" t="s">
         <v>985</v>
       </c>
       <c r="D483" s="3">
-        <v>65.5</v>
+        <v>175</v>
       </c>
     </row>
     <row r="484">
       <c r="A484" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B484" s="1" t="s">
         <v>986</v>
       </c>
       <c r="C484" s="1" t="s">
         <v>987</v>
       </c>
       <c r="D484" s="3">
-        <v>51.5</v>
+        <v>48.49</v>
       </c>
     </row>
     <row r="485">
       <c r="A485" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B485" s="1" t="s">
         <v>988</v>
       </c>
       <c r="C485" s="1" t="s">
         <v>989</v>
       </c>
       <c r="D485" s="3">
-        <v>55.5</v>
+        <v>20.49</v>
       </c>
     </row>
     <row r="486">
       <c r="A486" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B486" s="1" t="s">
         <v>990</v>
       </c>
       <c r="C486" s="1" t="s">
         <v>991</v>
       </c>
       <c r="D486" s="3">
-        <v>60.49</v>
+        <v>53.49</v>
       </c>
     </row>
     <row r="487">
       <c r="A487" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B487" s="1" t="s">
         <v>992</v>
       </c>
       <c r="C487" s="1" t="s">
         <v>993</v>
       </c>
       <c r="D487" s="3">
-        <v>56.5</v>
+        <v>65.5</v>
       </c>
     </row>
     <row r="488">
       <c r="A488" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B488" s="1" t="s">
         <v>994</v>
       </c>
       <c r="C488" s="1" t="s">
         <v>995</v>
       </c>
       <c r="D488" s="3">
-        <v>60.5</v>
+        <v>51.5</v>
       </c>
     </row>
     <row r="489">
       <c r="A489" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B489" s="1" t="s">
         <v>996</v>
       </c>
       <c r="C489" s="1" t="s">
         <v>997</v>
       </c>
       <c r="D489" s="3">
-        <v>75.49</v>
+        <v>55.5</v>
       </c>
     </row>
     <row r="490">
       <c r="A490" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B490" s="1" t="s">
         <v>998</v>
       </c>
       <c r="C490" s="1" t="s">
         <v>999</v>
       </c>
       <c r="D490" s="3">
-        <v>65.5</v>
+        <v>60.49</v>
       </c>
     </row>
     <row r="491">
       <c r="A491" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B491" s="1" t="s">
         <v>1000</v>
       </c>
       <c r="C491" s="1" t="s">
         <v>1001</v>
       </c>
       <c r="D491" s="3">
-        <v>75.5</v>
+        <v>56.5</v>
       </c>
     </row>
     <row r="492">
       <c r="A492" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B492" s="1" t="s">
         <v>1002</v>
       </c>
       <c r="C492" s="1" t="s">
         <v>1003</v>
       </c>
       <c r="D492" s="3">
-        <v>60.49</v>
+        <v>60.5</v>
       </c>
     </row>
     <row r="493">
       <c r="A493" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B493" s="1" t="s">
         <v>1004</v>
       </c>
       <c r="C493" s="1" t="s">
         <v>1005</v>
       </c>
       <c r="D493" s="3">
-        <v>530</v>
+        <v>75.49</v>
       </c>
     </row>
     <row r="494">
       <c r="A494" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B494" s="1" t="s">
         <v>1006</v>
       </c>
       <c r="C494" s="1" t="s">
         <v>1007</v>
       </c>
       <c r="D494" s="3">
-        <v>40.49</v>
+        <v>65.5</v>
       </c>
     </row>
     <row r="495">
       <c r="A495" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B495" s="1" t="s">
         <v>1008</v>
       </c>
       <c r="C495" s="1" t="s">
         <v>1009</v>
       </c>
       <c r="D495" s="3">
-        <v>45.49</v>
+        <v>75.5</v>
       </c>
     </row>
     <row r="496">
       <c r="A496" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B496" s="1" t="s">
         <v>1010</v>
       </c>
       <c r="C496" s="1" t="s">
         <v>1011</v>
       </c>
       <c r="D496" s="3">
-        <v>75.49</v>
+        <v>60.49</v>
       </c>
     </row>
     <row r="497">
       <c r="A497" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B497" s="1" t="s">
         <v>1012</v>
       </c>
       <c r="C497" s="1" t="s">
         <v>1013</v>
       </c>
       <c r="D497" s="3">
-        <v>60.49</v>
+        <v>530</v>
       </c>
     </row>
     <row r="498">
       <c r="A498" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B498" s="1" t="s">
         <v>1014</v>
       </c>
       <c r="C498" s="1" t="s">
         <v>1015</v>
       </c>
       <c r="D498" s="3">
-        <v>80.49</v>
+        <v>40.49</v>
       </c>
     </row>
     <row r="499">
       <c r="A499" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B499" s="1" t="s">
         <v>1016</v>
       </c>
       <c r="C499" s="1" t="s">
         <v>1017</v>
       </c>
       <c r="D499" s="3">
-        <v>125</v>
+        <v>45.49</v>
       </c>
     </row>
     <row r="500">
       <c r="A500" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B500" s="1" t="s">
         <v>1018</v>
       </c>
       <c r="C500" s="1" t="s">
         <v>1019</v>
       </c>
       <c r="D500" s="3">
-        <v>320</v>
+        <v>75.49</v>
       </c>
     </row>
     <row r="501">
       <c r="A501" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B501" s="1" t="s">
         <v>1020</v>
       </c>
       <c r="C501" s="1" t="s">
         <v>1021</v>
       </c>
       <c r="D501" s="3">
-        <v>38.49</v>
+        <v>60.49</v>
       </c>
     </row>
     <row r="502">
       <c r="A502" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B502" s="1" t="s">
         <v>1022</v>
       </c>
       <c r="C502" s="1" t="s">
         <v>1023</v>
       </c>
       <c r="D502" s="3">
-        <v>47.49</v>
+        <v>80.49</v>
       </c>
     </row>
     <row r="503">
       <c r="A503" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B503" s="1" t="s">
         <v>1024</v>
       </c>
       <c r="C503" s="1" t="s">
         <v>1025</v>
       </c>
       <c r="D503" s="3">
-        <v>85.49</v>
+        <v>125</v>
       </c>
     </row>
     <row r="504">
       <c r="A504" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B504" s="1" t="s">
         <v>1026</v>
       </c>
       <c r="C504" s="1" t="s">
         <v>1027</v>
       </c>
       <c r="D504" s="3">
-        <v>210</v>
+        <v>320</v>
       </c>
     </row>
     <row r="505">
       <c r="A505" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B505" s="1" t="s">
         <v>1028</v>
       </c>
       <c r="C505" s="1" t="s">
         <v>1029</v>
       </c>
       <c r="D505" s="3">
-        <v>43.49</v>
+        <v>38.49</v>
       </c>
     </row>
     <row r="506">
       <c r="A506" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B506" s="1" t="s">
         <v>1030</v>
       </c>
       <c r="C506" s="1" t="s">
         <v>1031</v>
       </c>
       <c r="D506" s="3">
-        <v>400</v>
+        <v>47.49</v>
       </c>
     </row>
     <row r="507">
       <c r="A507" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B507" s="1" t="s">
         <v>1032</v>
       </c>
       <c r="C507" s="1" t="s">
         <v>1033</v>
       </c>
       <c r="D507" s="3">
-        <v>50.49</v>
+        <v>85.49</v>
       </c>
     </row>
     <row r="508">
       <c r="A508" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B508" s="1" t="s">
         <v>1034</v>
       </c>
       <c r="C508" s="1" t="s">
         <v>1035</v>
       </c>
       <c r="D508" s="3">
-        <v>38.49</v>
+        <v>210</v>
       </c>
     </row>
     <row r="509">
       <c r="A509" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B509" s="1" t="s">
         <v>1036</v>
       </c>
       <c r="C509" s="1" t="s">
         <v>1037</v>
       </c>
       <c r="D509" s="3">
-        <v>38.49</v>
+        <v>43.49</v>
       </c>
     </row>
     <row r="510">
       <c r="A510" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B510" s="1" t="s">
         <v>1038</v>
       </c>
       <c r="C510" s="1" t="s">
         <v>1039</v>
       </c>
       <c r="D510" s="3">
-        <v>125</v>
+        <v>400</v>
       </c>
     </row>
     <row r="511">
       <c r="A511" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B511" s="1" t="s">
         <v>1040</v>
       </c>
       <c r="C511" s="1" t="s">
         <v>1041</v>
       </c>
       <c r="D511" s="3">
-        <v>83.49</v>
+        <v>50.49</v>
       </c>
     </row>
     <row r="512">
       <c r="A512" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B512" s="1" t="s">
         <v>1042</v>
       </c>
       <c r="C512" s="1" t="s">
         <v>1043</v>
       </c>
       <c r="D512" s="3">
-        <v>80.49</v>
+        <v>38.49</v>
       </c>
     </row>
     <row r="513">
       <c r="A513" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B513" s="1" t="s">
         <v>1044</v>
       </c>
       <c r="C513" s="1" t="s">
         <v>1045</v>
       </c>
       <c r="D513" s="3">
-        <v>75.49</v>
+        <v>38.49</v>
       </c>
     </row>
     <row r="514">
       <c r="A514" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B514" s="1" t="s">
         <v>1046</v>
       </c>
       <c r="C514" s="1" t="s">
         <v>1047</v>
       </c>
       <c r="D514" s="3">
-        <v>45.49</v>
+        <v>125</v>
       </c>
     </row>
     <row r="515">
       <c r="A515" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B515" s="1" t="s">
         <v>1048</v>
       </c>
       <c r="C515" s="1" t="s">
         <v>1049</v>
       </c>
       <c r="D515" s="3">
-        <v>45.49</v>
+        <v>83.49</v>
       </c>
     </row>
     <row r="516">
       <c r="A516" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B516" s="1" t="s">
         <v>1050</v>
       </c>
       <c r="C516" s="1" t="s">
         <v>1051</v>
       </c>
       <c r="D516" s="3">
-        <v>70.49</v>
+        <v>80.49</v>
       </c>
     </row>
     <row r="517">
       <c r="A517" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B517" s="1" t="s">
         <v>1052</v>
       </c>
       <c r="C517" s="1" t="s">
         <v>1053</v>
       </c>
       <c r="D517" s="3">
-        <v>65.49</v>
+        <v>75.49</v>
       </c>
     </row>
     <row r="518">
       <c r="A518" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B518" s="1" t="s">
         <v>1054</v>
       </c>
       <c r="C518" s="1" t="s">
         <v>1055</v>
       </c>
       <c r="D518" s="3">
-        <v>85.49</v>
+        <v>45.49</v>
       </c>
     </row>
     <row r="519">
       <c r="A519" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B519" s="1" t="s">
         <v>1056</v>
       </c>
       <c r="C519" s="1" t="s">
         <v>1057</v>
       </c>
       <c r="D519" s="3">
-        <v>57.49</v>
+        <v>45.49</v>
       </c>
     </row>
     <row r="520">
       <c r="A520" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B520" s="1" t="s">
         <v>1058</v>
       </c>
       <c r="C520" s="1" t="s">
         <v>1059</v>
       </c>
       <c r="D520" s="3">
-        <v>39.49</v>
+        <v>70.49</v>
       </c>
     </row>
     <row r="521">
       <c r="A521" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B521" s="1" t="s">
         <v>1060</v>
       </c>
       <c r="C521" s="1" t="s">
         <v>1061</v>
       </c>
       <c r="D521" s="3">
-        <v>27.49</v>
+        <v>65.49</v>
       </c>
     </row>
     <row r="522">
       <c r="A522" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B522" s="1" t="s">
         <v>1062</v>
       </c>
       <c r="C522" s="1" t="s">
         <v>1063</v>
       </c>
       <c r="D522" s="3">
-        <v>26.49</v>
+        <v>85.49</v>
       </c>
     </row>
     <row r="523">
       <c r="A523" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B523" s="1" t="s">
         <v>1064</v>
       </c>
       <c r="C523" s="1" t="s">
         <v>1065</v>
       </c>
       <c r="D523" s="3">
-        <v>23.49</v>
+        <v>57.49</v>
       </c>
     </row>
     <row r="524">
       <c r="A524" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B524" s="1" t="s">
         <v>1066</v>
       </c>
       <c r="C524" s="1" t="s">
         <v>1067</v>
       </c>
       <c r="D524" s="3">
-        <v>32.99</v>
+        <v>39.49</v>
       </c>
     </row>
     <row r="525">
       <c r="A525" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B525" s="1" t="s">
         <v>1068</v>
       </c>
       <c r="C525" s="1" t="s">
         <v>1069</v>
       </c>
       <c r="D525" s="3">
-        <v>65.49</v>
+        <v>27.49</v>
       </c>
     </row>
     <row r="526">
       <c r="A526" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B526" s="1" t="s">
         <v>1070</v>
       </c>
       <c r="C526" s="1" t="s">
         <v>1071</v>
       </c>
       <c r="D526" s="3">
-        <v>225</v>
+        <v>26.49</v>
       </c>
     </row>
     <row r="527">
       <c r="A527" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B527" s="1" t="s">
         <v>1072</v>
       </c>
       <c r="C527" s="1" t="s">
         <v>1073</v>
       </c>
       <c r="D527" s="3">
-        <v>265</v>
+        <v>23.49</v>
       </c>
     </row>
     <row r="528">
       <c r="A528" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B528" s="1" t="s">
         <v>1074</v>
       </c>
       <c r="C528" s="1" t="s">
         <v>1075</v>
       </c>
       <c r="D528" s="3">
-        <v>320</v>
+        <v>32.99</v>
       </c>
     </row>
     <row r="529">
       <c r="A529" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B529" s="1" t="s">
         <v>1076</v>
       </c>
       <c r="C529" s="1" t="s">
         <v>1077</v>
       </c>
       <c r="D529" s="3">
-        <v>275</v>
+        <v>65.49</v>
       </c>
     </row>
     <row r="530">
       <c r="A530" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B530" s="1" t="s">
         <v>1078</v>
       </c>
       <c r="C530" s="1" t="s">
         <v>1079</v>
       </c>
       <c r="D530" s="3">
-        <v>74.99</v>
+        <v>225</v>
       </c>
     </row>
     <row r="531">
       <c r="A531" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B531" s="1" t="s">
         <v>1080</v>
       </c>
       <c r="C531" s="1" t="s">
         <v>1081</v>
       </c>
       <c r="D531" s="3">
-        <v>7.49</v>
+        <v>265</v>
       </c>
     </row>
     <row r="532">
       <c r="A532" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B532" s="1" t="s">
         <v>1082</v>
       </c>
       <c r="C532" s="1" t="s">
         <v>1083</v>
       </c>
       <c r="D532" s="3">
-        <v>90.5</v>
+        <v>320</v>
       </c>
     </row>
     <row r="533">
       <c r="A533" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B533" s="1" t="s">
         <v>1084</v>
       </c>
       <c r="C533" s="1" t="s">
         <v>1085</v>
       </c>
       <c r="D533" s="3">
-        <v>185</v>
+        <v>275</v>
       </c>
     </row>
     <row r="534">
       <c r="A534" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B534" s="1" t="s">
         <v>1086</v>
       </c>
       <c r="C534" s="1" t="s">
         <v>1087</v>
       </c>
       <c r="D534" s="3">
-        <v>100</v>
+        <v>74.99</v>
       </c>
     </row>
     <row r="535">
       <c r="A535" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B535" s="1" t="s">
         <v>1088</v>
       </c>
       <c r="C535" s="1" t="s">
         <v>1089</v>
       </c>
       <c r="D535" s="3">
-        <v>80.49</v>
+        <v>7.49</v>
       </c>
     </row>
     <row r="536">
       <c r="A536" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B536" s="1" t="s">
         <v>1090</v>
       </c>
       <c r="C536" s="1" t="s">
         <v>1091</v>
       </c>
       <c r="D536" s="3">
-        <v>85.49</v>
+        <v>90.5</v>
       </c>
     </row>
     <row r="537">
       <c r="A537" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B537" s="1" t="s">
         <v>1092</v>
       </c>
       <c r="C537" s="1" t="s">
         <v>1093</v>
       </c>
       <c r="D537" s="3">
-        <v>86.5</v>
+        <v>185</v>
       </c>
     </row>
     <row r="538">
       <c r="A538" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B538" s="1" t="s">
         <v>1094</v>
       </c>
       <c r="C538" s="1" t="s">
         <v>1095</v>
       </c>
       <c r="D538" s="3">
-        <v>85.5</v>
+        <v>100</v>
       </c>
     </row>
     <row r="539">
       <c r="A539" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B539" s="1" t="s">
         <v>1096</v>
       </c>
       <c r="C539" s="1" t="s">
         <v>1097</v>
       </c>
       <c r="D539" s="3">
-        <v>70.49</v>
+        <v>80.49</v>
       </c>
     </row>
     <row r="540">
       <c r="A540" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B540" s="1" t="s">
         <v>1098</v>
       </c>
       <c r="C540" s="1" t="s">
         <v>1099</v>
       </c>
       <c r="D540" s="3">
-        <v>51.49</v>
+        <v>85.49</v>
       </c>
     </row>
     <row r="541">
       <c r="A541" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B541" s="1" t="s">
         <v>1100</v>
       </c>
       <c r="C541" s="1" t="s">
         <v>1101</v>
       </c>
       <c r="D541" s="3">
-        <v>69.99</v>
+        <v>86.5</v>
       </c>
     </row>
     <row r="542">
       <c r="A542" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B542" s="1" t="s">
         <v>1102</v>
       </c>
       <c r="C542" s="1" t="s">
         <v>1103</v>
       </c>
       <c r="D542" s="3">
-        <v>69.99</v>
+        <v>85.5</v>
       </c>
     </row>
     <row r="543">
       <c r="A543" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B543" s="1" t="s">
         <v>1104</v>
       </c>
       <c r="C543" s="1" t="s">
         <v>1105</v>
       </c>
       <c r="D543" s="3">
-        <v>65.49</v>
+        <v>70.49</v>
       </c>
     </row>
     <row r="544">
       <c r="A544" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B544" s="1" t="s">
         <v>1106</v>
       </c>
       <c r="C544" s="1" t="s">
         <v>1107</v>
       </c>
       <c r="D544" s="3">
-        <v>67</v>
+        <v>51.49</v>
       </c>
     </row>
     <row r="545">
       <c r="A545" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B545" s="1" t="s">
         <v>1108</v>
       </c>
       <c r="C545" s="1" t="s">
         <v>1109</v>
       </c>
       <c r="D545" s="3">
-        <v>52.49</v>
+        <v>69.99</v>
       </c>
     </row>
     <row r="546">
       <c r="A546" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B546" s="1" t="s">
         <v>1110</v>
       </c>
       <c r="C546" s="1" t="s">
         <v>1111</v>
       </c>
       <c r="D546" s="3">
-        <v>52.49</v>
+        <v>69.99</v>
       </c>
     </row>
     <row r="547">
       <c r="A547" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B547" s="1" t="s">
         <v>1112</v>
       </c>
       <c r="C547" s="1" t="s">
         <v>1113</v>
       </c>
       <c r="D547" s="3">
-        <v>52.49</v>
+        <v>65.49</v>
       </c>
     </row>
     <row r="548">
       <c r="A548" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B548" s="1" t="s">
         <v>1114</v>
       </c>
       <c r="C548" s="1" t="s">
         <v>1115</v>
       </c>
       <c r="D548" s="3">
-        <v>45.49</v>
+        <v>67</v>
       </c>
     </row>
     <row r="549">
       <c r="A549" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B549" s="1" t="s">
         <v>1116</v>
       </c>
       <c r="C549" s="1" t="s">
         <v>1117</v>
       </c>
       <c r="D549" s="3">
-        <v>50.49</v>
+        <v>52.49</v>
       </c>
     </row>
     <row r="550">
       <c r="A550" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B550" s="1" t="s">
         <v>1118</v>
       </c>
       <c r="C550" s="1" t="s">
         <v>1119</v>
       </c>
       <c r="D550" s="3">
         <v>52.49</v>
       </c>
     </row>
     <row r="551">
       <c r="A551" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B551" s="1" t="s">
         <v>1120</v>
       </c>
       <c r="C551" s="1" t="s">
         <v>1121</v>
       </c>
       <c r="D551" s="3">
         <v>52.49</v>
       </c>
     </row>
     <row r="552">
       <c r="A552" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B552" s="1" t="s">
         <v>1122</v>
       </c>
       <c r="C552" s="1" t="s">
         <v>1123</v>
       </c>
       <c r="D552" s="3">
-        <v>52.49</v>
+        <v>45.49</v>
       </c>
     </row>
     <row r="553">
       <c r="A553" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B553" s="1" t="s">
         <v>1124</v>
       </c>
       <c r="C553" s="1" t="s">
         <v>1125</v>
       </c>
       <c r="D553" s="3">
-        <v>34.49</v>
+        <v>50.49</v>
       </c>
     </row>
     <row r="554">
       <c r="A554" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B554" s="1" t="s">
         <v>1126</v>
       </c>
       <c r="C554" s="1" t="s">
         <v>1127</v>
       </c>
       <c r="D554" s="3">
-        <v>65.49</v>
+        <v>52.49</v>
       </c>
     </row>
     <row r="555">
       <c r="A555" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B555" s="1" t="s">
         <v>1128</v>
       </c>
       <c r="C555" s="1" t="s">
         <v>1129</v>
       </c>
       <c r="D555" s="3">
-        <v>96.49</v>
+        <v>55</v>
       </c>
     </row>
     <row r="556">
       <c r="A556" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B556" s="1" t="s">
         <v>1130</v>
       </c>
       <c r="C556" s="1" t="s">
         <v>1131</v>
       </c>
       <c r="D556" s="3">
-        <v>46.49</v>
+        <v>52.49</v>
       </c>
     </row>
     <row r="557">
       <c r="A557" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B557" s="1" t="s">
         <v>1132</v>
       </c>
       <c r="C557" s="1" t="s">
         <v>1133</v>
       </c>
       <c r="D557" s="3">
-        <v>80.49</v>
+        <v>52.49</v>
       </c>
     </row>
     <row r="558">
       <c r="A558" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B558" s="1" t="s">
         <v>1134</v>
       </c>
       <c r="C558" s="1" t="s">
         <v>1135</v>
       </c>
       <c r="D558" s="3">
-        <v>23.49</v>
+        <v>34.49</v>
       </c>
     </row>
     <row r="559">
       <c r="A559" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B559" s="1" t="s">
         <v>1136</v>
       </c>
       <c r="C559" s="1" t="s">
         <v>1137</v>
       </c>
       <c r="D559" s="3">
-        <v>44.49</v>
+        <v>65.49</v>
       </c>
     </row>
     <row r="560">
       <c r="A560" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B560" s="1" t="s">
         <v>1138</v>
       </c>
       <c r="C560" s="1" t="s">
         <v>1139</v>
       </c>
       <c r="D560" s="3">
-        <v>55.49</v>
+        <v>96.49</v>
       </c>
     </row>
     <row r="561">
       <c r="A561" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B561" s="1" t="s">
         <v>1140</v>
       </c>
       <c r="C561" s="1" t="s">
         <v>1141</v>
       </c>
       <c r="D561" s="3">
-        <v>40.49</v>
+        <v>46.49</v>
       </c>
     </row>
     <row r="562">
       <c r="A562" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B562" s="1" t="s">
         <v>1142</v>
       </c>
       <c r="C562" s="1" t="s">
         <v>1143</v>
       </c>
       <c r="D562" s="3">
-        <v>50.49</v>
+        <v>80.49</v>
       </c>
     </row>
     <row r="563">
       <c r="A563" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B563" s="1" t="s">
         <v>1144</v>
       </c>
       <c r="C563" s="1" t="s">
         <v>1145</v>
       </c>
       <c r="D563" s="3">
-        <v>65.49</v>
+        <v>23.49</v>
       </c>
     </row>
     <row r="564">
       <c r="A564" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B564" s="1" t="s">
         <v>1146</v>
       </c>
       <c r="C564" s="1" t="s">
         <v>1147</v>
       </c>
       <c r="D564" s="3">
-        <v>50.49</v>
+        <v>44.49</v>
       </c>
     </row>
     <row r="565">
       <c r="A565" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B565" s="1" t="s">
         <v>1148</v>
       </c>
       <c r="C565" s="1" t="s">
         <v>1149</v>
       </c>
       <c r="D565" s="3">
-        <v>50.49</v>
+        <v>55.49</v>
       </c>
     </row>
     <row r="566">
       <c r="A566" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B566" s="1" t="s">
         <v>1150</v>
       </c>
       <c r="C566" s="1" t="s">
         <v>1151</v>
       </c>
       <c r="D566" s="3">
-        <v>100</v>
+        <v>40.49</v>
       </c>
     </row>
     <row r="567">
       <c r="A567" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B567" s="1" t="s">
         <v>1152</v>
       </c>
       <c r="C567" s="1" t="s">
         <v>1153</v>
       </c>
       <c r="D567" s="3">
-        <v>175</v>
+        <v>50.49</v>
       </c>
     </row>
     <row r="568">
       <c r="A568" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B568" s="1" t="s">
         <v>1154</v>
       </c>
       <c r="C568" s="1" t="s">
         <v>1155</v>
       </c>
       <c r="D568" s="3">
-        <v>95.49</v>
+        <v>65.49</v>
       </c>
     </row>
     <row r="569">
       <c r="A569" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B569" s="1" t="s">
         <v>1156</v>
       </c>
       <c r="C569" s="1" t="s">
         <v>1157</v>
       </c>
       <c r="D569" s="3">
-        <v>71.49</v>
+        <v>50.49</v>
       </c>
     </row>
     <row r="570">
       <c r="A570" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B570" s="1" t="s">
         <v>1158</v>
       </c>
       <c r="C570" s="1" t="s">
         <v>1159</v>
       </c>
       <c r="D570" s="3">
-        <v>79.99</v>
+        <v>50.49</v>
       </c>
     </row>
     <row r="571">
       <c r="A571" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B571" s="1" t="s">
         <v>1160</v>
       </c>
       <c r="C571" s="1" t="s">
         <v>1161</v>
       </c>
       <c r="D571" s="3">
-        <v>64.49</v>
+        <v>100</v>
       </c>
     </row>
     <row r="572">
       <c r="A572" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B572" s="1" t="s">
         <v>1162</v>
       </c>
       <c r="C572" s="1" t="s">
         <v>1163</v>
       </c>
       <c r="D572" s="3">
-        <v>52.49</v>
+        <v>175</v>
       </c>
     </row>
     <row r="573">
       <c r="A573" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B573" s="1" t="s">
         <v>1164</v>
       </c>
       <c r="C573" s="1" t="s">
         <v>1165</v>
       </c>
       <c r="D573" s="3">
-        <v>72.49</v>
+        <v>95.49</v>
       </c>
     </row>
     <row r="574">
       <c r="A574" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B574" s="1" t="s">
         <v>1166</v>
       </c>
       <c r="C574" s="1" t="s">
         <v>1167</v>
       </c>
       <c r="D574" s="3">
-        <v>62.49</v>
+        <v>71.49</v>
       </c>
     </row>
     <row r="575">
       <c r="A575" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B575" s="1" t="s">
         <v>1168</v>
       </c>
       <c r="C575" s="1" t="s">
         <v>1169</v>
       </c>
       <c r="D575" s="3">
-        <v>145</v>
+        <v>79.99</v>
       </c>
     </row>
     <row r="576">
       <c r="A576" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B576" s="1" t="s">
         <v>1170</v>
       </c>
       <c r="C576" s="1" t="s">
         <v>1171</v>
       </c>
       <c r="D576" s="3">
-        <v>62.49</v>
+        <v>64.49</v>
       </c>
     </row>
     <row r="577">
       <c r="A577" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B577" s="1" t="s">
         <v>1172</v>
       </c>
       <c r="C577" s="1" t="s">
         <v>1173</v>
       </c>
       <c r="D577" s="3">
-        <v>42.49</v>
+        <v>52.49</v>
       </c>
     </row>
     <row r="578">
       <c r="A578" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B578" s="1" t="s">
         <v>1174</v>
       </c>
       <c r="C578" s="1" t="s">
         <v>1175</v>
       </c>
       <c r="D578" s="3">
-        <v>35.49</v>
+        <v>72.49</v>
       </c>
     </row>
     <row r="579">
       <c r="A579" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B579" s="1" t="s">
         <v>1176</v>
       </c>
       <c r="C579" s="1" t="s">
         <v>1177</v>
       </c>
       <c r="D579" s="3">
-        <v>70.49</v>
+        <v>62.49</v>
       </c>
     </row>
     <row r="580">
       <c r="A580" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B580" s="1" t="s">
         <v>1178</v>
       </c>
       <c r="C580" s="1" t="s">
         <v>1179</v>
       </c>
       <c r="D580" s="3">
-        <v>70.49</v>
+        <v>145</v>
       </c>
     </row>
     <row r="581">
       <c r="A581" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B581" s="1" t="s">
         <v>1180</v>
       </c>
       <c r="C581" s="1" t="s">
         <v>1181</v>
       </c>
       <c r="D581" s="3">
-        <v>70.49</v>
+        <v>62.49</v>
       </c>
     </row>
     <row r="582">
       <c r="A582" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B582" s="1" t="s">
         <v>1182</v>
       </c>
       <c r="C582" s="1" t="s">
         <v>1183</v>
       </c>
       <c r="D582" s="3">
-        <v>85.49</v>
+        <v>42.49</v>
       </c>
     </row>
     <row r="583">
       <c r="A583" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B583" s="1" t="s">
         <v>1184</v>
       </c>
       <c r="C583" s="1" t="s">
         <v>1185</v>
       </c>
       <c r="D583" s="3">
-        <v>75.49</v>
+        <v>35.49</v>
       </c>
     </row>
     <row r="584">
       <c r="A584" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B584" s="1" t="s">
         <v>1186</v>
       </c>
       <c r="C584" s="1" t="s">
         <v>1187</v>
       </c>
       <c r="D584" s="3">
-        <v>60.49</v>
+        <v>70.49</v>
       </c>
     </row>
     <row r="585">
       <c r="A585" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B585" s="1" t="s">
         <v>1188</v>
       </c>
       <c r="C585" s="1" t="s">
         <v>1189</v>
       </c>
       <c r="D585" s="3">
-        <v>60.49</v>
+        <v>70.49</v>
       </c>
     </row>
     <row r="586">
       <c r="A586" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B586" s="1" t="s">
         <v>1190</v>
       </c>
       <c r="C586" s="1" t="s">
         <v>1191</v>
       </c>
       <c r="D586" s="3">
-        <v>65</v>
+        <v>70.49</v>
       </c>
     </row>
     <row r="587">
       <c r="A587" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B587" s="1" t="s">
         <v>1192</v>
       </c>
       <c r="C587" s="1" t="s">
         <v>1193</v>
       </c>
       <c r="D587" s="3">
-        <v>60.49</v>
+        <v>85.49</v>
       </c>
     </row>
     <row r="588">
       <c r="A588" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B588" s="1" t="s">
         <v>1194</v>
       </c>
       <c r="C588" s="1" t="s">
         <v>1195</v>
       </c>
       <c r="D588" s="3">
+        <v>75.49</v>
+      </c>
+    </row>
+    <row r="589">
+      <c r="A589" s="1" t="s">
+        <v>929</v>
+      </c>
+      <c r="B589" s="1" t="s">
+        <v>1196</v>
+      </c>
+      <c r="C589" s="1" t="s">
+        <v>1197</v>
+      </c>
+      <c r="D589" s="3">
+        <v>60.49</v>
+      </c>
+    </row>
+    <row r="590">
+      <c r="A590" s="1" t="s">
+        <v>929</v>
+      </c>
+      <c r="B590" s="1" t="s">
+        <v>1198</v>
+      </c>
+      <c r="C590" s="1" t="s">
+        <v>1199</v>
+      </c>
+      <c r="D590" s="3">
+        <v>60.49</v>
+      </c>
+    </row>
+    <row r="591">
+      <c r="A591" s="1" t="s">
+        <v>929</v>
+      </c>
+      <c r="B591" s="1" t="s">
+        <v>1200</v>
+      </c>
+      <c r="C591" s="1" t="s">
+        <v>1201</v>
+      </c>
+      <c r="D591" s="3">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="592">
+      <c r="A592" s="1" t="s">
+        <v>929</v>
+      </c>
+      <c r="B592" s="1" t="s">
+        <v>1202</v>
+      </c>
+      <c r="C592" s="1" t="s">
+        <v>1203</v>
+      </c>
+      <c r="D592" s="3">
+        <v>60.49</v>
+      </c>
+    </row>
+    <row r="593">
+      <c r="A593" s="1" t="s">
+        <v>929</v>
+      </c>
+      <c r="B593" s="1" t="s">
+        <v>1204</v>
+      </c>
+      <c r="C593" s="1" t="s">
+        <v>1205</v>
+      </c>
+      <c r="D593" s="3">
         <v>39.49</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>