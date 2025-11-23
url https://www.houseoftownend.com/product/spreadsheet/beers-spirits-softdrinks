--- v1 (2025-11-03)
+++ v2 (2025-11-23)
@@ -5,51 +5,51 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="House of Townend" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1206" uniqueCount="1206">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1265" uniqueCount="1265">
   <si>
     <t>Category</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>ProductCode</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Ale</t>
   </si>
   <si>
     <t>Black Sheep Ale 8 x 500ml</t>
   </si>
   <si>
     <t>BLSH002</t>
   </si>
   <si>
     <t>Bowness Bay Brewing Fell Walker Pale Ale 8 x 500ml</t>
   </si>
   <si>
@@ -130,56 +130,50 @@
   <si>
     <t>Hawkshead Lakeland Gold 8 x 500ml</t>
   </si>
   <si>
     <t>HAWK120</t>
   </si>
   <si>
     <t>Hawkshead Windermere Pale 8 x 500ml</t>
   </si>
   <si>
     <t>HAWK140</t>
   </si>
   <si>
     <t>Kirkstall Brewery Judicious Juicy Pale, 12 x 440ml</t>
   </si>
   <si>
     <t>KIRK025</t>
   </si>
   <si>
     <t>Kirkstall Brewery Virtuous Session IPA, 12 x 440ml</t>
   </si>
   <si>
     <t>KIRK020</t>
   </si>
   <si>
-    <t>Meteor IPA 0.0% 24 x 330ml</t>
-[...4 lines deleted...]
-  <si>
     <t>Old Speckled Hen 12 x 500ml</t>
   </si>
   <si>
     <t>OLDS001</t>
   </si>
   <si>
     <t>Wold Top Bitter 8 x 500ml</t>
   </si>
   <si>
     <t>WOLD010</t>
   </si>
   <si>
     <t>Wold Top Scarborough Fair IPA 8 x 500ml</t>
   </si>
   <si>
     <t>WOLD065</t>
   </si>
   <si>
     <t>Wold Top Wold Gold 8 x 500ml</t>
   </si>
   <si>
     <t>WOLD025</t>
   </si>
   <si>
     <t>Aperitif</t>
@@ -499,125 +493,146 @@
   <si>
     <t>Monin Hibiscus Syrup</t>
   </si>
   <si>
     <t>MONI190</t>
   </si>
   <si>
     <t>Monin Mango Syrup</t>
   </si>
   <si>
     <t>MONI165</t>
   </si>
   <si>
     <t>Monin Orgeat Syrup</t>
   </si>
   <si>
     <t>MONI025</t>
   </si>
   <si>
     <t>Monin Passion Fruit Syrup</t>
   </si>
   <si>
     <t>MONI010</t>
   </si>
   <si>
+    <t>Monin Peach Syrup</t>
+  </si>
+  <si>
+    <t>MONI175</t>
+  </si>
+  <si>
     <t>Monin Pineapple Syrup</t>
   </si>
   <si>
     <t>MONI180</t>
   </si>
   <si>
     <t>Monin Raspberry Syrup</t>
   </si>
   <si>
     <t>MONI040</t>
   </si>
   <si>
     <t>Monin Strawberry Syrup</t>
   </si>
   <si>
     <t>MONI020</t>
   </si>
   <si>
     <t>Monin Syrup Tangerine</t>
   </si>
   <si>
     <t>MONI210</t>
   </si>
   <si>
     <t>Monin Vanilla Syrup</t>
   </si>
   <si>
     <t>MONI045</t>
   </si>
   <si>
     <t>Monin Watermelon Syrup</t>
   </si>
   <si>
     <t>MONI170</t>
   </si>
   <si>
+    <t>Cognac</t>
+  </si>
+  <si>
+    <t>Maxime Trijol Extra Grande Champagne Cognac</t>
+  </si>
+  <si>
+    <t>MAXI020</t>
+  </si>
+  <si>
     <t>Cognac &amp; Armagnac</t>
   </si>
   <si>
     <t>Courvoisier VS Cognac</t>
   </si>
   <si>
     <t>COUR001</t>
   </si>
   <si>
     <t>Courvoisier VSOP Cognac</t>
   </si>
   <si>
     <t>COUR005</t>
   </si>
   <si>
     <t>Courvoisier XO Cognac</t>
   </si>
   <si>
     <t>COUR010</t>
   </si>
   <si>
     <t>Darroze Grand Assemblage 20 Year Old Armagnac</t>
   </si>
   <si>
     <t>DARR001</t>
   </si>
   <si>
     <t>H By Hine Cognac</t>
   </si>
   <si>
     <t>HINE001</t>
   </si>
   <si>
     <t>Hennessy VS Cognac</t>
   </si>
   <si>
     <t>HENN010</t>
   </si>
   <si>
+    <t>Hennessy XO Cognac</t>
+  </si>
+  <si>
+    <t>HENN015</t>
+  </si>
+  <si>
     <t>Hine Antique XO Cognac</t>
   </si>
   <si>
     <t>HINE005</t>
   </si>
   <si>
     <t>Hine Rare Cognac</t>
   </si>
   <si>
     <t>HINE015</t>
   </si>
   <si>
     <t>Janneau VS Armagnac</t>
   </si>
   <si>
     <t>JANN001</t>
   </si>
   <si>
     <t>Janneau VSOP Armagnac</t>
   </si>
   <si>
     <t>JANN005</t>
   </si>
   <si>
     <t>Janneau XO Armagnac</t>
@@ -808,50 +823,56 @@
   <si>
     <t>Cotton Gin</t>
   </si>
   <si>
     <t>COTT001</t>
   </si>
   <si>
     <t>Cumbria Distilling Company British Gin</t>
   </si>
   <si>
     <t>CARL100</t>
   </si>
   <si>
     <t>Cumbria Distilling Company Rhubarb Gin</t>
   </si>
   <si>
     <t>CARL105</t>
   </si>
   <si>
     <t>Cumbria Distilling Company Valencian Orange Gin</t>
   </si>
   <si>
     <t>CARL110</t>
   </si>
   <si>
+    <t>Edgerton Pink Gin</t>
+  </si>
+  <si>
+    <t>EDGE025</t>
+  </si>
+  <si>
     <t>Edinburgh Cannonball Gin</t>
   </si>
   <si>
     <t>EDIN025</t>
   </si>
   <si>
     <t>Edinburgh Gin</t>
   </si>
   <si>
     <t>EDIN005</t>
   </si>
   <si>
     <t>Edinburgh Gin's Rhubarb and Ginger Liqueur</t>
   </si>
   <si>
     <t>EDIN001</t>
   </si>
   <si>
     <t>Edinburgh Orange &amp; Basil Gin</t>
   </si>
   <si>
     <t>EDIN075</t>
   </si>
   <si>
     <t>Edinburgh Raspberry Gin</t>
@@ -916,50 +937,56 @@
   <si>
     <t>Hendrick's Gin</t>
   </si>
   <si>
     <t>HEND001</t>
   </si>
   <si>
     <t>Kirkjuvagr Arkh-Angell Storm Strength Gin</t>
   </si>
   <si>
     <t>KIRK045</t>
   </si>
   <si>
     <t>Kirkjuvagr Beyla – Honey &amp; Raspberry Old Tom Gin</t>
   </si>
   <si>
     <t>KIRK050</t>
   </si>
   <si>
     <t>Kirkjuvagr Orkney Gin</t>
   </si>
   <si>
     <t>KIRK001</t>
   </si>
   <si>
+    <t>Lakes Distillery Elderflower Gin Liqueur Miniatures 5cl</t>
+  </si>
+  <si>
+    <t>THEO225</t>
+  </si>
+  <si>
     <t>Lakes Distillery Gin</t>
   </si>
   <si>
     <t>THEO270</t>
   </si>
   <si>
     <t>Lakes Distillery Gin Miniatures 5cl</t>
   </si>
   <si>
     <t>THEO025</t>
   </si>
   <si>
     <t>Lakes Distillery Mountian Strength Gin</t>
   </si>
   <si>
     <t>THEO435</t>
   </si>
   <si>
     <t>Lakes Distillery Pink Grapefruit Gin</t>
   </si>
   <si>
     <t>THEO305</t>
   </si>
   <si>
     <t>Lakes Distillery Pink Grapefruit Gin Miniatures 5cl</t>
@@ -970,50 +997,56 @@
   <si>
     <t>Le Gin de Christian Drouin</t>
   </si>
   <si>
     <t>DROU020</t>
   </si>
   <si>
     <t>Malfy Con Arancia Gin</t>
   </si>
   <si>
     <t>MALF010</t>
   </si>
   <si>
     <t>Malfy Con Limone Gin</t>
   </si>
   <si>
     <t>MALF005</t>
   </si>
   <si>
     <t>Malfy Gin Rosa</t>
   </si>
   <si>
     <t>MALF015</t>
   </si>
   <si>
+    <t>Manchester Blackberry Infused Gin</t>
+  </si>
+  <si>
+    <t>MANC045</t>
+  </si>
+  <si>
     <t>Manchester Haçienda Gin</t>
   </si>
   <si>
     <t>MANC030</t>
   </si>
   <si>
     <t>Manchester Raspberry Infused Gin 70cl</t>
   </si>
   <si>
     <t>MANC050</t>
   </si>
   <si>
     <t>Manchester Signature Gin</t>
   </si>
   <si>
     <t>MANC040</t>
   </si>
   <si>
     <t>Masons of Yorkshire British Raspberry Gin</t>
   </si>
   <si>
     <t>MASO120</t>
   </si>
   <si>
     <t>Masons of Yorkshire Orange &amp; Lime Leaf Gin</t>
@@ -1132,50 +1165,56 @@
   <si>
     <t>Sipsmith London Dry Gin</t>
   </si>
   <si>
     <t>SLIP001</t>
   </si>
   <si>
     <t>Sir Robin of Locksley Gin</t>
   </si>
   <si>
     <t>LOCK001</t>
   </si>
   <si>
     <t>Slingsby Blackberry Gin</t>
   </si>
   <si>
     <t>SLIN025</t>
   </si>
   <si>
     <t>Slingsby Gin</t>
   </si>
   <si>
     <t>SLING001</t>
   </si>
   <si>
+    <t>Slingsby Marmalade Gin</t>
+  </si>
+  <si>
+    <t>SLIN020</t>
+  </si>
+  <si>
     <t>Slingsby Rhubarb Gin</t>
   </si>
   <si>
     <t>SLIN005</t>
   </si>
   <si>
     <t>Sloemotion Blackberry &amp; Apple Gin</t>
   </si>
   <si>
     <t>SLOE095</t>
   </si>
   <si>
     <t>Sloemotion Hedgerow Gin</t>
   </si>
   <si>
     <t>SLOE080</t>
   </si>
   <si>
     <t>Sloemotion Hedgerow Vodka</t>
   </si>
   <si>
     <t>SLOE090</t>
   </si>
   <si>
     <t>Sloemotion Rhubarb and Raspberry Gin</t>
@@ -1186,50 +1225,56 @@
   <si>
     <t>Tanqueray Flor de Sevilla Gin</t>
   </si>
   <si>
     <t>TANQ025</t>
   </si>
   <si>
     <t>Tanqueray London Dry Gin</t>
   </si>
   <si>
     <t>TANQ001</t>
   </si>
   <si>
     <t>Tanqueray No.10 Gin</t>
   </si>
   <si>
     <t>TANQ030</t>
   </si>
   <si>
     <t>Tanqueray Rangpur Gin</t>
   </si>
   <si>
     <t>TANQ020</t>
   </si>
   <si>
+    <t>That Boutique-y Gin Company Strawberry and Balsamico Gin</t>
+  </si>
+  <si>
+    <t>BOUT045</t>
+  </si>
+  <si>
     <t>The Botanist Islay Dry Gin</t>
   </si>
   <si>
     <t>BOTA001</t>
   </si>
   <si>
     <t>Warner Edwards Harrington Elderflower Gin</t>
   </si>
   <si>
     <t>HARR025</t>
   </si>
   <si>
     <t>Warner Edwards Victoria's Rhubarb Gin</t>
   </si>
   <si>
     <t>WARN005</t>
   </si>
   <si>
     <t>Whitby Gin</t>
   </si>
   <si>
     <t>WHIT095</t>
   </si>
   <si>
     <t>Whitley Neill Black Cherry Gin</t>
@@ -1276,53 +1321,71 @@
   <si>
     <t>Whitley Neill Rhubarb &amp; Ginger Alcoholic Free Spirit</t>
   </si>
   <si>
     <t>WHIT155</t>
   </si>
   <si>
     <t>Whitley Neill Rhubarb &amp; Ginger Gin</t>
   </si>
   <si>
     <t>WHIT035</t>
   </si>
   <si>
     <t>York Chocolate &amp; Orange Gin</t>
   </si>
   <si>
     <t>YORK090</t>
   </si>
   <si>
     <t>York London Dry Gin</t>
   </si>
   <si>
     <t>YORK055</t>
   </si>
   <si>
+    <t>York Old Tom Gin</t>
+  </si>
+  <si>
+    <t>YORK065</t>
+  </si>
+  <si>
+    <t>York Roman Fruits Gin</t>
+  </si>
+  <si>
+    <t>YORK060</t>
+  </si>
+  <si>
     <t>Lager</t>
   </si>
   <si>
+    <t>Beck's Lager 24 x 275ml</t>
+  </si>
+  <si>
+    <t>BECK004</t>
+  </si>
+  <si>
     <t>Beck's Non Alcoholic Lager 24 x 275ml</t>
   </si>
   <si>
     <t>BECK005</t>
   </si>
   <si>
     <t>Birra Moretti Premium Lager 24 x 330ml</t>
   </si>
   <si>
     <t>MORE090</t>
   </si>
   <si>
     <t>Budweiser Lager 24 x 330ml</t>
   </si>
   <si>
     <t>BUDW010</t>
   </si>
   <si>
     <t>Cold Bath Brewery Lager, 12 x 330ml</t>
   </si>
   <si>
     <t>COLD010</t>
   </si>
   <si>
     <t>Cold Bath Brewery Pilsner 12 X 330ml</t>
@@ -1408,50 +1471,62 @@
   <si>
     <t>PERO020</t>
   </si>
   <si>
     <t>Peroni Nastro Azzurro Lager 24 x 330ml</t>
   </si>
   <si>
     <t>PERO001</t>
   </si>
   <si>
     <t>Peroni Red Label Lager 24 x 330ml</t>
   </si>
   <si>
     <t>PERO015</t>
   </si>
   <si>
     <t>Veltins German Pilsener, 24 x 500ml</t>
   </si>
   <si>
     <t>VELT001</t>
   </si>
   <si>
     <t>Liqueurs</t>
   </si>
   <si>
+    <t>Akashi-Tai Junmai Ginjo Sparkling Sake</t>
+  </si>
+  <si>
+    <t>AKAS001</t>
+  </si>
+  <si>
+    <t>Akashi-Tai Junmai Ginjo Yuzushu (Citrus) Sake</t>
+  </si>
+  <si>
+    <t>AKAS005</t>
+  </si>
+  <si>
     <t>Akashi-Tai Shiruame Umeshu Sake</t>
   </si>
   <si>
     <t>UMES001</t>
   </si>
   <si>
     <t>Amaretto Disarrono Liqueur</t>
   </si>
   <si>
     <t>AMAR010</t>
   </si>
   <si>
     <t>Angostorus Bitters Orange 10cl</t>
   </si>
   <si>
     <t>ANGO005</t>
   </si>
   <si>
     <t>Angostura Bitters 200ml</t>
   </si>
   <si>
     <t>ANGO001</t>
   </si>
   <si>
     <t>Archers Peach Schnapps Liqueur</t>
@@ -1636,56 +1711,50 @@
   <si>
     <t>Jack Daniel's Honey Tennessee Whiskey Liqueur</t>
   </si>
   <si>
     <t>JDAN030</t>
   </si>
   <si>
     <t>Jagermeister Liqueur</t>
   </si>
   <si>
     <t>JAGE001</t>
   </si>
   <si>
     <t>Kahlua Liqueur</t>
   </si>
   <si>
     <t>KCLI001</t>
   </si>
   <si>
     <t>Kin Toffee Vodka Cream Liqueur</t>
   </si>
   <si>
     <t>KINT045</t>
   </si>
   <si>
-    <t>Lakes Distillery Rhubarb &amp; Rosehip Gin Liqueur</t>
-[...4 lines deleted...]
-  <si>
     <t>Licor 43</t>
   </si>
   <si>
     <t>LICO001</t>
   </si>
   <si>
     <t>Limoncello Liberty Liqueur</t>
   </si>
   <si>
     <t>LIMO001</t>
   </si>
   <si>
     <t>Luxardo Sambuca Liqueur</t>
   </si>
   <si>
     <t>SAMB020</t>
   </si>
   <si>
     <t>Luxardo Sambuca Passione Nera Liqueur</t>
   </si>
   <si>
     <t>SAMB015</t>
   </si>
   <si>
     <t>Malibu Coconut Liqueur</t>
@@ -1792,50 +1861,56 @@
   <si>
     <t>Sourz Green Apple Liqueur</t>
   </si>
   <si>
     <t>SOUR050</t>
   </si>
   <si>
     <t>Southern Comfort Liqueur</t>
   </si>
   <si>
     <t>SCOM006</t>
   </si>
   <si>
     <t>Spirit of Yorkshire Cream Liqueur</t>
   </si>
   <si>
     <t>FILE035</t>
   </si>
   <si>
     <t>St Germain Elderflower Liqueur</t>
   </si>
   <si>
     <t>SAIN050</t>
   </si>
   <si>
+    <t>Takamaka Koko Rum Liqueur</t>
+  </si>
+  <si>
+    <t>TAKA010</t>
+  </si>
+  <si>
     <t>Tequila Rose Strawberry Cream Liqueur</t>
   </si>
   <si>
     <t>TEQU001</t>
   </si>
   <si>
     <t>The King's Ginger Liqueur</t>
   </si>
   <si>
     <t>KING025</t>
   </si>
   <si>
     <t>The Whistler Imperial Stout Cask Finish Irish Whiskey</t>
   </si>
   <si>
     <t>WHIS035</t>
   </si>
   <si>
     <t>The Whistler Irish Honey Liqueur</t>
   </si>
   <si>
     <t>WHIS025</t>
   </si>
   <si>
     <t>The Whistler The Good, The Bad &amp; The Smoky Irish Whiskey</t>
@@ -1921,86 +1996,86 @@
   <si>
     <t>Hildon Sparkling Mineral Water 24 x 330ml</t>
   </si>
   <si>
     <t>HILD005</t>
   </si>
   <si>
     <t>Hildon Still Mineral Water 12 x 750ml</t>
   </si>
   <si>
     <t>HILD010</t>
   </si>
   <si>
     <t>Hildon Still Mineral Water 24 x 330ml</t>
   </si>
   <si>
     <t>HILD015</t>
   </si>
   <si>
     <t>Kingsdown Elderflower Sparkling Pressé 12 x 330ml</t>
   </si>
   <si>
     <t>KING100</t>
   </si>
   <si>
-    <t>Kingsdown Orange Sparkling Pressé 12 x 330ml</t>
-[...4 lines deleted...]
-  <si>
     <t>Kingsdown Sparkling Mineral Water 12 x 750ml</t>
   </si>
   <si>
     <t>KING080</t>
   </si>
   <si>
     <t>Kingsdown Sparkling Mineral Water 24 x 330ml</t>
   </si>
   <si>
     <t>KING085</t>
   </si>
   <si>
     <t>Kingsdown Still Mineral Water 12 x 750ml</t>
   </si>
   <si>
     <t>KING090</t>
   </si>
   <si>
     <t>Kingsdown Still Mineral Water 24 x 330ml</t>
   </si>
   <si>
     <t>KING095</t>
   </si>
   <si>
     <t>San Pellegrino Sparkling Aranciata 24 x 330ml Can</t>
   </si>
   <si>
     <t>PELL010</t>
   </si>
   <si>
+    <t>San Pellegrino Sparkling Limonata 24 x 330ml Can</t>
+  </si>
+  <si>
+    <t>PELL015</t>
+  </si>
+  <si>
     <t>San Pellegrino Sparkling Mineral Water 12 x 750ml</t>
   </si>
   <si>
     <t>PELL001</t>
   </si>
   <si>
     <t>Wenlock Spring Sparkling Mineral Water 12 x 750ml</t>
   </si>
   <si>
     <t>WENL005</t>
   </si>
   <si>
     <t>Wenlock Spring Sparkling Mineral Water 24 x 330ml</t>
   </si>
   <si>
     <t>WENL015</t>
   </si>
   <si>
     <t>Wenlock Spring Still Mineral Water 12 x 750ml</t>
   </si>
   <si>
     <t>WENL001</t>
   </si>
   <si>
     <t>Wenlock Spring Still Mineral Water 24 x 330ml</t>
@@ -2146,50 +2221,62 @@
   <si>
     <t>Fever-Tree Italian Blood Orange Soda Water 24 x 200ml</t>
   </si>
   <si>
     <t>FEVE095</t>
   </si>
   <si>
     <t>Fever-Tree Lemonade 24 x 200ml</t>
   </si>
   <si>
     <t>FEVE020</t>
   </si>
   <si>
     <t>Fever-Tree Mediterranean Tonic Water 24 x 200ml</t>
   </si>
   <si>
     <t>FEVE035</t>
   </si>
   <si>
     <t>Fever-Tree Mexican Lime Soda Water 24 x 200ml</t>
   </si>
   <si>
     <t>FEVE085</t>
   </si>
   <si>
+    <t>Fever-Tree Refreshingly Light Elderflower Tonic Water 24 x 200ml</t>
+  </si>
+  <si>
+    <t>FEVE110</t>
+  </si>
+  <si>
+    <t>Fever-Tree Refreshingly Light Spiced Orange Ginger Ale 24 x 200ml</t>
+  </si>
+  <si>
+    <t>FEVE065</t>
+  </si>
+  <si>
     <t>Fever-Tree Refreshingly Light Tonic Water 24 x 200ml</t>
   </si>
   <si>
     <t>FEVE005</t>
   </si>
   <si>
     <t>Fever-Tree Sicilian Lemonade 24 x 200ml</t>
   </si>
   <si>
     <t>FEVE045</t>
   </si>
   <si>
     <t>Fever-Tree Soda Water 24 x 200ml</t>
   </si>
   <si>
     <t>FEVE030</t>
   </si>
   <si>
     <t>Franklin and Sons Dandelion &amp; Burdock 12 x 275ml</t>
   </si>
   <si>
     <t>FRAN070</t>
   </si>
   <si>
     <t xml:space="preserve">Franklin and Sons Ginger Ale  24 x 200ml</t>
@@ -2218,62 +2305,50 @@
   <si>
     <t>Franklin and Sons Lemonade &amp; Elderflower 12 x 275ml</t>
   </si>
   <si>
     <t>FRAN075</t>
   </si>
   <si>
     <t>Franklin and Sons Lemonade 24 x 200ml</t>
   </si>
   <si>
     <t>FRAN105</t>
   </si>
   <si>
     <t>Franklin and Sons Light Indian Tonic Water 24 x 200ml</t>
   </si>
   <si>
     <t>FRAN110</t>
   </si>
   <si>
     <t>Franklin and Sons Natural Rose Lemonade 12 x 275ml</t>
   </si>
   <si>
     <t>FRAN160</t>
   </si>
   <si>
-    <t>Franklin and Sons Orange &amp; Grapefruit 12 x 275ml</t>
-[...10 lines deleted...]
-  <si>
     <t>Franklin and Sons Raspberry Lemonade 12 x 275ml</t>
   </si>
   <si>
     <t>FRAN150</t>
   </si>
   <si>
     <t>Franklin and Sons Rhubarb Lemonade 12 x 275ml</t>
   </si>
   <si>
     <t>FRAN155</t>
   </si>
   <si>
     <t>Franklin and Sons Soda Water 24 x 200ml</t>
   </si>
   <si>
     <t>FRAN145</t>
   </si>
   <si>
     <t>Red Bull Can 24 x 250ml</t>
   </si>
   <si>
     <t>REDB001</t>
   </si>
   <si>
     <t>Schweppes Blackcurrant Cordial 1Ltr</t>
@@ -2308,50 +2383,56 @@
   <si>
     <t>Schweppes Orange Juice 24 x 200ml</t>
   </si>
   <si>
     <t>SCOR025</t>
   </si>
   <si>
     <t>Schweppes Pineapple Juice 24 x 200ml</t>
   </si>
   <si>
     <t>SCHW080</t>
   </si>
   <si>
     <t>Schweppes Slimline Tonic Water 24 x 200ml</t>
   </si>
   <si>
     <t>SCHW010</t>
   </si>
   <si>
     <t>Schweppes Soda Water 24 x 200ml</t>
   </si>
   <si>
     <t>SCHW060</t>
   </si>
   <si>
+    <t>Schweppes Tomato Juice 24 x 200ml</t>
+  </si>
+  <si>
+    <t>STOM005</t>
+  </si>
+  <si>
     <t>Schweppes Tonic Water 24 x 200ml</t>
   </si>
   <si>
     <t>SCHW015</t>
   </si>
   <si>
     <t>Non Alcoholic</t>
   </si>
   <si>
     <t>Bax Botanics Sea Buckthorn Alcohol Free Spirit</t>
   </si>
   <si>
     <t>BAXB005</t>
   </si>
   <si>
     <t>Bax Botanics Verbena Alcohol Free Spirit</t>
   </si>
   <si>
     <t>BAXB010</t>
   </si>
   <si>
     <t>Tanqueray Alcohol Free Spirit</t>
   </si>
   <si>
     <t>TANQ040</t>
@@ -2392,62 +2473,62 @@
   <si>
     <t>Doorly's 3 Year Old Rum</t>
   </si>
   <si>
     <t>DOOR010</t>
   </si>
   <si>
     <t>Doorly's 5 Year Old Rum</t>
   </si>
   <si>
     <t>DOOR001</t>
   </si>
   <si>
     <t>El Dorado 3 Year Old Rum</t>
   </si>
   <si>
     <t>ELDO015</t>
   </si>
   <si>
     <t>El Dorado 5 Year Old Rum</t>
   </si>
   <si>
     <t>ELDO020</t>
   </si>
   <si>
-    <t>El Dorado 8 Year Old Rum</t>
-[...4 lines deleted...]
-  <si>
     <t>Gosling's Black Seal Rum</t>
   </si>
   <si>
     <t>GOSL001</t>
   </si>
   <si>
+    <t>Hampden Estate 8 Year Old Rum</t>
+  </si>
+  <si>
+    <t>HAMP055</t>
+  </si>
+  <si>
     <t>Havana Club 3 Year Old Rum</t>
   </si>
   <si>
     <t>HAVA001</t>
   </si>
   <si>
     <t>Havana Club 7 Year Old Rum</t>
   </si>
   <si>
     <t>HAVA005</t>
   </si>
   <si>
     <t>Havana Club Anejo Especial Rum</t>
   </si>
   <si>
     <t>HAVA015</t>
   </si>
   <si>
     <t>Kraken Black Spiced Rum</t>
   </si>
   <si>
     <t>KRAK001</t>
   </si>
   <si>
     <t>Kraken Cherry &amp; Vanilla Black Spiced Rum</t>
@@ -2482,107 +2563,125 @@
   <si>
     <t>Langs Pineapple Rum</t>
   </si>
   <si>
     <t>LANG200</t>
   </si>
   <si>
     <t>Langs Spiced Rum</t>
   </si>
   <si>
     <t>LANG215</t>
   </si>
   <si>
     <t>Mount Gay Eclipse Rum</t>
   </si>
   <si>
     <t>MOUN001</t>
   </si>
   <si>
     <t>Pennington's Pineapple Spiced Rum</t>
   </si>
   <si>
     <t>KEND105</t>
   </si>
   <si>
+    <t>Plantation XO 20th Anniversary Rum</t>
+  </si>
+  <si>
+    <t>PLAN005</t>
+  </si>
+  <si>
     <t>Sailor Jerry Spiced Rum</t>
   </si>
   <si>
     <t>SAIL001</t>
   </si>
   <si>
     <t>Takamaka Pti Lakas Rum</t>
   </si>
   <si>
     <t>TAKA020</t>
   </si>
   <si>
     <t>Velho Barreiro Cachaça</t>
   </si>
   <si>
     <t>VELH001</t>
   </si>
   <si>
     <t>Velho Barreiro Gold Cachaça</t>
   </si>
   <si>
     <t>VELH005</t>
   </si>
   <si>
+    <t>Wood's 100 Old Navy Rum</t>
+  </si>
+  <si>
+    <t>WOOD005</t>
+  </si>
+  <si>
     <t>Tequila</t>
   </si>
   <si>
     <t>Bruxo No.1 Espadin Mezcal</t>
   </si>
   <si>
     <t>BRUX001</t>
   </si>
   <si>
     <t>Bruxo No.3 Barril Mezcal</t>
   </si>
   <si>
     <t>BRUX005</t>
   </si>
   <si>
     <t>Bruxo No.4 Blend Mezcal</t>
   </si>
   <si>
     <t>BRUX010</t>
   </si>
   <si>
     <t>Cincoro Blanco Tequila</t>
   </si>
   <si>
     <t>CINC001</t>
   </si>
   <si>
     <t>Cincoro Reposado Tequila</t>
   </si>
   <si>
     <t>CINC005</t>
   </si>
   <si>
+    <t>Hacien Pineapple Tequila Blanco</t>
+  </si>
+  <si>
+    <t>HACI020</t>
+  </si>
+  <si>
     <t>House Silver Tequila</t>
   </si>
   <si>
     <t>TWOF002</t>
   </si>
   <si>
     <t>Jose Cuervo Especial Gold Tequila</t>
   </si>
   <si>
     <t>TWOF005</t>
   </si>
   <si>
     <t>Jose Cuervo Especial Silver Tequila</t>
   </si>
   <si>
     <t>TEQU010</t>
   </si>
   <si>
     <t>Mi Campo Blanco Tequila</t>
   </si>
   <si>
     <t>MICA001</t>
   </si>
   <si>
     <t>Mi Campo Reposado Tequila</t>
@@ -2722,50 +2821,56 @@
   <si>
     <t>Kin Toffee Vodka</t>
   </si>
   <si>
     <t>KINT010</t>
   </si>
   <si>
     <t>Kin Toffee Vodka 20cl</t>
   </si>
   <si>
     <t>KINT001</t>
   </si>
   <si>
     <t>Kin Toffee Vodka 50cl</t>
   </si>
   <si>
     <t>KINT005</t>
   </si>
   <si>
     <t>Kin Toffee Vodka 5cl</t>
   </si>
   <si>
     <t>KINT015</t>
   </si>
   <si>
+    <t>Konik's Tail Vodka</t>
+  </si>
+  <si>
+    <t>KONI001</t>
+  </si>
+  <si>
     <t>Lakes Distillery Vodka</t>
   </si>
   <si>
     <t>THEO290</t>
   </si>
   <si>
     <t>Lakes Distillery Vodka Miniatures 5cl</t>
   </si>
   <si>
     <t>THEO040</t>
   </si>
   <si>
     <t>Masons of Yorkshire Citrus Vodka</t>
   </si>
   <si>
     <t>MASO100</t>
   </si>
   <si>
     <t>Masons of Yorkshire Classic Vodka</t>
   </si>
   <si>
     <t>MASO020</t>
   </si>
   <si>
     <t>Masons of Yorkshire Espresso Vodka</t>
@@ -2797,104 +2902,134 @@
   <si>
     <t>SMIR001</t>
   </si>
   <si>
     <t>Smirnoff Vanilla Vodka</t>
   </si>
   <si>
     <t>SMIR095</t>
   </si>
   <si>
     <t>Standing Stones Vodka</t>
   </si>
   <si>
     <t>STAN010</t>
   </si>
   <si>
     <t>Stolichnaya Red Vodka</t>
   </si>
   <si>
     <t>STOL001</t>
   </si>
   <si>
     <t>Whiskies</t>
   </si>
   <si>
+    <t>Amrut Fusion Indian Single Malt Whisky</t>
+  </si>
+  <si>
+    <t>AMRU005</t>
+  </si>
+  <si>
     <t>Ardbeg 10 Year Old Islay Single Malt Whisky</t>
   </si>
   <si>
     <t>ARDB001</t>
   </si>
   <si>
     <t>Ardbeg Anthology 2023: The Harpy’s Tale 13 Year Old Islay Single Malt Whisky</t>
   </si>
   <si>
     <t>ARDB165</t>
   </si>
   <si>
     <t>Ardbeg Heavy Vapours Year Old Islay Single Malt Whisky</t>
   </si>
   <si>
     <t>ARDB155</t>
   </si>
   <si>
     <t>Ardbeg Vintage_Y2k 23 Year Old Islay Single Malt Whisky</t>
   </si>
   <si>
     <t>ARDB175</t>
   </si>
   <si>
     <t>Ardnamurchan AD 09.22 Cask Strength Single Malt Whisky</t>
   </si>
   <si>
     <t>ARDN045</t>
   </si>
   <si>
     <t>Ardnamurchan The Midgie Release Single Malt Whisky</t>
   </si>
   <si>
     <t>ARDN070</t>
   </si>
   <si>
+    <t>Arran 10 Year Old Single Malt Whisky</t>
+  </si>
+  <si>
+    <t>ARRA001</t>
+  </si>
+  <si>
+    <t>Auchentoshan Three Wood Lowland Single Malt Whisky</t>
+  </si>
+  <si>
+    <t>AUCH015</t>
+  </si>
+  <si>
     <t>Bell's Scotch Whisky</t>
   </si>
   <si>
     <t>BELL011</t>
   </si>
   <si>
     <t>Bowmore 12 Year Old Islay Single Malt Whisky</t>
   </si>
   <si>
     <t>BOWM001</t>
   </si>
   <si>
+    <t>Bruichladdich Black Art 07.1 25 Year Old Islay Single Malt Whisky</t>
+  </si>
+  <si>
+    <t>BRUI085</t>
+  </si>
+  <si>
     <t>Bruichladdich Micro Provenance Cask 0417 Islay Single Malt Whisky</t>
   </si>
   <si>
     <t>BRUI090</t>
   </si>
   <si>
+    <t>Bruichladdich Octomore 13.2 Islay Single Malt Whisky</t>
+  </si>
+  <si>
+    <t>BRUI115</t>
+  </si>
+  <si>
     <t>Bruichladdich Octomore 13.3 Islay Single Malt Whisky</t>
   </si>
   <si>
     <t>BRUI120</t>
   </si>
   <si>
     <t>Buffalo Trace Kentucky Straight Bourbon Whiskey</t>
   </si>
   <si>
     <t>BUFF001</t>
   </si>
   <si>
     <t>Bulleit Bourbon Kentucky Straight Bourbon Whiskey</t>
   </si>
   <si>
     <t>BULL001</t>
   </si>
   <si>
     <t>Bushmills 10 Year Old Irish Single Malt Whiskey</t>
   </si>
   <si>
     <t>BUSH001</t>
   </si>
   <si>
     <t>Bushmills Black Bush Irish Whiskey</t>
@@ -2947,50 +3082,56 @@
   <si>
     <t>Dalmore 12 Year Old Highland Single Malt Whisky</t>
   </si>
   <si>
     <t>DALM010</t>
   </si>
   <si>
     <t>Dalmore 15 Year Old Highland Single Malt Whisky</t>
   </si>
   <si>
     <t>DALM025</t>
   </si>
   <si>
     <t>Dalmore 18 Year Old Highland Single Malt Whisky</t>
   </si>
   <si>
     <t>DALM030</t>
   </si>
   <si>
     <t>Dalmore King Alexander Highland Single Malt Whisky</t>
   </si>
   <si>
     <t>DALM040</t>
   </si>
   <si>
+    <t>Dalmore Port Wood Reserve Highland Single Malt Whisky</t>
+  </si>
+  <si>
+    <t>DALM050</t>
+  </si>
+  <si>
     <t>Dalmore Vintage 2006 (Bottled 2024) Highland Single Malt Whisky</t>
   </si>
   <si>
     <t>DALM080</t>
   </si>
   <si>
     <t>Dalmore Vintage 2007 Highland Single Malt Whisky</t>
   </si>
   <si>
     <t>DALM065</t>
   </si>
   <si>
     <t>Dalmore Vintage 2009 (Bottled 2024) Highland Single Malt Whisky</t>
   </si>
   <si>
     <t>DALM075</t>
   </si>
   <si>
     <t>Dalwhinnie 15 Year Old Highland Single Malt Whisky</t>
   </si>
   <si>
     <t>DALW001</t>
   </si>
   <si>
     <t>Famous Grouse Scotch Whisky</t>
@@ -3169,72 +3310,72 @@
   <si>
     <t>Glenmorangie 18 Year Old Highland Single Malt Whisky</t>
   </si>
   <si>
     <t>GMOR015</t>
   </si>
   <si>
     <t>Glenmorangie Cadboll Estate 15 Year Old Highland Single Malt Whisky</t>
   </si>
   <si>
     <t>GMOR105</t>
   </si>
   <si>
     <t>Glenmorangie Cognac Cask Highland Single Malt Whisky</t>
   </si>
   <si>
     <t>GMOR080</t>
   </si>
   <si>
     <t>Glenmorangie Palo Cortado Cask Highland Single Malt Whisky</t>
   </si>
   <si>
     <t>GMOR100</t>
   </si>
   <si>
+    <t>Hibiki Harmony, Suntory Japanese Whisky</t>
+  </si>
+  <si>
+    <t>HIBI001</t>
+  </si>
+  <si>
     <t>Highland Park 12 Year Old Island Single Malt Whisky</t>
   </si>
   <si>
     <t>HIGH001</t>
   </si>
   <si>
-    <t>Isle of Jura 10 Year Old Island Single Malt Whisky</t>
-[...4 lines deleted...]
-  <si>
     <t>Isle of Jura Perspective No. 01 16 Year Old Island Single Malt Whisky</t>
   </si>
   <si>
     <t>JURA005</t>
   </si>
   <si>
-    <t>Isle of Raasay Cast Strength Single Malt Whisky</t>
-[...2 lines deleted...]
-    <t>RAAS015</t>
+    <t>Isle of Jura Seven Wood Island Single Malt Whisky</t>
+  </si>
+  <si>
+    <t>ISLE035</t>
   </si>
   <si>
     <t>Isle of Raasay Oak Species Maturation Series Single Malt Whisky</t>
   </si>
   <si>
     <t>RAAS020</t>
   </si>
   <si>
     <t>Isle of Raasay Signature Single Malt Whisky</t>
   </si>
   <si>
     <t>RAAS010</t>
   </si>
   <si>
     <t>Jack Daniel's Gentleman Jack Tennessee Whiskey</t>
   </si>
   <si>
     <t>JDAN025</t>
   </si>
   <si>
     <t>Jack Daniel's Tennessee Whiskey</t>
   </si>
   <si>
     <t>JDAN005</t>
   </si>
@@ -3271,50 +3412,62 @@
   <si>
     <t>Kentucky Owl Batch 12 Bourbon Whiskey</t>
   </si>
   <si>
     <t>KENT015</t>
   </si>
   <si>
     <t>Kentucky Owl Mardi Gra XO Cask Bourbon Whiskey</t>
   </si>
   <si>
     <t>KENT010</t>
   </si>
   <si>
     <t>Lakes Distillery Quatrefoil Collection Faith Blended Whisky</t>
   </si>
   <si>
     <t>THEO370</t>
   </si>
   <si>
     <t>Lakes Distillery Signature Single Malt Whisky</t>
   </si>
   <si>
     <t>THEO440</t>
   </si>
   <si>
+    <t>Lakes Distillery The One Colheita Finish Blended Whisky</t>
+  </si>
+  <si>
+    <t>THEO385</t>
+  </si>
+  <si>
+    <t>Lakes Distillery The One Manzanilla Finish Blended Whisky</t>
+  </si>
+  <si>
+    <t>THEO390</t>
+  </si>
+  <si>
     <t>Lakes Distillery The One Whisky Miniatures 5cl</t>
   </si>
   <si>
     <t>THEO005</t>
   </si>
   <si>
     <t>Lakes Distillery The Whiskymaker's Editions Equinox</t>
   </si>
   <si>
     <t>THEO420</t>
   </si>
   <si>
     <t>Lakes Distillery The Whiskymaker's Editions Galaxia</t>
   </si>
   <si>
     <t>THEO430</t>
   </si>
   <si>
     <t>Lakes Distillery The Whiskymaker's Editions Infinity Single Malt Whisky</t>
   </si>
   <si>
     <t>THEO400</t>
   </si>
   <si>
     <t>Lakes Distillery The Whiskymaker's Editions Mosaic Single Malt Whisky</t>
@@ -3427,50 +3580,56 @@
   <si>
     <t>Lochlea Distillery Sowing Edition, Single Malt Whisky, Third Crop</t>
   </si>
   <si>
     <t>LOCH105</t>
   </si>
   <si>
     <t>Maker's Mark Kentucky Straight Bourbon Whiskey</t>
   </si>
   <si>
     <t>MAKE001</t>
   </si>
   <si>
     <t>Mosgaard PX Cask Single Malt Whisky</t>
   </si>
   <si>
     <t>MOOS001</t>
   </si>
   <si>
     <t>Murray McDavid Crafted Blend Young &amp; Old 7 Year Old Blended Whisky</t>
   </si>
   <si>
     <t>MURR025</t>
   </si>
   <si>
+    <t>Murray McDavid Mission Gold Tamdhu 31 Year Old Single Malt Whisky</t>
+  </si>
+  <si>
+    <t>MURR010</t>
+  </si>
+  <si>
     <t>Nikka From The Barrel Japanese Whisky</t>
   </si>
   <si>
     <t>NIKK001</t>
   </si>
   <si>
     <t>Oban 14 Year Old Highland Single Malt Whisky</t>
   </si>
   <si>
     <t>OBAN001</t>
   </si>
   <si>
     <t>Pig's Nose Blended Scotch Whisky</t>
   </si>
   <si>
     <t>PIGS001</t>
   </si>
   <si>
     <t>Rittenhouse Straight Rye Whiskey</t>
   </si>
   <si>
     <t>RITT001</t>
   </si>
   <si>
     <t>Smokehead Twisted Stout Islay Single Malt Scotch Whisky</t>
@@ -3505,144 +3664,162 @@
   <si>
     <t>Tamdhu 12 Year Old Speyside Single Malt Whisky</t>
   </si>
   <si>
     <t>TAMD015</t>
   </si>
   <si>
     <t>Tamdhu 15 Year Old Speyside Single Malt Whisky</t>
   </si>
   <si>
     <t>TAMD020</t>
   </si>
   <si>
     <t>Tamdhu 18 Year Old Speyside Single Malt Whisky</t>
   </si>
   <si>
     <t>TAMD025</t>
   </si>
   <si>
     <t>Teeling 15 Year Old Japanese Edition Single Malt Whiskey</t>
   </si>
   <si>
     <t>TEEL075</t>
   </si>
   <si>
+    <t>That Boutique-y Whisky Company Glentauchers 17 Year Old Whisky</t>
+  </si>
+  <si>
+    <t>BOUT025</t>
+  </si>
+  <si>
     <t>That Boutique-y Whisky Company Islay #1 Batch 1 Whisky</t>
   </si>
   <si>
     <t>BOUT040</t>
   </si>
   <si>
     <t xml:space="preserve">The English Whisky Company 11 Year Old Full Matured Cabernet Sauvignon Cask  Single Malt Whisky</t>
   </si>
   <si>
     <t>ENGL095</t>
   </si>
   <si>
     <t>The GlenAllachie 11 Year Old Marsala Wood Finish Single Malt Whisky</t>
   </si>
   <si>
     <t>GLEN565</t>
   </si>
   <si>
-    <t>The GlenAllachie 12 Year Old Single Malt Whisky</t>
-[...4 lines deleted...]
-  <si>
     <t>The GlenAllachie 15 Year Old Single Malt Whisky</t>
   </si>
   <si>
     <t>GLEN545</t>
   </si>
   <si>
     <t>The GlenAllachie 7 Year Old Hungarian Oak Finish Single Malt Whisky</t>
   </si>
   <si>
     <t>GLEN555</t>
   </si>
   <si>
     <t>The Glenturret 15 Year Old Single Malt Whisky</t>
   </si>
   <si>
     <t>GLEN615</t>
   </si>
   <si>
     <t>The Glenturret 7 Year Old Peat Smoke Single Malt Whisky</t>
   </si>
   <si>
     <t>GLEN605</t>
   </si>
   <si>
+    <t>The One Orange Expression Blended Whisky</t>
+  </si>
+  <si>
+    <t>THEO330</t>
+  </si>
+  <si>
     <t>The One Signature Blend Whisky</t>
   </si>
   <si>
     <t>THEO295</t>
   </si>
   <si>
+    <t>Tomatin 12 Year Old Highland Single Malt Whisky</t>
+  </si>
+  <si>
+    <t>TOMA001</t>
+  </si>
+  <si>
     <t>Tomatin Legacy Highland Single Malt Whisky</t>
   </si>
   <si>
     <t>TOMA050</t>
   </si>
   <si>
     <t>Tomatin The Italian Collection The Amarone Edition Highland Single Malt Whisky</t>
   </si>
   <si>
     <t>TOMA175</t>
   </si>
   <si>
     <t>Tomatin The Italian Collection The Barolo Edition Highland Single Malt Whisky</t>
   </si>
   <si>
     <t>TOMA185</t>
   </si>
   <si>
     <t>Tomatin The Italian Collection The Marsala Edition Highland Single Malt Whisky</t>
   </si>
   <si>
     <t>TOMA180</t>
   </si>
   <si>
     <t>Tomatin The Portuguese Collection The Moscatel Edition Highland Single Malt Whisky</t>
   </si>
   <si>
     <t>TOMA160</t>
   </si>
   <si>
     <t>Waterford Gaia Irish Single Malt Whiskey</t>
   </si>
   <si>
     <t>WATE065</t>
   </si>
   <si>
     <t>Wire Works Alter Ego Single Malt Whisky</t>
   </si>
   <si>
     <t>WIRE005</t>
+  </si>
+  <si>
+    <t>Wire Works Bourbon Cask Single Malt Whisky</t>
+  </si>
+  <si>
+    <t>WIRE015</t>
   </si>
   <si>
     <t>Wire Works Caduro Single Malt Whisky</t>
   </si>
   <si>
     <t>WIRE001</t>
   </si>
   <si>
     <t>Wire Works Necessary Evil Single Malt Whisky</t>
   </si>
   <si>
     <t>WIRE025</t>
   </si>
   <si>
     <t>Wire Works Virgin Oak Single Malt Whisky</t>
   </si>
   <si>
     <t>WIRE010</t>
   </si>
   <si>
     <t>Woodford Reserve Kentucky Bourbon Whiskey</t>
   </si>
   <si>
     <t>WOOD095</t>
   </si>
@@ -3679,68 +3856,68 @@
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="164" applyNumberFormat="1" fontId="1" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:D593">
-  <autoFilter ref="A1:D593"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:D622">
+  <autoFilter ref="A1:D622"/>
   <tableColumns count="4">
     <tableColumn id="1" name="Category"/>
     <tableColumn id="2" name="Name"/>
     <tableColumn id="3" name="ProductCode"/>
     <tableColumn id="4" name="Price"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight1" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:D593"/>
+  <dimension ref="A1:D622"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="18.4488330841064" customWidth="1"/>
     <col min="2" max="2" width="55" customWidth="1"/>
     <col min="3" max="3" width="14.0665775299072" customWidth="1"/>
     <col min="4" max="4" width="9.240625" customWidth="1" style="2"/>
     <col min="5" max="5" width="9.240625" customWidth="1"/>
     <col min="6" max="6" width="9.240625" customWidth="1"/>
     <col min="7" max="7" width="9.240625" customWidth="1"/>
     <col min="8" max="8" width="9.240625" customWidth="1"/>
     <col min="9" max="9" width="9.240625" customWidth="1"/>
     <col min="10" max="10" width="9.240625" customWidth="1"/>
     <col min="11" max="11" width="9.240625" customWidth="1"/>
     <col min="12" max="12" width="9.240625" customWidth="1"/>
     <col min="13" max="13" width="9.240625" customWidth="1"/>
     <col min="14" max="14" width="9.240625" customWidth="1"/>
     <col min="15" max="15" width="9.240625" customWidth="1"/>
     <col min="16" max="16" width="9.240625" customWidth="1"/>
     <col min="17" max="17" width="9.240625" customWidth="1"/>
     <col min="18" max="18" width="9.240625" customWidth="1"/>
     <col min="19" max="19" width="9.240625" customWidth="1"/>
     <col min="20" max="20" width="9.240625" customWidth="1"/>
@@ -4080,8057 +4257,8463 @@
     <row r="19">
       <c r="A19" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B19" s="1" t="s">
         <v>39</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>40</v>
       </c>
       <c r="D19" s="3">
         <v>29.99</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>41</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>42</v>
       </c>
       <c r="D20" s="3">
-        <v>37.99</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B21" s="1" t="s">
         <v>43</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>44</v>
       </c>
       <c r="D21" s="3">
-        <v>24.99</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B22" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D22" s="3">
-        <v>19.99</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B23" s="1" t="s">
         <v>47</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>48</v>
       </c>
       <c r="D23" s="3">
-        <v>24.99</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="1" t="s">
-        <v>4</v>
+        <v>49</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D24" s="3">
-        <v>21.99</v>
+        <v>35.49</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="1" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>52</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>53</v>
       </c>
       <c r="D25" s="3">
         <v>35.49</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="1" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>54</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>55</v>
       </c>
       <c r="D26" s="3">
-        <v>35.49</v>
+        <v>17.49</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="1" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>56</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>57</v>
       </c>
       <c r="D27" s="3">
-        <v>17.49</v>
+        <v>28.49</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="1" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="B28" s="1" t="s">
         <v>58</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>59</v>
       </c>
       <c r="D28" s="3">
-        <v>28.49</v>
+        <v>20.99</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="1" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="B29" s="1" t="s">
         <v>60</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>61</v>
       </c>
       <c r="D29" s="3">
-        <v>20.99</v>
+        <v>13.49</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="1" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="B30" s="1" t="s">
         <v>62</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>63</v>
       </c>
       <c r="D30" s="3">
-        <v>13.49</v>
+        <v>27.49</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="1" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="B31" s="1" t="s">
         <v>64</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>65</v>
       </c>
       <c r="D31" s="3">
         <v>27.49</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="1" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="B32" s="1" t="s">
         <v>66</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D32" s="3">
         <v>27.49</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="1" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="B33" s="1" t="s">
         <v>68</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>69</v>
       </c>
       <c r="D33" s="3">
-        <v>27.49</v>
+        <v>13.49</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="1" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="B34" s="1" t="s">
         <v>70</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>71</v>
       </c>
       <c r="D34" s="3">
         <v>13.49</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="1" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="B35" s="1" t="s">
         <v>72</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>73</v>
       </c>
       <c r="D35" s="3">
         <v>13.49</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="1" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="B36" s="1" t="s">
         <v>74</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>75</v>
       </c>
       <c r="D36" s="3">
-        <v>13.49</v>
+        <v>18.49</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="1" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="B37" s="1" t="s">
         <v>76</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>77</v>
       </c>
       <c r="D37" s="3">
-        <v>18.49</v>
+        <v>25.49</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="1" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="B38" s="1" t="s">
         <v>78</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>79</v>
       </c>
       <c r="D38" s="3">
-        <v>25.49</v>
+        <v>19.49</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="1" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="B39" s="1" t="s">
         <v>80</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>81</v>
       </c>
       <c r="D39" s="3">
-        <v>19.49</v>
+        <v>17.49</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="1" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="B40" s="1" t="s">
         <v>82</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>83</v>
       </c>
       <c r="D40" s="3">
-        <v>17.49</v>
+        <v>27.49</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="1" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="B41" s="1" t="s">
         <v>84</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>85</v>
       </c>
       <c r="D41" s="3">
-        <v>27.49</v>
+        <v>22.49</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="1" t="s">
-        <v>51</v>
+        <v>86</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D42" s="3">
-        <v>22.49</v>
+        <v>49.99</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="1" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="B43" s="1" t="s">
         <v>89</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>90</v>
       </c>
       <c r="D43" s="3">
-        <v>49.99</v>
+        <v>18.49</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="1" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="B44" s="1" t="s">
         <v>91</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>92</v>
       </c>
       <c r="D44" s="3">
-        <v>18.49</v>
+        <v>20.6</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="1" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D45" s="3">
-        <v>20.6</v>
+        <v>31.99</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="1" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D46" s="3">
-        <v>31.99</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="1" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="B47" s="1" t="s">
         <v>99</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>100</v>
       </c>
       <c r="D47" s="3">
-        <v>19.99</v>
+        <v>29.99</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="1" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="B48" s="1" t="s">
         <v>101</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>102</v>
       </c>
       <c r="D48" s="3">
         <v>29.99</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="1" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="B49" s="1" t="s">
         <v>103</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>104</v>
       </c>
       <c r="D49" s="3">
         <v>29.99</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="1" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="B50" s="1" t="s">
         <v>105</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>106</v>
       </c>
       <c r="D50" s="3">
-        <v>29.99</v>
+        <v>35.99</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="1" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="B51" s="1" t="s">
         <v>107</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>108</v>
       </c>
       <c r="D51" s="3">
-        <v>35.99</v>
+        <v>14.99</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="1" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="B52" s="1" t="s">
         <v>109</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>110</v>
       </c>
       <c r="D52" s="3">
-        <v>14.99</v>
+        <v>35.99</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="1" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="B53" s="1" t="s">
         <v>111</v>
       </c>
       <c r="C53" s="1" t="s">
         <v>112</v>
       </c>
       <c r="D53" s="3">
-        <v>35.99</v>
+        <v>14.99</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="1" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="B54" s="1" t="s">
         <v>113</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>114</v>
       </c>
       <c r="D54" s="3">
-        <v>14.99</v>
+        <v>22.99</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="1" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="B55" s="1" t="s">
         <v>115</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>116</v>
       </c>
       <c r="D55" s="3">
-        <v>22.99</v>
+        <v>26.99</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="1" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="B56" s="1" t="s">
         <v>117</v>
       </c>
       <c r="C56" s="1" t="s">
         <v>118</v>
       </c>
       <c r="D56" s="3">
         <v>26.99</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="1" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="B57" s="1" t="s">
         <v>119</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>120</v>
       </c>
       <c r="D57" s="3">
         <v>26.99</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="1" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="B58" s="1" t="s">
         <v>121</v>
       </c>
       <c r="C58" s="1" t="s">
         <v>122</v>
       </c>
       <c r="D58" s="3">
-        <v>26.99</v>
+        <v>33.99</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="1" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="B59" s="1" t="s">
         <v>123</v>
       </c>
       <c r="C59" s="1" t="s">
         <v>124</v>
       </c>
       <c r="D59" s="3">
         <v>33.99</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="1" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="B60" s="1" t="s">
         <v>125</v>
       </c>
       <c r="C60" s="1" t="s">
         <v>126</v>
       </c>
       <c r="D60" s="3">
         <v>33.99</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="1" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="B61" s="1" t="s">
         <v>127</v>
       </c>
       <c r="C61" s="1" t="s">
         <v>128</v>
       </c>
       <c r="D61" s="3">
         <v>33.99</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="1" t="s">
-        <v>98</v>
+        <v>129</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D62" s="3">
-        <v>33.99</v>
+        <v>11.99</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="1" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="B63" s="1" t="s">
         <v>132</v>
       </c>
       <c r="C63" s="1" t="s">
         <v>133</v>
       </c>
       <c r="D63" s="3">
         <v>11.99</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="1" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="B64" s="1" t="s">
         <v>134</v>
       </c>
       <c r="C64" s="1" t="s">
         <v>135</v>
       </c>
       <c r="D64" s="3">
         <v>11.99</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="1" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="B65" s="1" t="s">
         <v>136</v>
       </c>
       <c r="C65" s="1" t="s">
         <v>137</v>
       </c>
       <c r="D65" s="3">
         <v>11.99</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="1" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="B66" s="1" t="s">
         <v>138</v>
       </c>
       <c r="C66" s="1" t="s">
         <v>139</v>
       </c>
       <c r="D66" s="3">
         <v>11.99</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="1" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="B67" s="1" t="s">
         <v>140</v>
       </c>
       <c r="C67" s="1" t="s">
         <v>141</v>
       </c>
       <c r="D67" s="3">
         <v>11.99</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="1" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="B68" s="1" t="s">
         <v>142</v>
       </c>
       <c r="C68" s="1" t="s">
         <v>143</v>
       </c>
       <c r="D68" s="3">
         <v>11.99</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="1" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="B69" s="1" t="s">
         <v>144</v>
       </c>
       <c r="C69" s="1" t="s">
         <v>145</v>
       </c>
       <c r="D69" s="3">
         <v>11.99</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="1" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="B70" s="1" t="s">
         <v>146</v>
       </c>
       <c r="C70" s="1" t="s">
         <v>147</v>
       </c>
       <c r="D70" s="3">
         <v>11.99</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="1" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="B71" s="1" t="s">
         <v>148</v>
       </c>
       <c r="C71" s="1" t="s">
         <v>149</v>
       </c>
       <c r="D71" s="3">
         <v>11.99</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="1" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="B72" s="1" t="s">
         <v>150</v>
       </c>
       <c r="C72" s="1" t="s">
         <v>151</v>
       </c>
       <c r="D72" s="3">
         <v>11.99</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="1" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="B73" s="1" t="s">
         <v>152</v>
       </c>
       <c r="C73" s="1" t="s">
         <v>153</v>
       </c>
       <c r="D73" s="3">
         <v>11.99</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="1" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="B74" s="1" t="s">
         <v>154</v>
       </c>
       <c r="C74" s="1" t="s">
         <v>155</v>
       </c>
       <c r="D74" s="3">
         <v>11.99</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="1" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="B75" s="1" t="s">
         <v>156</v>
       </c>
       <c r="C75" s="1" t="s">
         <v>157</v>
       </c>
       <c r="D75" s="3">
         <v>11.99</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="1" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="B76" s="1" t="s">
         <v>158</v>
       </c>
       <c r="C76" s="1" t="s">
         <v>159</v>
       </c>
       <c r="D76" s="3">
         <v>11.99</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="1" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="B77" s="1" t="s">
         <v>160</v>
       </c>
       <c r="C77" s="1" t="s">
         <v>161</v>
       </c>
       <c r="D77" s="3">
         <v>11.99</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="1" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="B78" s="1" t="s">
         <v>162</v>
       </c>
       <c r="C78" s="1" t="s">
         <v>163</v>
       </c>
       <c r="D78" s="3">
         <v>11.99</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="1" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="B79" s="1" t="s">
         <v>164</v>
       </c>
       <c r="C79" s="1" t="s">
         <v>165</v>
       </c>
       <c r="D79" s="3">
         <v>11.99</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="1" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="B80" s="1" t="s">
         <v>166</v>
       </c>
       <c r="C80" s="1" t="s">
         <v>167</v>
       </c>
       <c r="D80" s="3">
         <v>11.99</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="1" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="B81" s="1" t="s">
         <v>168</v>
       </c>
       <c r="C81" s="1" t="s">
         <v>169</v>
       </c>
       <c r="D81" s="3">
         <v>11.99</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="1" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="B82" s="1" t="s">
         <v>170</v>
       </c>
       <c r="C82" s="1" t="s">
         <v>171</v>
       </c>
       <c r="D82" s="3">
         <v>11.99</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="1" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="B83" s="1" t="s">
         <v>172</v>
       </c>
       <c r="C83" s="1" t="s">
         <v>173</v>
       </c>
       <c r="D83" s="3">
         <v>11.99</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="1" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="B84" s="1" t="s">
         <v>174</v>
       </c>
       <c r="C84" s="1" t="s">
         <v>175</v>
       </c>
       <c r="D84" s="3">
         <v>11.99</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="1" t="s">
         <v>176</v>
       </c>
       <c r="B85" s="1" t="s">
         <v>177</v>
       </c>
       <c r="C85" s="1" t="s">
         <v>178</v>
       </c>
       <c r="D85" s="3">
-        <v>34.49</v>
+        <v>115</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="1" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="D86" s="3">
-        <v>48.49</v>
+        <v>34.49</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="1" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D87" s="3">
-        <v>140</v>
+        <v>48.49</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="1" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D88" s="3">
-        <v>90.49</v>
+        <v>140</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="1" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="D89" s="3">
-        <v>43.49</v>
+        <v>90.49</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="1" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="D90" s="3">
-        <v>44.49</v>
+        <v>43.49</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="1" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="D91" s="3">
-        <v>165</v>
+        <v>44.49</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="1" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="D92" s="3">
-        <v>60.49</v>
+        <v>180</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="1" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="D93" s="3">
-        <v>32.49</v>
+        <v>165</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="1" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="D94" s="3">
-        <v>40.49</v>
+        <v>60.49</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="1" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="D95" s="3">
-        <v>80.5</v>
+        <v>32.49</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="1" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="D96" s="3">
-        <v>32.49</v>
+        <v>40.49</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="1" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="D97" s="3">
-        <v>46.49</v>
+        <v>80.5</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="1" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="D98" s="3">
-        <v>67.5</v>
+        <v>32.49</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="1" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="D99" s="3">
-        <v>50.49</v>
+        <v>46.49</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="1" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D100" s="3">
-        <v>185</v>
+        <v>67.5</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="1" t="s">
-        <v>209</v>
+        <v>179</v>
       </c>
       <c r="B101" s="1" t="s">
         <v>210</v>
       </c>
       <c r="C101" s="1" t="s">
         <v>211</v>
       </c>
       <c r="D101" s="3">
-        <v>36.99</v>
+        <v>50.49</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="1" t="s">
-        <v>209</v>
+        <v>179</v>
       </c>
       <c r="B102" s="1" t="s">
         <v>212</v>
       </c>
       <c r="C102" s="1" t="s">
         <v>213</v>
       </c>
       <c r="D102" s="3">
-        <v>24.99</v>
+        <v>185</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="1" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="D103" s="3">
-        <v>24.99</v>
+        <v>36.99</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="1" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="D104" s="3">
         <v>24.99</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="1" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D105" s="3">
-        <v>34.99</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="1" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="D106" s="3">
-        <v>34.99</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="1" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="D107" s="3">
-        <v>27.99</v>
+        <v>34.99</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="1" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="D108" s="3">
         <v>34.99</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="1" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="D109" s="3">
-        <v>31.99</v>
+        <v>27.99</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="1" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="D110" s="3">
-        <v>31.99</v>
+        <v>34.99</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="1" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="D111" s="3">
         <v>31.99</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="1" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="D112" s="3">
-        <v>34.99</v>
+        <v>31.99</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="1" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="D113" s="3">
-        <v>34.99</v>
+        <v>31.99</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="1" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="D114" s="3">
         <v>34.99</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="1" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="D115" s="3">
         <v>34.99</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="1" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="D116" s="3">
         <v>34.99</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="1" t="s">
-        <v>242</v>
+        <v>214</v>
       </c>
       <c r="B117" s="1" t="s">
         <v>243</v>
       </c>
       <c r="C117" s="1" t="s">
         <v>244</v>
       </c>
       <c r="D117" s="3">
-        <v>35.49</v>
+        <v>34.99</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="1" t="s">
-        <v>242</v>
+        <v>214</v>
       </c>
       <c r="B118" s="1" t="s">
         <v>245</v>
       </c>
       <c r="C118" s="1" t="s">
         <v>246</v>
       </c>
       <c r="D118" s="3">
-        <v>33.99</v>
+        <v>34.99</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="1" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="D119" s="3">
-        <v>28.99</v>
+        <v>35.49</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="1" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="D120" s="3">
-        <v>21.49</v>
+        <v>33.99</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="1" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="D121" s="3">
-        <v>25.49</v>
+        <v>28.99</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="1" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="D122" s="3">
-        <v>36.49</v>
+        <v>21.49</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="1" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="D123" s="3">
-        <v>36.49</v>
+        <v>25.49</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="1" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="D124" s="3">
         <v>36.49</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="1" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="D125" s="3">
         <v>36.49</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="1" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="D126" s="3">
-        <v>35.49</v>
+        <v>36.49</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="1" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="D127" s="3">
-        <v>35.49</v>
+        <v>36.49</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="1" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="D128" s="3">
         <v>35.49</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="1" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="D129" s="3">
-        <v>39.49</v>
+        <v>35.49</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="1" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="D130" s="3">
-        <v>27.49</v>
+        <v>35.49</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="1" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="D131" s="3">
-        <v>19.49</v>
+        <v>26.99</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="1" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="D132" s="3">
-        <v>27.49</v>
+        <v>39.49</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="1" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="D133" s="3">
         <v>27.49</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="1" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D134" s="3">
-        <v>27.49</v>
+        <v>19.49</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="1" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="D135" s="3">
-        <v>30.49</v>
+        <v>27.49</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="1" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="D136" s="3">
-        <v>32.49</v>
+        <v>27.49</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="1" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="D137" s="3">
-        <v>40.49</v>
+        <v>27.49</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="1" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="D138" s="3">
-        <v>51.49</v>
+        <v>30.49</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="1" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="D139" s="3">
-        <v>19.49</v>
+        <v>32.49</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="1" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="D140" s="3">
-        <v>39.49</v>
+        <v>40.49</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="1" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="D141" s="3">
-        <v>21.49</v>
+        <v>51.49</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="1" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="D142" s="3">
-        <v>21.49</v>
+        <v>19.49</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="1" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="D143" s="3">
-        <v>35.49</v>
+        <v>39.49</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="1" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="D144" s="3">
-        <v>38.99</v>
+        <v>21.49</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="1" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="D145" s="3">
-        <v>32.99</v>
+        <v>21.49</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="1" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="D146" s="3">
-        <v>32.99</v>
+        <v>35.49</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="1" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="D147" s="3">
-        <v>37.49</v>
+        <v>38.99</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="1" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="D148" s="3">
-        <v>5.49</v>
+        <v>32.99</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="1" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="D149" s="3">
-        <v>38.49</v>
+        <v>32.99</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="1" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="D150" s="3">
-        <v>37.49</v>
+        <v>2.99</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="1" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="D151" s="3">
-        <v>5.49</v>
+        <v>37.49</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="1" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="D152" s="3">
-        <v>42.99</v>
+        <v>5.49</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="1" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="D153" s="3">
-        <v>32.49</v>
+        <v>38.49</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="1" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="D154" s="3">
-        <v>32.49</v>
+        <v>37.49</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="1" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="D155" s="3">
-        <v>32.49</v>
+        <v>5.49</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="1" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="D156" s="3">
-        <v>35.49</v>
+        <v>42.99</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="1" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="D157" s="3">
-        <v>39.49</v>
+        <v>32.49</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="1" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="D158" s="3">
-        <v>37.99</v>
+        <v>32.49</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="1" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="D159" s="3">
-        <v>33.49</v>
+        <v>32.49</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="1" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="D160" s="3">
-        <v>33.49</v>
+        <v>37.99</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="1" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="D161" s="3">
-        <v>33.49</v>
+        <v>35.49</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="1" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="D162" s="3">
-        <v>33.49</v>
+        <v>39.49</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="1" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="D163" s="3">
-        <v>33.49</v>
+        <v>37.99</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="1" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="D164" s="3">
-        <v>46.49</v>
+        <v>33.49</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="1" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="D165" s="3">
-        <v>40.99</v>
+        <v>33.49</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="1" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="D166" s="3">
-        <v>36.99</v>
+        <v>33.49</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="1" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="D167" s="3">
-        <v>28.49</v>
+        <v>33.49</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="1" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="D168" s="3">
-        <v>16.49</v>
+        <v>33.49</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="1" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="D169" s="3">
-        <v>4.39</v>
+        <v>46.49</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="1" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B170" s="1" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="D170" s="3">
-        <v>34.99</v>
+        <v>40.99</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="1" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B171" s="1" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="D171" s="3">
-        <v>34.99</v>
+        <v>36.99</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="1" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B172" s="1" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="D172" s="3">
-        <v>27.99</v>
+        <v>28.49</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="1" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="D173" s="3">
-        <v>35.49</v>
+        <v>16.49</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="1" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B174" s="1" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="D174" s="3">
-        <v>28.49</v>
+        <v>4.39</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="1" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B175" s="1" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="D175" s="3">
-        <v>32.49</v>
+        <v>34.99</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="1" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B176" s="1" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="D176" s="3">
-        <v>38.49</v>
+        <v>34.99</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="1" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B177" s="1" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="D177" s="3">
-        <v>39.49</v>
+        <v>27.99</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="1" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B178" s="1" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="D178" s="3">
-        <v>37.49</v>
+        <v>35.49</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="1" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B179" s="1" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="D179" s="3">
-        <v>37.49</v>
+        <v>28.49</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="1" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B180" s="1" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="D180" s="3">
-        <v>35.49</v>
+        <v>32.49</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="1" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B181" s="1" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="D181" s="3">
-        <v>34.49</v>
+        <v>38.49</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="1" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B182" s="1" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="D182" s="3">
-        <v>36.49</v>
+        <v>39.49</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="1" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B183" s="1" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="D183" s="3">
-        <v>34.49</v>
+        <v>37.49</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="1" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B184" s="1" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="D184" s="3">
-        <v>39.49</v>
+        <v>37.49</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="1" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B185" s="1" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="D185" s="3">
-        <v>38.49</v>
+        <v>35.49</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="1" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B186" s="1" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="D186" s="3">
-        <v>38.49</v>
+        <v>34.49</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="1" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B187" s="1" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="D187" s="3">
-        <v>39.49</v>
+        <v>36.49</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="1" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B188" s="1" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="D188" s="3">
-        <v>34.49</v>
+        <v>32.99</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="1" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B189" s="1" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="D189" s="3">
-        <v>24.49</v>
+        <v>34.49</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="1" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="D190" s="3">
         <v>39.49</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="1" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="D191" s="3">
-        <v>34.49</v>
+        <v>38.49</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="1" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="D192" s="3">
-        <v>44.49</v>
+        <v>38.49</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="1" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="D193" s="3">
-        <v>35.49</v>
+        <v>39.49</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="1" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="D194" s="3">
-        <v>38.49</v>
+        <v>34.49</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="1" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="D195" s="3">
-        <v>39.99</v>
+        <v>24.49</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="1" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B196" s="1" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="D196" s="3">
-        <v>24.99</v>
+        <v>39.49</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="1" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B197" s="1" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="D197" s="3">
-        <v>24.99</v>
+        <v>34.49</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="1" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B198" s="1" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="D198" s="3">
-        <v>24.99</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="1" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B199" s="1" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="D199" s="3">
-        <v>24.99</v>
+        <v>44.49</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="1" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B200" s="1" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="D200" s="3">
-        <v>24.99</v>
+        <v>35.49</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="1" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B201" s="1" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="D201" s="3">
-        <v>24.99</v>
+        <v>38.49</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="1" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B202" s="1" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="D202" s="3">
-        <v>24.99</v>
+        <v>39.99</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="1" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B203" s="1" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="D203" s="3">
-        <v>20.49</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="1" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B204" s="1" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="D204" s="3">
         <v>24.99</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="1" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B205" s="1" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="D205" s="3">
-        <v>36.49</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="1" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B206" s="1" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="D206" s="3">
-        <v>36.49</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="1" t="s">
-        <v>423</v>
+        <v>247</v>
       </c>
       <c r="B207" s="1" t="s">
         <v>424</v>
       </c>
       <c r="C207" s="1" t="s">
         <v>425</v>
       </c>
       <c r="D207" s="3">
-        <v>22.99</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="1" t="s">
-        <v>423</v>
+        <v>247</v>
       </c>
       <c r="B208" s="1" t="s">
         <v>426</v>
       </c>
       <c r="C208" s="1" t="s">
         <v>427</v>
       </c>
       <c r="D208" s="3">
-        <v>35.99</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="1" t="s">
-        <v>423</v>
+        <v>247</v>
       </c>
       <c r="B209" s="1" t="s">
         <v>428</v>
       </c>
       <c r="C209" s="1" t="s">
         <v>429</v>
       </c>
       <c r="D209" s="3">
-        <v>29.99</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="1" t="s">
-        <v>423</v>
+        <v>247</v>
       </c>
       <c r="B210" s="1" t="s">
         <v>430</v>
       </c>
       <c r="C210" s="1" t="s">
         <v>431</v>
       </c>
       <c r="D210" s="3">
-        <v>31.99</v>
+        <v>20.49</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="1" t="s">
-        <v>423</v>
+        <v>247</v>
       </c>
       <c r="B211" s="1" t="s">
         <v>432</v>
       </c>
       <c r="C211" s="1" t="s">
         <v>433</v>
       </c>
       <c r="D211" s="3">
-        <v>31.99</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="1" t="s">
-        <v>423</v>
+        <v>247</v>
       </c>
       <c r="B212" s="1" t="s">
         <v>434</v>
       </c>
       <c r="C212" s="1" t="s">
         <v>435</v>
       </c>
       <c r="D212" s="3">
-        <v>31.99</v>
+        <v>36.49</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="1" t="s">
-        <v>423</v>
+        <v>247</v>
       </c>
       <c r="B213" s="1" t="s">
         <v>436</v>
       </c>
       <c r="C213" s="1" t="s">
         <v>437</v>
       </c>
       <c r="D213" s="3">
-        <v>39.99</v>
+        <v>36.49</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="1" t="s">
-        <v>423</v>
+        <v>247</v>
       </c>
       <c r="B214" s="1" t="s">
         <v>438</v>
       </c>
       <c r="C214" s="1" t="s">
         <v>439</v>
       </c>
       <c r="D214" s="3">
-        <v>26.99</v>
+        <v>34.99</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="1" t="s">
-        <v>423</v>
+        <v>247</v>
       </c>
       <c r="B215" s="1" t="s">
         <v>440</v>
       </c>
       <c r="C215" s="1" t="s">
         <v>441</v>
       </c>
       <c r="D215" s="3">
-        <v>24.99</v>
+        <v>34.99</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="1" t="s">
-        <v>423</v>
+        <v>442</v>
       </c>
       <c r="B216" s="1" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="D216" s="3">
-        <v>39.99</v>
+        <v>25.99</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="1" t="s">
-        <v>423</v>
+        <v>442</v>
       </c>
       <c r="B217" s="1" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="D217" s="3">
-        <v>41.99</v>
+        <v>22.99</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="1" t="s">
-        <v>423</v>
+        <v>442</v>
       </c>
       <c r="B218" s="1" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="D218" s="3">
-        <v>29.99</v>
+        <v>35.99</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="1" t="s">
-        <v>423</v>
+        <v>442</v>
       </c>
       <c r="B219" s="1" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="D219" s="3">
-        <v>22.99</v>
+        <v>29.99</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="1" t="s">
-        <v>423</v>
+        <v>442</v>
       </c>
       <c r="B220" s="1" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="D220" s="3">
-        <v>39.99</v>
+        <v>31.99</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="1" t="s">
-        <v>423</v>
+        <v>442</v>
       </c>
       <c r="B221" s="1" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="D221" s="3">
-        <v>42.99</v>
+        <v>31.99</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="1" t="s">
-        <v>423</v>
+        <v>442</v>
       </c>
       <c r="B222" s="1" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="D222" s="3">
-        <v>26.99</v>
+        <v>31.99</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="1" t="s">
-        <v>423</v>
+        <v>442</v>
       </c>
       <c r="B223" s="1" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="D223" s="3">
-        <v>31.99</v>
+        <v>39.99</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="1" t="s">
-        <v>423</v>
+        <v>442</v>
       </c>
       <c r="B224" s="1" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="D224" s="3">
-        <v>43.99</v>
+        <v>26.99</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="1" t="s">
-        <v>423</v>
+        <v>442</v>
       </c>
       <c r="B225" s="1" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="D225" s="3">
-        <v>33.99</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="1" t="s">
-        <v>423</v>
+        <v>442</v>
       </c>
       <c r="B226" s="1" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="C226" s="1" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="D226" s="3">
-        <v>36.99</v>
+        <v>39.99</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="1" t="s">
-        <v>423</v>
+        <v>442</v>
       </c>
       <c r="B227" s="1" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="D227" s="3">
-        <v>49.99</v>
+        <v>41.99</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="1" t="s">
-        <v>466</v>
+        <v>442</v>
       </c>
       <c r="B228" s="1" t="s">
         <v>467</v>
       </c>
       <c r="C228" s="1" t="s">
         <v>468</v>
       </c>
       <c r="D228" s="3">
-        <v>23.49</v>
+        <v>29.99</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="1" t="s">
-        <v>466</v>
+        <v>442</v>
       </c>
       <c r="B229" s="1" t="s">
         <v>469</v>
       </c>
       <c r="C229" s="1" t="s">
         <v>470</v>
       </c>
       <c r="D229" s="3">
-        <v>23.49</v>
+        <v>22.99</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="1" t="s">
-        <v>466</v>
+        <v>442</v>
       </c>
       <c r="B230" s="1" t="s">
         <v>471</v>
       </c>
       <c r="C230" s="1" t="s">
         <v>472</v>
       </c>
       <c r="D230" s="3">
-        <v>17.49</v>
+        <v>39.99</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="1" t="s">
-        <v>466</v>
+        <v>442</v>
       </c>
       <c r="B231" s="1" t="s">
         <v>473</v>
       </c>
       <c r="C231" s="1" t="s">
         <v>474</v>
       </c>
       <c r="D231" s="3">
-        <v>17.49</v>
+        <v>42.99</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="1" t="s">
-        <v>466</v>
+        <v>442</v>
       </c>
       <c r="B232" s="1" t="s">
         <v>475</v>
       </c>
       <c r="C232" s="1" t="s">
         <v>476</v>
       </c>
       <c r="D232" s="3">
-        <v>17.49</v>
+        <v>26.99</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="1" t="s">
-        <v>466</v>
+        <v>442</v>
       </c>
       <c r="B233" s="1" t="s">
         <v>477</v>
       </c>
       <c r="C233" s="1" t="s">
         <v>478</v>
       </c>
       <c r="D233" s="3">
-        <v>18.49</v>
+        <v>31.99</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="1" t="s">
-        <v>466</v>
+        <v>442</v>
       </c>
       <c r="B234" s="1" t="s">
         <v>479</v>
       </c>
       <c r="C234" s="1" t="s">
         <v>480</v>
       </c>
       <c r="D234" s="3">
-        <v>32.49</v>
+        <v>43.99</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="1" t="s">
-        <v>466</v>
+        <v>442</v>
       </c>
       <c r="B235" s="1" t="s">
         <v>481</v>
       </c>
       <c r="C235" s="1" t="s">
         <v>482</v>
       </c>
       <c r="D235" s="3">
-        <v>67.99</v>
+        <v>33.99</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="1" t="s">
-        <v>466</v>
+        <v>442</v>
       </c>
       <c r="B236" s="1" t="s">
         <v>483</v>
       </c>
       <c r="C236" s="1" t="s">
         <v>484</v>
       </c>
       <c r="D236" s="3">
-        <v>67.99</v>
+        <v>36.99</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="1" t="s">
-        <v>466</v>
+        <v>442</v>
       </c>
       <c r="B237" s="1" t="s">
         <v>485</v>
       </c>
       <c r="C237" s="1" t="s">
         <v>486</v>
       </c>
       <c r="D237" s="3">
-        <v>26.49</v>
+        <v>49.99</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="1" t="s">
-        <v>466</v>
+        <v>487</v>
       </c>
       <c r="B238" s="1" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="C238" s="1" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="D238" s="3">
-        <v>23.49</v>
+        <v>14.99</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="1" t="s">
-        <v>466</v>
+        <v>487</v>
       </c>
       <c r="B239" s="1" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="C239" s="1" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="D239" s="3">
-        <v>32.49</v>
+        <v>20</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="1" t="s">
-        <v>466</v>
+        <v>487</v>
       </c>
       <c r="B240" s="1" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="C240" s="1" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="D240" s="3">
-        <v>25.49</v>
+        <v>23.49</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" s="1" t="s">
-        <v>466</v>
+        <v>487</v>
       </c>
       <c r="B241" s="1" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="C241" s="1" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="D241" s="3">
-        <v>22.99</v>
+        <v>23.49</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="1" t="s">
-        <v>466</v>
+        <v>487</v>
       </c>
       <c r="B242" s="1" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="C242" s="1" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="D242" s="3">
-        <v>23.49</v>
+        <v>17.49</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" s="1" t="s">
-        <v>466</v>
+        <v>487</v>
       </c>
       <c r="B243" s="1" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="C243" s="1" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="D243" s="3">
-        <v>24.49</v>
+        <v>17.49</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" s="1" t="s">
-        <v>466</v>
+        <v>487</v>
       </c>
       <c r="B244" s="1" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="C244" s="1" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="D244" s="3">
-        <v>23.49</v>
+        <v>17.49</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" s="1" t="s">
-        <v>466</v>
+        <v>487</v>
       </c>
       <c r="B245" s="1" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="C245" s="1" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="D245" s="3">
-        <v>27.49</v>
+        <v>18.49</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" s="1" t="s">
-        <v>466</v>
+        <v>487</v>
       </c>
       <c r="B246" s="1" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="C246" s="1" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="D246" s="3">
-        <v>26.49</v>
+        <v>32.49</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" s="1" t="s">
-        <v>466</v>
+        <v>487</v>
       </c>
       <c r="B247" s="1" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="C247" s="1" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="D247" s="3">
-        <v>23.49</v>
+        <v>67.99</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" s="1" t="s">
-        <v>466</v>
+        <v>487</v>
       </c>
       <c r="B248" s="1" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="C248" s="1" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="D248" s="3">
-        <v>28.49</v>
+        <v>67.99</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" s="1" t="s">
-        <v>466</v>
+        <v>487</v>
       </c>
       <c r="B249" s="1" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="C249" s="1" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="D249" s="3">
-        <v>50.49</v>
+        <v>26.49</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" s="1" t="s">
-        <v>466</v>
+        <v>487</v>
       </c>
       <c r="B250" s="1" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="C250" s="1" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="D250" s="3">
-        <v>30.49</v>
+        <v>23.49</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" s="1" t="s">
-        <v>466</v>
+        <v>487</v>
       </c>
       <c r="B251" s="1" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="C251" s="1" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="D251" s="3">
-        <v>26.49</v>
+        <v>32.49</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" s="1" t="s">
-        <v>466</v>
+        <v>487</v>
       </c>
       <c r="B252" s="1" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="C252" s="1" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="D252" s="3">
-        <v>33.49</v>
+        <v>25.49</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="1" t="s">
-        <v>466</v>
+        <v>487</v>
       </c>
       <c r="B253" s="1" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="C253" s="1" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="D253" s="3">
-        <v>19.49</v>
+        <v>22.99</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="1" t="s">
-        <v>466</v>
+        <v>487</v>
       </c>
       <c r="B254" s="1" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="C254" s="1" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="D254" s="3">
-        <v>19.49</v>
+        <v>23.49</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" s="1" t="s">
-        <v>466</v>
+        <v>487</v>
       </c>
       <c r="B255" s="1" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="C255" s="1" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="D255" s="3">
-        <v>28.99</v>
+        <v>24.49</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" s="1" t="s">
-        <v>466</v>
+        <v>487</v>
       </c>
       <c r="B256" s="1" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="C256" s="1" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="D256" s="3">
-        <v>25.49</v>
+        <v>23.49</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" s="1" t="s">
-        <v>466</v>
+        <v>487</v>
       </c>
       <c r="B257" s="1" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="C257" s="1" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="D257" s="3">
-        <v>25.49</v>
+        <v>27.49</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" s="1" t="s">
-        <v>466</v>
+        <v>487</v>
       </c>
       <c r="B258" s="1" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="C258" s="1" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="D258" s="3">
-        <v>25.99</v>
+        <v>26.49</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" s="1" t="s">
-        <v>466</v>
+        <v>487</v>
       </c>
       <c r="B259" s="1" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="C259" s="1" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="D259" s="3">
-        <v>19.99</v>
+        <v>23.49</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" s="1" t="s">
-        <v>466</v>
+        <v>487</v>
       </c>
       <c r="B260" s="1" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="C260" s="1" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="D260" s="3">
         <v>28.49</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" s="1" t="s">
-        <v>466</v>
+        <v>487</v>
       </c>
       <c r="B261" s="1" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="C261" s="1" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="D261" s="3">
-        <v>31.49</v>
+        <v>50.49</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" s="1" t="s">
-        <v>466</v>
+        <v>487</v>
       </c>
       <c r="B262" s="1" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="C262" s="1" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="D262" s="3">
-        <v>27.49</v>
+        <v>30.49</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" s="1" t="s">
-        <v>466</v>
+        <v>487</v>
       </c>
       <c r="B263" s="1" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="C263" s="1" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="D263" s="3">
-        <v>22.49</v>
+        <v>26.49</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" s="1" t="s">
-        <v>466</v>
+        <v>487</v>
       </c>
       <c r="B264" s="1" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="C264" s="1" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="D264" s="3">
-        <v>22.49</v>
+        <v>33.49</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" s="1" t="s">
-        <v>466</v>
+        <v>487</v>
       </c>
       <c r="B265" s="1" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="C265" s="1" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="D265" s="3">
-        <v>24.99</v>
+        <v>19.49</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" s="1" t="s">
-        <v>466</v>
+        <v>487</v>
       </c>
       <c r="B266" s="1" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="C266" s="1" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="D266" s="3">
-        <v>27.49</v>
+        <v>19.49</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="1" t="s">
-        <v>466</v>
+        <v>487</v>
       </c>
       <c r="B267" s="1" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="C267" s="1" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="D267" s="3">
-        <v>26.49</v>
+        <v>28.99</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="1" t="s">
-        <v>466</v>
+        <v>487</v>
       </c>
       <c r="B268" s="1" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="C268" s="1" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="D268" s="3">
-        <v>20.49</v>
+        <v>25.49</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" s="1" t="s">
-        <v>466</v>
+        <v>487</v>
       </c>
       <c r="B269" s="1" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="C269" s="1" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="D269" s="3">
-        <v>19.49</v>
+        <v>25.49</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" s="1" t="s">
-        <v>466</v>
+        <v>487</v>
       </c>
       <c r="B270" s="1" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="C270" s="1" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="D270" s="3">
-        <v>24.49</v>
+        <v>25.99</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="1" t="s">
-        <v>466</v>
+        <v>487</v>
       </c>
       <c r="B271" s="1" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="C271" s="1" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="D271" s="3">
-        <v>17.49</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="1" t="s">
-        <v>466</v>
+        <v>487</v>
       </c>
       <c r="B272" s="1" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="C272" s="1" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="D272" s="3">
-        <v>19.49</v>
+        <v>28.49</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="1" t="s">
-        <v>466</v>
+        <v>487</v>
       </c>
       <c r="B273" s="1" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="C273" s="1" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="D273" s="3">
-        <v>18.99</v>
+        <v>31.49</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="1" t="s">
-        <v>466</v>
+        <v>487</v>
       </c>
       <c r="B274" s="1" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="C274" s="1" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="D274" s="3">
-        <v>18.99</v>
+        <v>27.49</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" s="1" t="s">
-        <v>466</v>
+        <v>487</v>
       </c>
       <c r="B275" s="1" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="C275" s="1" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="D275" s="3">
-        <v>33.49</v>
+        <v>22.49</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="1" t="s">
-        <v>466</v>
+        <v>487</v>
       </c>
       <c r="B276" s="1" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="C276" s="1" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="D276" s="3">
-        <v>28.49</v>
+        <v>22.49</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="1" t="s">
-        <v>466</v>
+        <v>487</v>
       </c>
       <c r="B277" s="1" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="C277" s="1" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="D277" s="3">
-        <v>17.49</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" s="1" t="s">
-        <v>466</v>
+        <v>487</v>
       </c>
       <c r="B278" s="1" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="C278" s="1" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="D278" s="3">
-        <v>21.99</v>
+        <v>26.49</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" s="1" t="s">
-        <v>466</v>
+        <v>487</v>
       </c>
       <c r="B279" s="1" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="C279" s="1" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="D279" s="3">
-        <v>3.99</v>
+        <v>20.49</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" s="1" t="s">
-        <v>466</v>
+        <v>487</v>
       </c>
       <c r="B280" s="1" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="C280" s="1" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="D280" s="3">
-        <v>11.49</v>
+        <v>19.49</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" s="1" t="s">
-        <v>466</v>
+        <v>487</v>
       </c>
       <c r="B281" s="1" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="C281" s="1" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="D281" s="3">
-        <v>21.49</v>
+        <v>24.49</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" s="1" t="s">
-        <v>466</v>
+        <v>487</v>
       </c>
       <c r="B282" s="1" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="C282" s="1" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="D282" s="3">
-        <v>21.99</v>
+        <v>17.49</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" s="1" t="s">
-        <v>466</v>
+        <v>487</v>
       </c>
       <c r="B283" s="1" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="C283" s="1" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="D283" s="3">
-        <v>11.99</v>
+        <v>19.49</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" s="1" t="s">
-        <v>466</v>
+        <v>487</v>
       </c>
       <c r="B284" s="1" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="C284" s="1" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="D284" s="3">
-        <v>21.99</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" s="1" t="s">
-        <v>466</v>
+        <v>487</v>
       </c>
       <c r="B285" s="1" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="C285" s="1" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="D285" s="3">
-        <v>3.99</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" s="1" t="s">
-        <v>466</v>
+        <v>487</v>
       </c>
       <c r="B286" s="1" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="C286" s="1" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="D286" s="3">
-        <v>28.49</v>
+        <v>33.49</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" s="1" t="s">
-        <v>466</v>
+        <v>487</v>
       </c>
       <c r="B287" s="1" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="C287" s="1" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="D287" s="3">
-        <v>27.99</v>
+        <v>28.49</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" s="1" t="s">
-        <v>466</v>
+        <v>487</v>
       </c>
       <c r="B288" s="1" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="C288" s="1" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="D288" s="3">
-        <v>11.5</v>
+        <v>17.49</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" s="1" t="s">
-        <v>466</v>
+        <v>487</v>
       </c>
       <c r="B289" s="1" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="C289" s="1" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="D289" s="3">
-        <v>24.49</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" s="1" t="s">
-        <v>466</v>
+        <v>487</v>
       </c>
       <c r="B290" s="1" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="C290" s="1" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="D290" s="3">
-        <v>27</v>
+        <v>3.99</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" s="1" t="s">
-        <v>466</v>
+        <v>487</v>
       </c>
       <c r="B291" s="1" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="C291" s="1" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="D291" s="3">
-        <v>31.99</v>
+        <v>11.49</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" s="1" t="s">
-        <v>466</v>
+        <v>487</v>
       </c>
       <c r="B292" s="1" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="C292" s="1" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="D292" s="3">
-        <v>18.49</v>
+        <v>21.49</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" s="1" t="s">
-        <v>466</v>
+        <v>487</v>
       </c>
       <c r="B293" s="1" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="C293" s="1" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="D293" s="3">
-        <v>27.49</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" s="1" t="s">
-        <v>466</v>
+        <v>487</v>
       </c>
       <c r="B294" s="1" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="C294" s="1" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="D294" s="3">
-        <v>49.5</v>
+        <v>11.99</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" s="1" t="s">
-        <v>466</v>
+        <v>487</v>
       </c>
       <c r="B295" s="1" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="C295" s="1" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="D295" s="3">
-        <v>31.49</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" s="1" t="s">
-        <v>466</v>
+        <v>487</v>
       </c>
       <c r="B296" s="1" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="C296" s="1" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="D296" s="3">
-        <v>59.5</v>
+        <v>3.99</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" s="1" t="s">
-        <v>466</v>
+        <v>487</v>
       </c>
       <c r="B297" s="1" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="C297" s="1" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="D297" s="3">
-        <v>20.49</v>
+        <v>28.49</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" s="1" t="s">
-        <v>466</v>
+        <v>487</v>
       </c>
       <c r="B298" s="1" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="C298" s="1" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="D298" s="3">
-        <v>31.49</v>
+        <v>27.99</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" s="1" t="s">
-        <v>466</v>
+        <v>487</v>
       </c>
       <c r="B299" s="1" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="C299" s="1" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="D299" s="3">
-        <v>27.49</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" s="1" t="s">
-        <v>466</v>
+        <v>487</v>
       </c>
       <c r="B300" s="1" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="C300" s="1" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="D300" s="3">
-        <v>31.49</v>
+        <v>24.49</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" s="1" t="s">
-        <v>466</v>
+        <v>487</v>
       </c>
       <c r="B301" s="1" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="C301" s="1" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="D301" s="3">
-        <v>36.49</v>
+        <v>27</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="1" t="s">
-        <v>466</v>
+        <v>487</v>
       </c>
       <c r="B302" s="1" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="C302" s="1" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="D302" s="3">
-        <v>37.49</v>
+        <v>31.99</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" s="1" t="s">
-        <v>617</v>
+        <v>487</v>
       </c>
       <c r="B303" s="1" t="s">
         <v>618</v>
       </c>
       <c r="C303" s="1" t="s">
         <v>619</v>
       </c>
       <c r="D303" s="3">
-        <v>21.99</v>
+        <v>22.99</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" s="1" t="s">
-        <v>617</v>
+        <v>487</v>
       </c>
       <c r="B304" s="1" t="s">
         <v>620</v>
       </c>
       <c r="C304" s="1" t="s">
         <v>621</v>
       </c>
       <c r="D304" s="3">
-        <v>15.99</v>
+        <v>18.49</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" s="1" t="s">
-        <v>617</v>
+        <v>487</v>
       </c>
       <c r="B305" s="1" t="s">
         <v>622</v>
       </c>
       <c r="C305" s="1" t="s">
         <v>623</v>
       </c>
       <c r="D305" s="3">
-        <v>15.99</v>
+        <v>27.49</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" s="1" t="s">
-        <v>617</v>
+        <v>487</v>
       </c>
       <c r="B306" s="1" t="s">
         <v>624</v>
       </c>
       <c r="C306" s="1" t="s">
         <v>625</v>
       </c>
       <c r="D306" s="3">
-        <v>14.49</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" s="1" t="s">
-        <v>617</v>
+        <v>487</v>
       </c>
       <c r="B307" s="1" t="s">
         <v>626</v>
       </c>
       <c r="C307" s="1" t="s">
         <v>627</v>
       </c>
       <c r="D307" s="3">
-        <v>15.99</v>
+        <v>31.49</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" s="1" t="s">
-        <v>617</v>
+        <v>487</v>
       </c>
       <c r="B308" s="1" t="s">
         <v>628</v>
       </c>
       <c r="C308" s="1" t="s">
         <v>629</v>
       </c>
       <c r="D308" s="3">
-        <v>15.99</v>
+        <v>59.5</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" s="1" t="s">
-        <v>617</v>
+        <v>487</v>
       </c>
       <c r="B309" s="1" t="s">
         <v>630</v>
       </c>
       <c r="C309" s="1" t="s">
         <v>631</v>
       </c>
       <c r="D309" s="3">
-        <v>17.99</v>
+        <v>20.49</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="1" t="s">
-        <v>617</v>
+        <v>487</v>
       </c>
       <c r="B310" s="1" t="s">
         <v>632</v>
       </c>
       <c r="C310" s="1" t="s">
         <v>633</v>
       </c>
       <c r="D310" s="3">
-        <v>15.99</v>
+        <v>31.49</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="1" t="s">
-        <v>617</v>
+        <v>487</v>
       </c>
       <c r="B311" s="1" t="s">
         <v>634</v>
       </c>
       <c r="C311" s="1" t="s">
         <v>635</v>
       </c>
       <c r="D311" s="3">
-        <v>17.99</v>
+        <v>27.49</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" s="1" t="s">
-        <v>617</v>
+        <v>487</v>
       </c>
       <c r="B312" s="1" t="s">
         <v>636</v>
       </c>
       <c r="C312" s="1" t="s">
         <v>637</v>
       </c>
       <c r="D312" s="3">
-        <v>18.99</v>
+        <v>31.49</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" s="1" t="s">
-        <v>617</v>
+        <v>487</v>
       </c>
       <c r="B313" s="1" t="s">
         <v>638</v>
       </c>
       <c r="C313" s="1" t="s">
         <v>639</v>
       </c>
       <c r="D313" s="3">
-        <v>18.99</v>
+        <v>36.49</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" s="1" t="s">
-        <v>617</v>
+        <v>487</v>
       </c>
       <c r="B314" s="1" t="s">
         <v>640</v>
       </c>
       <c r="C314" s="1" t="s">
         <v>641</v>
       </c>
       <c r="D314" s="3">
-        <v>13.99</v>
+        <v>37.49</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" s="1" t="s">
-        <v>617</v>
+        <v>642</v>
       </c>
       <c r="B315" s="1" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="C315" s="1" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="D315" s="3">
-        <v>14.99</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" s="1" t="s">
-        <v>617</v>
+        <v>642</v>
       </c>
       <c r="B316" s="1" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="C316" s="1" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="D316" s="3">
-        <v>13.99</v>
+        <v>15.99</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" s="1" t="s">
-        <v>617</v>
+        <v>642</v>
       </c>
       <c r="B317" s="1" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="C317" s="1" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="D317" s="3">
-        <v>14.99</v>
+        <v>15.99</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" s="1" t="s">
-        <v>617</v>
+        <v>642</v>
       </c>
       <c r="B318" s="1" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="C318" s="1" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="D318" s="3">
-        <v>13.99</v>
+        <v>14.49</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" s="1" t="s">
-        <v>617</v>
+        <v>642</v>
       </c>
       <c r="B319" s="1" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="C319" s="1" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="D319" s="3">
-        <v>21.99</v>
+        <v>15.99</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" s="1" t="s">
-        <v>617</v>
+        <v>642</v>
       </c>
       <c r="B320" s="1" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="C320" s="1" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="D320" s="3">
-        <v>13.99</v>
+        <v>15.99</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" s="1" t="s">
-        <v>617</v>
+        <v>642</v>
       </c>
       <c r="B321" s="1" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="C321" s="1" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="D321" s="3">
-        <v>16.99</v>
+        <v>17.99</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" s="1" t="s">
-        <v>617</v>
+        <v>642</v>
       </c>
       <c r="B322" s="1" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="C322" s="1" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="D322" s="3">
-        <v>13.99</v>
+        <v>15.99</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" s="1" t="s">
-        <v>617</v>
+        <v>642</v>
       </c>
       <c r="B323" s="1" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="C323" s="1" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="D323" s="3">
-        <v>16.99</v>
+        <v>17.99</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" s="1" t="s">
-        <v>660</v>
+        <v>642</v>
       </c>
       <c r="B324" s="1" t="s">
         <v>661</v>
       </c>
       <c r="C324" s="1" t="s">
         <v>662</v>
       </c>
       <c r="D324" s="3">
-        <v>31.99</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" s="1" t="s">
-        <v>660</v>
+        <v>642</v>
       </c>
       <c r="B325" s="1" t="s">
         <v>663</v>
       </c>
       <c r="C325" s="1" t="s">
         <v>664</v>
       </c>
       <c r="D325" s="3">
-        <v>6.5</v>
+        <v>13.99</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" s="1" t="s">
-        <v>660</v>
+        <v>642</v>
       </c>
       <c r="B326" s="1" t="s">
         <v>665</v>
       </c>
       <c r="C326" s="1" t="s">
         <v>666</v>
       </c>
       <c r="D326" s="3">
-        <v>18.99</v>
+        <v>14.99</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" s="1" t="s">
-        <v>660</v>
+        <v>642</v>
       </c>
       <c r="B327" s="1" t="s">
         <v>667</v>
       </c>
       <c r="C327" s="1" t="s">
         <v>668</v>
       </c>
       <c r="D327" s="3">
-        <v>18.99</v>
+        <v>13.99</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" s="1" t="s">
-        <v>660</v>
+        <v>642</v>
       </c>
       <c r="B328" s="1" t="s">
         <v>669</v>
       </c>
       <c r="C328" s="1" t="s">
         <v>670</v>
       </c>
       <c r="D328" s="3">
-        <v>18.99</v>
+        <v>14.99</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" s="1" t="s">
-        <v>660</v>
+        <v>642</v>
       </c>
       <c r="B329" s="1" t="s">
         <v>671</v>
       </c>
       <c r="C329" s="1" t="s">
         <v>672</v>
       </c>
       <c r="D329" s="3">
-        <v>17.99</v>
+        <v>13.99</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" s="1" t="s">
-        <v>660</v>
+        <v>642</v>
       </c>
       <c r="B330" s="1" t="s">
         <v>673</v>
       </c>
       <c r="C330" s="1" t="s">
         <v>674</v>
       </c>
       <c r="D330" s="3">
-        <v>21.99</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" s="1" t="s">
-        <v>660</v>
+        <v>642</v>
       </c>
       <c r="B331" s="1" t="s">
         <v>675</v>
       </c>
       <c r="C331" s="1" t="s">
         <v>676</v>
       </c>
       <c r="D331" s="3">
-        <v>31.99</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" s="1" t="s">
-        <v>660</v>
+        <v>642</v>
       </c>
       <c r="B332" s="1" t="s">
         <v>677</v>
       </c>
       <c r="C332" s="1" t="s">
         <v>678</v>
       </c>
       <c r="D332" s="3">
-        <v>18.99</v>
+        <v>13.99</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" s="1" t="s">
-        <v>660</v>
+        <v>642</v>
       </c>
       <c r="B333" s="1" t="s">
         <v>679</v>
       </c>
       <c r="C333" s="1" t="s">
         <v>680</v>
       </c>
       <c r="D333" s="3">
-        <v>26.99</v>
+        <v>16.99</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" s="1" t="s">
-        <v>660</v>
+        <v>642</v>
       </c>
       <c r="B334" s="1" t="s">
         <v>681</v>
       </c>
       <c r="C334" s="1" t="s">
         <v>682</v>
       </c>
       <c r="D334" s="3">
-        <v>18.99</v>
+        <v>13.99</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" s="1" t="s">
-        <v>660</v>
+        <v>642</v>
       </c>
       <c r="B335" s="1" t="s">
         <v>683</v>
       </c>
       <c r="C335" s="1" t="s">
         <v>684</v>
       </c>
       <c r="D335" s="3">
-        <v>26.99</v>
+        <v>16.99</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" s="1" t="s">
-        <v>660</v>
+        <v>685</v>
       </c>
       <c r="B336" s="1" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="C336" s="1" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="D336" s="3">
-        <v>21.99</v>
+        <v>31.99</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" s="1" t="s">
-        <v>660</v>
+        <v>685</v>
       </c>
       <c r="B337" s="1" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="C337" s="1" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="D337" s="3">
-        <v>21.99</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" s="1" t="s">
-        <v>660</v>
+        <v>685</v>
       </c>
       <c r="B338" s="1" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="C338" s="1" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="D338" s="3">
-        <v>21.99</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" s="1" t="s">
-        <v>660</v>
+        <v>685</v>
       </c>
       <c r="B339" s="1" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="C339" s="1" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="D339" s="3">
-        <v>20.99</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" s="1" t="s">
-        <v>660</v>
+        <v>685</v>
       </c>
       <c r="B340" s="1" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="C340" s="1" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="D340" s="3">
-        <v>21.99</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" s="1" t="s">
-        <v>660</v>
+        <v>685</v>
       </c>
       <c r="B341" s="1" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="C341" s="1" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="D341" s="3">
-        <v>20.99</v>
+        <v>17.99</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" s="1" t="s">
-        <v>660</v>
+        <v>685</v>
       </c>
       <c r="B342" s="1" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="C342" s="1" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="D342" s="3">
-        <v>23.99</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" s="1" t="s">
-        <v>660</v>
+        <v>685</v>
       </c>
       <c r="B343" s="1" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="C343" s="1" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="D343" s="3">
-        <v>23.99</v>
+        <v>31.99</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" s="1" t="s">
-        <v>660</v>
+        <v>685</v>
       </c>
       <c r="B344" s="1" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="C344" s="1" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="D344" s="3">
-        <v>23.99</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" s="1" t="s">
-        <v>660</v>
+        <v>685</v>
       </c>
       <c r="B345" s="1" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="C345" s="1" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="D345" s="3">
-        <v>23.99</v>
+        <v>26.99</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" s="1" t="s">
-        <v>660</v>
+        <v>685</v>
       </c>
       <c r="B346" s="1" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="C346" s="1" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="D346" s="3">
-        <v>21.99</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" s="1" t="s">
-        <v>660</v>
+        <v>685</v>
       </c>
       <c r="B347" s="1" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="C347" s="1" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="D347" s="3">
-        <v>23.99</v>
+        <v>26.99</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" s="1" t="s">
-        <v>660</v>
+        <v>685</v>
       </c>
       <c r="B348" s="1" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="C348" s="1" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="D348" s="3">
-        <v>23.99</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" s="1" t="s">
-        <v>660</v>
+        <v>685</v>
       </c>
       <c r="B349" s="1" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="C349" s="1" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="D349" s="3">
         <v>21.99</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" s="1" t="s">
-        <v>660</v>
+        <v>685</v>
       </c>
       <c r="B350" s="1" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="C350" s="1" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="D350" s="3">
         <v>21.99</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" s="1" t="s">
-        <v>660</v>
+        <v>685</v>
       </c>
       <c r="B351" s="1" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="C351" s="1" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="D351" s="3">
         <v>20.99</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" s="1" t="s">
-        <v>660</v>
+        <v>685</v>
       </c>
       <c r="B352" s="1" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="C352" s="1" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="D352" s="3">
-        <v>23.99</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" s="1" t="s">
-        <v>660</v>
+        <v>685</v>
       </c>
       <c r="B353" s="1" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="C353" s="1" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="D353" s="3">
-        <v>18.99</v>
+        <v>20.99</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" s="1" t="s">
-        <v>660</v>
+        <v>685</v>
       </c>
       <c r="B354" s="1" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="C354" s="1" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="D354" s="3">
         <v>23.99</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" s="1" t="s">
-        <v>660</v>
+        <v>685</v>
       </c>
       <c r="B355" s="1" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="C355" s="1" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="D355" s="3">
-        <v>19.99</v>
+        <v>23.99</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" s="1" t="s">
-        <v>660</v>
+        <v>685</v>
       </c>
       <c r="B356" s="1" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="C356" s="1" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="D356" s="3">
         <v>23.99</v>
       </c>
     </row>
     <row r="357">
       <c r="A357" s="1" t="s">
-        <v>660</v>
+        <v>685</v>
       </c>
       <c r="B357" s="1" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="C357" s="1" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="D357" s="3">
         <v>23.99</v>
       </c>
     </row>
     <row r="358">
       <c r="A358" s="1" t="s">
-        <v>660</v>
+        <v>685</v>
       </c>
       <c r="B358" s="1" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="C358" s="1" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="D358" s="3">
-        <v>18.99</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="359">
       <c r="A359" s="1" t="s">
-        <v>660</v>
+        <v>685</v>
       </c>
       <c r="B359" s="1" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="C359" s="1" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="D359" s="3">
         <v>23.99</v>
       </c>
     </row>
     <row r="360">
       <c r="A360" s="1" t="s">
-        <v>660</v>
+        <v>685</v>
       </c>
       <c r="B360" s="1" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="C360" s="1" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="D360" s="3">
-        <v>21.99</v>
+        <v>23.99</v>
       </c>
     </row>
     <row r="361">
       <c r="A361" s="1" t="s">
-        <v>660</v>
+        <v>685</v>
       </c>
       <c r="B361" s="1" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="C361" s="1" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="D361" s="3">
-        <v>18.99</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="362">
       <c r="A362" s="1" t="s">
-        <v>660</v>
+        <v>685</v>
       </c>
       <c r="B362" s="1" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="C362" s="1" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="D362" s="3">
-        <v>18.99</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="363">
       <c r="A363" s="1" t="s">
-        <v>660</v>
+        <v>685</v>
       </c>
       <c r="B363" s="1" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="C363" s="1" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="D363" s="3">
-        <v>21.99</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="364">
       <c r="A364" s="1" t="s">
-        <v>660</v>
+        <v>685</v>
       </c>
       <c r="B364" s="1" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="C364" s="1" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="D364" s="3">
-        <v>18.99</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="365">
       <c r="A365" s="1" t="s">
-        <v>660</v>
+        <v>685</v>
       </c>
       <c r="B365" s="1" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="C365" s="1" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="D365" s="3">
-        <v>18.99</v>
+        <v>20.99</v>
       </c>
     </row>
     <row r="366">
       <c r="A366" s="1" t="s">
-        <v>660</v>
+        <v>685</v>
       </c>
       <c r="B366" s="1" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="C366" s="1" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="D366" s="3">
-        <v>21.99</v>
+        <v>23.99</v>
       </c>
     </row>
     <row r="367">
       <c r="A367" s="1" t="s">
-        <v>660</v>
+        <v>685</v>
       </c>
       <c r="B367" s="1" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="C367" s="1" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="D367" s="3">
-        <v>29.99</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="368">
       <c r="A368" s="1" t="s">
-        <v>660</v>
+        <v>685</v>
       </c>
       <c r="B368" s="1" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="C368" s="1" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="D368" s="3">
-        <v>4.99</v>
+        <v>23.99</v>
       </c>
     </row>
     <row r="369">
       <c r="A369" s="1" t="s">
-        <v>660</v>
+        <v>685</v>
       </c>
       <c r="B369" s="1" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="C369" s="1" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="D369" s="3">
         <v>19.99</v>
       </c>
     </row>
     <row r="370">
       <c r="A370" s="1" t="s">
-        <v>660</v>
+        <v>685</v>
       </c>
       <c r="B370" s="1" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="C370" s="1" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="D370" s="3">
-        <v>19.99</v>
+        <v>23.99</v>
       </c>
     </row>
     <row r="371">
       <c r="A371" s="1" t="s">
-        <v>660</v>
+        <v>685</v>
       </c>
       <c r="B371" s="1" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="C371" s="1" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="D371" s="3">
-        <v>4.99</v>
+        <v>23.99</v>
       </c>
     </row>
     <row r="372">
       <c r="A372" s="1" t="s">
-        <v>660</v>
+        <v>685</v>
       </c>
       <c r="B372" s="1" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="C372" s="1" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="D372" s="3">
-        <v>4.99</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="373">
       <c r="A373" s="1" t="s">
-        <v>660</v>
+        <v>685</v>
       </c>
       <c r="B373" s="1" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="C373" s="1" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="D373" s="3">
-        <v>18.99</v>
+        <v>23.99</v>
       </c>
     </row>
     <row r="374">
       <c r="A374" s="1" t="s">
-        <v>660</v>
+        <v>685</v>
       </c>
       <c r="B374" s="1" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="C374" s="1" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="D374" s="3">
-        <v>18.99</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="375">
       <c r="A375" s="1" t="s">
-        <v>660</v>
+        <v>685</v>
       </c>
       <c r="B375" s="1" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
       <c r="C375" s="1" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="D375" s="3">
-        <v>19.99</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="376">
       <c r="A376" s="1" t="s">
-        <v>660</v>
+        <v>685</v>
       </c>
       <c r="B376" s="1" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="C376" s="1" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="D376" s="3">
-        <v>19.99</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="377">
       <c r="A377" s="1" t="s">
-        <v>660</v>
+        <v>685</v>
       </c>
       <c r="B377" s="1" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="C377" s="1" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="D377" s="3">
-        <v>19.99</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="378">
       <c r="A378" s="1" t="s">
-        <v>769</v>
+        <v>685</v>
       </c>
       <c r="B378" s="1" t="s">
         <v>770</v>
       </c>
       <c r="C378" s="1" t="s">
         <v>771</v>
       </c>
       <c r="D378" s="3">
-        <v>18.49</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="379">
       <c r="A379" s="1" t="s">
-        <v>769</v>
+        <v>685</v>
       </c>
       <c r="B379" s="1" t="s">
         <v>772</v>
       </c>
       <c r="C379" s="1" t="s">
         <v>773</v>
       </c>
       <c r="D379" s="3">
-        <v>18.49</v>
+        <v>29.99</v>
       </c>
     </row>
     <row r="380">
       <c r="A380" s="1" t="s">
-        <v>769</v>
+        <v>685</v>
       </c>
       <c r="B380" s="1" t="s">
         <v>774</v>
       </c>
       <c r="C380" s="1" t="s">
         <v>775</v>
       </c>
       <c r="D380" s="3">
-        <v>18.49</v>
+        <v>4.99</v>
       </c>
     </row>
     <row r="381">
       <c r="A381" s="1" t="s">
+        <v>685</v>
+      </c>
+      <c r="B381" s="1" t="s">
         <v>776</v>
       </c>
-      <c r="B381" s="1" t="s">
+      <c r="C381" s="1" t="s">
         <v>777</v>
       </c>
-      <c r="C381" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D381" s="3">
-        <v>30.49</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="382">
       <c r="A382" s="1" t="s">
-        <v>776</v>
+        <v>685</v>
       </c>
       <c r="B382" s="1" t="s">
+        <v>778</v>
+      </c>
+      <c r="C382" s="1" t="s">
         <v>779</v>
       </c>
-      <c r="C382" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D382" s="3">
-        <v>22.49</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="383">
       <c r="A383" s="1" t="s">
-        <v>776</v>
+        <v>685</v>
       </c>
       <c r="B383" s="1" t="s">
+        <v>780</v>
+      </c>
+      <c r="C383" s="1" t="s">
         <v>781</v>
       </c>
-      <c r="C383" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D383" s="3">
-        <v>46.49</v>
+        <v>4.99</v>
       </c>
     </row>
     <row r="384">
       <c r="A384" s="1" t="s">
-        <v>776</v>
+        <v>685</v>
       </c>
       <c r="B384" s="1" t="s">
+        <v>782</v>
+      </c>
+      <c r="C384" s="1" t="s">
         <v>783</v>
       </c>
-      <c r="C384" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D384" s="3">
-        <v>20.49</v>
+        <v>4.99</v>
       </c>
     </row>
     <row r="385">
       <c r="A385" s="1" t="s">
-        <v>776</v>
+        <v>685</v>
       </c>
       <c r="B385" s="1" t="s">
+        <v>784</v>
+      </c>
+      <c r="C385" s="1" t="s">
         <v>785</v>
       </c>
-      <c r="C385" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D385" s="3">
-        <v>19.49</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="386">
       <c r="A386" s="1" t="s">
-        <v>776</v>
+        <v>685</v>
       </c>
       <c r="B386" s="1" t="s">
+        <v>786</v>
+      </c>
+      <c r="C386" s="1" t="s">
         <v>787</v>
       </c>
-      <c r="C386" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D386" s="3">
-        <v>32.99</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="387">
       <c r="A387" s="1" t="s">
-        <v>776</v>
+        <v>685</v>
       </c>
       <c r="B387" s="1" t="s">
+        <v>788</v>
+      </c>
+      <c r="C387" s="1" t="s">
         <v>789</v>
       </c>
-      <c r="C387" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D387" s="3">
-        <v>32.99</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="388">
       <c r="A388" s="1" t="s">
-        <v>776</v>
+        <v>685</v>
       </c>
       <c r="B388" s="1" t="s">
+        <v>790</v>
+      </c>
+      <c r="C388" s="1" t="s">
         <v>791</v>
       </c>
-      <c r="C388" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D388" s="3">
-        <v>27.49</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="389">
       <c r="A389" s="1" t="s">
-        <v>776</v>
+        <v>685</v>
       </c>
       <c r="B389" s="1" t="s">
+        <v>792</v>
+      </c>
+      <c r="C389" s="1" t="s">
         <v>793</v>
       </c>
-      <c r="C389" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D389" s="3">
-        <v>29.49</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="390">
       <c r="A390" s="1" t="s">
-        <v>776</v>
+        <v>685</v>
       </c>
       <c r="B390" s="1" t="s">
+        <v>794</v>
+      </c>
+      <c r="C390" s="1" t="s">
         <v>795</v>
       </c>
-      <c r="C390" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D390" s="3">
-        <v>35.49</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="391">
       <c r="A391" s="1" t="s">
-        <v>776</v>
+        <v>796</v>
       </c>
       <c r="B391" s="1" t="s">
         <v>797</v>
       </c>
       <c r="C391" s="1" t="s">
         <v>798</v>
       </c>
       <c r="D391" s="3">
-        <v>29.49</v>
+        <v>18.49</v>
       </c>
     </row>
     <row r="392">
       <c r="A392" s="1" t="s">
-        <v>776</v>
+        <v>796</v>
       </c>
       <c r="B392" s="1" t="s">
         <v>799</v>
       </c>
       <c r="C392" s="1" t="s">
         <v>800</v>
       </c>
       <c r="D392" s="3">
-        <v>24.49</v>
+        <v>18.49</v>
       </c>
     </row>
     <row r="393">
       <c r="A393" s="1" t="s">
-        <v>776</v>
+        <v>796</v>
       </c>
       <c r="B393" s="1" t="s">
         <v>801</v>
       </c>
       <c r="C393" s="1" t="s">
         <v>802</v>
       </c>
       <c r="D393" s="3">
-        <v>29.49</v>
+        <v>18.49</v>
       </c>
     </row>
     <row r="394">
       <c r="A394" s="1" t="s">
-        <v>776</v>
+        <v>803</v>
       </c>
       <c r="B394" s="1" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="C394" s="1" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="D394" s="3">
-        <v>24.49</v>
+        <v>30.49</v>
       </c>
     </row>
     <row r="395">
       <c r="A395" s="1" t="s">
-        <v>776</v>
+        <v>803</v>
       </c>
       <c r="B395" s="1" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="C395" s="1" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="D395" s="3">
-        <v>29.49</v>
+        <v>22.49</v>
       </c>
     </row>
     <row r="396">
       <c r="A396" s="1" t="s">
-        <v>776</v>
+        <v>803</v>
       </c>
       <c r="B396" s="1" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="C396" s="1" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="D396" s="3">
-        <v>30.49</v>
+        <v>46.49</v>
       </c>
     </row>
     <row r="397">
       <c r="A397" s="1" t="s">
-        <v>776</v>
+        <v>803</v>
       </c>
       <c r="B397" s="1" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
       <c r="C397" s="1" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="D397" s="3">
-        <v>30.49</v>
+        <v>20.49</v>
       </c>
     </row>
     <row r="398">
       <c r="A398" s="1" t="s">
-        <v>776</v>
+        <v>803</v>
       </c>
       <c r="B398" s="1" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
       <c r="C398" s="1" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="D398" s="3">
-        <v>20.99</v>
+        <v>19.49</v>
       </c>
     </row>
     <row r="399">
       <c r="A399" s="1" t="s">
-        <v>776</v>
+        <v>803</v>
       </c>
       <c r="B399" s="1" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="C399" s="1" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="D399" s="3">
-        <v>24.49</v>
+        <v>32.99</v>
       </c>
     </row>
     <row r="400">
       <c r="A400" s="1" t="s">
-        <v>776</v>
+        <v>803</v>
       </c>
       <c r="B400" s="1" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="C400" s="1" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="D400" s="3">
-        <v>24.49</v>
+        <v>32.99</v>
       </c>
     </row>
     <row r="401">
       <c r="A401" s="1" t="s">
-        <v>776</v>
+        <v>803</v>
       </c>
       <c r="B401" s="1" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
       <c r="C401" s="1" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
       <c r="D401" s="3">
-        <v>24.49</v>
+        <v>27.49</v>
       </c>
     </row>
     <row r="402">
       <c r="A402" s="1" t="s">
-        <v>776</v>
+        <v>803</v>
       </c>
       <c r="B402" s="1" t="s">
-        <v>819</v>
+        <v>820</v>
       </c>
       <c r="C402" s="1" t="s">
-        <v>820</v>
+        <v>821</v>
       </c>
       <c r="D402" s="3">
-        <v>24.49</v>
+        <v>29.49</v>
       </c>
     </row>
     <row r="403">
       <c r="A403" s="1" t="s">
-        <v>776</v>
+        <v>803</v>
       </c>
       <c r="B403" s="1" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
       <c r="C403" s="1" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
       <c r="D403" s="3">
-        <v>25.49</v>
+        <v>29.49</v>
       </c>
     </row>
     <row r="404">
       <c r="A404" s="1" t="s">
-        <v>776</v>
+        <v>803</v>
       </c>
       <c r="B404" s="1" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="C404" s="1" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="D404" s="3">
-        <v>31.99</v>
+        <v>69.99</v>
       </c>
     </row>
     <row r="405">
       <c r="A405" s="1" t="s">
-        <v>776</v>
+        <v>803</v>
       </c>
       <c r="B405" s="1" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="C405" s="1" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="D405" s="3">
         <v>24.49</v>
       </c>
     </row>
     <row r="406">
       <c r="A406" s="1" t="s">
-        <v>776</v>
+        <v>803</v>
       </c>
       <c r="B406" s="1" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="C406" s="1" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="D406" s="3">
-        <v>53.49</v>
+        <v>29.49</v>
       </c>
     </row>
     <row r="407">
       <c r="A407" s="1" t="s">
-        <v>776</v>
+        <v>803</v>
       </c>
       <c r="B407" s="1" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
       <c r="C407" s="1" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="D407" s="3">
-        <v>23.99</v>
+        <v>24.49</v>
       </c>
     </row>
     <row r="408">
       <c r="A408" s="1" t="s">
-        <v>776</v>
+        <v>803</v>
       </c>
       <c r="B408" s="1" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
       <c r="C408" s="1" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="D408" s="3">
-        <v>27.99</v>
+        <v>29.49</v>
       </c>
     </row>
     <row r="409">
       <c r="A409" s="1" t="s">
-        <v>833</v>
+        <v>803</v>
       </c>
       <c r="B409" s="1" t="s">
         <v>834</v>
       </c>
       <c r="C409" s="1" t="s">
         <v>835</v>
       </c>
       <c r="D409" s="3">
-        <v>47.99</v>
+        <v>30.49</v>
       </c>
     </row>
     <row r="410">
       <c r="A410" s="1" t="s">
-        <v>833</v>
+        <v>803</v>
       </c>
       <c r="B410" s="1" t="s">
         <v>836</v>
       </c>
       <c r="C410" s="1" t="s">
         <v>837</v>
       </c>
       <c r="D410" s="3">
-        <v>61.75</v>
+        <v>30.49</v>
       </c>
     </row>
     <row r="411">
       <c r="A411" s="1" t="s">
-        <v>833</v>
+        <v>803</v>
       </c>
       <c r="B411" s="1" t="s">
         <v>838</v>
       </c>
       <c r="C411" s="1" t="s">
         <v>839</v>
       </c>
       <c r="D411" s="3">
-        <v>63.99</v>
+        <v>20.99</v>
       </c>
     </row>
     <row r="412">
       <c r="A412" s="1" t="s">
-        <v>833</v>
+        <v>803</v>
       </c>
       <c r="B412" s="1" t="s">
         <v>840</v>
       </c>
       <c r="C412" s="1" t="s">
         <v>841</v>
       </c>
       <c r="D412" s="3">
-        <v>79.99</v>
+        <v>24.49</v>
       </c>
     </row>
     <row r="413">
       <c r="A413" s="1" t="s">
-        <v>833</v>
+        <v>803</v>
       </c>
       <c r="B413" s="1" t="s">
         <v>842</v>
       </c>
       <c r="C413" s="1" t="s">
         <v>843</v>
       </c>
       <c r="D413" s="3">
-        <v>105</v>
+        <v>24.49</v>
       </c>
     </row>
     <row r="414">
       <c r="A414" s="1" t="s">
-        <v>833</v>
+        <v>803</v>
       </c>
       <c r="B414" s="1" t="s">
         <v>844</v>
       </c>
       <c r="C414" s="1" t="s">
         <v>845</v>
       </c>
       <c r="D414" s="3">
-        <v>22.49</v>
+        <v>24.49</v>
       </c>
     </row>
     <row r="415">
       <c r="A415" s="1" t="s">
-        <v>833</v>
+        <v>803</v>
       </c>
       <c r="B415" s="1" t="s">
         <v>846</v>
       </c>
       <c r="C415" s="1" t="s">
         <v>847</v>
       </c>
       <c r="D415" s="3">
-        <v>25.49</v>
+        <v>24.49</v>
       </c>
     </row>
     <row r="416">
       <c r="A416" s="1" t="s">
-        <v>833</v>
+        <v>803</v>
       </c>
       <c r="B416" s="1" t="s">
         <v>848</v>
       </c>
       <c r="C416" s="1" t="s">
         <v>849</v>
       </c>
       <c r="D416" s="3">
-        <v>24.49</v>
+        <v>25.49</v>
       </c>
     </row>
     <row r="417">
       <c r="A417" s="1" t="s">
-        <v>833</v>
+        <v>803</v>
       </c>
       <c r="B417" s="1" t="s">
         <v>850</v>
       </c>
       <c r="C417" s="1" t="s">
         <v>851</v>
       </c>
       <c r="D417" s="3">
-        <v>42.99</v>
+        <v>31.99</v>
       </c>
     </row>
     <row r="418">
       <c r="A418" s="1" t="s">
-        <v>833</v>
+        <v>803</v>
       </c>
       <c r="B418" s="1" t="s">
         <v>852</v>
       </c>
       <c r="C418" s="1" t="s">
         <v>853</v>
       </c>
       <c r="D418" s="3">
-        <v>46.99</v>
+        <v>59.99</v>
       </c>
     </row>
     <row r="419">
       <c r="A419" s="1" t="s">
-        <v>833</v>
+        <v>803</v>
       </c>
       <c r="B419" s="1" t="s">
         <v>854</v>
       </c>
       <c r="C419" s="1" t="s">
         <v>855</v>
       </c>
       <c r="D419" s="3">
-        <v>37.49</v>
+        <v>24.49</v>
       </c>
     </row>
     <row r="420">
       <c r="A420" s="1" t="s">
-        <v>833</v>
+        <v>803</v>
       </c>
       <c r="B420" s="1" t="s">
         <v>856</v>
       </c>
       <c r="C420" s="1" t="s">
         <v>857</v>
       </c>
       <c r="D420" s="3">
-        <v>28.49</v>
+        <v>53.49</v>
       </c>
     </row>
     <row r="421">
       <c r="A421" s="1" t="s">
-        <v>833</v>
+        <v>803</v>
       </c>
       <c r="B421" s="1" t="s">
         <v>858</v>
       </c>
       <c r="C421" s="1" t="s">
         <v>859</v>
       </c>
       <c r="D421" s="3">
-        <v>30.49</v>
+        <v>23.99</v>
       </c>
     </row>
     <row r="422">
       <c r="A422" s="1" t="s">
+        <v>803</v>
+      </c>
+      <c r="B422" s="1" t="s">
         <v>860</v>
       </c>
-      <c r="B422" s="1" t="s">
+      <c r="C422" s="1" t="s">
         <v>861</v>
       </c>
-      <c r="C422" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D422" s="3">
-        <v>22.49</v>
+        <v>27.99</v>
       </c>
     </row>
     <row r="423">
       <c r="A423" s="1" t="s">
-        <v>860</v>
+        <v>803</v>
       </c>
       <c r="B423" s="1" t="s">
+        <v>862</v>
+      </c>
+      <c r="C423" s="1" t="s">
         <v>863</v>
       </c>
-      <c r="C423" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D423" s="3">
-        <v>23.49</v>
+        <v>31.99</v>
       </c>
     </row>
     <row r="424">
       <c r="A424" s="1" t="s">
-        <v>860</v>
+        <v>864</v>
       </c>
       <c r="B424" s="1" t="s">
         <v>865</v>
       </c>
       <c r="C424" s="1" t="s">
         <v>866</v>
       </c>
       <c r="D424" s="3">
-        <v>22.49</v>
+        <v>47.99</v>
       </c>
     </row>
     <row r="425">
       <c r="A425" s="1" t="s">
-        <v>860</v>
+        <v>864</v>
       </c>
       <c r="B425" s="1" t="s">
         <v>867</v>
       </c>
       <c r="C425" s="1" t="s">
         <v>868</v>
       </c>
       <c r="D425" s="3">
-        <v>22.49</v>
+        <v>61.75</v>
       </c>
     </row>
     <row r="426">
       <c r="A426" s="1" t="s">
-        <v>860</v>
+        <v>864</v>
       </c>
       <c r="B426" s="1" t="s">
         <v>869</v>
       </c>
       <c r="C426" s="1" t="s">
         <v>870</v>
       </c>
       <c r="D426" s="3">
-        <v>39.49</v>
+        <v>63.99</v>
       </c>
     </row>
     <row r="427">
       <c r="A427" s="1" t="s">
-        <v>860</v>
+        <v>864</v>
       </c>
       <c r="B427" s="1" t="s">
         <v>871</v>
       </c>
       <c r="C427" s="1" t="s">
         <v>872</v>
       </c>
       <c r="D427" s="3">
-        <v>51.49</v>
+        <v>79.99</v>
       </c>
     </row>
     <row r="428">
       <c r="A428" s="1" t="s">
-        <v>860</v>
+        <v>864</v>
       </c>
       <c r="B428" s="1" t="s">
         <v>873</v>
       </c>
       <c r="C428" s="1" t="s">
         <v>874</v>
       </c>
       <c r="D428" s="3">
-        <v>35.49</v>
+        <v>105</v>
       </c>
     </row>
     <row r="429">
       <c r="A429" s="1" t="s">
-        <v>860</v>
+        <v>864</v>
       </c>
       <c r="B429" s="1" t="s">
         <v>875</v>
       </c>
       <c r="C429" s="1" t="s">
         <v>876</v>
       </c>
       <c r="D429" s="3">
-        <v>35.49</v>
+        <v>62.99</v>
       </c>
     </row>
     <row r="430">
       <c r="A430" s="1" t="s">
-        <v>860</v>
+        <v>864</v>
       </c>
       <c r="B430" s="1" t="s">
         <v>877</v>
       </c>
       <c r="C430" s="1" t="s">
         <v>878</v>
       </c>
       <c r="D430" s="3">
-        <v>41.5</v>
+        <v>22.49</v>
       </c>
     </row>
     <row r="431">
       <c r="A431" s="1" t="s">
-        <v>860</v>
+        <v>864</v>
       </c>
       <c r="B431" s="1" t="s">
         <v>879</v>
       </c>
       <c r="C431" s="1" t="s">
         <v>880</v>
       </c>
       <c r="D431" s="3">
-        <v>40.49</v>
+        <v>25.49</v>
       </c>
     </row>
     <row r="432">
       <c r="A432" s="1" t="s">
-        <v>860</v>
+        <v>864</v>
       </c>
       <c r="B432" s="1" t="s">
         <v>881</v>
       </c>
       <c r="C432" s="1" t="s">
         <v>882</v>
       </c>
       <c r="D432" s="3">
-        <v>26.49</v>
+        <v>24.49</v>
       </c>
     </row>
     <row r="433">
       <c r="A433" s="1" t="s">
-        <v>860</v>
+        <v>864</v>
       </c>
       <c r="B433" s="1" t="s">
         <v>883</v>
       </c>
       <c r="C433" s="1" t="s">
         <v>884</v>
       </c>
       <c r="D433" s="3">
-        <v>21.49</v>
+        <v>42.99</v>
       </c>
     </row>
     <row r="434">
       <c r="A434" s="1" t="s">
-        <v>860</v>
+        <v>864</v>
       </c>
       <c r="B434" s="1" t="s">
         <v>885</v>
       </c>
       <c r="C434" s="1" t="s">
         <v>886</v>
       </c>
       <c r="D434" s="3">
-        <v>43.49</v>
+        <v>46.99</v>
       </c>
     </row>
     <row r="435">
       <c r="A435" s="1" t="s">
-        <v>860</v>
+        <v>864</v>
       </c>
       <c r="B435" s="1" t="s">
         <v>887</v>
       </c>
       <c r="C435" s="1" t="s">
         <v>888</v>
       </c>
       <c r="D435" s="3">
-        <v>38.49</v>
+        <v>37.49</v>
       </c>
     </row>
     <row r="436">
       <c r="A436" s="1" t="s">
-        <v>860</v>
+        <v>864</v>
       </c>
       <c r="B436" s="1" t="s">
         <v>889</v>
       </c>
       <c r="C436" s="1" t="s">
         <v>890</v>
       </c>
       <c r="D436" s="3">
-        <v>15.49</v>
+        <v>28.49</v>
       </c>
     </row>
     <row r="437">
       <c r="A437" s="1" t="s">
-        <v>860</v>
+        <v>864</v>
       </c>
       <c r="B437" s="1" t="s">
         <v>891</v>
       </c>
       <c r="C437" s="1" t="s">
         <v>892</v>
       </c>
       <c r="D437" s="3">
-        <v>2.99</v>
+        <v>30.49</v>
       </c>
     </row>
     <row r="438">
       <c r="A438" s="1" t="s">
-        <v>860</v>
+        <v>893</v>
       </c>
       <c r="B438" s="1" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
       <c r="C438" s="1" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
       <c r="D438" s="3">
-        <v>15.49</v>
+        <v>22.49</v>
       </c>
     </row>
     <row r="439">
       <c r="A439" s="1" t="s">
-        <v>860</v>
+        <v>893</v>
       </c>
       <c r="B439" s="1" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="C439" s="1" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="D439" s="3">
-        <v>2.99</v>
+        <v>23.49</v>
       </c>
     </row>
     <row r="440">
       <c r="A440" s="1" t="s">
-        <v>860</v>
+        <v>893</v>
       </c>
       <c r="B440" s="1" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="C440" s="1" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
       <c r="D440" s="3">
-        <v>20.99</v>
+        <v>22.49</v>
       </c>
     </row>
     <row r="441">
       <c r="A441" s="1" t="s">
-        <v>860</v>
+        <v>893</v>
       </c>
       <c r="B441" s="1" t="s">
-        <v>899</v>
+        <v>900</v>
       </c>
       <c r="C441" s="1" t="s">
-        <v>900</v>
+        <v>901</v>
       </c>
       <c r="D441" s="3">
-        <v>8.99</v>
+        <v>22.49</v>
       </c>
     </row>
     <row r="442">
       <c r="A442" s="1" t="s">
-        <v>860</v>
+        <v>893</v>
       </c>
       <c r="B442" s="1" t="s">
-        <v>901</v>
+        <v>902</v>
       </c>
       <c r="C442" s="1" t="s">
-        <v>902</v>
+        <v>903</v>
       </c>
       <c r="D442" s="3">
-        <v>15.49</v>
+        <v>39.49</v>
       </c>
     </row>
     <row r="443">
       <c r="A443" s="1" t="s">
-        <v>860</v>
+        <v>893</v>
       </c>
       <c r="B443" s="1" t="s">
-        <v>903</v>
+        <v>904</v>
       </c>
       <c r="C443" s="1" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
       <c r="D443" s="3">
-        <v>2.99</v>
+        <v>51.49</v>
       </c>
     </row>
     <row r="444">
       <c r="A444" s="1" t="s">
-        <v>860</v>
+        <v>893</v>
       </c>
       <c r="B444" s="1" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
       <c r="C444" s="1" t="s">
-        <v>906</v>
+        <v>907</v>
       </c>
       <c r="D444" s="3">
-        <v>37.49</v>
+        <v>35.49</v>
       </c>
     </row>
     <row r="445">
       <c r="A445" s="1" t="s">
-        <v>860</v>
+        <v>893</v>
       </c>
       <c r="B445" s="1" t="s">
-        <v>907</v>
+        <v>908</v>
       </c>
       <c r="C445" s="1" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
       <c r="D445" s="3">
-        <v>5.49</v>
+        <v>35.49</v>
       </c>
     </row>
     <row r="446">
       <c r="A446" s="1" t="s">
-        <v>860</v>
+        <v>893</v>
       </c>
       <c r="B446" s="1" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="C446" s="1" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="D446" s="3">
-        <v>33.49</v>
+        <v>41.5</v>
       </c>
     </row>
     <row r="447">
       <c r="A447" s="1" t="s">
-        <v>860</v>
+        <v>893</v>
       </c>
       <c r="B447" s="1" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
       <c r="C447" s="1" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="D447" s="3">
-        <v>33.49</v>
+        <v>40.49</v>
       </c>
     </row>
     <row r="448">
       <c r="A448" s="1" t="s">
-        <v>860</v>
+        <v>893</v>
       </c>
       <c r="B448" s="1" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
       <c r="C448" s="1" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="D448" s="3">
-        <v>33.49</v>
+        <v>26.49</v>
       </c>
     </row>
     <row r="449">
       <c r="A449" s="1" t="s">
-        <v>860</v>
+        <v>893</v>
       </c>
       <c r="B449" s="1" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
       <c r="C449" s="1" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="D449" s="3">
-        <v>5.49</v>
+        <v>21.49</v>
       </c>
     </row>
     <row r="450">
       <c r="A450" s="1" t="s">
-        <v>860</v>
+        <v>893</v>
       </c>
       <c r="B450" s="1" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
       <c r="C450" s="1" t="s">
-        <v>918</v>
+        <v>919</v>
       </c>
       <c r="D450" s="3">
-        <v>34.99</v>
+        <v>43.49</v>
       </c>
     </row>
     <row r="451">
       <c r="A451" s="1" t="s">
-        <v>860</v>
+        <v>893</v>
       </c>
       <c r="B451" s="1" t="s">
-        <v>919</v>
+        <v>920</v>
       </c>
       <c r="C451" s="1" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
       <c r="D451" s="3">
-        <v>18.49</v>
+        <v>38.49</v>
       </c>
     </row>
     <row r="452">
       <c r="A452" s="1" t="s">
-        <v>860</v>
+        <v>893</v>
       </c>
       <c r="B452" s="1" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
       <c r="C452" s="1" t="s">
-        <v>922</v>
+        <v>923</v>
       </c>
       <c r="D452" s="3">
-        <v>37.49</v>
+        <v>15.49</v>
       </c>
     </row>
     <row r="453">
       <c r="A453" s="1" t="s">
-        <v>860</v>
+        <v>893</v>
       </c>
       <c r="B453" s="1" t="s">
-        <v>923</v>
+        <v>924</v>
       </c>
       <c r="C453" s="1" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="D453" s="3">
-        <v>20.49</v>
+        <v>2.99</v>
       </c>
     </row>
     <row r="454">
       <c r="A454" s="1" t="s">
-        <v>860</v>
+        <v>893</v>
       </c>
       <c r="B454" s="1" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="C454" s="1" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
       <c r="D454" s="3">
-        <v>41.49</v>
+        <v>15.49</v>
       </c>
     </row>
     <row r="455">
       <c r="A455" s="1" t="s">
-        <v>860</v>
+        <v>893</v>
       </c>
       <c r="B455" s="1" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
       <c r="C455" s="1" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
       <c r="D455" s="3">
-        <v>21.49</v>
+        <v>2.99</v>
       </c>
     </row>
     <row r="456">
       <c r="A456" s="1" t="s">
-        <v>929</v>
+        <v>893</v>
       </c>
       <c r="B456" s="1" t="s">
         <v>930</v>
       </c>
       <c r="C456" s="1" t="s">
         <v>931</v>
       </c>
       <c r="D456" s="3">
-        <v>52.49</v>
+        <v>20.99</v>
       </c>
     </row>
     <row r="457">
       <c r="A457" s="1" t="s">
-        <v>929</v>
+        <v>893</v>
       </c>
       <c r="B457" s="1" t="s">
         <v>932</v>
       </c>
       <c r="C457" s="1" t="s">
         <v>933</v>
       </c>
       <c r="D457" s="3">
-        <v>140</v>
+        <v>8.99</v>
       </c>
     </row>
     <row r="458">
       <c r="A458" s="1" t="s">
-        <v>929</v>
+        <v>893</v>
       </c>
       <c r="B458" s="1" t="s">
         <v>934</v>
       </c>
       <c r="C458" s="1" t="s">
         <v>935</v>
       </c>
       <c r="D458" s="3">
-        <v>120</v>
+        <v>15.49</v>
       </c>
     </row>
     <row r="459">
       <c r="A459" s="1" t="s">
-        <v>929</v>
+        <v>893</v>
       </c>
       <c r="B459" s="1" t="s">
         <v>936</v>
       </c>
       <c r="C459" s="1" t="s">
         <v>937</v>
       </c>
       <c r="D459" s="3">
-        <v>670</v>
+        <v>2.99</v>
       </c>
     </row>
     <row r="460">
       <c r="A460" s="1" t="s">
-        <v>929</v>
+        <v>893</v>
       </c>
       <c r="B460" s="1" t="s">
         <v>938</v>
       </c>
       <c r="C460" s="1" t="s">
         <v>939</v>
       </c>
       <c r="D460" s="3">
-        <v>70.49</v>
+        <v>41.99</v>
       </c>
     </row>
     <row r="461">
       <c r="A461" s="1" t="s">
-        <v>929</v>
+        <v>893</v>
       </c>
       <c r="B461" s="1" t="s">
         <v>940</v>
       </c>
       <c r="C461" s="1" t="s">
         <v>941</v>
       </c>
       <c r="D461" s="3">
-        <v>52.5</v>
+        <v>37.49</v>
       </c>
     </row>
     <row r="462">
       <c r="A462" s="1" t="s">
-        <v>929</v>
+        <v>893</v>
       </c>
       <c r="B462" s="1" t="s">
         <v>942</v>
       </c>
       <c r="C462" s="1" t="s">
         <v>943</v>
       </c>
       <c r="D462" s="3">
-        <v>22.49</v>
+        <v>5.49</v>
       </c>
     </row>
     <row r="463">
       <c r="A463" s="1" t="s">
-        <v>929</v>
+        <v>893</v>
       </c>
       <c r="B463" s="1" t="s">
         <v>944</v>
       </c>
       <c r="C463" s="1" t="s">
         <v>945</v>
       </c>
       <c r="D463" s="3">
-        <v>44.49</v>
+        <v>33.49</v>
       </c>
     </row>
     <row r="464">
       <c r="A464" s="1" t="s">
-        <v>929</v>
+        <v>893</v>
       </c>
       <c r="B464" s="1" t="s">
         <v>946</v>
       </c>
       <c r="C464" s="1" t="s">
         <v>947</v>
       </c>
       <c r="D464" s="3">
-        <v>150</v>
+        <v>33.49</v>
       </c>
     </row>
     <row r="465">
       <c r="A465" s="1" t="s">
-        <v>929</v>
+        <v>893</v>
       </c>
       <c r="B465" s="1" t="s">
         <v>948</v>
       </c>
       <c r="C465" s="1" t="s">
         <v>949</v>
       </c>
       <c r="D465" s="3">
-        <v>191.5</v>
+        <v>33.49</v>
       </c>
     </row>
     <row r="466">
       <c r="A466" s="1" t="s">
-        <v>929</v>
+        <v>893</v>
       </c>
       <c r="B466" s="1" t="s">
         <v>950</v>
       </c>
       <c r="C466" s="1" t="s">
         <v>951</v>
       </c>
       <c r="D466" s="3">
-        <v>32.49</v>
+        <v>5.49</v>
       </c>
     </row>
     <row r="467">
       <c r="A467" s="1" t="s">
-        <v>929</v>
+        <v>893</v>
       </c>
       <c r="B467" s="1" t="s">
         <v>952</v>
       </c>
       <c r="C467" s="1" t="s">
         <v>953</v>
       </c>
       <c r="D467" s="3">
-        <v>32.4</v>
+        <v>34.99</v>
       </c>
     </row>
     <row r="468">
       <c r="A468" s="1" t="s">
-        <v>929</v>
+        <v>893</v>
       </c>
       <c r="B468" s="1" t="s">
         <v>954</v>
       </c>
       <c r="C468" s="1" t="s">
         <v>955</v>
       </c>
       <c r="D468" s="3">
-        <v>45.49</v>
+        <v>18.49</v>
       </c>
     </row>
     <row r="469">
       <c r="A469" s="1" t="s">
-        <v>929</v>
+        <v>893</v>
       </c>
       <c r="B469" s="1" t="s">
         <v>956</v>
       </c>
       <c r="C469" s="1" t="s">
         <v>957</v>
       </c>
       <c r="D469" s="3">
-        <v>30.99</v>
+        <v>37.49</v>
       </c>
     </row>
     <row r="470">
       <c r="A470" s="1" t="s">
-        <v>929</v>
+        <v>893</v>
       </c>
       <c r="B470" s="1" t="s">
         <v>958</v>
       </c>
       <c r="C470" s="1" t="s">
         <v>959</v>
       </c>
       <c r="D470" s="3">
-        <v>27.49</v>
+        <v>20.49</v>
       </c>
     </row>
     <row r="471">
       <c r="A471" s="1" t="s">
-        <v>929</v>
+        <v>893</v>
       </c>
       <c r="B471" s="1" t="s">
         <v>960</v>
       </c>
       <c r="C471" s="1" t="s">
         <v>961</v>
       </c>
       <c r="D471" s="3">
-        <v>300</v>
+        <v>41.49</v>
       </c>
     </row>
     <row r="472">
       <c r="A472" s="1" t="s">
-        <v>929</v>
+        <v>893</v>
       </c>
       <c r="B472" s="1" t="s">
         <v>962</v>
       </c>
       <c r="C472" s="1" t="s">
         <v>963</v>
       </c>
       <c r="D472" s="3">
-        <v>65.49</v>
+        <v>21.49</v>
       </c>
     </row>
     <row r="473">
       <c r="A473" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B473" s="1" t="s">
-        <v>964</v>
+        <v>965</v>
       </c>
       <c r="C473" s="1" t="s">
-        <v>965</v>
+        <v>966</v>
       </c>
       <c r="D473" s="3">
-        <v>55.49</v>
+        <v>59.99</v>
       </c>
     </row>
     <row r="474">
       <c r="A474" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B474" s="1" t="s">
-        <v>966</v>
+        <v>967</v>
       </c>
       <c r="C474" s="1" t="s">
-        <v>967</v>
+        <v>968</v>
       </c>
       <c r="D474" s="3">
-        <v>63.5</v>
+        <v>52.49</v>
       </c>
     </row>
     <row r="475">
       <c r="A475" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B475" s="1" t="s">
-        <v>968</v>
+        <v>969</v>
       </c>
       <c r="C475" s="1" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
       <c r="D475" s="3">
-        <v>95.49</v>
+        <v>140</v>
       </c>
     </row>
     <row r="476">
       <c r="A476" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B476" s="1" t="s">
-        <v>970</v>
+        <v>971</v>
       </c>
       <c r="C476" s="1" t="s">
-        <v>971</v>
+        <v>972</v>
       </c>
       <c r="D476" s="3">
-        <v>60.49</v>
+        <v>120</v>
       </c>
     </row>
     <row r="477">
       <c r="A477" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B477" s="1" t="s">
-        <v>972</v>
+        <v>973</v>
       </c>
       <c r="C477" s="1" t="s">
-        <v>973</v>
+        <v>974</v>
       </c>
       <c r="D477" s="3">
-        <v>70.49</v>
+        <v>670</v>
       </c>
     </row>
     <row r="478">
       <c r="A478" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B478" s="1" t="s">
-        <v>974</v>
+        <v>975</v>
       </c>
       <c r="C478" s="1" t="s">
-        <v>975</v>
+        <v>976</v>
       </c>
       <c r="D478" s="3">
-        <v>115</v>
+        <v>70.49</v>
       </c>
     </row>
     <row r="479">
       <c r="A479" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B479" s="1" t="s">
-        <v>976</v>
+        <v>977</v>
       </c>
       <c r="C479" s="1" t="s">
-        <v>977</v>
+        <v>978</v>
       </c>
       <c r="D479" s="3">
-        <v>315</v>
+        <v>52.5</v>
       </c>
     </row>
     <row r="480">
       <c r="A480" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B480" s="1" t="s">
-        <v>978</v>
+        <v>979</v>
       </c>
       <c r="C480" s="1" t="s">
-        <v>979</v>
+        <v>980</v>
       </c>
       <c r="D480" s="3">
-        <v>275</v>
+        <v>45</v>
       </c>
     </row>
     <row r="481">
       <c r="A481" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B481" s="1" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
       <c r="C481" s="1" t="s">
-        <v>981</v>
+        <v>982</v>
       </c>
       <c r="D481" s="3">
-        <v>400</v>
+        <v>57.99</v>
       </c>
     </row>
     <row r="482">
       <c r="A482" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B482" s="1" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
       <c r="C482" s="1" t="s">
-        <v>983</v>
+        <v>984</v>
       </c>
       <c r="D482" s="3">
-        <v>150</v>
+        <v>22.49</v>
       </c>
     </row>
     <row r="483">
       <c r="A483" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B483" s="1" t="s">
-        <v>984</v>
+        <v>985</v>
       </c>
       <c r="C483" s="1" t="s">
-        <v>985</v>
+        <v>986</v>
       </c>
       <c r="D483" s="3">
-        <v>175</v>
+        <v>44.49</v>
       </c>
     </row>
     <row r="484">
       <c r="A484" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B484" s="1" t="s">
-        <v>986</v>
+        <v>987</v>
       </c>
       <c r="C484" s="1" t="s">
-        <v>987</v>
+        <v>988</v>
       </c>
       <c r="D484" s="3">
-        <v>48.49</v>
+        <v>295</v>
       </c>
     </row>
     <row r="485">
       <c r="A485" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B485" s="1" t="s">
-        <v>988</v>
+        <v>989</v>
       </c>
       <c r="C485" s="1" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
       <c r="D485" s="3">
-        <v>20.49</v>
+        <v>150</v>
       </c>
     </row>
     <row r="486">
       <c r="A486" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B486" s="1" t="s">
-        <v>990</v>
+        <v>991</v>
       </c>
       <c r="C486" s="1" t="s">
-        <v>991</v>
+        <v>992</v>
       </c>
       <c r="D486" s="3">
-        <v>53.49</v>
+        <v>170</v>
       </c>
     </row>
     <row r="487">
       <c r="A487" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B487" s="1" t="s">
-        <v>992</v>
+        <v>993</v>
       </c>
       <c r="C487" s="1" t="s">
-        <v>993</v>
+        <v>994</v>
       </c>
       <c r="D487" s="3">
-        <v>65.5</v>
+        <v>191.5</v>
       </c>
     </row>
     <row r="488">
       <c r="A488" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B488" s="1" t="s">
-        <v>994</v>
+        <v>995</v>
       </c>
       <c r="C488" s="1" t="s">
-        <v>995</v>
+        <v>996</v>
       </c>
       <c r="D488" s="3">
-        <v>51.5</v>
+        <v>32.49</v>
       </c>
     </row>
     <row r="489">
       <c r="A489" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B489" s="1" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
       <c r="C489" s="1" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
       <c r="D489" s="3">
-        <v>55.5</v>
+        <v>32.4</v>
       </c>
     </row>
     <row r="490">
       <c r="A490" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B490" s="1" t="s">
-        <v>998</v>
+        <v>999</v>
       </c>
       <c r="C490" s="1" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="D490" s="3">
-        <v>60.49</v>
+        <v>45.49</v>
       </c>
     </row>
     <row r="491">
       <c r="A491" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B491" s="1" t="s">
-        <v>1000</v>
+        <v>1001</v>
       </c>
       <c r="C491" s="1" t="s">
-        <v>1001</v>
+        <v>1002</v>
       </c>
       <c r="D491" s="3">
-        <v>56.5</v>
+        <v>30.99</v>
       </c>
     </row>
     <row r="492">
       <c r="A492" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B492" s="1" t="s">
-        <v>1002</v>
+        <v>1003</v>
       </c>
       <c r="C492" s="1" t="s">
-        <v>1003</v>
+        <v>1004</v>
       </c>
       <c r="D492" s="3">
-        <v>60.5</v>
+        <v>27.49</v>
       </c>
     </row>
     <row r="493">
       <c r="A493" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B493" s="1" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
       <c r="C493" s="1" t="s">
-        <v>1005</v>
+        <v>1006</v>
       </c>
       <c r="D493" s="3">
-        <v>75.49</v>
+        <v>300</v>
       </c>
     </row>
     <row r="494">
       <c r="A494" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B494" s="1" t="s">
-        <v>1006</v>
+        <v>1007</v>
       </c>
       <c r="C494" s="1" t="s">
-        <v>1007</v>
+        <v>1008</v>
       </c>
       <c r="D494" s="3">
-        <v>65.5</v>
+        <v>65.49</v>
       </c>
     </row>
     <row r="495">
       <c r="A495" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B495" s="1" t="s">
-        <v>1008</v>
+        <v>1009</v>
       </c>
       <c r="C495" s="1" t="s">
-        <v>1009</v>
+        <v>1010</v>
       </c>
       <c r="D495" s="3">
-        <v>75.5</v>
+        <v>55.49</v>
       </c>
     </row>
     <row r="496">
       <c r="A496" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B496" s="1" t="s">
-        <v>1010</v>
+        <v>1011</v>
       </c>
       <c r="C496" s="1" t="s">
-        <v>1011</v>
+        <v>1012</v>
       </c>
       <c r="D496" s="3">
-        <v>60.49</v>
+        <v>63.5</v>
       </c>
     </row>
     <row r="497">
       <c r="A497" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B497" s="1" t="s">
-        <v>1012</v>
+        <v>1013</v>
       </c>
       <c r="C497" s="1" t="s">
-        <v>1013</v>
+        <v>1014</v>
       </c>
       <c r="D497" s="3">
-        <v>530</v>
+        <v>95.49</v>
       </c>
     </row>
     <row r="498">
       <c r="A498" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B498" s="1" t="s">
-        <v>1014</v>
+        <v>1015</v>
       </c>
       <c r="C498" s="1" t="s">
-        <v>1015</v>
+        <v>1016</v>
       </c>
       <c r="D498" s="3">
-        <v>40.49</v>
+        <v>60.49</v>
       </c>
     </row>
     <row r="499">
       <c r="A499" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B499" s="1" t="s">
-        <v>1016</v>
+        <v>1017</v>
       </c>
       <c r="C499" s="1" t="s">
-        <v>1017</v>
+        <v>1018</v>
       </c>
       <c r="D499" s="3">
-        <v>45.49</v>
+        <v>70.49</v>
       </c>
     </row>
     <row r="500">
       <c r="A500" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B500" s="1" t="s">
-        <v>1018</v>
+        <v>1019</v>
       </c>
       <c r="C500" s="1" t="s">
-        <v>1019</v>
+        <v>1020</v>
       </c>
       <c r="D500" s="3">
-        <v>75.49</v>
+        <v>115</v>
       </c>
     </row>
     <row r="501">
       <c r="A501" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B501" s="1" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="C501" s="1" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="D501" s="3">
-        <v>60.49</v>
+        <v>315</v>
       </c>
     </row>
     <row r="502">
       <c r="A502" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B502" s="1" t="s">
-        <v>1022</v>
+        <v>1023</v>
       </c>
       <c r="C502" s="1" t="s">
-        <v>1023</v>
+        <v>1024</v>
       </c>
       <c r="D502" s="3">
-        <v>80.49</v>
+        <v>275</v>
       </c>
     </row>
     <row r="503">
       <c r="A503" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B503" s="1" t="s">
-        <v>1024</v>
+        <v>1025</v>
       </c>
       <c r="C503" s="1" t="s">
-        <v>1025</v>
+        <v>1026</v>
       </c>
       <c r="D503" s="3">
-        <v>125</v>
+        <v>79.99</v>
       </c>
     </row>
     <row r="504">
       <c r="A504" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B504" s="1" t="s">
-        <v>1026</v>
+        <v>1027</v>
       </c>
       <c r="C504" s="1" t="s">
-        <v>1027</v>
+        <v>1028</v>
       </c>
       <c r="D504" s="3">
-        <v>320</v>
+        <v>400</v>
       </c>
     </row>
     <row r="505">
       <c r="A505" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B505" s="1" t="s">
-        <v>1028</v>
+        <v>1029</v>
       </c>
       <c r="C505" s="1" t="s">
-        <v>1029</v>
+        <v>1030</v>
       </c>
       <c r="D505" s="3">
-        <v>38.49</v>
+        <v>150</v>
       </c>
     </row>
     <row r="506">
       <c r="A506" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B506" s="1" t="s">
-        <v>1030</v>
+        <v>1031</v>
       </c>
       <c r="C506" s="1" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="D506" s="3">
-        <v>47.49</v>
+        <v>175</v>
       </c>
     </row>
     <row r="507">
       <c r="A507" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B507" s="1" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="C507" s="1" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="D507" s="3">
-        <v>85.49</v>
+        <v>48.49</v>
       </c>
     </row>
     <row r="508">
       <c r="A508" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B508" s="1" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="C508" s="1" t="s">
-        <v>1035</v>
+        <v>1036</v>
       </c>
       <c r="D508" s="3">
-        <v>210</v>
+        <v>20.49</v>
       </c>
     </row>
     <row r="509">
       <c r="A509" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B509" s="1" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="C509" s="1" t="s">
-        <v>1037</v>
+        <v>1038</v>
       </c>
       <c r="D509" s="3">
-        <v>43.49</v>
+        <v>53.49</v>
       </c>
     </row>
     <row r="510">
       <c r="A510" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B510" s="1" t="s">
-        <v>1038</v>
+        <v>1039</v>
       </c>
       <c r="C510" s="1" t="s">
-        <v>1039</v>
+        <v>1040</v>
       </c>
       <c r="D510" s="3">
-        <v>400</v>
+        <v>65.5</v>
       </c>
     </row>
     <row r="511">
       <c r="A511" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B511" s="1" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="C511" s="1" t="s">
-        <v>1041</v>
+        <v>1042</v>
       </c>
       <c r="D511" s="3">
-        <v>50.49</v>
+        <v>51.5</v>
       </c>
     </row>
     <row r="512">
       <c r="A512" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B512" s="1" t="s">
-        <v>1042</v>
+        <v>1043</v>
       </c>
       <c r="C512" s="1" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
       <c r="D512" s="3">
-        <v>38.49</v>
+        <v>55.5</v>
       </c>
     </row>
     <row r="513">
       <c r="A513" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B513" s="1" t="s">
-        <v>1044</v>
+        <v>1045</v>
       </c>
       <c r="C513" s="1" t="s">
-        <v>1045</v>
+        <v>1046</v>
       </c>
       <c r="D513" s="3">
-        <v>38.49</v>
+        <v>60.49</v>
       </c>
     </row>
     <row r="514">
       <c r="A514" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B514" s="1" t="s">
-        <v>1046</v>
+        <v>1047</v>
       </c>
       <c r="C514" s="1" t="s">
-        <v>1047</v>
+        <v>1048</v>
       </c>
       <c r="D514" s="3">
-        <v>125</v>
+        <v>56.5</v>
       </c>
     </row>
     <row r="515">
       <c r="A515" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B515" s="1" t="s">
-        <v>1048</v>
+        <v>1049</v>
       </c>
       <c r="C515" s="1" t="s">
-        <v>1049</v>
+        <v>1050</v>
       </c>
       <c r="D515" s="3">
-        <v>83.49</v>
+        <v>60.5</v>
       </c>
     </row>
     <row r="516">
       <c r="A516" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B516" s="1" t="s">
-        <v>1050</v>
+        <v>1051</v>
       </c>
       <c r="C516" s="1" t="s">
-        <v>1051</v>
+        <v>1052</v>
       </c>
       <c r="D516" s="3">
-        <v>80.49</v>
+        <v>75.49</v>
       </c>
     </row>
     <row r="517">
       <c r="A517" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B517" s="1" t="s">
-        <v>1052</v>
+        <v>1053</v>
       </c>
       <c r="C517" s="1" t="s">
-        <v>1053</v>
+        <v>1054</v>
       </c>
       <c r="D517" s="3">
-        <v>75.49</v>
+        <v>65.5</v>
       </c>
     </row>
     <row r="518">
       <c r="A518" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B518" s="1" t="s">
-        <v>1054</v>
+        <v>1055</v>
       </c>
       <c r="C518" s="1" t="s">
-        <v>1055</v>
+        <v>1056</v>
       </c>
       <c r="D518" s="3">
-        <v>45.49</v>
+        <v>75.5</v>
       </c>
     </row>
     <row r="519">
       <c r="A519" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B519" s="1" t="s">
-        <v>1056</v>
+        <v>1057</v>
       </c>
       <c r="C519" s="1" t="s">
-        <v>1057</v>
+        <v>1058</v>
       </c>
       <c r="D519" s="3">
-        <v>45.49</v>
+        <v>60.49</v>
       </c>
     </row>
     <row r="520">
       <c r="A520" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B520" s="1" t="s">
-        <v>1058</v>
+        <v>1059</v>
       </c>
       <c r="C520" s="1" t="s">
-        <v>1059</v>
+        <v>1060</v>
       </c>
       <c r="D520" s="3">
-        <v>70.49</v>
+        <v>530</v>
       </c>
     </row>
     <row r="521">
       <c r="A521" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B521" s="1" t="s">
-        <v>1060</v>
+        <v>1061</v>
       </c>
       <c r="C521" s="1" t="s">
-        <v>1061</v>
+        <v>1062</v>
       </c>
       <c r="D521" s="3">
-        <v>65.49</v>
+        <v>40.49</v>
       </c>
     </row>
     <row r="522">
       <c r="A522" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B522" s="1" t="s">
-        <v>1062</v>
+        <v>1063</v>
       </c>
       <c r="C522" s="1" t="s">
-        <v>1063</v>
+        <v>1064</v>
       </c>
       <c r="D522" s="3">
-        <v>85.49</v>
+        <v>45.49</v>
       </c>
     </row>
     <row r="523">
       <c r="A523" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B523" s="1" t="s">
-        <v>1064</v>
+        <v>1065</v>
       </c>
       <c r="C523" s="1" t="s">
-        <v>1065</v>
+        <v>1066</v>
       </c>
       <c r="D523" s="3">
-        <v>57.49</v>
+        <v>75.49</v>
       </c>
     </row>
     <row r="524">
       <c r="A524" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B524" s="1" t="s">
-        <v>1066</v>
+        <v>1067</v>
       </c>
       <c r="C524" s="1" t="s">
-        <v>1067</v>
+        <v>1068</v>
       </c>
       <c r="D524" s="3">
-        <v>39.49</v>
+        <v>60.49</v>
       </c>
     </row>
     <row r="525">
       <c r="A525" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B525" s="1" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="C525" s="1" t="s">
-        <v>1069</v>
+        <v>1070</v>
       </c>
       <c r="D525" s="3">
-        <v>27.49</v>
+        <v>80.49</v>
       </c>
     </row>
     <row r="526">
       <c r="A526" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B526" s="1" t="s">
-        <v>1070</v>
+        <v>1071</v>
       </c>
       <c r="C526" s="1" t="s">
-        <v>1071</v>
+        <v>1072</v>
       </c>
       <c r="D526" s="3">
-        <v>26.49</v>
+        <v>125</v>
       </c>
     </row>
     <row r="527">
       <c r="A527" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B527" s="1" t="s">
-        <v>1072</v>
+        <v>1073</v>
       </c>
       <c r="C527" s="1" t="s">
-        <v>1073</v>
+        <v>1074</v>
       </c>
       <c r="D527" s="3">
-        <v>23.49</v>
+        <v>320</v>
       </c>
     </row>
     <row r="528">
       <c r="A528" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B528" s="1" t="s">
-        <v>1074</v>
+        <v>1075</v>
       </c>
       <c r="C528" s="1" t="s">
-        <v>1075</v>
+        <v>1076</v>
       </c>
       <c r="D528" s="3">
-        <v>32.99</v>
+        <v>38.49</v>
       </c>
     </row>
     <row r="529">
       <c r="A529" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B529" s="1" t="s">
-        <v>1076</v>
+        <v>1077</v>
       </c>
       <c r="C529" s="1" t="s">
-        <v>1077</v>
+        <v>1078</v>
       </c>
       <c r="D529" s="3">
-        <v>65.49</v>
+        <v>47.49</v>
       </c>
     </row>
     <row r="530">
       <c r="A530" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B530" s="1" t="s">
-        <v>1078</v>
+        <v>1079</v>
       </c>
       <c r="C530" s="1" t="s">
-        <v>1079</v>
+        <v>1080</v>
       </c>
       <c r="D530" s="3">
-        <v>225</v>
+        <v>85.49</v>
       </c>
     </row>
     <row r="531">
       <c r="A531" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B531" s="1" t="s">
-        <v>1080</v>
+        <v>1081</v>
       </c>
       <c r="C531" s="1" t="s">
-        <v>1081</v>
+        <v>1082</v>
       </c>
       <c r="D531" s="3">
-        <v>265</v>
+        <v>210</v>
       </c>
     </row>
     <row r="532">
       <c r="A532" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B532" s="1" t="s">
-        <v>1082</v>
+        <v>1083</v>
       </c>
       <c r="C532" s="1" t="s">
-        <v>1083</v>
+        <v>1084</v>
       </c>
       <c r="D532" s="3">
-        <v>320</v>
+        <v>43.49</v>
       </c>
     </row>
     <row r="533">
       <c r="A533" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B533" s="1" t="s">
-        <v>1084</v>
+        <v>1085</v>
       </c>
       <c r="C533" s="1" t="s">
-        <v>1085</v>
+        <v>1086</v>
       </c>
       <c r="D533" s="3">
-        <v>275</v>
+        <v>400</v>
       </c>
     </row>
     <row r="534">
       <c r="A534" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B534" s="1" t="s">
-        <v>1086</v>
+        <v>1087</v>
       </c>
       <c r="C534" s="1" t="s">
-        <v>1087</v>
+        <v>1088</v>
       </c>
       <c r="D534" s="3">
-        <v>74.99</v>
+        <v>50.49</v>
       </c>
     </row>
     <row r="535">
       <c r="A535" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B535" s="1" t="s">
-        <v>1088</v>
+        <v>1089</v>
       </c>
       <c r="C535" s="1" t="s">
-        <v>1089</v>
+        <v>1090</v>
       </c>
       <c r="D535" s="3">
-        <v>7.49</v>
+        <v>38.49</v>
       </c>
     </row>
     <row r="536">
       <c r="A536" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B536" s="1" t="s">
-        <v>1090</v>
+        <v>1091</v>
       </c>
       <c r="C536" s="1" t="s">
-        <v>1091</v>
+        <v>1092</v>
       </c>
       <c r="D536" s="3">
-        <v>90.5</v>
+        <v>38.49</v>
       </c>
     </row>
     <row r="537">
       <c r="A537" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B537" s="1" t="s">
-        <v>1092</v>
+        <v>1093</v>
       </c>
       <c r="C537" s="1" t="s">
-        <v>1093</v>
+        <v>1094</v>
       </c>
       <c r="D537" s="3">
-        <v>185</v>
+        <v>125</v>
       </c>
     </row>
     <row r="538">
       <c r="A538" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B538" s="1" t="s">
-        <v>1094</v>
+        <v>1095</v>
       </c>
       <c r="C538" s="1" t="s">
-        <v>1095</v>
+        <v>1096</v>
       </c>
       <c r="D538" s="3">
-        <v>100</v>
+        <v>83.49</v>
       </c>
     </row>
     <row r="539">
       <c r="A539" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B539" s="1" t="s">
-        <v>1096</v>
+        <v>1097</v>
       </c>
       <c r="C539" s="1" t="s">
-        <v>1097</v>
+        <v>1098</v>
       </c>
       <c r="D539" s="3">
         <v>80.49</v>
       </c>
     </row>
     <row r="540">
       <c r="A540" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B540" s="1" t="s">
-        <v>1098</v>
+        <v>1099</v>
       </c>
       <c r="C540" s="1" t="s">
-        <v>1099</v>
+        <v>1100</v>
       </c>
       <c r="D540" s="3">
-        <v>85.49</v>
+        <v>75.49</v>
       </c>
     </row>
     <row r="541">
       <c r="A541" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B541" s="1" t="s">
-        <v>1100</v>
+        <v>1101</v>
       </c>
       <c r="C541" s="1" t="s">
-        <v>1101</v>
+        <v>1102</v>
       </c>
       <c r="D541" s="3">
-        <v>86.5</v>
+        <v>97</v>
       </c>
     </row>
     <row r="542">
       <c r="A542" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B542" s="1" t="s">
-        <v>1102</v>
+        <v>1103</v>
       </c>
       <c r="C542" s="1" t="s">
-        <v>1103</v>
+        <v>1104</v>
       </c>
       <c r="D542" s="3">
-        <v>85.5</v>
+        <v>45.49</v>
       </c>
     </row>
     <row r="543">
       <c r="A543" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B543" s="1" t="s">
-        <v>1104</v>
+        <v>1105</v>
       </c>
       <c r="C543" s="1" t="s">
-        <v>1105</v>
+        <v>1106</v>
       </c>
       <c r="D543" s="3">
         <v>70.49</v>
       </c>
     </row>
     <row r="544">
       <c r="A544" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B544" s="1" t="s">
-        <v>1106</v>
+        <v>1107</v>
       </c>
       <c r="C544" s="1" t="s">
-        <v>1107</v>
+        <v>1108</v>
       </c>
       <c r="D544" s="3">
-        <v>51.49</v>
+        <v>65.99</v>
       </c>
     </row>
     <row r="545">
       <c r="A545" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B545" s="1" t="s">
-        <v>1108</v>
+        <v>1109</v>
       </c>
       <c r="C545" s="1" t="s">
-        <v>1109</v>
+        <v>1110</v>
       </c>
       <c r="D545" s="3">
-        <v>69.99</v>
+        <v>85.49</v>
       </c>
     </row>
     <row r="546">
       <c r="A546" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B546" s="1" t="s">
-        <v>1110</v>
+        <v>1111</v>
       </c>
       <c r="C546" s="1" t="s">
-        <v>1111</v>
+        <v>1112</v>
       </c>
       <c r="D546" s="3">
-        <v>69.99</v>
+        <v>57.49</v>
       </c>
     </row>
     <row r="547">
       <c r="A547" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B547" s="1" t="s">
-        <v>1112</v>
+        <v>1113</v>
       </c>
       <c r="C547" s="1" t="s">
-        <v>1113</v>
+        <v>1114</v>
       </c>
       <c r="D547" s="3">
-        <v>65.49</v>
+        <v>39.49</v>
       </c>
     </row>
     <row r="548">
       <c r="A548" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B548" s="1" t="s">
-        <v>1114</v>
+        <v>1115</v>
       </c>
       <c r="C548" s="1" t="s">
-        <v>1115</v>
+        <v>1116</v>
       </c>
       <c r="D548" s="3">
-        <v>67</v>
+        <v>27.49</v>
       </c>
     </row>
     <row r="549">
       <c r="A549" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B549" s="1" t="s">
-        <v>1116</v>
+        <v>1117</v>
       </c>
       <c r="C549" s="1" t="s">
-        <v>1117</v>
+        <v>1118</v>
       </c>
       <c r="D549" s="3">
-        <v>52.49</v>
+        <v>26.49</v>
       </c>
     </row>
     <row r="550">
       <c r="A550" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B550" s="1" t="s">
-        <v>1118</v>
+        <v>1119</v>
       </c>
       <c r="C550" s="1" t="s">
-        <v>1119</v>
+        <v>1120</v>
       </c>
       <c r="D550" s="3">
-        <v>52.49</v>
+        <v>23.49</v>
       </c>
     </row>
     <row r="551">
       <c r="A551" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B551" s="1" t="s">
-        <v>1120</v>
+        <v>1121</v>
       </c>
       <c r="C551" s="1" t="s">
-        <v>1121</v>
+        <v>1122</v>
       </c>
       <c r="D551" s="3">
-        <v>52.49</v>
+        <v>32.99</v>
       </c>
     </row>
     <row r="552">
       <c r="A552" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B552" s="1" t="s">
-        <v>1122</v>
+        <v>1123</v>
       </c>
       <c r="C552" s="1" t="s">
-        <v>1123</v>
+        <v>1124</v>
       </c>
       <c r="D552" s="3">
-        <v>45.49</v>
+        <v>65.49</v>
       </c>
     </row>
     <row r="553">
       <c r="A553" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B553" s="1" t="s">
-        <v>1124</v>
+        <v>1125</v>
       </c>
       <c r="C553" s="1" t="s">
-        <v>1125</v>
+        <v>1126</v>
       </c>
       <c r="D553" s="3">
-        <v>50.49</v>
+        <v>225</v>
       </c>
     </row>
     <row r="554">
       <c r="A554" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B554" s="1" t="s">
-        <v>1126</v>
+        <v>1127</v>
       </c>
       <c r="C554" s="1" t="s">
-        <v>1127</v>
+        <v>1128</v>
       </c>
       <c r="D554" s="3">
-        <v>52.49</v>
+        <v>265</v>
       </c>
     </row>
     <row r="555">
       <c r="A555" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B555" s="1" t="s">
-        <v>1128</v>
+        <v>1129</v>
       </c>
       <c r="C555" s="1" t="s">
-        <v>1129</v>
+        <v>1130</v>
       </c>
       <c r="D555" s="3">
-        <v>55</v>
+        <v>320</v>
       </c>
     </row>
     <row r="556">
       <c r="A556" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B556" s="1" t="s">
-        <v>1130</v>
+        <v>1131</v>
       </c>
       <c r="C556" s="1" t="s">
-        <v>1131</v>
+        <v>1132</v>
       </c>
       <c r="D556" s="3">
-        <v>52.49</v>
+        <v>275</v>
       </c>
     </row>
     <row r="557">
       <c r="A557" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B557" s="1" t="s">
-        <v>1132</v>
+        <v>1133</v>
       </c>
       <c r="C557" s="1" t="s">
-        <v>1133</v>
+        <v>1134</v>
       </c>
       <c r="D557" s="3">
-        <v>52.49</v>
+        <v>74.99</v>
       </c>
     </row>
     <row r="558">
       <c r="A558" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B558" s="1" t="s">
-        <v>1134</v>
+        <v>1135</v>
       </c>
       <c r="C558" s="1" t="s">
-        <v>1135</v>
+        <v>1136</v>
       </c>
       <c r="D558" s="3">
-        <v>34.49</v>
+        <v>40</v>
       </c>
     </row>
     <row r="559">
       <c r="A559" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B559" s="1" t="s">
-        <v>1136</v>
+        <v>1137</v>
       </c>
       <c r="C559" s="1" t="s">
-        <v>1137</v>
+        <v>1138</v>
       </c>
       <c r="D559" s="3">
-        <v>65.49</v>
+        <v>40</v>
       </c>
     </row>
     <row r="560">
       <c r="A560" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B560" s="1" t="s">
-        <v>1138</v>
+        <v>1139</v>
       </c>
       <c r="C560" s="1" t="s">
-        <v>1139</v>
+        <v>1140</v>
       </c>
       <c r="D560" s="3">
-        <v>96.49</v>
+        <v>7.49</v>
       </c>
     </row>
     <row r="561">
       <c r="A561" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B561" s="1" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="C561" s="1" t="s">
-        <v>1141</v>
+        <v>1142</v>
       </c>
       <c r="D561" s="3">
-        <v>46.49</v>
+        <v>90.5</v>
       </c>
     </row>
     <row r="562">
       <c r="A562" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B562" s="1" t="s">
-        <v>1142</v>
+        <v>1143</v>
       </c>
       <c r="C562" s="1" t="s">
-        <v>1143</v>
+        <v>1144</v>
       </c>
       <c r="D562" s="3">
-        <v>80.49</v>
+        <v>185</v>
       </c>
     </row>
     <row r="563">
       <c r="A563" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B563" s="1" t="s">
-        <v>1144</v>
+        <v>1145</v>
       </c>
       <c r="C563" s="1" t="s">
-        <v>1145</v>
+        <v>1146</v>
       </c>
       <c r="D563" s="3">
-        <v>23.49</v>
+        <v>100</v>
       </c>
     </row>
     <row r="564">
       <c r="A564" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B564" s="1" t="s">
-        <v>1146</v>
+        <v>1147</v>
       </c>
       <c r="C564" s="1" t="s">
-        <v>1147</v>
+        <v>1148</v>
       </c>
       <c r="D564" s="3">
-        <v>44.49</v>
+        <v>80.49</v>
       </c>
     </row>
     <row r="565">
       <c r="A565" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B565" s="1" t="s">
-        <v>1148</v>
+        <v>1149</v>
       </c>
       <c r="C565" s="1" t="s">
-        <v>1149</v>
+        <v>1150</v>
       </c>
       <c r="D565" s="3">
-        <v>55.49</v>
+        <v>85.49</v>
       </c>
     </row>
     <row r="566">
       <c r="A566" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B566" s="1" t="s">
-        <v>1150</v>
+        <v>1151</v>
       </c>
       <c r="C566" s="1" t="s">
-        <v>1151</v>
+        <v>1152</v>
       </c>
       <c r="D566" s="3">
-        <v>40.49</v>
+        <v>86.5</v>
       </c>
     </row>
     <row r="567">
       <c r="A567" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B567" s="1" t="s">
-        <v>1152</v>
+        <v>1153</v>
       </c>
       <c r="C567" s="1" t="s">
-        <v>1153</v>
+        <v>1154</v>
       </c>
       <c r="D567" s="3">
-        <v>50.49</v>
+        <v>85.5</v>
       </c>
     </row>
     <row r="568">
       <c r="A568" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B568" s="1" t="s">
-        <v>1154</v>
+        <v>1155</v>
       </c>
       <c r="C568" s="1" t="s">
-        <v>1155</v>
+        <v>1156</v>
       </c>
       <c r="D568" s="3">
-        <v>65.49</v>
+        <v>70.49</v>
       </c>
     </row>
     <row r="569">
       <c r="A569" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B569" s="1" t="s">
-        <v>1156</v>
+        <v>1157</v>
       </c>
       <c r="C569" s="1" t="s">
-        <v>1157</v>
+        <v>1158</v>
       </c>
       <c r="D569" s="3">
-        <v>50.49</v>
+        <v>51.49</v>
       </c>
     </row>
     <row r="570">
       <c r="A570" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B570" s="1" t="s">
-        <v>1158</v>
+        <v>1159</v>
       </c>
       <c r="C570" s="1" t="s">
-        <v>1159</v>
+        <v>1160</v>
       </c>
       <c r="D570" s="3">
-        <v>50.49</v>
+        <v>69.99</v>
       </c>
     </row>
     <row r="571">
       <c r="A571" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B571" s="1" t="s">
-        <v>1160</v>
+        <v>1161</v>
       </c>
       <c r="C571" s="1" t="s">
-        <v>1161</v>
+        <v>1162</v>
       </c>
       <c r="D571" s="3">
-        <v>100</v>
+        <v>69.99</v>
       </c>
     </row>
     <row r="572">
       <c r="A572" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B572" s="1" t="s">
-        <v>1162</v>
+        <v>1163</v>
       </c>
       <c r="C572" s="1" t="s">
-        <v>1163</v>
+        <v>1164</v>
       </c>
       <c r="D572" s="3">
-        <v>175</v>
+        <v>65.49</v>
       </c>
     </row>
     <row r="573">
       <c r="A573" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B573" s="1" t="s">
-        <v>1164</v>
+        <v>1165</v>
       </c>
       <c r="C573" s="1" t="s">
-        <v>1165</v>
+        <v>1166</v>
       </c>
       <c r="D573" s="3">
-        <v>95.49</v>
+        <v>67</v>
       </c>
     </row>
     <row r="574">
       <c r="A574" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B574" s="1" t="s">
-        <v>1166</v>
+        <v>1167</v>
       </c>
       <c r="C574" s="1" t="s">
-        <v>1167</v>
+        <v>1168</v>
       </c>
       <c r="D574" s="3">
-        <v>71.49</v>
+        <v>52.49</v>
       </c>
     </row>
     <row r="575">
       <c r="A575" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B575" s="1" t="s">
-        <v>1168</v>
+        <v>1169</v>
       </c>
       <c r="C575" s="1" t="s">
-        <v>1169</v>
+        <v>1170</v>
       </c>
       <c r="D575" s="3">
-        <v>79.99</v>
+        <v>52.49</v>
       </c>
     </row>
     <row r="576">
       <c r="A576" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B576" s="1" t="s">
-        <v>1170</v>
+        <v>1171</v>
       </c>
       <c r="C576" s="1" t="s">
-        <v>1171</v>
+        <v>1172</v>
       </c>
       <c r="D576" s="3">
-        <v>64.49</v>
+        <v>52.49</v>
       </c>
     </row>
     <row r="577">
       <c r="A577" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B577" s="1" t="s">
-        <v>1172</v>
+        <v>1173</v>
       </c>
       <c r="C577" s="1" t="s">
-        <v>1173</v>
+        <v>1174</v>
       </c>
       <c r="D577" s="3">
-        <v>52.49</v>
+        <v>45.49</v>
       </c>
     </row>
     <row r="578">
       <c r="A578" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B578" s="1" t="s">
-        <v>1174</v>
+        <v>1175</v>
       </c>
       <c r="C578" s="1" t="s">
-        <v>1175</v>
+        <v>1176</v>
       </c>
       <c r="D578" s="3">
-        <v>72.49</v>
+        <v>50.49</v>
       </c>
     </row>
     <row r="579">
       <c r="A579" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B579" s="1" t="s">
-        <v>1176</v>
+        <v>1177</v>
       </c>
       <c r="C579" s="1" t="s">
-        <v>1177</v>
+        <v>1178</v>
       </c>
       <c r="D579" s="3">
-        <v>62.49</v>
+        <v>52.49</v>
       </c>
     </row>
     <row r="580">
       <c r="A580" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B580" s="1" t="s">
-        <v>1178</v>
+        <v>1179</v>
       </c>
       <c r="C580" s="1" t="s">
-        <v>1179</v>
+        <v>1180</v>
       </c>
       <c r="D580" s="3">
-        <v>145</v>
+        <v>55</v>
       </c>
     </row>
     <row r="581">
       <c r="A581" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B581" s="1" t="s">
-        <v>1180</v>
+        <v>1181</v>
       </c>
       <c r="C581" s="1" t="s">
-        <v>1181</v>
+        <v>1182</v>
       </c>
       <c r="D581" s="3">
-        <v>62.49</v>
+        <v>52.49</v>
       </c>
     </row>
     <row r="582">
       <c r="A582" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B582" s="1" t="s">
-        <v>1182</v>
+        <v>1183</v>
       </c>
       <c r="C582" s="1" t="s">
-        <v>1183</v>
+        <v>1184</v>
       </c>
       <c r="D582" s="3">
-        <v>42.49</v>
+        <v>52.49</v>
       </c>
     </row>
     <row r="583">
       <c r="A583" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B583" s="1" t="s">
-        <v>1184</v>
+        <v>1185</v>
       </c>
       <c r="C583" s="1" t="s">
-        <v>1185</v>
+        <v>1186</v>
       </c>
       <c r="D583" s="3">
-        <v>35.49</v>
+        <v>34.49</v>
       </c>
     </row>
     <row r="584">
       <c r="A584" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B584" s="1" t="s">
-        <v>1186</v>
+        <v>1187</v>
       </c>
       <c r="C584" s="1" t="s">
-        <v>1187</v>
+        <v>1188</v>
       </c>
       <c r="D584" s="3">
-        <v>70.49</v>
+        <v>65.49</v>
       </c>
     </row>
     <row r="585">
       <c r="A585" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B585" s="1" t="s">
-        <v>1188</v>
+        <v>1189</v>
       </c>
       <c r="C585" s="1" t="s">
-        <v>1189</v>
+        <v>1190</v>
       </c>
       <c r="D585" s="3">
-        <v>70.49</v>
+        <v>96.49</v>
       </c>
     </row>
     <row r="586">
       <c r="A586" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B586" s="1" t="s">
-        <v>1190</v>
+        <v>1191</v>
       </c>
       <c r="C586" s="1" t="s">
-        <v>1191</v>
+        <v>1192</v>
       </c>
       <c r="D586" s="3">
-        <v>70.49</v>
+        <v>300</v>
       </c>
     </row>
     <row r="587">
       <c r="A587" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B587" s="1" t="s">
-        <v>1192</v>
+        <v>1193</v>
       </c>
       <c r="C587" s="1" t="s">
-        <v>1193</v>
+        <v>1194</v>
       </c>
       <c r="D587" s="3">
-        <v>85.49</v>
+        <v>46.49</v>
       </c>
     </row>
     <row r="588">
       <c r="A588" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B588" s="1" t="s">
-        <v>1194</v>
+        <v>1195</v>
       </c>
       <c r="C588" s="1" t="s">
-        <v>1195</v>
+        <v>1196</v>
       </c>
       <c r="D588" s="3">
-        <v>75.49</v>
+        <v>80.49</v>
       </c>
     </row>
     <row r="589">
       <c r="A589" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B589" s="1" t="s">
-        <v>1196</v>
+        <v>1197</v>
       </c>
       <c r="C589" s="1" t="s">
-        <v>1197</v>
+        <v>1198</v>
       </c>
       <c r="D589" s="3">
-        <v>60.49</v>
+        <v>23.49</v>
       </c>
     </row>
     <row r="590">
       <c r="A590" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B590" s="1" t="s">
-        <v>1198</v>
+        <v>1199</v>
       </c>
       <c r="C590" s="1" t="s">
-        <v>1199</v>
+        <v>1200</v>
       </c>
       <c r="D590" s="3">
-        <v>60.49</v>
+        <v>44.49</v>
       </c>
     </row>
     <row r="591">
       <c r="A591" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B591" s="1" t="s">
-        <v>1200</v>
+        <v>1201</v>
       </c>
       <c r="C591" s="1" t="s">
-        <v>1201</v>
+        <v>1202</v>
       </c>
       <c r="D591" s="3">
-        <v>65</v>
+        <v>55.49</v>
       </c>
     </row>
     <row r="592">
       <c r="A592" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B592" s="1" t="s">
-        <v>1202</v>
+        <v>1203</v>
       </c>
       <c r="C592" s="1" t="s">
-        <v>1203</v>
+        <v>1204</v>
       </c>
       <c r="D592" s="3">
-        <v>60.49</v>
+        <v>40.49</v>
       </c>
     </row>
     <row r="593">
       <c r="A593" s="1" t="s">
-        <v>929</v>
+        <v>964</v>
       </c>
       <c r="B593" s="1" t="s">
-        <v>1204</v>
+        <v>1205</v>
       </c>
       <c r="C593" s="1" t="s">
-        <v>1205</v>
+        <v>1206</v>
       </c>
       <c r="D593" s="3">
+        <v>50.49</v>
+      </c>
+    </row>
+    <row r="594">
+      <c r="A594" s="1" t="s">
+        <v>964</v>
+      </c>
+      <c r="B594" s="1" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C594" s="1" t="s">
+        <v>1208</v>
+      </c>
+      <c r="D594" s="3">
+        <v>65.49</v>
+      </c>
+    </row>
+    <row r="595">
+      <c r="A595" s="1" t="s">
+        <v>964</v>
+      </c>
+      <c r="B595" s="1" t="s">
+        <v>1209</v>
+      </c>
+      <c r="C595" s="1" t="s">
+        <v>1210</v>
+      </c>
+      <c r="D595" s="3">
+        <v>50.49</v>
+      </c>
+    </row>
+    <row r="596">
+      <c r="A596" s="1" t="s">
+        <v>964</v>
+      </c>
+      <c r="B596" s="1" t="s">
+        <v>1211</v>
+      </c>
+      <c r="C596" s="1" t="s">
+        <v>1212</v>
+      </c>
+      <c r="D596" s="3">
+        <v>50.49</v>
+      </c>
+    </row>
+    <row r="597">
+      <c r="A597" s="1" t="s">
+        <v>964</v>
+      </c>
+      <c r="B597" s="1" t="s">
+        <v>1213</v>
+      </c>
+      <c r="C597" s="1" t="s">
+        <v>1214</v>
+      </c>
+      <c r="D597" s="3">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="598">
+      <c r="A598" s="1" t="s">
+        <v>964</v>
+      </c>
+      <c r="B598" s="1" t="s">
+        <v>1215</v>
+      </c>
+      <c r="C598" s="1" t="s">
+        <v>1216</v>
+      </c>
+      <c r="D598" s="3">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="599">
+      <c r="A599" s="1" t="s">
+        <v>964</v>
+      </c>
+      <c r="B599" s="1" t="s">
+        <v>1217</v>
+      </c>
+      <c r="C599" s="1" t="s">
+        <v>1218</v>
+      </c>
+      <c r="D599" s="3">
+        <v>95.49</v>
+      </c>
+    </row>
+    <row r="600">
+      <c r="A600" s="1" t="s">
+        <v>964</v>
+      </c>
+      <c r="B600" s="1" t="s">
+        <v>1219</v>
+      </c>
+      <c r="C600" s="1" t="s">
+        <v>1220</v>
+      </c>
+      <c r="D600" s="3">
+        <v>66.99</v>
+      </c>
+    </row>
+    <row r="601">
+      <c r="A601" s="1" t="s">
+        <v>964</v>
+      </c>
+      <c r="B601" s="1" t="s">
+        <v>1221</v>
+      </c>
+      <c r="C601" s="1" t="s">
+        <v>1222</v>
+      </c>
+      <c r="D601" s="3">
+        <v>71.49</v>
+      </c>
+    </row>
+    <row r="602">
+      <c r="A602" s="1" t="s">
+        <v>964</v>
+      </c>
+      <c r="B602" s="1" t="s">
+        <v>1223</v>
+      </c>
+      <c r="C602" s="1" t="s">
+        <v>1224</v>
+      </c>
+      <c r="D602" s="3">
+        <v>79.99</v>
+      </c>
+    </row>
+    <row r="603">
+      <c r="A603" s="1" t="s">
+        <v>964</v>
+      </c>
+      <c r="B603" s="1" t="s">
+        <v>1225</v>
+      </c>
+      <c r="C603" s="1" t="s">
+        <v>1226</v>
+      </c>
+      <c r="D603" s="3">
+        <v>64.49</v>
+      </c>
+    </row>
+    <row r="604">
+      <c r="A604" s="1" t="s">
+        <v>964</v>
+      </c>
+      <c r="B604" s="1" t="s">
+        <v>1227</v>
+      </c>
+      <c r="C604" s="1" t="s">
+        <v>1228</v>
+      </c>
+      <c r="D604" s="3">
+        <v>72.49</v>
+      </c>
+    </row>
+    <row r="605">
+      <c r="A605" s="1" t="s">
+        <v>964</v>
+      </c>
+      <c r="B605" s="1" t="s">
+        <v>1229</v>
+      </c>
+      <c r="C605" s="1" t="s">
+        <v>1230</v>
+      </c>
+      <c r="D605" s="3">
+        <v>62.49</v>
+      </c>
+    </row>
+    <row r="606">
+      <c r="A606" s="1" t="s">
+        <v>964</v>
+      </c>
+      <c r="B606" s="1" t="s">
+        <v>1231</v>
+      </c>
+      <c r="C606" s="1" t="s">
+        <v>1232</v>
+      </c>
+      <c r="D606" s="3">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="607">
+      <c r="A607" s="1" t="s">
+        <v>964</v>
+      </c>
+      <c r="B607" s="1" t="s">
+        <v>1233</v>
+      </c>
+      <c r="C607" s="1" t="s">
+        <v>1234</v>
+      </c>
+      <c r="D607" s="3">
+        <v>62.49</v>
+      </c>
+    </row>
+    <row r="608">
+      <c r="A608" s="1" t="s">
+        <v>964</v>
+      </c>
+      <c r="B608" s="1" t="s">
+        <v>1235</v>
+      </c>
+      <c r="C608" s="1" t="s">
+        <v>1236</v>
+      </c>
+      <c r="D608" s="3">
+        <v>45.99</v>
+      </c>
+    </row>
+    <row r="609">
+      <c r="A609" s="1" t="s">
+        <v>964</v>
+      </c>
+      <c r="B609" s="1" t="s">
+        <v>1237</v>
+      </c>
+      <c r="C609" s="1" t="s">
+        <v>1238</v>
+      </c>
+      <c r="D609" s="3">
+        <v>42.49</v>
+      </c>
+    </row>
+    <row r="610">
+      <c r="A610" s="1" t="s">
+        <v>964</v>
+      </c>
+      <c r="B610" s="1" t="s">
+        <v>1239</v>
+      </c>
+      <c r="C610" s="1" t="s">
+        <v>1240</v>
+      </c>
+      <c r="D610" s="3">
+        <v>39.99</v>
+      </c>
+    </row>
+    <row r="611">
+      <c r="A611" s="1" t="s">
+        <v>964</v>
+      </c>
+      <c r="B611" s="1" t="s">
+        <v>1241</v>
+      </c>
+      <c r="C611" s="1" t="s">
+        <v>1242</v>
+      </c>
+      <c r="D611" s="3">
+        <v>35.49</v>
+      </c>
+    </row>
+    <row r="612">
+      <c r="A612" s="1" t="s">
+        <v>964</v>
+      </c>
+      <c r="B612" s="1" t="s">
+        <v>1243</v>
+      </c>
+      <c r="C612" s="1" t="s">
+        <v>1244</v>
+      </c>
+      <c r="D612" s="3">
+        <v>70.49</v>
+      </c>
+    </row>
+    <row r="613">
+      <c r="A613" s="1" t="s">
+        <v>964</v>
+      </c>
+      <c r="B613" s="1" t="s">
+        <v>1245</v>
+      </c>
+      <c r="C613" s="1" t="s">
+        <v>1246</v>
+      </c>
+      <c r="D613" s="3">
+        <v>70.49</v>
+      </c>
+    </row>
+    <row r="614">
+      <c r="A614" s="1" t="s">
+        <v>964</v>
+      </c>
+      <c r="B614" s="1" t="s">
+        <v>1247</v>
+      </c>
+      <c r="C614" s="1" t="s">
+        <v>1248</v>
+      </c>
+      <c r="D614" s="3">
+        <v>70.49</v>
+      </c>
+    </row>
+    <row r="615">
+      <c r="A615" s="1" t="s">
+        <v>964</v>
+      </c>
+      <c r="B615" s="1" t="s">
+        <v>1249</v>
+      </c>
+      <c r="C615" s="1" t="s">
+        <v>1250</v>
+      </c>
+      <c r="D615" s="3">
+        <v>85.49</v>
+      </c>
+    </row>
+    <row r="616">
+      <c r="A616" s="1" t="s">
+        <v>964</v>
+      </c>
+      <c r="B616" s="1" t="s">
+        <v>1251</v>
+      </c>
+      <c r="C616" s="1" t="s">
+        <v>1252</v>
+      </c>
+      <c r="D616" s="3">
+        <v>75.49</v>
+      </c>
+    </row>
+    <row r="617">
+      <c r="A617" s="1" t="s">
+        <v>964</v>
+      </c>
+      <c r="B617" s="1" t="s">
+        <v>1253</v>
+      </c>
+      <c r="C617" s="1" t="s">
+        <v>1254</v>
+      </c>
+      <c r="D617" s="3">
+        <v>60.49</v>
+      </c>
+    </row>
+    <row r="618">
+      <c r="A618" s="1" t="s">
+        <v>964</v>
+      </c>
+      <c r="B618" s="1" t="s">
+        <v>1255</v>
+      </c>
+      <c r="C618" s="1" t="s">
+        <v>1256</v>
+      </c>
+      <c r="D618" s="3">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="619">
+      <c r="A619" s="1" t="s">
+        <v>964</v>
+      </c>
+      <c r="B619" s="1" t="s">
+        <v>1257</v>
+      </c>
+      <c r="C619" s="1" t="s">
+        <v>1258</v>
+      </c>
+      <c r="D619" s="3">
+        <v>60.49</v>
+      </c>
+    </row>
+    <row r="620">
+      <c r="A620" s="1" t="s">
+        <v>964</v>
+      </c>
+      <c r="B620" s="1" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C620" s="1" t="s">
+        <v>1260</v>
+      </c>
+      <c r="D620" s="3">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="621">
+      <c r="A621" s="1" t="s">
+        <v>964</v>
+      </c>
+      <c r="B621" s="1" t="s">
+        <v>1261</v>
+      </c>
+      <c r="C621" s="1" t="s">
+        <v>1262</v>
+      </c>
+      <c r="D621" s="3">
+        <v>60.49</v>
+      </c>
+    </row>
+    <row r="622">
+      <c r="A622" s="1" t="s">
+        <v>964</v>
+      </c>
+      <c r="B622" s="1" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C622" s="1" t="s">
+        <v>1264</v>
+      </c>
+      <c r="D622" s="3">
         <v>39.49</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>