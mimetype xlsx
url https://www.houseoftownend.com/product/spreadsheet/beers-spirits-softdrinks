--- v2 (2025-11-23)
+++ v3 (2025-12-14)
@@ -5,51 +5,51 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="House of Townend" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1265" uniqueCount="1265">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1247" uniqueCount="1247">
   <si>
     <t>Category</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>ProductCode</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Ale</t>
   </si>
   <si>
     <t>Black Sheep Ale 8 x 500ml</t>
   </si>
   <si>
     <t>BLSH002</t>
   </si>
   <si>
     <t>Bowness Bay Brewing Fell Walker Pale Ale 8 x 500ml</t>
   </si>
   <si>
@@ -82,56 +82,50 @@
   <si>
     <t>Bowness Bay Brewing Swan Black 12 x 500ml</t>
   </si>
   <si>
     <t>BOWN035</t>
   </si>
   <si>
     <t>Bowness Bay Brewing Swan Blonde 12 x 500ml</t>
   </si>
   <si>
     <t>BOWN005</t>
   </si>
   <si>
     <t>Bowness Bay Brewing Swan Free 8 x 500ml</t>
   </si>
   <si>
     <t>BOWN001</t>
   </si>
   <si>
     <t>Cold Bath Brewery Pale Ale, 12 x 330ml</t>
   </si>
   <si>
     <t>COLD015</t>
   </si>
   <si>
-    <t>Crabbies Alcoholic Ginger Beer 12 x 500ml</t>
-[...4 lines deleted...]
-  <si>
     <t>Estrella Inedit 24 x 330ml</t>
   </si>
   <si>
     <t>ESTR015</t>
   </si>
   <si>
     <t>Guinness 0.0 Alcohol Free Stout 24 x 440ml</t>
   </si>
   <si>
     <t>GUIN050</t>
   </si>
   <si>
     <t>Guinness Microdraught Can 24 x 558ml</t>
   </si>
   <si>
     <t>GUIN055</t>
   </si>
   <si>
     <t>Hawkshead Lakeland Gold 8 x 500ml</t>
   </si>
   <si>
     <t>HAWK120</t>
   </si>
   <si>
     <t>Hawkshead Windermere Pale 8 x 500ml</t>
@@ -268,68 +262,56 @@
   <si>
     <t>PIMM001</t>
   </si>
   <si>
     <t>Pocas Vermouth Soberbo</t>
   </si>
   <si>
     <t>POCA340</t>
   </si>
   <si>
     <t>Ricard Pastis</t>
   </si>
   <si>
     <t>RICA001</t>
   </si>
   <si>
     <t>Sommer Rhubarb &amp; Rapsberry Aperitif</t>
   </si>
   <si>
     <t>SOMM001</t>
   </si>
   <si>
     <t>Brandy</t>
   </si>
   <si>
-    <t>Carlos I Imperial XO Brandy</t>
-[...4 lines deleted...]
-  <si>
     <t>House Brandy</t>
   </si>
   <si>
     <t>CEZA001</t>
   </si>
   <si>
-    <t>Metaxa 5 Star Brandy</t>
-[...4 lines deleted...]
-  <si>
     <t>Calvados</t>
   </si>
   <si>
     <t>Boulard Grand Solage Pays D'auge Calvados</t>
   </si>
   <si>
     <t>CALV001</t>
   </si>
   <si>
     <t>Cider</t>
   </si>
   <si>
     <t>Bulmers Original Cider 12 x 500ml</t>
   </si>
   <si>
     <t>BULM001</t>
   </si>
   <si>
     <t>Howie's Berry Cider 12 x 500ml</t>
   </si>
   <si>
     <t>HOWI010</t>
   </si>
   <si>
     <t>Howie's Grapefruit Cider 12 x 500ml</t>
@@ -799,56 +781,50 @@
   <si>
     <t>Bombay Sapphire Gin</t>
   </si>
   <si>
     <t>BOMB001</t>
   </si>
   <si>
     <t>Brockmans Intensely Smooth Gin</t>
   </si>
   <si>
     <t>BROC001</t>
   </si>
   <si>
     <t>Cooper King Gin</t>
   </si>
   <si>
     <t>COOP010</t>
   </si>
   <si>
     <t>Cotton Garden Gin</t>
   </si>
   <si>
     <t>COTT010</t>
   </si>
   <si>
-    <t>Cotton Gin</t>
-[...4 lines deleted...]
-  <si>
     <t>Cumbria Distilling Company British Gin</t>
   </si>
   <si>
     <t>CARL100</t>
   </si>
   <si>
     <t>Cumbria Distilling Company Rhubarb Gin</t>
   </si>
   <si>
     <t>CARL105</t>
   </si>
   <si>
     <t>Cumbria Distilling Company Valencian Orange Gin</t>
   </si>
   <si>
     <t>CARL110</t>
   </si>
   <si>
     <t>Edgerton Pink Gin</t>
   </si>
   <si>
     <t>EDGE025</t>
   </si>
   <si>
     <t>Edinburgh Cannonball Gin</t>
@@ -937,50 +913,56 @@
   <si>
     <t>Hendrick's Gin</t>
   </si>
   <si>
     <t>HEND001</t>
   </si>
   <si>
     <t>Kirkjuvagr Arkh-Angell Storm Strength Gin</t>
   </si>
   <si>
     <t>KIRK045</t>
   </si>
   <si>
     <t>Kirkjuvagr Beyla – Honey &amp; Raspberry Old Tom Gin</t>
   </si>
   <si>
     <t>KIRK050</t>
   </si>
   <si>
     <t>Kirkjuvagr Orkney Gin</t>
   </si>
   <si>
     <t>KIRK001</t>
   </si>
   <si>
+    <t xml:space="preserve">Lakeland Moon Elderflower Gin  70cl</t>
+  </si>
+  <si>
+    <t>KEND125</t>
+  </si>
+  <si>
     <t>Lakes Distillery Elderflower Gin Liqueur Miniatures 5cl</t>
   </si>
   <si>
     <t>THEO225</t>
   </si>
   <si>
     <t>Lakes Distillery Gin</t>
   </si>
   <si>
     <t>THEO270</t>
   </si>
   <si>
     <t>Lakes Distillery Gin Miniatures 5cl</t>
   </si>
   <si>
     <t>THEO025</t>
   </si>
   <si>
     <t>Lakes Distillery Mountian Strength Gin</t>
   </si>
   <si>
     <t>THEO435</t>
   </si>
   <si>
     <t>Lakes Distillery Pink Grapefruit Gin</t>
@@ -1165,56 +1147,50 @@
   <si>
     <t>Sipsmith London Dry Gin</t>
   </si>
   <si>
     <t>SLIP001</t>
   </si>
   <si>
     <t>Sir Robin of Locksley Gin</t>
   </si>
   <si>
     <t>LOCK001</t>
   </si>
   <si>
     <t>Slingsby Blackberry Gin</t>
   </si>
   <si>
     <t>SLIN025</t>
   </si>
   <si>
     <t>Slingsby Gin</t>
   </si>
   <si>
     <t>SLING001</t>
   </si>
   <si>
-    <t>Slingsby Marmalade Gin</t>
-[...4 lines deleted...]
-  <si>
     <t>Slingsby Rhubarb Gin</t>
   </si>
   <si>
     <t>SLIN005</t>
   </si>
   <si>
     <t>Sloemotion Blackberry &amp; Apple Gin</t>
   </si>
   <si>
     <t>SLOE095</t>
   </si>
   <si>
     <t>Sloemotion Hedgerow Gin</t>
   </si>
   <si>
     <t>SLOE080</t>
   </si>
   <si>
     <t>Sloemotion Hedgerow Vodka</t>
   </si>
   <si>
     <t>SLOE090</t>
   </si>
   <si>
     <t>Sloemotion Rhubarb and Raspberry Gin</t>
@@ -1366,56 +1342,50 @@
   <si>
     <t>Beck's Non Alcoholic Lager 24 x 275ml</t>
   </si>
   <si>
     <t>BECK005</t>
   </si>
   <si>
     <t>Birra Moretti Premium Lager 24 x 330ml</t>
   </si>
   <si>
     <t>MORE090</t>
   </si>
   <si>
     <t>Budweiser Lager 24 x 330ml</t>
   </si>
   <si>
     <t>BUDW010</t>
   </si>
   <si>
     <t>Cold Bath Brewery Lager, 12 x 330ml</t>
   </si>
   <si>
     <t>COLD010</t>
   </si>
   <si>
-    <t>Cold Bath Brewery Pilsner 12 X 330ml</t>
-[...4 lines deleted...]
-  <si>
     <t>Corona Lager 24 x 330ml</t>
   </si>
   <si>
     <t>CORO001</t>
   </si>
   <si>
     <t>Desperado Lager 24 x 330ml</t>
   </si>
   <si>
     <t>DESP001</t>
   </si>
   <si>
     <t>Estrella Damm Alcohol Free Lager 24 x 330ml</t>
   </si>
   <si>
     <t>ESTR030</t>
   </si>
   <si>
     <t>Estrella Damm Alcohol Free Lager Cans 24 x 330ml</t>
   </si>
   <si>
     <t>ESTR045</t>
   </si>
   <si>
     <t>Estrella Damm Daura Gluten Free Lager 24 x 330ml</t>
@@ -1471,56 +1441,50 @@
   <si>
     <t>PERO020</t>
   </si>
   <si>
     <t>Peroni Nastro Azzurro Lager 24 x 330ml</t>
   </si>
   <si>
     <t>PERO001</t>
   </si>
   <si>
     <t>Peroni Red Label Lager 24 x 330ml</t>
   </si>
   <si>
     <t>PERO015</t>
   </si>
   <si>
     <t>Veltins German Pilsener, 24 x 500ml</t>
   </si>
   <si>
     <t>VELT001</t>
   </si>
   <si>
     <t>Liqueurs</t>
   </si>
   <si>
-    <t>Akashi-Tai Junmai Ginjo Sparkling Sake</t>
-[...4 lines deleted...]
-  <si>
     <t>Akashi-Tai Junmai Ginjo Yuzushu (Citrus) Sake</t>
   </si>
   <si>
     <t>AKAS005</t>
   </si>
   <si>
     <t>Akashi-Tai Shiruame Umeshu Sake</t>
   </si>
   <si>
     <t>UMES001</t>
   </si>
   <si>
     <t>Amaretto Disarrono Liqueur</t>
   </si>
   <si>
     <t>AMAR010</t>
   </si>
   <si>
     <t>Angostorus Bitters Orange 10cl</t>
   </si>
   <si>
     <t>ANGO005</t>
   </si>
   <si>
     <t>Angostura Bitters 200ml</t>
@@ -2809,56 +2773,50 @@
   <si>
     <t>Kin Toffee Lemon Vodka 50cl</t>
   </si>
   <si>
     <t>KINT035</t>
   </si>
   <si>
     <t>Kin Toffee Lemon Vodka 5cl</t>
   </si>
   <si>
     <t>KINT040</t>
   </si>
   <si>
     <t>Kin Toffee Vodka</t>
   </si>
   <si>
     <t>KINT010</t>
   </si>
   <si>
     <t>Kin Toffee Vodka 20cl</t>
   </si>
   <si>
     <t>KINT001</t>
   </si>
   <si>
-    <t>Kin Toffee Vodka 50cl</t>
-[...4 lines deleted...]
-  <si>
     <t>Kin Toffee Vodka 5cl</t>
   </si>
   <si>
     <t>KINT015</t>
   </si>
   <si>
     <t>Konik's Tail Vodka</t>
   </si>
   <si>
     <t>KONI001</t>
   </si>
   <si>
     <t>Lakes Distillery Vodka</t>
   </si>
   <si>
     <t>THEO290</t>
   </si>
   <si>
     <t>Lakes Distillery Vodka Miniatures 5cl</t>
   </si>
   <si>
     <t>THEO040</t>
   </si>
   <si>
     <t>Masons of Yorkshire Citrus Vodka</t>
@@ -3412,56 +3370,50 @@
   <si>
     <t>Kentucky Owl Batch 12 Bourbon Whiskey</t>
   </si>
   <si>
     <t>KENT015</t>
   </si>
   <si>
     <t>Kentucky Owl Mardi Gra XO Cask Bourbon Whiskey</t>
   </si>
   <si>
     <t>KENT010</t>
   </si>
   <si>
     <t>Lakes Distillery Quatrefoil Collection Faith Blended Whisky</t>
   </si>
   <si>
     <t>THEO370</t>
   </si>
   <si>
     <t>Lakes Distillery Signature Single Malt Whisky</t>
   </si>
   <si>
     <t>THEO440</t>
   </si>
   <si>
-    <t>Lakes Distillery The One Colheita Finish Blended Whisky</t>
-[...4 lines deleted...]
-  <si>
     <t>Lakes Distillery The One Manzanilla Finish Blended Whisky</t>
   </si>
   <si>
     <t>THEO390</t>
   </si>
   <si>
     <t>Lakes Distillery The One Whisky Miniatures 5cl</t>
   </si>
   <si>
     <t>THEO005</t>
   </si>
   <si>
     <t>Lakes Distillery The Whiskymaker's Editions Equinox</t>
   </si>
   <si>
     <t>THEO420</t>
   </si>
   <si>
     <t>Lakes Distillery The Whiskymaker's Editions Galaxia</t>
   </si>
   <si>
     <t>THEO430</t>
   </si>
   <si>
     <t>Lakes Distillery The Whiskymaker's Editions Infinity Single Malt Whisky</t>
@@ -3548,56 +3500,50 @@
     <t>LOCH115</t>
   </si>
   <si>
     <t>Lochlea Distillery Our Barley Single Malt Whisky</t>
   </si>
   <si>
     <t>LOCH040</t>
   </si>
   <si>
     <t>Lochlea Distillery Ploughing Edition (First Crop) Single Malt Whisky</t>
   </si>
   <si>
     <t>LOCH055</t>
   </si>
   <si>
     <t>Lochlea Distillery Ploughing Edition (Second Crop) Single Malt Whisky</t>
   </si>
   <si>
     <t>LOCH090</t>
   </si>
   <si>
     <t>Lochlea Distillery Red Wine Cask Single Malt Whisky</t>
   </si>
   <si>
     <t>LOCH150</t>
-  </si>
-[...4 lines deleted...]
-    <t>LOCH035</t>
   </si>
   <si>
     <t>Lochlea Distillery Sowing Edition, Single Malt Whisky, Third Crop</t>
   </si>
   <si>
     <t>LOCH105</t>
   </si>
   <si>
     <t>Maker's Mark Kentucky Straight Bourbon Whiskey</t>
   </si>
   <si>
     <t>MAKE001</t>
   </si>
   <si>
     <t>Mosgaard PX Cask Single Malt Whisky</t>
   </si>
   <si>
     <t>MOOS001</t>
   </si>
   <si>
     <t>Murray McDavid Crafted Blend Young &amp; Old 7 Year Old Blended Whisky</t>
   </si>
   <si>
     <t>MURR025</t>
   </si>
@@ -3856,68 +3802,68 @@
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="164" applyNumberFormat="1" fontId="1" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:D622">
-  <autoFilter ref="A1:D622"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:D613">
+  <autoFilter ref="A1:D613"/>
   <tableColumns count="4">
     <tableColumn id="1" name="Category"/>
     <tableColumn id="2" name="Name"/>
     <tableColumn id="3" name="ProductCode"/>
     <tableColumn id="4" name="Price"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight1" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:D622"/>
+  <dimension ref="A1:D613"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="18.4488330841064" customWidth="1"/>
     <col min="2" max="2" width="55" customWidth="1"/>
     <col min="3" max="3" width="14.0665775299072" customWidth="1"/>
     <col min="4" max="4" width="9.240625" customWidth="1" style="2"/>
     <col min="5" max="5" width="9.240625" customWidth="1"/>
     <col min="6" max="6" width="9.240625" customWidth="1"/>
     <col min="7" max="7" width="9.240625" customWidth="1"/>
     <col min="8" max="8" width="9.240625" customWidth="1"/>
     <col min="9" max="9" width="9.240625" customWidth="1"/>
     <col min="10" max="10" width="9.240625" customWidth="1"/>
     <col min="11" max="11" width="9.240625" customWidth="1"/>
     <col min="12" max="12" width="9.240625" customWidth="1"/>
     <col min="13" max="13" width="9.240625" customWidth="1"/>
     <col min="14" max="14" width="9.240625" customWidth="1"/>
     <col min="15" max="15" width="9.240625" customWidth="1"/>
     <col min="16" max="16" width="9.240625" customWidth="1"/>
     <col min="17" max="17" width="9.240625" customWidth="1"/>
     <col min="18" max="18" width="9.240625" customWidth="1"/>
     <col min="19" max="19" width="9.240625" customWidth="1"/>
     <col min="20" max="20" width="9.240625" customWidth="1"/>
@@ -4145,8575 +4091,8449 @@
     <row r="11">
       <c r="A11" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>23</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>24</v>
       </c>
       <c r="D11" s="3">
         <v>31.99</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>25</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>26</v>
       </c>
       <c r="D12" s="3">
-        <v>23.49</v>
+        <v>42.99</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B13" s="1" t="s">
         <v>27</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>28</v>
       </c>
       <c r="D13" s="3">
-        <v>42.99</v>
+        <v>31.99</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>29</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>30</v>
       </c>
       <c r="D14" s="3">
-        <v>31.99</v>
+        <v>69.99</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B15" s="1" t="s">
         <v>31</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>32</v>
       </c>
       <c r="D15" s="3">
-        <v>69.99</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B16" s="1" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>34</v>
       </c>
       <c r="D16" s="3">
         <v>19.99</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B17" s="1" t="s">
         <v>35</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>36</v>
       </c>
       <c r="D17" s="3">
-        <v>19.99</v>
+        <v>32.99</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B18" s="1" t="s">
         <v>37</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>38</v>
       </c>
       <c r="D18" s="3">
-        <v>32.99</v>
+        <v>29.99</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B19" s="1" t="s">
         <v>39</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>40</v>
       </c>
       <c r="D19" s="3">
-        <v>29.99</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>41</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>42</v>
       </c>
       <c r="D20" s="3">
-        <v>24.99</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B21" s="1" t="s">
         <v>43</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>44</v>
       </c>
       <c r="D21" s="3">
-        <v>19.99</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B22" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D22" s="3">
-        <v>24.99</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="1" t="s">
-        <v>4</v>
+        <v>47</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D23" s="3">
-        <v>21.99</v>
+        <v>35.49</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="1" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="B24" s="1" t="s">
         <v>50</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>51</v>
       </c>
       <c r="D24" s="3">
         <v>35.49</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="1" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>52</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>53</v>
       </c>
       <c r="D25" s="3">
-        <v>35.49</v>
+        <v>17.49</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="1" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>54</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>55</v>
       </c>
       <c r="D26" s="3">
-        <v>17.49</v>
+        <v>28.49</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="1" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>56</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>57</v>
       </c>
       <c r="D27" s="3">
-        <v>28.49</v>
+        <v>20.99</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="1" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="B28" s="1" t="s">
         <v>58</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>59</v>
       </c>
       <c r="D28" s="3">
-        <v>20.99</v>
+        <v>13.49</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="1" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="B29" s="1" t="s">
         <v>60</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>61</v>
       </c>
       <c r="D29" s="3">
-        <v>13.49</v>
+        <v>27.49</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="1" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="B30" s="1" t="s">
         <v>62</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>63</v>
       </c>
       <c r="D30" s="3">
         <v>27.49</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="1" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="B31" s="1" t="s">
         <v>64</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>65</v>
       </c>
       <c r="D31" s="3">
         <v>27.49</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="1" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="B32" s="1" t="s">
         <v>66</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D32" s="3">
-        <v>27.49</v>
+        <v>13.49</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="1" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="B33" s="1" t="s">
         <v>68</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>69</v>
       </c>
       <c r="D33" s="3">
         <v>13.49</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="1" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="B34" s="1" t="s">
         <v>70</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>71</v>
       </c>
       <c r="D34" s="3">
         <v>13.49</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="1" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="B35" s="1" t="s">
         <v>72</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>73</v>
       </c>
       <c r="D35" s="3">
-        <v>13.49</v>
+        <v>18.49</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="1" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="B36" s="1" t="s">
         <v>74</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>75</v>
       </c>
       <c r="D36" s="3">
-        <v>18.49</v>
+        <v>25.49</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="1" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="B37" s="1" t="s">
         <v>76</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>77</v>
       </c>
       <c r="D37" s="3">
-        <v>25.49</v>
+        <v>19.49</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="1" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="B38" s="1" t="s">
         <v>78</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>79</v>
       </c>
       <c r="D38" s="3">
-        <v>19.49</v>
+        <v>17.49</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="1" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="B39" s="1" t="s">
         <v>80</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>81</v>
       </c>
       <c r="D39" s="3">
-        <v>17.49</v>
+        <v>27.49</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="1" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="B40" s="1" t="s">
         <v>82</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>83</v>
       </c>
       <c r="D40" s="3">
-        <v>27.49</v>
+        <v>22.49</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="1" t="s">
-        <v>49</v>
+        <v>84</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D41" s="3">
-        <v>22.49</v>
+        <v>18.49</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="1" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D42" s="3">
-        <v>49.99</v>
+        <v>31.99</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="1" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="D43" s="3">
-        <v>18.49</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="1" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="D44" s="3">
-        <v>20.6</v>
+        <v>29.99</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="1" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D45" s="3">
-        <v>31.99</v>
+        <v>29.99</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="1" t="s">
-        <v>96</v>
+        <v>90</v>
       </c>
       <c r="B46" s="1" t="s">
         <v>97</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>98</v>
       </c>
       <c r="D46" s="3">
-        <v>19.99</v>
+        <v>29.99</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="1" t="s">
-        <v>96</v>
+        <v>90</v>
       </c>
       <c r="B47" s="1" t="s">
         <v>99</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>100</v>
       </c>
       <c r="D47" s="3">
-        <v>29.99</v>
+        <v>35.99</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="1" t="s">
-        <v>96</v>
+        <v>90</v>
       </c>
       <c r="B48" s="1" t="s">
         <v>101</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>102</v>
       </c>
       <c r="D48" s="3">
-        <v>29.99</v>
+        <v>14.99</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="1" t="s">
-        <v>96</v>
+        <v>90</v>
       </c>
       <c r="B49" s="1" t="s">
         <v>103</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>104</v>
       </c>
       <c r="D49" s="3">
-        <v>29.99</v>
+        <v>35.99</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="1" t="s">
-        <v>96</v>
+        <v>90</v>
       </c>
       <c r="B50" s="1" t="s">
         <v>105</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>106</v>
       </c>
       <c r="D50" s="3">
-        <v>35.99</v>
+        <v>14.99</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="1" t="s">
-        <v>96</v>
+        <v>90</v>
       </c>
       <c r="B51" s="1" t="s">
         <v>107</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>108</v>
       </c>
       <c r="D51" s="3">
-        <v>14.99</v>
+        <v>22.99</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="1" t="s">
-        <v>96</v>
+        <v>90</v>
       </c>
       <c r="B52" s="1" t="s">
         <v>109</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>110</v>
       </c>
       <c r="D52" s="3">
-        <v>35.99</v>
+        <v>26.99</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="1" t="s">
-        <v>96</v>
+        <v>90</v>
       </c>
       <c r="B53" s="1" t="s">
         <v>111</v>
       </c>
       <c r="C53" s="1" t="s">
         <v>112</v>
       </c>
       <c r="D53" s="3">
-        <v>14.99</v>
+        <v>26.99</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="1" t="s">
-        <v>96</v>
+        <v>90</v>
       </c>
       <c r="B54" s="1" t="s">
         <v>113</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>114</v>
       </c>
       <c r="D54" s="3">
-        <v>22.99</v>
+        <v>26.99</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="1" t="s">
-        <v>96</v>
+        <v>90</v>
       </c>
       <c r="B55" s="1" t="s">
         <v>115</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>116</v>
       </c>
       <c r="D55" s="3">
-        <v>26.99</v>
+        <v>33.99</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="1" t="s">
-        <v>96</v>
+        <v>90</v>
       </c>
       <c r="B56" s="1" t="s">
         <v>117</v>
       </c>
       <c r="C56" s="1" t="s">
         <v>118</v>
       </c>
       <c r="D56" s="3">
-        <v>26.99</v>
+        <v>33.99</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="1" t="s">
-        <v>96</v>
+        <v>90</v>
       </c>
       <c r="B57" s="1" t="s">
         <v>119</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>120</v>
       </c>
       <c r="D57" s="3">
-        <v>26.99</v>
+        <v>33.99</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="1" t="s">
-        <v>96</v>
+        <v>90</v>
       </c>
       <c r="B58" s="1" t="s">
         <v>121</v>
       </c>
       <c r="C58" s="1" t="s">
         <v>122</v>
       </c>
       <c r="D58" s="3">
         <v>33.99</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="1" t="s">
-        <v>96</v>
+        <v>123</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="D59" s="3">
-        <v>33.99</v>
+        <v>11.99</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="1" t="s">
-        <v>96</v>
+        <v>123</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D60" s="3">
-        <v>33.99</v>
+        <v>11.99</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="1" t="s">
-        <v>96</v>
+        <v>123</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D61" s="3">
-        <v>33.99</v>
+        <v>11.99</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="1" t="s">
-        <v>129</v>
+        <v>123</v>
       </c>
       <c r="B62" s="1" t="s">
         <v>130</v>
       </c>
       <c r="C62" s="1" t="s">
         <v>131</v>
       </c>
       <c r="D62" s="3">
         <v>11.99</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="1" t="s">
-        <v>129</v>
+        <v>123</v>
       </c>
       <c r="B63" s="1" t="s">
         <v>132</v>
       </c>
       <c r="C63" s="1" t="s">
         <v>133</v>
       </c>
       <c r="D63" s="3">
         <v>11.99</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="1" t="s">
-        <v>129</v>
+        <v>123</v>
       </c>
       <c r="B64" s="1" t="s">
         <v>134</v>
       </c>
       <c r="C64" s="1" t="s">
         <v>135</v>
       </c>
       <c r="D64" s="3">
         <v>11.99</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="1" t="s">
-        <v>129</v>
+        <v>123</v>
       </c>
       <c r="B65" s="1" t="s">
         <v>136</v>
       </c>
       <c r="C65" s="1" t="s">
         <v>137</v>
       </c>
       <c r="D65" s="3">
         <v>11.99</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="1" t="s">
-        <v>129</v>
+        <v>123</v>
       </c>
       <c r="B66" s="1" t="s">
         <v>138</v>
       </c>
       <c r="C66" s="1" t="s">
         <v>139</v>
       </c>
       <c r="D66" s="3">
         <v>11.99</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="1" t="s">
-        <v>129</v>
+        <v>123</v>
       </c>
       <c r="B67" s="1" t="s">
         <v>140</v>
       </c>
       <c r="C67" s="1" t="s">
         <v>141</v>
       </c>
       <c r="D67" s="3">
         <v>11.99</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="1" t="s">
-        <v>129</v>
+        <v>123</v>
       </c>
       <c r="B68" s="1" t="s">
         <v>142</v>
       </c>
       <c r="C68" s="1" t="s">
         <v>143</v>
       </c>
       <c r="D68" s="3">
         <v>11.99</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="1" t="s">
-        <v>129</v>
+        <v>123</v>
       </c>
       <c r="B69" s="1" t="s">
         <v>144</v>
       </c>
       <c r="C69" s="1" t="s">
         <v>145</v>
       </c>
       <c r="D69" s="3">
         <v>11.99</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="1" t="s">
-        <v>129</v>
+        <v>123</v>
       </c>
       <c r="B70" s="1" t="s">
         <v>146</v>
       </c>
       <c r="C70" s="1" t="s">
         <v>147</v>
       </c>
       <c r="D70" s="3">
         <v>11.99</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="1" t="s">
-        <v>129</v>
+        <v>123</v>
       </c>
       <c r="B71" s="1" t="s">
         <v>148</v>
       </c>
       <c r="C71" s="1" t="s">
         <v>149</v>
       </c>
       <c r="D71" s="3">
         <v>11.99</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="1" t="s">
-        <v>129</v>
+        <v>123</v>
       </c>
       <c r="B72" s="1" t="s">
         <v>150</v>
       </c>
       <c r="C72" s="1" t="s">
         <v>151</v>
       </c>
       <c r="D72" s="3">
         <v>11.99</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="1" t="s">
-        <v>129</v>
+        <v>123</v>
       </c>
       <c r="B73" s="1" t="s">
         <v>152</v>
       </c>
       <c r="C73" s="1" t="s">
         <v>153</v>
       </c>
       <c r="D73" s="3">
         <v>11.99</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="1" t="s">
-        <v>129</v>
+        <v>123</v>
       </c>
       <c r="B74" s="1" t="s">
         <v>154</v>
       </c>
       <c r="C74" s="1" t="s">
         <v>155</v>
       </c>
       <c r="D74" s="3">
         <v>11.99</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="1" t="s">
-        <v>129</v>
+        <v>123</v>
       </c>
       <c r="B75" s="1" t="s">
         <v>156</v>
       </c>
       <c r="C75" s="1" t="s">
         <v>157</v>
       </c>
       <c r="D75" s="3">
         <v>11.99</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="1" t="s">
-        <v>129</v>
+        <v>123</v>
       </c>
       <c r="B76" s="1" t="s">
         <v>158</v>
       </c>
       <c r="C76" s="1" t="s">
         <v>159</v>
       </c>
       <c r="D76" s="3">
         <v>11.99</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="1" t="s">
-        <v>129</v>
+        <v>123</v>
       </c>
       <c r="B77" s="1" t="s">
         <v>160</v>
       </c>
       <c r="C77" s="1" t="s">
         <v>161</v>
       </c>
       <c r="D77" s="3">
         <v>11.99</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="1" t="s">
-        <v>129</v>
+        <v>123</v>
       </c>
       <c r="B78" s="1" t="s">
         <v>162</v>
       </c>
       <c r="C78" s="1" t="s">
         <v>163</v>
       </c>
       <c r="D78" s="3">
         <v>11.99</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="1" t="s">
-        <v>129</v>
+        <v>123</v>
       </c>
       <c r="B79" s="1" t="s">
         <v>164</v>
       </c>
       <c r="C79" s="1" t="s">
         <v>165</v>
       </c>
       <c r="D79" s="3">
         <v>11.99</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="1" t="s">
-        <v>129</v>
+        <v>123</v>
       </c>
       <c r="B80" s="1" t="s">
         <v>166</v>
       </c>
       <c r="C80" s="1" t="s">
         <v>167</v>
       </c>
       <c r="D80" s="3">
         <v>11.99</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="1" t="s">
-        <v>129</v>
+        <v>123</v>
       </c>
       <c r="B81" s="1" t="s">
         <v>168</v>
       </c>
       <c r="C81" s="1" t="s">
         <v>169</v>
       </c>
       <c r="D81" s="3">
         <v>11.99</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="1" t="s">
-        <v>129</v>
+        <v>170</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D82" s="3">
-        <v>11.99</v>
+        <v>115</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="1" t="s">
-        <v>129</v>
+        <v>173</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="D83" s="3">
-        <v>11.99</v>
+        <v>34.49</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="1" t="s">
-        <v>129</v>
+        <v>173</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="D84" s="3">
-        <v>11.99</v>
+        <v>48.49</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="1" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="D85" s="3">
-        <v>115</v>
+        <v>140</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="1" t="s">
-        <v>179</v>
+        <v>173</v>
       </c>
       <c r="B86" s="1" t="s">
         <v>180</v>
       </c>
       <c r="C86" s="1" t="s">
         <v>181</v>
       </c>
       <c r="D86" s="3">
-        <v>34.49</v>
+        <v>90.49</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="1" t="s">
-        <v>179</v>
+        <v>173</v>
       </c>
       <c r="B87" s="1" t="s">
         <v>182</v>
       </c>
       <c r="C87" s="1" t="s">
         <v>183</v>
       </c>
       <c r="D87" s="3">
-        <v>48.49</v>
+        <v>43.49</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="1" t="s">
-        <v>179</v>
+        <v>173</v>
       </c>
       <c r="B88" s="1" t="s">
         <v>184</v>
       </c>
       <c r="C88" s="1" t="s">
         <v>185</v>
       </c>
       <c r="D88" s="3">
-        <v>140</v>
+        <v>44.49</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="1" t="s">
-        <v>179</v>
+        <v>173</v>
       </c>
       <c r="B89" s="1" t="s">
         <v>186</v>
       </c>
       <c r="C89" s="1" t="s">
         <v>187</v>
       </c>
       <c r="D89" s="3">
-        <v>90.49</v>
+        <v>180</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="1" t="s">
-        <v>179</v>
+        <v>173</v>
       </c>
       <c r="B90" s="1" t="s">
         <v>188</v>
       </c>
       <c r="C90" s="1" t="s">
         <v>189</v>
       </c>
       <c r="D90" s="3">
-        <v>43.49</v>
+        <v>165</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="1" t="s">
-        <v>179</v>
+        <v>173</v>
       </c>
       <c r="B91" s="1" t="s">
         <v>190</v>
       </c>
       <c r="C91" s="1" t="s">
         <v>191</v>
       </c>
       <c r="D91" s="3">
-        <v>44.49</v>
+        <v>60.49</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="1" t="s">
-        <v>179</v>
+        <v>173</v>
       </c>
       <c r="B92" s="1" t="s">
         <v>192</v>
       </c>
       <c r="C92" s="1" t="s">
         <v>193</v>
       </c>
       <c r="D92" s="3">
-        <v>180</v>
+        <v>32.49</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="1" t="s">
-        <v>179</v>
+        <v>173</v>
       </c>
       <c r="B93" s="1" t="s">
         <v>194</v>
       </c>
       <c r="C93" s="1" t="s">
         <v>195</v>
       </c>
       <c r="D93" s="3">
-        <v>165</v>
+        <v>40.49</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="1" t="s">
-        <v>179</v>
+        <v>173</v>
       </c>
       <c r="B94" s="1" t="s">
         <v>196</v>
       </c>
       <c r="C94" s="1" t="s">
         <v>197</v>
       </c>
       <c r="D94" s="3">
-        <v>60.49</v>
+        <v>80.5</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="1" t="s">
-        <v>179</v>
+        <v>173</v>
       </c>
       <c r="B95" s="1" t="s">
         <v>198</v>
       </c>
       <c r="C95" s="1" t="s">
         <v>199</v>
       </c>
       <c r="D95" s="3">
         <v>32.49</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="1" t="s">
-        <v>179</v>
+        <v>173</v>
       </c>
       <c r="B96" s="1" t="s">
         <v>200</v>
       </c>
       <c r="C96" s="1" t="s">
         <v>201</v>
       </c>
       <c r="D96" s="3">
-        <v>40.49</v>
+        <v>46.49</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="1" t="s">
-        <v>179</v>
+        <v>173</v>
       </c>
       <c r="B97" s="1" t="s">
         <v>202</v>
       </c>
       <c r="C97" s="1" t="s">
         <v>203</v>
       </c>
       <c r="D97" s="3">
-        <v>80.5</v>
+        <v>67.5</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="1" t="s">
-        <v>179</v>
+        <v>173</v>
       </c>
       <c r="B98" s="1" t="s">
         <v>204</v>
       </c>
       <c r="C98" s="1" t="s">
         <v>205</v>
       </c>
       <c r="D98" s="3">
-        <v>32.49</v>
+        <v>50.49</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="1" t="s">
-        <v>179</v>
+        <v>173</v>
       </c>
       <c r="B99" s="1" t="s">
         <v>206</v>
       </c>
       <c r="C99" s="1" t="s">
         <v>207</v>
       </c>
       <c r="D99" s="3">
-        <v>46.49</v>
+        <v>185</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="1" t="s">
-        <v>179</v>
+        <v>208</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="D100" s="3">
-        <v>67.5</v>
+        <v>36.99</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="1" t="s">
-        <v>179</v>
+        <v>208</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="D101" s="3">
-        <v>50.49</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="1" t="s">
-        <v>179</v>
+        <v>208</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="D102" s="3">
-        <v>185</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="1" t="s">
-        <v>214</v>
+        <v>208</v>
       </c>
       <c r="B103" s="1" t="s">
         <v>215</v>
       </c>
       <c r="C103" s="1" t="s">
         <v>216</v>
       </c>
       <c r="D103" s="3">
-        <v>36.99</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="1" t="s">
-        <v>214</v>
+        <v>208</v>
       </c>
       <c r="B104" s="1" t="s">
         <v>217</v>
       </c>
       <c r="C104" s="1" t="s">
         <v>218</v>
       </c>
       <c r="D104" s="3">
-        <v>24.99</v>
+        <v>34.99</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="1" t="s">
-        <v>214</v>
+        <v>208</v>
       </c>
       <c r="B105" s="1" t="s">
         <v>219</v>
       </c>
       <c r="C105" s="1" t="s">
         <v>220</v>
       </c>
       <c r="D105" s="3">
-        <v>24.99</v>
+        <v>34.99</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="1" t="s">
-        <v>214</v>
+        <v>208</v>
       </c>
       <c r="B106" s="1" t="s">
         <v>221</v>
       </c>
       <c r="C106" s="1" t="s">
         <v>222</v>
       </c>
       <c r="D106" s="3">
-        <v>24.99</v>
+        <v>27.99</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="1" t="s">
-        <v>214</v>
+        <v>208</v>
       </c>
       <c r="B107" s="1" t="s">
         <v>223</v>
       </c>
       <c r="C107" s="1" t="s">
         <v>224</v>
       </c>
       <c r="D107" s="3">
         <v>34.99</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="1" t="s">
-        <v>214</v>
+        <v>208</v>
       </c>
       <c r="B108" s="1" t="s">
         <v>225</v>
       </c>
       <c r="C108" s="1" t="s">
         <v>226</v>
       </c>
       <c r="D108" s="3">
-        <v>34.99</v>
+        <v>31.99</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="1" t="s">
-        <v>214</v>
+        <v>208</v>
       </c>
       <c r="B109" s="1" t="s">
         <v>227</v>
       </c>
       <c r="C109" s="1" t="s">
         <v>228</v>
       </c>
       <c r="D109" s="3">
-        <v>27.99</v>
+        <v>31.99</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="1" t="s">
-        <v>214</v>
+        <v>208</v>
       </c>
       <c r="B110" s="1" t="s">
         <v>229</v>
       </c>
       <c r="C110" s="1" t="s">
         <v>230</v>
       </c>
       <c r="D110" s="3">
-        <v>34.99</v>
+        <v>31.99</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="1" t="s">
-        <v>214</v>
+        <v>208</v>
       </c>
       <c r="B111" s="1" t="s">
         <v>231</v>
       </c>
       <c r="C111" s="1" t="s">
         <v>232</v>
       </c>
       <c r="D111" s="3">
-        <v>31.99</v>
+        <v>34.99</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="1" t="s">
-        <v>214</v>
+        <v>208</v>
       </c>
       <c r="B112" s="1" t="s">
         <v>233</v>
       </c>
       <c r="C112" s="1" t="s">
         <v>234</v>
       </c>
       <c r="D112" s="3">
-        <v>31.99</v>
+        <v>34.99</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="1" t="s">
-        <v>214</v>
+        <v>208</v>
       </c>
       <c r="B113" s="1" t="s">
         <v>235</v>
       </c>
       <c r="C113" s="1" t="s">
         <v>236</v>
       </c>
       <c r="D113" s="3">
-        <v>31.99</v>
+        <v>34.99</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="1" t="s">
-        <v>214</v>
+        <v>208</v>
       </c>
       <c r="B114" s="1" t="s">
         <v>237</v>
       </c>
       <c r="C114" s="1" t="s">
         <v>238</v>
       </c>
       <c r="D114" s="3">
         <v>34.99</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="1" t="s">
-        <v>214</v>
+        <v>208</v>
       </c>
       <c r="B115" s="1" t="s">
         <v>239</v>
       </c>
       <c r="C115" s="1" t="s">
         <v>240</v>
       </c>
       <c r="D115" s="3">
         <v>34.99</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="1" t="s">
-        <v>214</v>
+        <v>241</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="D116" s="3">
-        <v>34.99</v>
+        <v>35.49</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="1" t="s">
-        <v>214</v>
+        <v>241</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="D117" s="3">
-        <v>34.99</v>
+        <v>33.99</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="1" t="s">
-        <v>214</v>
+        <v>241</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="D118" s="3">
-        <v>34.99</v>
+        <v>28.99</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="1" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B119" s="1" t="s">
         <v>248</v>
       </c>
       <c r="C119" s="1" t="s">
         <v>249</v>
       </c>
       <c r="D119" s="3">
-        <v>35.49</v>
+        <v>21.49</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="1" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B120" s="1" t="s">
         <v>250</v>
       </c>
       <c r="C120" s="1" t="s">
         <v>251</v>
       </c>
       <c r="D120" s="3">
-        <v>33.99</v>
+        <v>25.49</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="1" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B121" s="1" t="s">
         <v>252</v>
       </c>
       <c r="C121" s="1" t="s">
         <v>253</v>
       </c>
       <c r="D121" s="3">
-        <v>28.99</v>
+        <v>36.49</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="1" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B122" s="1" t="s">
         <v>254</v>
       </c>
       <c r="C122" s="1" t="s">
         <v>255</v>
       </c>
       <c r="D122" s="3">
-        <v>21.49</v>
+        <v>36.49</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="1" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B123" s="1" t="s">
         <v>256</v>
       </c>
       <c r="C123" s="1" t="s">
         <v>257</v>
       </c>
       <c r="D123" s="3">
-        <v>25.49</v>
+        <v>36.49</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="1" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B124" s="1" t="s">
         <v>258</v>
       </c>
       <c r="C124" s="1" t="s">
         <v>259</v>
       </c>
       <c r="D124" s="3">
-        <v>36.49</v>
+        <v>35.49</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="1" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B125" s="1" t="s">
         <v>260</v>
       </c>
       <c r="C125" s="1" t="s">
         <v>261</v>
       </c>
       <c r="D125" s="3">
-        <v>36.49</v>
+        <v>35.49</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="1" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B126" s="1" t="s">
         <v>262</v>
       </c>
       <c r="C126" s="1" t="s">
         <v>263</v>
       </c>
       <c r="D126" s="3">
-        <v>36.49</v>
+        <v>35.49</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="1" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B127" s="1" t="s">
         <v>264</v>
       </c>
       <c r="C127" s="1" t="s">
         <v>265</v>
       </c>
       <c r="D127" s="3">
-        <v>36.49</v>
+        <v>26.99</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="1" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B128" s="1" t="s">
         <v>266</v>
       </c>
       <c r="C128" s="1" t="s">
         <v>267</v>
       </c>
       <c r="D128" s="3">
-        <v>35.49</v>
+        <v>39.49</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="1" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B129" s="1" t="s">
         <v>268</v>
       </c>
       <c r="C129" s="1" t="s">
         <v>269</v>
       </c>
       <c r="D129" s="3">
-        <v>35.49</v>
+        <v>27.49</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="1" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B130" s="1" t="s">
         <v>270</v>
       </c>
       <c r="C130" s="1" t="s">
         <v>271</v>
       </c>
       <c r="D130" s="3">
-        <v>35.49</v>
+        <v>19.49</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="1" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B131" s="1" t="s">
         <v>272</v>
       </c>
       <c r="C131" s="1" t="s">
         <v>273</v>
       </c>
       <c r="D131" s="3">
-        <v>26.99</v>
+        <v>27.49</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="1" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B132" s="1" t="s">
         <v>274</v>
       </c>
       <c r="C132" s="1" t="s">
         <v>275</v>
       </c>
       <c r="D132" s="3">
-        <v>39.49</v>
+        <v>27.49</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="1" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B133" s="1" t="s">
         <v>276</v>
       </c>
       <c r="C133" s="1" t="s">
         <v>277</v>
       </c>
       <c r="D133" s="3">
         <v>27.49</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="1" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B134" s="1" t="s">
         <v>278</v>
       </c>
       <c r="C134" s="1" t="s">
         <v>279</v>
       </c>
       <c r="D134" s="3">
-        <v>19.49</v>
+        <v>30.49</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="1" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B135" s="1" t="s">
         <v>280</v>
       </c>
       <c r="C135" s="1" t="s">
         <v>281</v>
       </c>
       <c r="D135" s="3">
-        <v>27.49</v>
+        <v>32.49</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="1" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B136" s="1" t="s">
         <v>282</v>
       </c>
       <c r="C136" s="1" t="s">
         <v>283</v>
       </c>
       <c r="D136" s="3">
-        <v>27.49</v>
+        <v>40.49</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="1" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B137" s="1" t="s">
         <v>284</v>
       </c>
       <c r="C137" s="1" t="s">
         <v>285</v>
       </c>
       <c r="D137" s="3">
-        <v>27.49</v>
+        <v>51.49</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="1" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B138" s="1" t="s">
         <v>286</v>
       </c>
       <c r="C138" s="1" t="s">
         <v>287</v>
       </c>
       <c r="D138" s="3">
-        <v>30.49</v>
+        <v>19.49</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="1" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B139" s="1" t="s">
         <v>288</v>
       </c>
       <c r="C139" s="1" t="s">
         <v>289</v>
       </c>
       <c r="D139" s="3">
-        <v>32.49</v>
+        <v>39.49</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="1" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B140" s="1" t="s">
         <v>290</v>
       </c>
       <c r="C140" s="1" t="s">
         <v>291</v>
       </c>
       <c r="D140" s="3">
-        <v>40.49</v>
+        <v>21.49</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="1" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B141" s="1" t="s">
         <v>292</v>
       </c>
       <c r="C141" s="1" t="s">
         <v>293</v>
       </c>
       <c r="D141" s="3">
-        <v>51.49</v>
+        <v>21.49</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="1" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B142" s="1" t="s">
         <v>294</v>
       </c>
       <c r="C142" s="1" t="s">
         <v>295</v>
       </c>
       <c r="D142" s="3">
-        <v>19.49</v>
+        <v>35.49</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="1" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B143" s="1" t="s">
         <v>296</v>
       </c>
       <c r="C143" s="1" t="s">
         <v>297</v>
       </c>
       <c r="D143" s="3">
-        <v>39.49</v>
+        <v>38.99</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="1" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B144" s="1" t="s">
         <v>298</v>
       </c>
       <c r="C144" s="1" t="s">
         <v>299</v>
       </c>
       <c r="D144" s="3">
-        <v>21.49</v>
+        <v>32.99</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="1" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B145" s="1" t="s">
         <v>300</v>
       </c>
       <c r="C145" s="1" t="s">
         <v>301</v>
       </c>
       <c r="D145" s="3">
-        <v>21.49</v>
+        <v>32.99</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="1" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B146" s="1" t="s">
         <v>302</v>
       </c>
       <c r="C146" s="1" t="s">
         <v>303</v>
       </c>
       <c r="D146" s="3">
-        <v>35.49</v>
+        <v>27.99</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="1" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B147" s="1" t="s">
         <v>304</v>
       </c>
       <c r="C147" s="1" t="s">
         <v>305</v>
       </c>
       <c r="D147" s="3">
-        <v>38.99</v>
+        <v>2.99</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="1" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B148" s="1" t="s">
         <v>306</v>
       </c>
       <c r="C148" s="1" t="s">
         <v>307</v>
       </c>
       <c r="D148" s="3">
-        <v>32.99</v>
+        <v>37.49</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="1" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B149" s="1" t="s">
         <v>308</v>
       </c>
       <c r="C149" s="1" t="s">
         <v>309</v>
       </c>
       <c r="D149" s="3">
-        <v>32.99</v>
+        <v>5.49</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="1" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B150" s="1" t="s">
         <v>310</v>
       </c>
       <c r="C150" s="1" t="s">
         <v>311</v>
       </c>
       <c r="D150" s="3">
-        <v>2.99</v>
+        <v>38.49</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="1" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B151" s="1" t="s">
         <v>312</v>
       </c>
       <c r="C151" s="1" t="s">
         <v>313</v>
       </c>
       <c r="D151" s="3">
         <v>37.49</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="1" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B152" s="1" t="s">
         <v>314</v>
       </c>
       <c r="C152" s="1" t="s">
         <v>315</v>
       </c>
       <c r="D152" s="3">
         <v>5.49</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="1" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B153" s="1" t="s">
         <v>316</v>
       </c>
       <c r="C153" s="1" t="s">
         <v>317</v>
       </c>
       <c r="D153" s="3">
-        <v>38.49</v>
+        <v>42.99</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="1" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B154" s="1" t="s">
         <v>318</v>
       </c>
       <c r="C154" s="1" t="s">
         <v>319</v>
       </c>
       <c r="D154" s="3">
-        <v>37.49</v>
+        <v>32.49</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="1" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B155" s="1" t="s">
         <v>320</v>
       </c>
       <c r="C155" s="1" t="s">
         <v>321</v>
       </c>
       <c r="D155" s="3">
-        <v>5.49</v>
+        <v>32.49</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="1" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B156" s="1" t="s">
         <v>322</v>
       </c>
       <c r="C156" s="1" t="s">
         <v>323</v>
       </c>
       <c r="D156" s="3">
-        <v>42.99</v>
+        <v>32.49</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="1" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B157" s="1" t="s">
         <v>324</v>
       </c>
       <c r="C157" s="1" t="s">
         <v>325</v>
       </c>
       <c r="D157" s="3">
-        <v>32.49</v>
+        <v>37.99</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="1" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B158" s="1" t="s">
         <v>326</v>
       </c>
       <c r="C158" s="1" t="s">
         <v>327</v>
       </c>
       <c r="D158" s="3">
-        <v>32.49</v>
+        <v>35.49</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="1" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B159" s="1" t="s">
         <v>328</v>
       </c>
       <c r="C159" s="1" t="s">
         <v>329</v>
       </c>
       <c r="D159" s="3">
-        <v>32.49</v>
+        <v>39.49</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="1" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B160" s="1" t="s">
         <v>330</v>
       </c>
       <c r="C160" s="1" t="s">
         <v>331</v>
       </c>
       <c r="D160" s="3">
         <v>37.99</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="1" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B161" s="1" t="s">
         <v>332</v>
       </c>
       <c r="C161" s="1" t="s">
         <v>333</v>
       </c>
       <c r="D161" s="3">
-        <v>35.49</v>
+        <v>33.49</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="1" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B162" s="1" t="s">
         <v>334</v>
       </c>
       <c r="C162" s="1" t="s">
         <v>335</v>
       </c>
       <c r="D162" s="3">
-        <v>39.49</v>
+        <v>33.49</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="1" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B163" s="1" t="s">
         <v>336</v>
       </c>
       <c r="C163" s="1" t="s">
         <v>337</v>
       </c>
       <c r="D163" s="3">
-        <v>37.99</v>
+        <v>33.49</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="1" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B164" s="1" t="s">
         <v>338</v>
       </c>
       <c r="C164" s="1" t="s">
         <v>339</v>
       </c>
       <c r="D164" s="3">
         <v>33.49</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="1" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B165" s="1" t="s">
         <v>340</v>
       </c>
       <c r="C165" s="1" t="s">
         <v>341</v>
       </c>
       <c r="D165" s="3">
         <v>33.49</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="1" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B166" s="1" t="s">
         <v>342</v>
       </c>
       <c r="C166" s="1" t="s">
         <v>343</v>
       </c>
       <c r="D166" s="3">
-        <v>33.49</v>
+        <v>46.49</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="1" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B167" s="1" t="s">
         <v>344</v>
       </c>
       <c r="C167" s="1" t="s">
         <v>345</v>
       </c>
       <c r="D167" s="3">
-        <v>33.49</v>
+        <v>40.99</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="1" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B168" s="1" t="s">
         <v>346</v>
       </c>
       <c r="C168" s="1" t="s">
         <v>347</v>
       </c>
       <c r="D168" s="3">
-        <v>33.49</v>
+        <v>36.99</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="1" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B169" s="1" t="s">
         <v>348</v>
       </c>
       <c r="C169" s="1" t="s">
         <v>349</v>
       </c>
       <c r="D169" s="3">
-        <v>46.49</v>
+        <v>28.49</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="1" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B170" s="1" t="s">
         <v>350</v>
       </c>
       <c r="C170" s="1" t="s">
         <v>351</v>
       </c>
       <c r="D170" s="3">
-        <v>40.99</v>
+        <v>16.49</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="1" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B171" s="1" t="s">
         <v>352</v>
       </c>
       <c r="C171" s="1" t="s">
         <v>353</v>
       </c>
       <c r="D171" s="3">
-        <v>36.99</v>
+        <v>4.39</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="1" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B172" s="1" t="s">
         <v>354</v>
       </c>
       <c r="C172" s="1" t="s">
         <v>355</v>
       </c>
       <c r="D172" s="3">
-        <v>28.49</v>
+        <v>34.99</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="1" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B173" s="1" t="s">
         <v>356</v>
       </c>
       <c r="C173" s="1" t="s">
         <v>357</v>
       </c>
       <c r="D173" s="3">
-        <v>16.49</v>
+        <v>34.99</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="1" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B174" s="1" t="s">
         <v>358</v>
       </c>
       <c r="C174" s="1" t="s">
         <v>359</v>
       </c>
       <c r="D174" s="3">
-        <v>4.39</v>
+        <v>27.99</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="1" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B175" s="1" t="s">
         <v>360</v>
       </c>
       <c r="C175" s="1" t="s">
         <v>361</v>
       </c>
       <c r="D175" s="3">
-        <v>34.99</v>
+        <v>35.49</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="1" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B176" s="1" t="s">
         <v>362</v>
       </c>
       <c r="C176" s="1" t="s">
         <v>363</v>
       </c>
       <c r="D176" s="3">
-        <v>34.99</v>
+        <v>28.49</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="1" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B177" s="1" t="s">
         <v>364</v>
       </c>
       <c r="C177" s="1" t="s">
         <v>365</v>
       </c>
       <c r="D177" s="3">
-        <v>27.99</v>
+        <v>32.49</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="1" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B178" s="1" t="s">
         <v>366</v>
       </c>
       <c r="C178" s="1" t="s">
         <v>367</v>
       </c>
       <c r="D178" s="3">
-        <v>35.49</v>
+        <v>38.49</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="1" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B179" s="1" t="s">
         <v>368</v>
       </c>
       <c r="C179" s="1" t="s">
         <v>369</v>
       </c>
       <c r="D179" s="3">
-        <v>28.49</v>
+        <v>39.49</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="1" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B180" s="1" t="s">
         <v>370</v>
       </c>
       <c r="C180" s="1" t="s">
         <v>371</v>
       </c>
       <c r="D180" s="3">
-        <v>32.49</v>
+        <v>37.49</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="1" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B181" s="1" t="s">
         <v>372</v>
       </c>
       <c r="C181" s="1" t="s">
         <v>373</v>
       </c>
       <c r="D181" s="3">
-        <v>38.49</v>
+        <v>37.49</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="1" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B182" s="1" t="s">
         <v>374</v>
       </c>
       <c r="C182" s="1" t="s">
         <v>375</v>
       </c>
       <c r="D182" s="3">
-        <v>39.49</v>
+        <v>35.49</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="1" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B183" s="1" t="s">
         <v>376</v>
       </c>
       <c r="C183" s="1" t="s">
         <v>377</v>
       </c>
       <c r="D183" s="3">
-        <v>37.49</v>
+        <v>34.49</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="1" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B184" s="1" t="s">
         <v>378</v>
       </c>
       <c r="C184" s="1" t="s">
         <v>379</v>
       </c>
       <c r="D184" s="3">
-        <v>37.49</v>
+        <v>36.49</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="1" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B185" s="1" t="s">
         <v>380</v>
       </c>
       <c r="C185" s="1" t="s">
         <v>381</v>
       </c>
       <c r="D185" s="3">
-        <v>35.49</v>
+        <v>34.49</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="1" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B186" s="1" t="s">
         <v>382</v>
       </c>
       <c r="C186" s="1" t="s">
         <v>383</v>
       </c>
       <c r="D186" s="3">
-        <v>34.49</v>
+        <v>39.49</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="1" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B187" s="1" t="s">
         <v>384</v>
       </c>
       <c r="C187" s="1" t="s">
         <v>385</v>
       </c>
       <c r="D187" s="3">
-        <v>36.49</v>
+        <v>38.49</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="1" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B188" s="1" t="s">
         <v>386</v>
       </c>
       <c r="C188" s="1" t="s">
         <v>387</v>
       </c>
       <c r="D188" s="3">
-        <v>32.99</v>
+        <v>38.49</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="1" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B189" s="1" t="s">
         <v>388</v>
       </c>
       <c r="C189" s="1" t="s">
         <v>389</v>
       </c>
       <c r="D189" s="3">
-        <v>34.49</v>
+        <v>39.49</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="1" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B190" s="1" t="s">
         <v>390</v>
       </c>
       <c r="C190" s="1" t="s">
         <v>391</v>
       </c>
       <c r="D190" s="3">
-        <v>39.49</v>
+        <v>34.49</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="1" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B191" s="1" t="s">
         <v>392</v>
       </c>
       <c r="C191" s="1" t="s">
         <v>393</v>
       </c>
       <c r="D191" s="3">
-        <v>38.49</v>
+        <v>24.49</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="1" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B192" s="1" t="s">
         <v>394</v>
       </c>
       <c r="C192" s="1" t="s">
         <v>395</v>
       </c>
       <c r="D192" s="3">
-        <v>38.49</v>
+        <v>39.49</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="1" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B193" s="1" t="s">
         <v>396</v>
       </c>
       <c r="C193" s="1" t="s">
         <v>397</v>
       </c>
       <c r="D193" s="3">
-        <v>39.49</v>
+        <v>34.49</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="1" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B194" s="1" t="s">
         <v>398</v>
       </c>
       <c r="C194" s="1" t="s">
         <v>399</v>
       </c>
       <c r="D194" s="3">
-        <v>34.49</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="1" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B195" s="1" t="s">
         <v>400</v>
       </c>
       <c r="C195" s="1" t="s">
         <v>401</v>
       </c>
       <c r="D195" s="3">
-        <v>24.49</v>
+        <v>44.49</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="1" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B196" s="1" t="s">
         <v>402</v>
       </c>
       <c r="C196" s="1" t="s">
         <v>403</v>
       </c>
       <c r="D196" s="3">
-        <v>39.49</v>
+        <v>35.49</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="1" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B197" s="1" t="s">
         <v>404</v>
       </c>
       <c r="C197" s="1" t="s">
         <v>405</v>
       </c>
       <c r="D197" s="3">
-        <v>34.49</v>
+        <v>38.49</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="1" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B198" s="1" t="s">
         <v>406</v>
       </c>
       <c r="C198" s="1" t="s">
         <v>407</v>
       </c>
       <c r="D198" s="3">
-        <v>21.99</v>
+        <v>39.99</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="1" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B199" s="1" t="s">
         <v>408</v>
       </c>
       <c r="C199" s="1" t="s">
         <v>409</v>
       </c>
       <c r="D199" s="3">
-        <v>44.49</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="1" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B200" s="1" t="s">
         <v>410</v>
       </c>
       <c r="C200" s="1" t="s">
         <v>411</v>
       </c>
       <c r="D200" s="3">
-        <v>35.49</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="1" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B201" s="1" t="s">
         <v>412</v>
       </c>
       <c r="C201" s="1" t="s">
         <v>413</v>
       </c>
       <c r="D201" s="3">
-        <v>38.49</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="1" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B202" s="1" t="s">
         <v>414</v>
       </c>
       <c r="C202" s="1" t="s">
         <v>415</v>
       </c>
       <c r="D202" s="3">
-        <v>39.99</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="1" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B203" s="1" t="s">
         <v>416</v>
       </c>
       <c r="C203" s="1" t="s">
         <v>417</v>
       </c>
       <c r="D203" s="3">
         <v>24.99</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="1" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B204" s="1" t="s">
         <v>418</v>
       </c>
       <c r="C204" s="1" t="s">
         <v>419</v>
       </c>
       <c r="D204" s="3">
         <v>24.99</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="1" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B205" s="1" t="s">
         <v>420</v>
       </c>
       <c r="C205" s="1" t="s">
         <v>421</v>
       </c>
       <c r="D205" s="3">
         <v>24.99</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="1" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B206" s="1" t="s">
         <v>422</v>
       </c>
       <c r="C206" s="1" t="s">
         <v>423</v>
       </c>
       <c r="D206" s="3">
-        <v>24.99</v>
+        <v>20.49</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="1" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B207" s="1" t="s">
         <v>424</v>
       </c>
       <c r="C207" s="1" t="s">
         <v>425</v>
       </c>
       <c r="D207" s="3">
         <v>24.99</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="1" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B208" s="1" t="s">
         <v>426</v>
       </c>
       <c r="C208" s="1" t="s">
         <v>427</v>
       </c>
       <c r="D208" s="3">
-        <v>24.99</v>
+        <v>36.49</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="1" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B209" s="1" t="s">
         <v>428</v>
       </c>
       <c r="C209" s="1" t="s">
         <v>429</v>
       </c>
       <c r="D209" s="3">
-        <v>24.99</v>
+        <v>36.49</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="1" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B210" s="1" t="s">
         <v>430</v>
       </c>
       <c r="C210" s="1" t="s">
         <v>431</v>
       </c>
       <c r="D210" s="3">
-        <v>20.49</v>
+        <v>34.99</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="1" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B211" s="1" t="s">
         <v>432</v>
       </c>
       <c r="C211" s="1" t="s">
         <v>433</v>
       </c>
       <c r="D211" s="3">
-        <v>24.99</v>
+        <v>34.99</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="1" t="s">
-        <v>247</v>
+        <v>434</v>
       </c>
       <c r="B212" s="1" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="D212" s="3">
-        <v>36.49</v>
+        <v>25.99</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="1" t="s">
-        <v>247</v>
+        <v>434</v>
       </c>
       <c r="B213" s="1" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="D213" s="3">
-        <v>36.49</v>
+        <v>22.99</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="1" t="s">
-        <v>247</v>
+        <v>434</v>
       </c>
       <c r="B214" s="1" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="D214" s="3">
-        <v>34.99</v>
+        <v>35.99</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="1" t="s">
-        <v>247</v>
+        <v>434</v>
       </c>
       <c r="B215" s="1" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="D215" s="3">
-        <v>34.99</v>
+        <v>29.99</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="1" t="s">
-        <v>442</v>
+        <v>434</v>
       </c>
       <c r="B216" s="1" t="s">
         <v>443</v>
       </c>
       <c r="C216" s="1" t="s">
         <v>444</v>
       </c>
       <c r="D216" s="3">
-        <v>25.99</v>
+        <v>31.99</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="1" t="s">
-        <v>442</v>
+        <v>434</v>
       </c>
       <c r="B217" s="1" t="s">
         <v>445</v>
       </c>
       <c r="C217" s="1" t="s">
         <v>446</v>
       </c>
       <c r="D217" s="3">
-        <v>22.99</v>
+        <v>31.99</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="1" t="s">
-        <v>442</v>
+        <v>434</v>
       </c>
       <c r="B218" s="1" t="s">
         <v>447</v>
       </c>
       <c r="C218" s="1" t="s">
         <v>448</v>
       </c>
       <c r="D218" s="3">
-        <v>35.99</v>
+        <v>39.99</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="1" t="s">
-        <v>442</v>
+        <v>434</v>
       </c>
       <c r="B219" s="1" t="s">
         <v>449</v>
       </c>
       <c r="C219" s="1" t="s">
         <v>450</v>
       </c>
       <c r="D219" s="3">
-        <v>29.99</v>
+        <v>26.99</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="1" t="s">
-        <v>442</v>
+        <v>434</v>
       </c>
       <c r="B220" s="1" t="s">
         <v>451</v>
       </c>
       <c r="C220" s="1" t="s">
         <v>452</v>
       </c>
       <c r="D220" s="3">
-        <v>31.99</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="1" t="s">
-        <v>442</v>
+        <v>434</v>
       </c>
       <c r="B221" s="1" t="s">
         <v>453</v>
       </c>
       <c r="C221" s="1" t="s">
         <v>454</v>
       </c>
       <c r="D221" s="3">
-        <v>31.99</v>
+        <v>39.99</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="1" t="s">
-        <v>442</v>
+        <v>434</v>
       </c>
       <c r="B222" s="1" t="s">
         <v>455</v>
       </c>
       <c r="C222" s="1" t="s">
         <v>456</v>
       </c>
       <c r="D222" s="3">
-        <v>31.99</v>
+        <v>41.99</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="1" t="s">
-        <v>442</v>
+        <v>434</v>
       </c>
       <c r="B223" s="1" t="s">
         <v>457</v>
       </c>
       <c r="C223" s="1" t="s">
         <v>458</v>
       </c>
       <c r="D223" s="3">
-        <v>39.99</v>
+        <v>29.99</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="1" t="s">
-        <v>442</v>
+        <v>434</v>
       </c>
       <c r="B224" s="1" t="s">
         <v>459</v>
       </c>
       <c r="C224" s="1" t="s">
         <v>460</v>
       </c>
       <c r="D224" s="3">
-        <v>26.99</v>
+        <v>22.99</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="1" t="s">
-        <v>442</v>
+        <v>434</v>
       </c>
       <c r="B225" s="1" t="s">
         <v>461</v>
       </c>
       <c r="C225" s="1" t="s">
         <v>462</v>
       </c>
       <c r="D225" s="3">
-        <v>24.99</v>
+        <v>39.99</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="1" t="s">
-        <v>442</v>
+        <v>434</v>
       </c>
       <c r="B226" s="1" t="s">
         <v>463</v>
       </c>
       <c r="C226" s="1" t="s">
         <v>464</v>
       </c>
       <c r="D226" s="3">
-        <v>39.99</v>
+        <v>42.99</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="1" t="s">
-        <v>442</v>
+        <v>434</v>
       </c>
       <c r="B227" s="1" t="s">
         <v>465</v>
       </c>
       <c r="C227" s="1" t="s">
         <v>466</v>
       </c>
       <c r="D227" s="3">
-        <v>41.99</v>
+        <v>26.99</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="1" t="s">
-        <v>442</v>
+        <v>434</v>
       </c>
       <c r="B228" s="1" t="s">
         <v>467</v>
       </c>
       <c r="C228" s="1" t="s">
         <v>468</v>
       </c>
       <c r="D228" s="3">
-        <v>29.99</v>
+        <v>31.99</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="1" t="s">
-        <v>442</v>
+        <v>434</v>
       </c>
       <c r="B229" s="1" t="s">
         <v>469</v>
       </c>
       <c r="C229" s="1" t="s">
         <v>470</v>
       </c>
       <c r="D229" s="3">
-        <v>22.99</v>
+        <v>43.99</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="1" t="s">
-        <v>442</v>
+        <v>434</v>
       </c>
       <c r="B230" s="1" t="s">
         <v>471</v>
       </c>
       <c r="C230" s="1" t="s">
         <v>472</v>
       </c>
       <c r="D230" s="3">
-        <v>39.99</v>
+        <v>33.99</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="1" t="s">
-        <v>442</v>
+        <v>434</v>
       </c>
       <c r="B231" s="1" t="s">
         <v>473</v>
       </c>
       <c r="C231" s="1" t="s">
         <v>474</v>
       </c>
       <c r="D231" s="3">
-        <v>42.99</v>
+        <v>36.99</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="1" t="s">
-        <v>442</v>
+        <v>434</v>
       </c>
       <c r="B232" s="1" t="s">
         <v>475</v>
       </c>
       <c r="C232" s="1" t="s">
         <v>476</v>
       </c>
       <c r="D232" s="3">
-        <v>26.99</v>
+        <v>49.99</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="1" t="s">
-        <v>442</v>
+        <v>477</v>
       </c>
       <c r="B233" s="1" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="D233" s="3">
-        <v>31.99</v>
+        <v>20</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="1" t="s">
-        <v>442</v>
+        <v>477</v>
       </c>
       <c r="B234" s="1" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="C234" s="1" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="D234" s="3">
-        <v>43.99</v>
+        <v>23.49</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="1" t="s">
-        <v>442</v>
+        <v>477</v>
       </c>
       <c r="B235" s="1" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="D235" s="3">
-        <v>33.99</v>
+        <v>23.49</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="1" t="s">
-        <v>442</v>
+        <v>477</v>
       </c>
       <c r="B236" s="1" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="C236" s="1" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="D236" s="3">
-        <v>36.99</v>
+        <v>17.49</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="1" t="s">
-        <v>442</v>
+        <v>477</v>
       </c>
       <c r="B237" s="1" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="C237" s="1" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="D237" s="3">
-        <v>49.99</v>
+        <v>17.49</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="1" t="s">
-        <v>487</v>
+        <v>477</v>
       </c>
       <c r="B238" s="1" t="s">
         <v>488</v>
       </c>
       <c r="C238" s="1" t="s">
         <v>489</v>
       </c>
       <c r="D238" s="3">
-        <v>14.99</v>
+        <v>17.49</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="1" t="s">
-        <v>487</v>
+        <v>477</v>
       </c>
       <c r="B239" s="1" t="s">
         <v>490</v>
       </c>
       <c r="C239" s="1" t="s">
         <v>491</v>
       </c>
       <c r="D239" s="3">
-        <v>20</v>
+        <v>18.49</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="1" t="s">
-        <v>487</v>
+        <v>477</v>
       </c>
       <c r="B240" s="1" t="s">
         <v>492</v>
       </c>
       <c r="C240" s="1" t="s">
         <v>493</v>
       </c>
       <c r="D240" s="3">
-        <v>23.49</v>
+        <v>32.49</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" s="1" t="s">
-        <v>487</v>
+        <v>477</v>
       </c>
       <c r="B241" s="1" t="s">
         <v>494</v>
       </c>
       <c r="C241" s="1" t="s">
         <v>495</v>
       </c>
       <c r="D241" s="3">
-        <v>23.49</v>
+        <v>67.99</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="1" t="s">
-        <v>487</v>
+        <v>477</v>
       </c>
       <c r="B242" s="1" t="s">
         <v>496</v>
       </c>
       <c r="C242" s="1" t="s">
         <v>497</v>
       </c>
       <c r="D242" s="3">
-        <v>17.49</v>
+        <v>67.99</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" s="1" t="s">
-        <v>487</v>
+        <v>477</v>
       </c>
       <c r="B243" s="1" t="s">
         <v>498</v>
       </c>
       <c r="C243" s="1" t="s">
         <v>499</v>
       </c>
       <c r="D243" s="3">
-        <v>17.49</v>
+        <v>26.49</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" s="1" t="s">
-        <v>487</v>
+        <v>477</v>
       </c>
       <c r="B244" s="1" t="s">
         <v>500</v>
       </c>
       <c r="C244" s="1" t="s">
         <v>501</v>
       </c>
       <c r="D244" s="3">
-        <v>17.49</v>
+        <v>23.49</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" s="1" t="s">
-        <v>487</v>
+        <v>477</v>
       </c>
       <c r="B245" s="1" t="s">
         <v>502</v>
       </c>
       <c r="C245" s="1" t="s">
         <v>503</v>
       </c>
       <c r="D245" s="3">
-        <v>18.49</v>
+        <v>32.49</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" s="1" t="s">
-        <v>487</v>
+        <v>477</v>
       </c>
       <c r="B246" s="1" t="s">
         <v>504</v>
       </c>
       <c r="C246" s="1" t="s">
         <v>505</v>
       </c>
       <c r="D246" s="3">
-        <v>32.49</v>
+        <v>25.49</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" s="1" t="s">
-        <v>487</v>
+        <v>477</v>
       </c>
       <c r="B247" s="1" t="s">
         <v>506</v>
       </c>
       <c r="C247" s="1" t="s">
         <v>507</v>
       </c>
       <c r="D247" s="3">
-        <v>67.99</v>
+        <v>22.99</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" s="1" t="s">
-        <v>487</v>
+        <v>477</v>
       </c>
       <c r="B248" s="1" t="s">
         <v>508</v>
       </c>
       <c r="C248" s="1" t="s">
         <v>509</v>
       </c>
       <c r="D248" s="3">
-        <v>67.99</v>
+        <v>23.49</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" s="1" t="s">
-        <v>487</v>
+        <v>477</v>
       </c>
       <c r="B249" s="1" t="s">
         <v>510</v>
       </c>
       <c r="C249" s="1" t="s">
         <v>511</v>
       </c>
       <c r="D249" s="3">
-        <v>26.49</v>
+        <v>24.49</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" s="1" t="s">
-        <v>487</v>
+        <v>477</v>
       </c>
       <c r="B250" s="1" t="s">
         <v>512</v>
       </c>
       <c r="C250" s="1" t="s">
         <v>513</v>
       </c>
       <c r="D250" s="3">
         <v>23.49</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" s="1" t="s">
-        <v>487</v>
+        <v>477</v>
       </c>
       <c r="B251" s="1" t="s">
         <v>514</v>
       </c>
       <c r="C251" s="1" t="s">
         <v>515</v>
       </c>
       <c r="D251" s="3">
-        <v>32.49</v>
+        <v>27.49</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" s="1" t="s">
-        <v>487</v>
+        <v>477</v>
       </c>
       <c r="B252" s="1" t="s">
         <v>516</v>
       </c>
       <c r="C252" s="1" t="s">
         <v>517</v>
       </c>
       <c r="D252" s="3">
-        <v>25.49</v>
+        <v>26.49</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="1" t="s">
-        <v>487</v>
+        <v>477</v>
       </c>
       <c r="B253" s="1" t="s">
         <v>518</v>
       </c>
       <c r="C253" s="1" t="s">
         <v>519</v>
       </c>
       <c r="D253" s="3">
-        <v>22.99</v>
+        <v>23.49</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="1" t="s">
-        <v>487</v>
+        <v>477</v>
       </c>
       <c r="B254" s="1" t="s">
         <v>520</v>
       </c>
       <c r="C254" s="1" t="s">
         <v>521</v>
       </c>
       <c r="D254" s="3">
-        <v>23.49</v>
+        <v>28.49</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" s="1" t="s">
-        <v>487</v>
+        <v>477</v>
       </c>
       <c r="B255" s="1" t="s">
         <v>522</v>
       </c>
       <c r="C255" s="1" t="s">
         <v>523</v>
       </c>
       <c r="D255" s="3">
-        <v>24.49</v>
+        <v>50.49</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" s="1" t="s">
-        <v>487</v>
+        <v>477</v>
       </c>
       <c r="B256" s="1" t="s">
         <v>524</v>
       </c>
       <c r="C256" s="1" t="s">
         <v>525</v>
       </c>
       <c r="D256" s="3">
-        <v>23.49</v>
+        <v>30.49</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" s="1" t="s">
-        <v>487</v>
+        <v>477</v>
       </c>
       <c r="B257" s="1" t="s">
         <v>526</v>
       </c>
       <c r="C257" s="1" t="s">
         <v>527</v>
       </c>
       <c r="D257" s="3">
-        <v>27.49</v>
+        <v>26.49</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" s="1" t="s">
-        <v>487</v>
+        <v>477</v>
       </c>
       <c r="B258" s="1" t="s">
         <v>528</v>
       </c>
       <c r="C258" s="1" t="s">
         <v>529</v>
       </c>
       <c r="D258" s="3">
-        <v>26.49</v>
+        <v>33.49</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" s="1" t="s">
-        <v>487</v>
+        <v>477</v>
       </c>
       <c r="B259" s="1" t="s">
         <v>530</v>
       </c>
       <c r="C259" s="1" t="s">
         <v>531</v>
       </c>
       <c r="D259" s="3">
-        <v>23.49</v>
+        <v>19.49</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" s="1" t="s">
-        <v>487</v>
+        <v>477</v>
       </c>
       <c r="B260" s="1" t="s">
         <v>532</v>
       </c>
       <c r="C260" s="1" t="s">
         <v>533</v>
       </c>
       <c r="D260" s="3">
-        <v>28.49</v>
+        <v>19.49</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" s="1" t="s">
-        <v>487</v>
+        <v>477</v>
       </c>
       <c r="B261" s="1" t="s">
         <v>534</v>
       </c>
       <c r="C261" s="1" t="s">
         <v>535</v>
       </c>
       <c r="D261" s="3">
-        <v>50.49</v>
+        <v>28.99</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" s="1" t="s">
-        <v>487</v>
+        <v>477</v>
       </c>
       <c r="B262" s="1" t="s">
         <v>536</v>
       </c>
       <c r="C262" s="1" t="s">
         <v>537</v>
       </c>
       <c r="D262" s="3">
-        <v>30.49</v>
+        <v>25.49</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" s="1" t="s">
-        <v>487</v>
+        <v>477</v>
       </c>
       <c r="B263" s="1" t="s">
         <v>538</v>
       </c>
       <c r="C263" s="1" t="s">
         <v>539</v>
       </c>
       <c r="D263" s="3">
-        <v>26.49</v>
+        <v>25.49</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" s="1" t="s">
-        <v>487</v>
+        <v>477</v>
       </c>
       <c r="B264" s="1" t="s">
         <v>540</v>
       </c>
       <c r="C264" s="1" t="s">
         <v>541</v>
       </c>
       <c r="D264" s="3">
-        <v>33.49</v>
+        <v>25.99</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" s="1" t="s">
-        <v>487</v>
+        <v>477</v>
       </c>
       <c r="B265" s="1" t="s">
         <v>542</v>
       </c>
       <c r="C265" s="1" t="s">
         <v>543</v>
       </c>
       <c r="D265" s="3">
-        <v>19.49</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" s="1" t="s">
-        <v>487</v>
+        <v>477</v>
       </c>
       <c r="B266" s="1" t="s">
         <v>544</v>
       </c>
       <c r="C266" s="1" t="s">
         <v>545</v>
       </c>
       <c r="D266" s="3">
-        <v>19.49</v>
+        <v>28.49</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="1" t="s">
-        <v>487</v>
+        <v>477</v>
       </c>
       <c r="B267" s="1" t="s">
         <v>546</v>
       </c>
       <c r="C267" s="1" t="s">
         <v>547</v>
       </c>
       <c r="D267" s="3">
-        <v>28.99</v>
+        <v>31.49</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="1" t="s">
-        <v>487</v>
+        <v>477</v>
       </c>
       <c r="B268" s="1" t="s">
         <v>548</v>
       </c>
       <c r="C268" s="1" t="s">
         <v>549</v>
       </c>
       <c r="D268" s="3">
-        <v>25.49</v>
+        <v>27.49</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" s="1" t="s">
-        <v>487</v>
+        <v>477</v>
       </c>
       <c r="B269" s="1" t="s">
         <v>550</v>
       </c>
       <c r="C269" s="1" t="s">
         <v>551</v>
       </c>
       <c r="D269" s="3">
-        <v>25.49</v>
+        <v>22.49</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" s="1" t="s">
-        <v>487</v>
+        <v>477</v>
       </c>
       <c r="B270" s="1" t="s">
         <v>552</v>
       </c>
       <c r="C270" s="1" t="s">
         <v>553</v>
       </c>
       <c r="D270" s="3">
-        <v>25.99</v>
+        <v>22.49</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="1" t="s">
-        <v>487</v>
+        <v>477</v>
       </c>
       <c r="B271" s="1" t="s">
         <v>554</v>
       </c>
       <c r="C271" s="1" t="s">
         <v>555</v>
       </c>
       <c r="D271" s="3">
-        <v>19.99</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="1" t="s">
-        <v>487</v>
+        <v>477</v>
       </c>
       <c r="B272" s="1" t="s">
         <v>556</v>
       </c>
       <c r="C272" s="1" t="s">
         <v>557</v>
       </c>
       <c r="D272" s="3">
-        <v>28.49</v>
+        <v>26.49</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="1" t="s">
-        <v>487</v>
+        <v>477</v>
       </c>
       <c r="B273" s="1" t="s">
         <v>558</v>
       </c>
       <c r="C273" s="1" t="s">
         <v>559</v>
       </c>
       <c r="D273" s="3">
-        <v>31.49</v>
+        <v>20.49</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="1" t="s">
-        <v>487</v>
+        <v>477</v>
       </c>
       <c r="B274" s="1" t="s">
         <v>560</v>
       </c>
       <c r="C274" s="1" t="s">
         <v>561</v>
       </c>
       <c r="D274" s="3">
-        <v>27.49</v>
+        <v>19.49</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" s="1" t="s">
-        <v>487</v>
+        <v>477</v>
       </c>
       <c r="B275" s="1" t="s">
         <v>562</v>
       </c>
       <c r="C275" s="1" t="s">
         <v>563</v>
       </c>
       <c r="D275" s="3">
-        <v>22.49</v>
+        <v>24.49</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="1" t="s">
-        <v>487</v>
+        <v>477</v>
       </c>
       <c r="B276" s="1" t="s">
         <v>564</v>
       </c>
       <c r="C276" s="1" t="s">
         <v>565</v>
       </c>
       <c r="D276" s="3">
-        <v>22.49</v>
+        <v>17.49</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="1" t="s">
-        <v>487</v>
+        <v>477</v>
       </c>
       <c r="B277" s="1" t="s">
         <v>566</v>
       </c>
       <c r="C277" s="1" t="s">
         <v>567</v>
       </c>
       <c r="D277" s="3">
-        <v>24.99</v>
+        <v>19.49</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" s="1" t="s">
-        <v>487</v>
+        <v>477</v>
       </c>
       <c r="B278" s="1" t="s">
         <v>568</v>
       </c>
       <c r="C278" s="1" t="s">
         <v>569</v>
       </c>
       <c r="D278" s="3">
-        <v>26.49</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" s="1" t="s">
-        <v>487</v>
+        <v>477</v>
       </c>
       <c r="B279" s="1" t="s">
         <v>570</v>
       </c>
       <c r="C279" s="1" t="s">
         <v>571</v>
       </c>
       <c r="D279" s="3">
-        <v>20.49</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" s="1" t="s">
-        <v>487</v>
+        <v>477</v>
       </c>
       <c r="B280" s="1" t="s">
         <v>572</v>
       </c>
       <c r="C280" s="1" t="s">
         <v>573</v>
       </c>
       <c r="D280" s="3">
-        <v>19.49</v>
+        <v>33.49</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" s="1" t="s">
-        <v>487</v>
+        <v>477</v>
       </c>
       <c r="B281" s="1" t="s">
         <v>574</v>
       </c>
       <c r="C281" s="1" t="s">
         <v>575</v>
       </c>
       <c r="D281" s="3">
-        <v>24.49</v>
+        <v>28.49</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" s="1" t="s">
-        <v>487</v>
+        <v>477</v>
       </c>
       <c r="B282" s="1" t="s">
         <v>576</v>
       </c>
       <c r="C282" s="1" t="s">
         <v>577</v>
       </c>
       <c r="D282" s="3">
         <v>17.49</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" s="1" t="s">
-        <v>487</v>
+        <v>477</v>
       </c>
       <c r="B283" s="1" t="s">
         <v>578</v>
       </c>
       <c r="C283" s="1" t="s">
         <v>579</v>
       </c>
       <c r="D283" s="3">
-        <v>19.49</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" s="1" t="s">
-        <v>487</v>
+        <v>477</v>
       </c>
       <c r="B284" s="1" t="s">
         <v>580</v>
       </c>
       <c r="C284" s="1" t="s">
         <v>581</v>
       </c>
       <c r="D284" s="3">
-        <v>18.99</v>
+        <v>3.99</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" s="1" t="s">
-        <v>487</v>
+        <v>477</v>
       </c>
       <c r="B285" s="1" t="s">
         <v>582</v>
       </c>
       <c r="C285" s="1" t="s">
         <v>583</v>
       </c>
       <c r="D285" s="3">
-        <v>18.99</v>
+        <v>11.49</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" s="1" t="s">
-        <v>487</v>
+        <v>477</v>
       </c>
       <c r="B286" s="1" t="s">
         <v>584</v>
       </c>
       <c r="C286" s="1" t="s">
         <v>585</v>
       </c>
       <c r="D286" s="3">
-        <v>33.49</v>
+        <v>21.49</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" s="1" t="s">
-        <v>487</v>
+        <v>477</v>
       </c>
       <c r="B287" s="1" t="s">
         <v>586</v>
       </c>
       <c r="C287" s="1" t="s">
         <v>587</v>
       </c>
       <c r="D287" s="3">
-        <v>28.49</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" s="1" t="s">
-        <v>487</v>
+        <v>477</v>
       </c>
       <c r="B288" s="1" t="s">
         <v>588</v>
       </c>
       <c r="C288" s="1" t="s">
         <v>589</v>
       </c>
       <c r="D288" s="3">
-        <v>17.49</v>
+        <v>11.99</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" s="1" t="s">
-        <v>487</v>
+        <v>477</v>
       </c>
       <c r="B289" s="1" t="s">
         <v>590</v>
       </c>
       <c r="C289" s="1" t="s">
         <v>591</v>
       </c>
       <c r="D289" s="3">
         <v>21.99</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" s="1" t="s">
-        <v>487</v>
+        <v>477</v>
       </c>
       <c r="B290" s="1" t="s">
         <v>592</v>
       </c>
       <c r="C290" s="1" t="s">
         <v>593</v>
       </c>
       <c r="D290" s="3">
         <v>3.99</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" s="1" t="s">
-        <v>487</v>
+        <v>477</v>
       </c>
       <c r="B291" s="1" t="s">
         <v>594</v>
       </c>
       <c r="C291" s="1" t="s">
         <v>595</v>
       </c>
       <c r="D291" s="3">
-        <v>11.49</v>
+        <v>28.49</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" s="1" t="s">
-        <v>487</v>
+        <v>477</v>
       </c>
       <c r="B292" s="1" t="s">
         <v>596</v>
       </c>
       <c r="C292" s="1" t="s">
         <v>597</v>
       </c>
       <c r="D292" s="3">
-        <v>21.49</v>
+        <v>27.99</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" s="1" t="s">
-        <v>487</v>
+        <v>477</v>
       </c>
       <c r="B293" s="1" t="s">
         <v>598</v>
       </c>
       <c r="C293" s="1" t="s">
         <v>599</v>
       </c>
       <c r="D293" s="3">
-        <v>21.99</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" s="1" t="s">
-        <v>487</v>
+        <v>477</v>
       </c>
       <c r="B294" s="1" t="s">
         <v>600</v>
       </c>
       <c r="C294" s="1" t="s">
         <v>601</v>
       </c>
       <c r="D294" s="3">
-        <v>11.99</v>
+        <v>24.49</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" s="1" t="s">
-        <v>487</v>
+        <v>477</v>
       </c>
       <c r="B295" s="1" t="s">
         <v>602</v>
       </c>
       <c r="C295" s="1" t="s">
         <v>603</v>
       </c>
       <c r="D295" s="3">
-        <v>21.99</v>
+        <v>27</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" s="1" t="s">
-        <v>487</v>
+        <v>477</v>
       </c>
       <c r="B296" s="1" t="s">
         <v>604</v>
       </c>
       <c r="C296" s="1" t="s">
         <v>605</v>
       </c>
       <c r="D296" s="3">
-        <v>3.99</v>
+        <v>31.99</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" s="1" t="s">
-        <v>487</v>
+        <v>477</v>
       </c>
       <c r="B297" s="1" t="s">
         <v>606</v>
       </c>
       <c r="C297" s="1" t="s">
         <v>607</v>
       </c>
       <c r="D297" s="3">
-        <v>28.49</v>
+        <v>22.99</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" s="1" t="s">
-        <v>487</v>
+        <v>477</v>
       </c>
       <c r="B298" s="1" t="s">
         <v>608</v>
       </c>
       <c r="C298" s="1" t="s">
         <v>609</v>
       </c>
       <c r="D298" s="3">
-        <v>27.99</v>
+        <v>18.49</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" s="1" t="s">
-        <v>487</v>
+        <v>477</v>
       </c>
       <c r="B299" s="1" t="s">
         <v>610</v>
       </c>
       <c r="C299" s="1" t="s">
         <v>611</v>
       </c>
       <c r="D299" s="3">
-        <v>11.5</v>
+        <v>27.49</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" s="1" t="s">
-        <v>487</v>
+        <v>477</v>
       </c>
       <c r="B300" s="1" t="s">
         <v>612</v>
       </c>
       <c r="C300" s="1" t="s">
         <v>613</v>
       </c>
       <c r="D300" s="3">
-        <v>24.49</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" s="1" t="s">
-        <v>487</v>
+        <v>477</v>
       </c>
       <c r="B301" s="1" t="s">
         <v>614</v>
       </c>
       <c r="C301" s="1" t="s">
         <v>615</v>
       </c>
       <c r="D301" s="3">
-        <v>27</v>
+        <v>31.49</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="1" t="s">
-        <v>487</v>
+        <v>477</v>
       </c>
       <c r="B302" s="1" t="s">
         <v>616</v>
       </c>
       <c r="C302" s="1" t="s">
         <v>617</v>
       </c>
       <c r="D302" s="3">
-        <v>31.99</v>
+        <v>59.5</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" s="1" t="s">
-        <v>487</v>
+        <v>477</v>
       </c>
       <c r="B303" s="1" t="s">
         <v>618</v>
       </c>
       <c r="C303" s="1" t="s">
         <v>619</v>
       </c>
       <c r="D303" s="3">
-        <v>22.99</v>
+        <v>20.49</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" s="1" t="s">
-        <v>487</v>
+        <v>477</v>
       </c>
       <c r="B304" s="1" t="s">
         <v>620</v>
       </c>
       <c r="C304" s="1" t="s">
         <v>621</v>
       </c>
       <c r="D304" s="3">
-        <v>18.49</v>
+        <v>31.49</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" s="1" t="s">
-        <v>487</v>
+        <v>477</v>
       </c>
       <c r="B305" s="1" t="s">
         <v>622</v>
       </c>
       <c r="C305" s="1" t="s">
         <v>623</v>
       </c>
       <c r="D305" s="3">
         <v>27.49</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" s="1" t="s">
-        <v>487</v>
+        <v>477</v>
       </c>
       <c r="B306" s="1" t="s">
         <v>624</v>
       </c>
       <c r="C306" s="1" t="s">
         <v>625</v>
       </c>
       <c r="D306" s="3">
-        <v>49.5</v>
+        <v>31.49</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" s="1" t="s">
-        <v>487</v>
+        <v>477</v>
       </c>
       <c r="B307" s="1" t="s">
         <v>626</v>
       </c>
       <c r="C307" s="1" t="s">
         <v>627</v>
       </c>
       <c r="D307" s="3">
-        <v>31.49</v>
+        <v>36.49</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" s="1" t="s">
-        <v>487</v>
+        <v>477</v>
       </c>
       <c r="B308" s="1" t="s">
         <v>628</v>
       </c>
       <c r="C308" s="1" t="s">
         <v>629</v>
       </c>
       <c r="D308" s="3">
-        <v>59.5</v>
+        <v>37.49</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" s="1" t="s">
-        <v>487</v>
+        <v>630</v>
       </c>
       <c r="B309" s="1" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="C309" s="1" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="D309" s="3">
-        <v>20.49</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="1" t="s">
-        <v>487</v>
+        <v>630</v>
       </c>
       <c r="B310" s="1" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="C310" s="1" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="D310" s="3">
-        <v>31.49</v>
+        <v>15.99</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="1" t="s">
-        <v>487</v>
+        <v>630</v>
       </c>
       <c r="B311" s="1" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="C311" s="1" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="D311" s="3">
-        <v>27.49</v>
+        <v>15.99</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" s="1" t="s">
-        <v>487</v>
+        <v>630</v>
       </c>
       <c r="B312" s="1" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="C312" s="1" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="D312" s="3">
-        <v>31.49</v>
+        <v>14.49</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" s="1" t="s">
-        <v>487</v>
+        <v>630</v>
       </c>
       <c r="B313" s="1" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="C313" s="1" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="D313" s="3">
-        <v>36.49</v>
+        <v>15.99</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" s="1" t="s">
-        <v>487</v>
+        <v>630</v>
       </c>
       <c r="B314" s="1" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="C314" s="1" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="D314" s="3">
-        <v>37.49</v>
+        <v>15.99</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" s="1" t="s">
-        <v>642</v>
+        <v>630</v>
       </c>
       <c r="B315" s="1" t="s">
         <v>643</v>
       </c>
       <c r="C315" s="1" t="s">
         <v>644</v>
       </c>
       <c r="D315" s="3">
-        <v>21.99</v>
+        <v>17.99</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" s="1" t="s">
-        <v>642</v>
+        <v>630</v>
       </c>
       <c r="B316" s="1" t="s">
         <v>645</v>
       </c>
       <c r="C316" s="1" t="s">
         <v>646</v>
       </c>
       <c r="D316" s="3">
         <v>15.99</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" s="1" t="s">
-        <v>642</v>
+        <v>630</v>
       </c>
       <c r="B317" s="1" t="s">
         <v>647</v>
       </c>
       <c r="C317" s="1" t="s">
         <v>648</v>
       </c>
       <c r="D317" s="3">
-        <v>15.99</v>
+        <v>17.99</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" s="1" t="s">
-        <v>642</v>
+        <v>630</v>
       </c>
       <c r="B318" s="1" t="s">
         <v>649</v>
       </c>
       <c r="C318" s="1" t="s">
         <v>650</v>
       </c>
       <c r="D318" s="3">
-        <v>14.49</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" s="1" t="s">
-        <v>642</v>
+        <v>630</v>
       </c>
       <c r="B319" s="1" t="s">
         <v>651</v>
       </c>
       <c r="C319" s="1" t="s">
         <v>652</v>
       </c>
       <c r="D319" s="3">
-        <v>15.99</v>
+        <v>13.99</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" s="1" t="s">
-        <v>642</v>
+        <v>630</v>
       </c>
       <c r="B320" s="1" t="s">
         <v>653</v>
       </c>
       <c r="C320" s="1" t="s">
         <v>654</v>
       </c>
       <c r="D320" s="3">
-        <v>15.99</v>
+        <v>14.99</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" s="1" t="s">
-        <v>642</v>
+        <v>630</v>
       </c>
       <c r="B321" s="1" t="s">
         <v>655</v>
       </c>
       <c r="C321" s="1" t="s">
         <v>656</v>
       </c>
       <c r="D321" s="3">
-        <v>17.99</v>
+        <v>13.99</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" s="1" t="s">
-        <v>642</v>
+        <v>630</v>
       </c>
       <c r="B322" s="1" t="s">
         <v>657</v>
       </c>
       <c r="C322" s="1" t="s">
         <v>658</v>
       </c>
       <c r="D322" s="3">
-        <v>15.99</v>
+        <v>14.99</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" s="1" t="s">
-        <v>642</v>
+        <v>630</v>
       </c>
       <c r="B323" s="1" t="s">
         <v>659</v>
       </c>
       <c r="C323" s="1" t="s">
         <v>660</v>
       </c>
       <c r="D323" s="3">
-        <v>17.99</v>
+        <v>13.99</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" s="1" t="s">
-        <v>642</v>
+        <v>630</v>
       </c>
       <c r="B324" s="1" t="s">
         <v>661</v>
       </c>
       <c r="C324" s="1" t="s">
         <v>662</v>
       </c>
       <c r="D324" s="3">
-        <v>18.99</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" s="1" t="s">
-        <v>642</v>
+        <v>630</v>
       </c>
       <c r="B325" s="1" t="s">
         <v>663</v>
       </c>
       <c r="C325" s="1" t="s">
         <v>664</v>
       </c>
       <c r="D325" s="3">
-        <v>13.99</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" s="1" t="s">
-        <v>642</v>
+        <v>630</v>
       </c>
       <c r="B326" s="1" t="s">
         <v>665</v>
       </c>
       <c r="C326" s="1" t="s">
         <v>666</v>
       </c>
       <c r="D326" s="3">
-        <v>14.99</v>
+        <v>13.99</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" s="1" t="s">
-        <v>642</v>
+        <v>630</v>
       </c>
       <c r="B327" s="1" t="s">
         <v>667</v>
       </c>
       <c r="C327" s="1" t="s">
         <v>668</v>
       </c>
       <c r="D327" s="3">
-        <v>13.99</v>
+        <v>16.99</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" s="1" t="s">
-        <v>642</v>
+        <v>630</v>
       </c>
       <c r="B328" s="1" t="s">
         <v>669</v>
       </c>
       <c r="C328" s="1" t="s">
         <v>670</v>
       </c>
       <c r="D328" s="3">
-        <v>14.99</v>
+        <v>13.99</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" s="1" t="s">
-        <v>642</v>
+        <v>630</v>
       </c>
       <c r="B329" s="1" t="s">
         <v>671</v>
       </c>
       <c r="C329" s="1" t="s">
         <v>672</v>
       </c>
       <c r="D329" s="3">
-        <v>13.99</v>
+        <v>16.99</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" s="1" t="s">
-        <v>642</v>
+        <v>673</v>
       </c>
       <c r="B330" s="1" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="C330" s="1" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="D330" s="3">
-        <v>19.99</v>
+        <v>31.99</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" s="1" t="s">
-        <v>642</v>
+        <v>673</v>
       </c>
       <c r="B331" s="1" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="C331" s="1" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="D331" s="3">
-        <v>21.99</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" s="1" t="s">
-        <v>642</v>
+        <v>673</v>
       </c>
       <c r="B332" s="1" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="C332" s="1" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="D332" s="3">
-        <v>13.99</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" s="1" t="s">
-        <v>642</v>
+        <v>673</v>
       </c>
       <c r="B333" s="1" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="C333" s="1" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="D333" s="3">
-        <v>16.99</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" s="1" t="s">
-        <v>642</v>
+        <v>673</v>
       </c>
       <c r="B334" s="1" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="C334" s="1" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="D334" s="3">
-        <v>13.99</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" s="1" t="s">
-        <v>642</v>
+        <v>673</v>
       </c>
       <c r="B335" s="1" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="C335" s="1" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="D335" s="3">
-        <v>16.99</v>
+        <v>17.99</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" s="1" t="s">
-        <v>685</v>
+        <v>673</v>
       </c>
       <c r="B336" s="1" t="s">
         <v>686</v>
       </c>
       <c r="C336" s="1" t="s">
         <v>687</v>
       </c>
       <c r="D336" s="3">
-        <v>31.99</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" s="1" t="s">
-        <v>685</v>
+        <v>673</v>
       </c>
       <c r="B337" s="1" t="s">
         <v>688</v>
       </c>
       <c r="C337" s="1" t="s">
         <v>689</v>
       </c>
       <c r="D337" s="3">
-        <v>6.5</v>
+        <v>31.99</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" s="1" t="s">
-        <v>685</v>
+        <v>673</v>
       </c>
       <c r="B338" s="1" t="s">
         <v>690</v>
       </c>
       <c r="C338" s="1" t="s">
         <v>691</v>
       </c>
       <c r="D338" s="3">
         <v>18.99</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" s="1" t="s">
-        <v>685</v>
+        <v>673</v>
       </c>
       <c r="B339" s="1" t="s">
         <v>692</v>
       </c>
       <c r="C339" s="1" t="s">
         <v>693</v>
       </c>
       <c r="D339" s="3">
-        <v>18.99</v>
+        <v>26.99</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" s="1" t="s">
-        <v>685</v>
+        <v>673</v>
       </c>
       <c r="B340" s="1" t="s">
         <v>694</v>
       </c>
       <c r="C340" s="1" t="s">
         <v>695</v>
       </c>
       <c r="D340" s="3">
         <v>18.99</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" s="1" t="s">
-        <v>685</v>
+        <v>673</v>
       </c>
       <c r="B341" s="1" t="s">
         <v>696</v>
       </c>
       <c r="C341" s="1" t="s">
         <v>697</v>
       </c>
       <c r="D341" s="3">
-        <v>17.99</v>
+        <v>26.99</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" s="1" t="s">
-        <v>685</v>
+        <v>673</v>
       </c>
       <c r="B342" s="1" t="s">
         <v>698</v>
       </c>
       <c r="C342" s="1" t="s">
         <v>699</v>
       </c>
       <c r="D342" s="3">
         <v>21.99</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" s="1" t="s">
-        <v>685</v>
+        <v>673</v>
       </c>
       <c r="B343" s="1" t="s">
         <v>700</v>
       </c>
       <c r="C343" s="1" t="s">
         <v>701</v>
       </c>
       <c r="D343" s="3">
-        <v>31.99</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" s="1" t="s">
-        <v>685</v>
+        <v>673</v>
       </c>
       <c r="B344" s="1" t="s">
         <v>702</v>
       </c>
       <c r="C344" s="1" t="s">
         <v>703</v>
       </c>
       <c r="D344" s="3">
-        <v>18.99</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" s="1" t="s">
-        <v>685</v>
+        <v>673</v>
       </c>
       <c r="B345" s="1" t="s">
         <v>704</v>
       </c>
       <c r="C345" s="1" t="s">
         <v>705</v>
       </c>
       <c r="D345" s="3">
-        <v>26.99</v>
+        <v>20.99</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" s="1" t="s">
-        <v>685</v>
+        <v>673</v>
       </c>
       <c r="B346" s="1" t="s">
         <v>706</v>
       </c>
       <c r="C346" s="1" t="s">
         <v>707</v>
       </c>
       <c r="D346" s="3">
-        <v>18.99</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" s="1" t="s">
-        <v>685</v>
+        <v>673</v>
       </c>
       <c r="B347" s="1" t="s">
         <v>708</v>
       </c>
       <c r="C347" s="1" t="s">
         <v>709</v>
       </c>
       <c r="D347" s="3">
-        <v>26.99</v>
+        <v>20.99</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" s="1" t="s">
-        <v>685</v>
+        <v>673</v>
       </c>
       <c r="B348" s="1" t="s">
         <v>710</v>
       </c>
       <c r="C348" s="1" t="s">
         <v>711</v>
       </c>
       <c r="D348" s="3">
-        <v>21.99</v>
+        <v>23.99</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" s="1" t="s">
-        <v>685</v>
+        <v>673</v>
       </c>
       <c r="B349" s="1" t="s">
         <v>712</v>
       </c>
       <c r="C349" s="1" t="s">
         <v>713</v>
       </c>
       <c r="D349" s="3">
-        <v>21.99</v>
+        <v>23.99</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" s="1" t="s">
-        <v>685</v>
+        <v>673</v>
       </c>
       <c r="B350" s="1" t="s">
         <v>714</v>
       </c>
       <c r="C350" s="1" t="s">
         <v>715</v>
       </c>
       <c r="D350" s="3">
-        <v>21.99</v>
+        <v>23.99</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" s="1" t="s">
-        <v>685</v>
+        <v>673</v>
       </c>
       <c r="B351" s="1" t="s">
         <v>716</v>
       </c>
       <c r="C351" s="1" t="s">
         <v>717</v>
       </c>
       <c r="D351" s="3">
-        <v>20.99</v>
+        <v>23.99</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" s="1" t="s">
-        <v>685</v>
+        <v>673</v>
       </c>
       <c r="B352" s="1" t="s">
         <v>718</v>
       </c>
       <c r="C352" s="1" t="s">
         <v>719</v>
       </c>
       <c r="D352" s="3">
         <v>21.99</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" s="1" t="s">
-        <v>685</v>
+        <v>673</v>
       </c>
       <c r="B353" s="1" t="s">
         <v>720</v>
       </c>
       <c r="C353" s="1" t="s">
         <v>721</v>
       </c>
       <c r="D353" s="3">
-        <v>20.99</v>
+        <v>23.99</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" s="1" t="s">
-        <v>685</v>
+        <v>673</v>
       </c>
       <c r="B354" s="1" t="s">
         <v>722</v>
       </c>
       <c r="C354" s="1" t="s">
         <v>723</v>
       </c>
       <c r="D354" s="3">
         <v>23.99</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" s="1" t="s">
-        <v>685</v>
+        <v>673</v>
       </c>
       <c r="B355" s="1" t="s">
         <v>724</v>
       </c>
       <c r="C355" s="1" t="s">
         <v>725</v>
       </c>
       <c r="D355" s="3">
-        <v>23.99</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" s="1" t="s">
-        <v>685</v>
+        <v>673</v>
       </c>
       <c r="B356" s="1" t="s">
         <v>726</v>
       </c>
       <c r="C356" s="1" t="s">
         <v>727</v>
       </c>
       <c r="D356" s="3">
-        <v>23.99</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="357">
       <c r="A357" s="1" t="s">
-        <v>685</v>
+        <v>673</v>
       </c>
       <c r="B357" s="1" t="s">
         <v>728</v>
       </c>
       <c r="C357" s="1" t="s">
         <v>729</v>
       </c>
       <c r="D357" s="3">
-        <v>23.99</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="358">
       <c r="A358" s="1" t="s">
-        <v>685</v>
+        <v>673</v>
       </c>
       <c r="B358" s="1" t="s">
         <v>730</v>
       </c>
       <c r="C358" s="1" t="s">
         <v>731</v>
       </c>
       <c r="D358" s="3">
         <v>21.99</v>
       </c>
     </row>
     <row r="359">
       <c r="A359" s="1" t="s">
-        <v>685</v>
+        <v>673</v>
       </c>
       <c r="B359" s="1" t="s">
         <v>732</v>
       </c>
       <c r="C359" s="1" t="s">
         <v>733</v>
       </c>
       <c r="D359" s="3">
-        <v>23.99</v>
+        <v>20.99</v>
       </c>
     </row>
     <row r="360">
       <c r="A360" s="1" t="s">
-        <v>685</v>
+        <v>673</v>
       </c>
       <c r="B360" s="1" t="s">
         <v>734</v>
       </c>
       <c r="C360" s="1" t="s">
         <v>735</v>
       </c>
       <c r="D360" s="3">
         <v>23.99</v>
       </c>
     </row>
     <row r="361">
       <c r="A361" s="1" t="s">
-        <v>685</v>
+        <v>673</v>
       </c>
       <c r="B361" s="1" t="s">
         <v>736</v>
       </c>
       <c r="C361" s="1" t="s">
         <v>737</v>
       </c>
       <c r="D361" s="3">
-        <v>21.99</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="362">
       <c r="A362" s="1" t="s">
-        <v>685</v>
+        <v>673</v>
       </c>
       <c r="B362" s="1" t="s">
         <v>738</v>
       </c>
       <c r="C362" s="1" t="s">
         <v>739</v>
       </c>
       <c r="D362" s="3">
-        <v>19.99</v>
+        <v>23.99</v>
       </c>
     </row>
     <row r="363">
       <c r="A363" s="1" t="s">
-        <v>685</v>
+        <v>673</v>
       </c>
       <c r="B363" s="1" t="s">
         <v>740</v>
       </c>
       <c r="C363" s="1" t="s">
         <v>741</v>
       </c>
       <c r="D363" s="3">
         <v>19.99</v>
       </c>
     </row>
     <row r="364">
       <c r="A364" s="1" t="s">
-        <v>685</v>
+        <v>673</v>
       </c>
       <c r="B364" s="1" t="s">
         <v>742</v>
       </c>
       <c r="C364" s="1" t="s">
         <v>743</v>
       </c>
       <c r="D364" s="3">
-        <v>21.99</v>
+        <v>23.99</v>
       </c>
     </row>
     <row r="365">
       <c r="A365" s="1" t="s">
-        <v>685</v>
+        <v>673</v>
       </c>
       <c r="B365" s="1" t="s">
         <v>744</v>
       </c>
       <c r="C365" s="1" t="s">
         <v>745</v>
       </c>
       <c r="D365" s="3">
-        <v>20.99</v>
+        <v>23.99</v>
       </c>
     </row>
     <row r="366">
       <c r="A366" s="1" t="s">
-        <v>685</v>
+        <v>673</v>
       </c>
       <c r="B366" s="1" t="s">
         <v>746</v>
       </c>
       <c r="C366" s="1" t="s">
         <v>747</v>
       </c>
       <c r="D366" s="3">
-        <v>23.99</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="367">
       <c r="A367" s="1" t="s">
-        <v>685</v>
+        <v>673</v>
       </c>
       <c r="B367" s="1" t="s">
         <v>748</v>
       </c>
       <c r="C367" s="1" t="s">
         <v>749</v>
       </c>
       <c r="D367" s="3">
-        <v>18.99</v>
+        <v>23.99</v>
       </c>
     </row>
     <row r="368">
       <c r="A368" s="1" t="s">
-        <v>685</v>
+        <v>673</v>
       </c>
       <c r="B368" s="1" t="s">
         <v>750</v>
       </c>
       <c r="C368" s="1" t="s">
         <v>751</v>
       </c>
       <c r="D368" s="3">
-        <v>23.99</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="369">
       <c r="A369" s="1" t="s">
-        <v>685</v>
+        <v>673</v>
       </c>
       <c r="B369" s="1" t="s">
         <v>752</v>
       </c>
       <c r="C369" s="1" t="s">
         <v>753</v>
       </c>
       <c r="D369" s="3">
-        <v>19.99</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="370">
       <c r="A370" s="1" t="s">
-        <v>685</v>
+        <v>673</v>
       </c>
       <c r="B370" s="1" t="s">
         <v>754</v>
       </c>
       <c r="C370" s="1" t="s">
         <v>755</v>
       </c>
       <c r="D370" s="3">
-        <v>23.99</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="371">
       <c r="A371" s="1" t="s">
-        <v>685</v>
+        <v>673</v>
       </c>
       <c r="B371" s="1" t="s">
         <v>756</v>
       </c>
       <c r="C371" s="1" t="s">
         <v>757</v>
       </c>
       <c r="D371" s="3">
-        <v>23.99</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="372">
       <c r="A372" s="1" t="s">
-        <v>685</v>
+        <v>673</v>
       </c>
       <c r="B372" s="1" t="s">
         <v>758</v>
       </c>
       <c r="C372" s="1" t="s">
         <v>759</v>
       </c>
       <c r="D372" s="3">
-        <v>18.99</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="373">
       <c r="A373" s="1" t="s">
-        <v>685</v>
+        <v>673</v>
       </c>
       <c r="B373" s="1" t="s">
         <v>760</v>
       </c>
       <c r="C373" s="1" t="s">
         <v>761</v>
       </c>
       <c r="D373" s="3">
-        <v>23.99</v>
+        <v>29.99</v>
       </c>
     </row>
     <row r="374">
       <c r="A374" s="1" t="s">
-        <v>685</v>
+        <v>673</v>
       </c>
       <c r="B374" s="1" t="s">
         <v>762</v>
       </c>
       <c r="C374" s="1" t="s">
         <v>763</v>
       </c>
       <c r="D374" s="3">
-        <v>21.99</v>
+        <v>4.99</v>
       </c>
     </row>
     <row r="375">
       <c r="A375" s="1" t="s">
-        <v>685</v>
+        <v>673</v>
       </c>
       <c r="B375" s="1" t="s">
         <v>764</v>
       </c>
       <c r="C375" s="1" t="s">
         <v>765</v>
       </c>
       <c r="D375" s="3">
-        <v>18.99</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="376">
       <c r="A376" s="1" t="s">
-        <v>685</v>
+        <v>673</v>
       </c>
       <c r="B376" s="1" t="s">
         <v>766</v>
       </c>
       <c r="C376" s="1" t="s">
         <v>767</v>
       </c>
       <c r="D376" s="3">
-        <v>18.99</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="377">
       <c r="A377" s="1" t="s">
-        <v>685</v>
+        <v>673</v>
       </c>
       <c r="B377" s="1" t="s">
         <v>768</v>
       </c>
       <c r="C377" s="1" t="s">
         <v>769</v>
       </c>
       <c r="D377" s="3">
-        <v>18.99</v>
+        <v>4.99</v>
       </c>
     </row>
     <row r="378">
       <c r="A378" s="1" t="s">
-        <v>685</v>
+        <v>673</v>
       </c>
       <c r="B378" s="1" t="s">
         <v>770</v>
       </c>
       <c r="C378" s="1" t="s">
         <v>771</v>
       </c>
       <c r="D378" s="3">
-        <v>21.99</v>
+        <v>4.99</v>
       </c>
     </row>
     <row r="379">
       <c r="A379" s="1" t="s">
-        <v>685</v>
+        <v>673</v>
       </c>
       <c r="B379" s="1" t="s">
         <v>772</v>
       </c>
       <c r="C379" s="1" t="s">
         <v>773</v>
       </c>
       <c r="D379" s="3">
-        <v>29.99</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="380">
       <c r="A380" s="1" t="s">
-        <v>685</v>
+        <v>673</v>
       </c>
       <c r="B380" s="1" t="s">
         <v>774</v>
       </c>
       <c r="C380" s="1" t="s">
         <v>775</v>
       </c>
       <c r="D380" s="3">
-        <v>4.99</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="381">
       <c r="A381" s="1" t="s">
-        <v>685</v>
+        <v>673</v>
       </c>
       <c r="B381" s="1" t="s">
         <v>776</v>
       </c>
       <c r="C381" s="1" t="s">
         <v>777</v>
       </c>
       <c r="D381" s="3">
         <v>19.99</v>
       </c>
     </row>
     <row r="382">
       <c r="A382" s="1" t="s">
-        <v>685</v>
+        <v>673</v>
       </c>
       <c r="B382" s="1" t="s">
         <v>778</v>
       </c>
       <c r="C382" s="1" t="s">
         <v>779</v>
       </c>
       <c r="D382" s="3">
         <v>19.99</v>
       </c>
     </row>
     <row r="383">
       <c r="A383" s="1" t="s">
-        <v>685</v>
+        <v>673</v>
       </c>
       <c r="B383" s="1" t="s">
         <v>780</v>
       </c>
       <c r="C383" s="1" t="s">
         <v>781</v>
       </c>
       <c r="D383" s="3">
-        <v>4.99</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="384">
       <c r="A384" s="1" t="s">
-        <v>685</v>
+        <v>673</v>
       </c>
       <c r="B384" s="1" t="s">
         <v>782</v>
       </c>
       <c r="C384" s="1" t="s">
         <v>783</v>
       </c>
       <c r="D384" s="3">
-        <v>4.99</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="385">
       <c r="A385" s="1" t="s">
-        <v>685</v>
+        <v>784</v>
       </c>
       <c r="B385" s="1" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="C385" s="1" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="D385" s="3">
-        <v>18.99</v>
+        <v>18.49</v>
       </c>
     </row>
     <row r="386">
       <c r="A386" s="1" t="s">
-        <v>685</v>
+        <v>784</v>
       </c>
       <c r="B386" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="C386" s="1" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="D386" s="3">
-        <v>18.99</v>
+        <v>18.49</v>
       </c>
     </row>
     <row r="387">
       <c r="A387" s="1" t="s">
-        <v>685</v>
+        <v>784</v>
       </c>
       <c r="B387" s="1" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="C387" s="1" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="D387" s="3">
-        <v>19.99</v>
+        <v>18.49</v>
       </c>
     </row>
     <row r="388">
       <c r="A388" s="1" t="s">
-        <v>685</v>
+        <v>791</v>
       </c>
       <c r="B388" s="1" t="s">
-        <v>790</v>
+        <v>792</v>
       </c>
       <c r="C388" s="1" t="s">
-        <v>791</v>
+        <v>793</v>
       </c>
       <c r="D388" s="3">
-        <v>19.99</v>
+        <v>30.49</v>
       </c>
     </row>
     <row r="389">
       <c r="A389" s="1" t="s">
-        <v>685</v>
+        <v>791</v>
       </c>
       <c r="B389" s="1" t="s">
-        <v>792</v>
+        <v>794</v>
       </c>
       <c r="C389" s="1" t="s">
-        <v>793</v>
+        <v>795</v>
       </c>
       <c r="D389" s="3">
-        <v>19.99</v>
+        <v>22.49</v>
       </c>
     </row>
     <row r="390">
       <c r="A390" s="1" t="s">
-        <v>685</v>
+        <v>791</v>
       </c>
       <c r="B390" s="1" t="s">
-        <v>794</v>
+        <v>796</v>
       </c>
       <c r="C390" s="1" t="s">
-        <v>795</v>
+        <v>797</v>
       </c>
       <c r="D390" s="3">
-        <v>19.99</v>
+        <v>46.49</v>
       </c>
     </row>
     <row r="391">
       <c r="A391" s="1" t="s">
-        <v>796</v>
+        <v>791</v>
       </c>
       <c r="B391" s="1" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="C391" s="1" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="D391" s="3">
-        <v>18.49</v>
+        <v>20.49</v>
       </c>
     </row>
     <row r="392">
       <c r="A392" s="1" t="s">
-        <v>796</v>
+        <v>791</v>
       </c>
       <c r="B392" s="1" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="C392" s="1" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="D392" s="3">
-        <v>18.49</v>
+        <v>19.49</v>
       </c>
     </row>
     <row r="393">
       <c r="A393" s="1" t="s">
-        <v>796</v>
+        <v>791</v>
       </c>
       <c r="B393" s="1" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="C393" s="1" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
       <c r="D393" s="3">
-        <v>18.49</v>
+        <v>32.99</v>
       </c>
     </row>
     <row r="394">
       <c r="A394" s="1" t="s">
-        <v>803</v>
+        <v>791</v>
       </c>
       <c r="B394" s="1" t="s">
         <v>804</v>
       </c>
       <c r="C394" s="1" t="s">
         <v>805</v>
       </c>
       <c r="D394" s="3">
-        <v>30.49</v>
+        <v>32.99</v>
       </c>
     </row>
     <row r="395">
       <c r="A395" s="1" t="s">
-        <v>803</v>
+        <v>791</v>
       </c>
       <c r="B395" s="1" t="s">
         <v>806</v>
       </c>
       <c r="C395" s="1" t="s">
         <v>807</v>
       </c>
       <c r="D395" s="3">
-        <v>22.49</v>
+        <v>27.49</v>
       </c>
     </row>
     <row r="396">
       <c r="A396" s="1" t="s">
-        <v>803</v>
+        <v>791</v>
       </c>
       <c r="B396" s="1" t="s">
         <v>808</v>
       </c>
       <c r="C396" s="1" t="s">
         <v>809</v>
       </c>
       <c r="D396" s="3">
-        <v>46.49</v>
+        <v>29.49</v>
       </c>
     </row>
     <row r="397">
       <c r="A397" s="1" t="s">
-        <v>803</v>
+        <v>791</v>
       </c>
       <c r="B397" s="1" t="s">
         <v>810</v>
       </c>
       <c r="C397" s="1" t="s">
         <v>811</v>
       </c>
       <c r="D397" s="3">
-        <v>20.49</v>
+        <v>29.49</v>
       </c>
     </row>
     <row r="398">
       <c r="A398" s="1" t="s">
-        <v>803</v>
+        <v>791</v>
       </c>
       <c r="B398" s="1" t="s">
         <v>812</v>
       </c>
       <c r="C398" s="1" t="s">
         <v>813</v>
       </c>
       <c r="D398" s="3">
-        <v>19.49</v>
+        <v>69.99</v>
       </c>
     </row>
     <row r="399">
       <c r="A399" s="1" t="s">
-        <v>803</v>
+        <v>791</v>
       </c>
       <c r="B399" s="1" t="s">
         <v>814</v>
       </c>
       <c r="C399" s="1" t="s">
         <v>815</v>
       </c>
       <c r="D399" s="3">
-        <v>32.99</v>
+        <v>24.49</v>
       </c>
     </row>
     <row r="400">
       <c r="A400" s="1" t="s">
-        <v>803</v>
+        <v>791</v>
       </c>
       <c r="B400" s="1" t="s">
         <v>816</v>
       </c>
       <c r="C400" s="1" t="s">
         <v>817</v>
       </c>
       <c r="D400" s="3">
-        <v>32.99</v>
+        <v>29.49</v>
       </c>
     </row>
     <row r="401">
       <c r="A401" s="1" t="s">
-        <v>803</v>
+        <v>791</v>
       </c>
       <c r="B401" s="1" t="s">
         <v>818</v>
       </c>
       <c r="C401" s="1" t="s">
         <v>819</v>
       </c>
       <c r="D401" s="3">
-        <v>27.49</v>
+        <v>24.49</v>
       </c>
     </row>
     <row r="402">
       <c r="A402" s="1" t="s">
-        <v>803</v>
+        <v>791</v>
       </c>
       <c r="B402" s="1" t="s">
         <v>820</v>
       </c>
       <c r="C402" s="1" t="s">
         <v>821</v>
       </c>
       <c r="D402" s="3">
         <v>29.49</v>
       </c>
     </row>
     <row r="403">
       <c r="A403" s="1" t="s">
-        <v>803</v>
+        <v>791</v>
       </c>
       <c r="B403" s="1" t="s">
         <v>822</v>
       </c>
       <c r="C403" s="1" t="s">
         <v>823</v>
       </c>
       <c r="D403" s="3">
-        <v>29.49</v>
+        <v>30.49</v>
       </c>
     </row>
     <row r="404">
       <c r="A404" s="1" t="s">
-        <v>803</v>
+        <v>791</v>
       </c>
       <c r="B404" s="1" t="s">
         <v>824</v>
       </c>
       <c r="C404" s="1" t="s">
         <v>825</v>
       </c>
       <c r="D404" s="3">
-        <v>69.99</v>
+        <v>30.49</v>
       </c>
     </row>
     <row r="405">
       <c r="A405" s="1" t="s">
-        <v>803</v>
+        <v>791</v>
       </c>
       <c r="B405" s="1" t="s">
         <v>826</v>
       </c>
       <c r="C405" s="1" t="s">
         <v>827</v>
       </c>
       <c r="D405" s="3">
-        <v>24.49</v>
+        <v>20.99</v>
       </c>
     </row>
     <row r="406">
       <c r="A406" s="1" t="s">
-        <v>803</v>
+        <v>791</v>
       </c>
       <c r="B406" s="1" t="s">
         <v>828</v>
       </c>
       <c r="C406" s="1" t="s">
         <v>829</v>
       </c>
       <c r="D406" s="3">
-        <v>29.49</v>
+        <v>24.49</v>
       </c>
     </row>
     <row r="407">
       <c r="A407" s="1" t="s">
-        <v>803</v>
+        <v>791</v>
       </c>
       <c r="B407" s="1" t="s">
         <v>830</v>
       </c>
       <c r="C407" s="1" t="s">
         <v>831</v>
       </c>
       <c r="D407" s="3">
         <v>24.49</v>
       </c>
     </row>
     <row r="408">
       <c r="A408" s="1" t="s">
-        <v>803</v>
+        <v>791</v>
       </c>
       <c r="B408" s="1" t="s">
         <v>832</v>
       </c>
       <c r="C408" s="1" t="s">
         <v>833</v>
       </c>
       <c r="D408" s="3">
-        <v>29.49</v>
+        <v>24.49</v>
       </c>
     </row>
     <row r="409">
       <c r="A409" s="1" t="s">
-        <v>803</v>
+        <v>791</v>
       </c>
       <c r="B409" s="1" t="s">
         <v>834</v>
       </c>
       <c r="C409" s="1" t="s">
         <v>835</v>
       </c>
       <c r="D409" s="3">
-        <v>30.49</v>
+        <v>24.49</v>
       </c>
     </row>
     <row r="410">
       <c r="A410" s="1" t="s">
-        <v>803</v>
+        <v>791</v>
       </c>
       <c r="B410" s="1" t="s">
         <v>836</v>
       </c>
       <c r="C410" s="1" t="s">
         <v>837</v>
       </c>
       <c r="D410" s="3">
-        <v>30.49</v>
+        <v>25.49</v>
       </c>
     </row>
     <row r="411">
       <c r="A411" s="1" t="s">
-        <v>803</v>
+        <v>791</v>
       </c>
       <c r="B411" s="1" t="s">
         <v>838</v>
       </c>
       <c r="C411" s="1" t="s">
         <v>839</v>
       </c>
       <c r="D411" s="3">
-        <v>20.99</v>
+        <v>31.99</v>
       </c>
     </row>
     <row r="412">
       <c r="A412" s="1" t="s">
-        <v>803</v>
+        <v>791</v>
       </c>
       <c r="B412" s="1" t="s">
         <v>840</v>
       </c>
       <c r="C412" s="1" t="s">
         <v>841</v>
       </c>
       <c r="D412" s="3">
-        <v>24.49</v>
+        <v>59.99</v>
       </c>
     </row>
     <row r="413">
       <c r="A413" s="1" t="s">
-        <v>803</v>
+        <v>791</v>
       </c>
       <c r="B413" s="1" t="s">
         <v>842</v>
       </c>
       <c r="C413" s="1" t="s">
         <v>843</v>
       </c>
       <c r="D413" s="3">
         <v>24.49</v>
       </c>
     </row>
     <row r="414">
       <c r="A414" s="1" t="s">
-        <v>803</v>
+        <v>791</v>
       </c>
       <c r="B414" s="1" t="s">
         <v>844</v>
       </c>
       <c r="C414" s="1" t="s">
         <v>845</v>
       </c>
       <c r="D414" s="3">
-        <v>24.49</v>
+        <v>53.49</v>
       </c>
     </row>
     <row r="415">
       <c r="A415" s="1" t="s">
-        <v>803</v>
+        <v>791</v>
       </c>
       <c r="B415" s="1" t="s">
         <v>846</v>
       </c>
       <c r="C415" s="1" t="s">
         <v>847</v>
       </c>
       <c r="D415" s="3">
-        <v>24.49</v>
+        <v>23.99</v>
       </c>
     </row>
     <row r="416">
       <c r="A416" s="1" t="s">
-        <v>803</v>
+        <v>791</v>
       </c>
       <c r="B416" s="1" t="s">
         <v>848</v>
       </c>
       <c r="C416" s="1" t="s">
         <v>849</v>
       </c>
       <c r="D416" s="3">
-        <v>25.49</v>
+        <v>27.99</v>
       </c>
     </row>
     <row r="417">
       <c r="A417" s="1" t="s">
-        <v>803</v>
+        <v>791</v>
       </c>
       <c r="B417" s="1" t="s">
         <v>850</v>
       </c>
       <c r="C417" s="1" t="s">
         <v>851</v>
       </c>
       <c r="D417" s="3">
         <v>31.99</v>
       </c>
     </row>
     <row r="418">
       <c r="A418" s="1" t="s">
-        <v>803</v>
+        <v>852</v>
       </c>
       <c r="B418" s="1" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="C418" s="1" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
       <c r="D418" s="3">
-        <v>59.99</v>
+        <v>47.99</v>
       </c>
     </row>
     <row r="419">
       <c r="A419" s="1" t="s">
-        <v>803</v>
+        <v>852</v>
       </c>
       <c r="B419" s="1" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
       <c r="C419" s="1" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
       <c r="D419" s="3">
-        <v>24.49</v>
+        <v>61.75</v>
       </c>
     </row>
     <row r="420">
       <c r="A420" s="1" t="s">
-        <v>803</v>
+        <v>852</v>
       </c>
       <c r="B420" s="1" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
       <c r="C420" s="1" t="s">
-        <v>857</v>
+        <v>858</v>
       </c>
       <c r="D420" s="3">
-        <v>53.49</v>
+        <v>63.99</v>
       </c>
     </row>
     <row r="421">
       <c r="A421" s="1" t="s">
-        <v>803</v>
+        <v>852</v>
       </c>
       <c r="B421" s="1" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
       <c r="C421" s="1" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
       <c r="D421" s="3">
-        <v>23.99</v>
+        <v>79.99</v>
       </c>
     </row>
     <row r="422">
       <c r="A422" s="1" t="s">
-        <v>803</v>
+        <v>852</v>
       </c>
       <c r="B422" s="1" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
       <c r="C422" s="1" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
       <c r="D422" s="3">
-        <v>27.99</v>
+        <v>105</v>
       </c>
     </row>
     <row r="423">
       <c r="A423" s="1" t="s">
-        <v>803</v>
+        <v>852</v>
       </c>
       <c r="B423" s="1" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
       <c r="C423" s="1" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
       <c r="D423" s="3">
-        <v>31.99</v>
+        <v>62.99</v>
       </c>
     </row>
     <row r="424">
       <c r="A424" s="1" t="s">
-        <v>864</v>
+        <v>852</v>
       </c>
       <c r="B424" s="1" t="s">
         <v>865</v>
       </c>
       <c r="C424" s="1" t="s">
         <v>866</v>
       </c>
       <c r="D424" s="3">
-        <v>47.99</v>
+        <v>22.49</v>
       </c>
     </row>
     <row r="425">
       <c r="A425" s="1" t="s">
-        <v>864</v>
+        <v>852</v>
       </c>
       <c r="B425" s="1" t="s">
         <v>867</v>
       </c>
       <c r="C425" s="1" t="s">
         <v>868</v>
       </c>
       <c r="D425" s="3">
-        <v>61.75</v>
+        <v>25.49</v>
       </c>
     </row>
     <row r="426">
       <c r="A426" s="1" t="s">
-        <v>864</v>
+        <v>852</v>
       </c>
       <c r="B426" s="1" t="s">
         <v>869</v>
       </c>
       <c r="C426" s="1" t="s">
         <v>870</v>
       </c>
       <c r="D426" s="3">
-        <v>63.99</v>
+        <v>24.49</v>
       </c>
     </row>
     <row r="427">
       <c r="A427" s="1" t="s">
-        <v>864</v>
+        <v>852</v>
       </c>
       <c r="B427" s="1" t="s">
         <v>871</v>
       </c>
       <c r="C427" s="1" t="s">
         <v>872</v>
       </c>
       <c r="D427" s="3">
-        <v>79.99</v>
+        <v>42.99</v>
       </c>
     </row>
     <row r="428">
       <c r="A428" s="1" t="s">
-        <v>864</v>
+        <v>852</v>
       </c>
       <c r="B428" s="1" t="s">
         <v>873</v>
       </c>
       <c r="C428" s="1" t="s">
         <v>874</v>
       </c>
       <c r="D428" s="3">
-        <v>105</v>
+        <v>46.99</v>
       </c>
     </row>
     <row r="429">
       <c r="A429" s="1" t="s">
-        <v>864</v>
+        <v>852</v>
       </c>
       <c r="B429" s="1" t="s">
         <v>875</v>
       </c>
       <c r="C429" s="1" t="s">
         <v>876</v>
       </c>
       <c r="D429" s="3">
-        <v>62.99</v>
+        <v>37.49</v>
       </c>
     </row>
     <row r="430">
       <c r="A430" s="1" t="s">
-        <v>864</v>
+        <v>852</v>
       </c>
       <c r="B430" s="1" t="s">
         <v>877</v>
       </c>
       <c r="C430" s="1" t="s">
         <v>878</v>
       </c>
       <c r="D430" s="3">
-        <v>22.49</v>
+        <v>28.49</v>
       </c>
     </row>
     <row r="431">
       <c r="A431" s="1" t="s">
-        <v>864</v>
+        <v>852</v>
       </c>
       <c r="B431" s="1" t="s">
         <v>879</v>
       </c>
       <c r="C431" s="1" t="s">
         <v>880</v>
       </c>
       <c r="D431" s="3">
-        <v>25.49</v>
+        <v>30.49</v>
       </c>
     </row>
     <row r="432">
       <c r="A432" s="1" t="s">
-        <v>864</v>
+        <v>881</v>
       </c>
       <c r="B432" s="1" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="C432" s="1" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="D432" s="3">
-        <v>24.49</v>
+        <v>22.49</v>
       </c>
     </row>
     <row r="433">
       <c r="A433" s="1" t="s">
-        <v>864</v>
+        <v>881</v>
       </c>
       <c r="B433" s="1" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="C433" s="1" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
       <c r="D433" s="3">
-        <v>42.99</v>
+        <v>23.49</v>
       </c>
     </row>
     <row r="434">
       <c r="A434" s="1" t="s">
-        <v>864</v>
+        <v>881</v>
       </c>
       <c r="B434" s="1" t="s">
-        <v>885</v>
+        <v>886</v>
       </c>
       <c r="C434" s="1" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
       <c r="D434" s="3">
-        <v>46.99</v>
+        <v>22.49</v>
       </c>
     </row>
     <row r="435">
       <c r="A435" s="1" t="s">
-        <v>864</v>
+        <v>881</v>
       </c>
       <c r="B435" s="1" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
       <c r="C435" s="1" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="D435" s="3">
-        <v>37.49</v>
+        <v>22.49</v>
       </c>
     </row>
     <row r="436">
       <c r="A436" s="1" t="s">
-        <v>864</v>
+        <v>881</v>
       </c>
       <c r="B436" s="1" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="C436" s="1" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
       <c r="D436" s="3">
-        <v>28.49</v>
+        <v>39.49</v>
       </c>
     </row>
     <row r="437">
       <c r="A437" s="1" t="s">
-        <v>864</v>
+        <v>881</v>
       </c>
       <c r="B437" s="1" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
       <c r="C437" s="1" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="D437" s="3">
-        <v>30.49</v>
+        <v>51.49</v>
       </c>
     </row>
     <row r="438">
       <c r="A438" s="1" t="s">
-        <v>893</v>
+        <v>881</v>
       </c>
       <c r="B438" s="1" t="s">
         <v>894</v>
       </c>
       <c r="C438" s="1" t="s">
         <v>895</v>
       </c>
       <c r="D438" s="3">
-        <v>22.49</v>
+        <v>35.49</v>
       </c>
     </row>
     <row r="439">
       <c r="A439" s="1" t="s">
-        <v>893</v>
+        <v>881</v>
       </c>
       <c r="B439" s="1" t="s">
         <v>896</v>
       </c>
       <c r="C439" s="1" t="s">
         <v>897</v>
       </c>
       <c r="D439" s="3">
-        <v>23.49</v>
+        <v>35.49</v>
       </c>
     </row>
     <row r="440">
       <c r="A440" s="1" t="s">
-        <v>893</v>
+        <v>881</v>
       </c>
       <c r="B440" s="1" t="s">
         <v>898</v>
       </c>
       <c r="C440" s="1" t="s">
         <v>899</v>
       </c>
       <c r="D440" s="3">
-        <v>22.49</v>
+        <v>41.5</v>
       </c>
     </row>
     <row r="441">
       <c r="A441" s="1" t="s">
-        <v>893</v>
+        <v>881</v>
       </c>
       <c r="B441" s="1" t="s">
         <v>900</v>
       </c>
       <c r="C441" s="1" t="s">
         <v>901</v>
       </c>
       <c r="D441" s="3">
-        <v>22.49</v>
+        <v>40.49</v>
       </c>
     </row>
     <row r="442">
       <c r="A442" s="1" t="s">
-        <v>893</v>
+        <v>881</v>
       </c>
       <c r="B442" s="1" t="s">
         <v>902</v>
       </c>
       <c r="C442" s="1" t="s">
         <v>903</v>
       </c>
       <c r="D442" s="3">
-        <v>39.49</v>
+        <v>26.49</v>
       </c>
     </row>
     <row r="443">
       <c r="A443" s="1" t="s">
-        <v>893</v>
+        <v>881</v>
       </c>
       <c r="B443" s="1" t="s">
         <v>904</v>
       </c>
       <c r="C443" s="1" t="s">
         <v>905</v>
       </c>
       <c r="D443" s="3">
-        <v>51.49</v>
+        <v>21.49</v>
       </c>
     </row>
     <row r="444">
       <c r="A444" s="1" t="s">
-        <v>893</v>
+        <v>881</v>
       </c>
       <c r="B444" s="1" t="s">
         <v>906</v>
       </c>
       <c r="C444" s="1" t="s">
         <v>907</v>
       </c>
       <c r="D444" s="3">
-        <v>35.49</v>
+        <v>43.49</v>
       </c>
     </row>
     <row r="445">
       <c r="A445" s="1" t="s">
-        <v>893</v>
+        <v>881</v>
       </c>
       <c r="B445" s="1" t="s">
         <v>908</v>
       </c>
       <c r="C445" s="1" t="s">
         <v>909</v>
       </c>
       <c r="D445" s="3">
-        <v>35.49</v>
+        <v>38.49</v>
       </c>
     </row>
     <row r="446">
       <c r="A446" s="1" t="s">
-        <v>893</v>
+        <v>881</v>
       </c>
       <c r="B446" s="1" t="s">
         <v>910</v>
       </c>
       <c r="C446" s="1" t="s">
         <v>911</v>
       </c>
       <c r="D446" s="3">
-        <v>41.5</v>
+        <v>15.49</v>
       </c>
     </row>
     <row r="447">
       <c r="A447" s="1" t="s">
-        <v>893</v>
+        <v>881</v>
       </c>
       <c r="B447" s="1" t="s">
         <v>912</v>
       </c>
       <c r="C447" s="1" t="s">
         <v>913</v>
       </c>
       <c r="D447" s="3">
-        <v>40.49</v>
+        <v>2.99</v>
       </c>
     </row>
     <row r="448">
       <c r="A448" s="1" t="s">
-        <v>893</v>
+        <v>881</v>
       </c>
       <c r="B448" s="1" t="s">
         <v>914</v>
       </c>
       <c r="C448" s="1" t="s">
         <v>915</v>
       </c>
       <c r="D448" s="3">
-        <v>26.49</v>
+        <v>15.49</v>
       </c>
     </row>
     <row r="449">
       <c r="A449" s="1" t="s">
-        <v>893</v>
+        <v>881</v>
       </c>
       <c r="B449" s="1" t="s">
         <v>916</v>
       </c>
       <c r="C449" s="1" t="s">
         <v>917</v>
       </c>
       <c r="D449" s="3">
-        <v>21.49</v>
+        <v>2.99</v>
       </c>
     </row>
     <row r="450">
       <c r="A450" s="1" t="s">
-        <v>893</v>
+        <v>881</v>
       </c>
       <c r="B450" s="1" t="s">
         <v>918</v>
       </c>
       <c r="C450" s="1" t="s">
         <v>919</v>
       </c>
       <c r="D450" s="3">
-        <v>43.49</v>
+        <v>20.99</v>
       </c>
     </row>
     <row r="451">
       <c r="A451" s="1" t="s">
-        <v>893</v>
+        <v>881</v>
       </c>
       <c r="B451" s="1" t="s">
         <v>920</v>
       </c>
       <c r="C451" s="1" t="s">
         <v>921</v>
       </c>
       <c r="D451" s="3">
-        <v>38.49</v>
+        <v>8.99</v>
       </c>
     </row>
     <row r="452">
       <c r="A452" s="1" t="s">
-        <v>893</v>
+        <v>881</v>
       </c>
       <c r="B452" s="1" t="s">
         <v>922</v>
       </c>
       <c r="C452" s="1" t="s">
         <v>923</v>
       </c>
       <c r="D452" s="3">
-        <v>15.49</v>
+        <v>2.99</v>
       </c>
     </row>
     <row r="453">
       <c r="A453" s="1" t="s">
-        <v>893</v>
+        <v>881</v>
       </c>
       <c r="B453" s="1" t="s">
         <v>924</v>
       </c>
       <c r="C453" s="1" t="s">
         <v>925</v>
       </c>
       <c r="D453" s="3">
-        <v>2.99</v>
+        <v>41.99</v>
       </c>
     </row>
     <row r="454">
       <c r="A454" s="1" t="s">
-        <v>893</v>
+        <v>881</v>
       </c>
       <c r="B454" s="1" t="s">
         <v>926</v>
       </c>
       <c r="C454" s="1" t="s">
         <v>927</v>
       </c>
       <c r="D454" s="3">
-        <v>15.49</v>
+        <v>37.49</v>
       </c>
     </row>
     <row r="455">
       <c r="A455" s="1" t="s">
-        <v>893</v>
+        <v>881</v>
       </c>
       <c r="B455" s="1" t="s">
         <v>928</v>
       </c>
       <c r="C455" s="1" t="s">
         <v>929</v>
       </c>
       <c r="D455" s="3">
-        <v>2.99</v>
+        <v>5.49</v>
       </c>
     </row>
     <row r="456">
       <c r="A456" s="1" t="s">
-        <v>893</v>
+        <v>881</v>
       </c>
       <c r="B456" s="1" t="s">
         <v>930</v>
       </c>
       <c r="C456" s="1" t="s">
         <v>931</v>
       </c>
       <c r="D456" s="3">
-        <v>20.99</v>
+        <v>33.49</v>
       </c>
     </row>
     <row r="457">
       <c r="A457" s="1" t="s">
-        <v>893</v>
+        <v>881</v>
       </c>
       <c r="B457" s="1" t="s">
         <v>932</v>
       </c>
       <c r="C457" s="1" t="s">
         <v>933</v>
       </c>
       <c r="D457" s="3">
-        <v>8.99</v>
+        <v>33.49</v>
       </c>
     </row>
     <row r="458">
       <c r="A458" s="1" t="s">
-        <v>893</v>
+        <v>881</v>
       </c>
       <c r="B458" s="1" t="s">
         <v>934</v>
       </c>
       <c r="C458" s="1" t="s">
         <v>935</v>
       </c>
       <c r="D458" s="3">
-        <v>15.49</v>
+        <v>33.49</v>
       </c>
     </row>
     <row r="459">
       <c r="A459" s="1" t="s">
-        <v>893</v>
+        <v>881</v>
       </c>
       <c r="B459" s="1" t="s">
         <v>936</v>
       </c>
       <c r="C459" s="1" t="s">
         <v>937</v>
       </c>
       <c r="D459" s="3">
-        <v>2.99</v>
+        <v>5.49</v>
       </c>
     </row>
     <row r="460">
       <c r="A460" s="1" t="s">
-        <v>893</v>
+        <v>881</v>
       </c>
       <c r="B460" s="1" t="s">
         <v>938</v>
       </c>
       <c r="C460" s="1" t="s">
         <v>939</v>
       </c>
       <c r="D460" s="3">
-        <v>41.99</v>
+        <v>34.99</v>
       </c>
     </row>
     <row r="461">
       <c r="A461" s="1" t="s">
-        <v>893</v>
+        <v>881</v>
       </c>
       <c r="B461" s="1" t="s">
         <v>940</v>
       </c>
       <c r="C461" s="1" t="s">
         <v>941</v>
       </c>
       <c r="D461" s="3">
-        <v>37.49</v>
+        <v>18.49</v>
       </c>
     </row>
     <row r="462">
       <c r="A462" s="1" t="s">
-        <v>893</v>
+        <v>881</v>
       </c>
       <c r="B462" s="1" t="s">
         <v>942</v>
       </c>
       <c r="C462" s="1" t="s">
         <v>943</v>
       </c>
       <c r="D462" s="3">
-        <v>5.49</v>
+        <v>37.49</v>
       </c>
     </row>
     <row r="463">
       <c r="A463" s="1" t="s">
-        <v>893</v>
+        <v>881</v>
       </c>
       <c r="B463" s="1" t="s">
         <v>944</v>
       </c>
       <c r="C463" s="1" t="s">
         <v>945</v>
       </c>
       <c r="D463" s="3">
-        <v>33.49</v>
+        <v>20.49</v>
       </c>
     </row>
     <row r="464">
       <c r="A464" s="1" t="s">
-        <v>893</v>
+        <v>881</v>
       </c>
       <c r="B464" s="1" t="s">
         <v>946</v>
       </c>
       <c r="C464" s="1" t="s">
         <v>947</v>
       </c>
       <c r="D464" s="3">
-        <v>33.49</v>
+        <v>41.49</v>
       </c>
     </row>
     <row r="465">
       <c r="A465" s="1" t="s">
-        <v>893</v>
+        <v>881</v>
       </c>
       <c r="B465" s="1" t="s">
         <v>948</v>
       </c>
       <c r="C465" s="1" t="s">
         <v>949</v>
       </c>
       <c r="D465" s="3">
-        <v>33.49</v>
+        <v>21.49</v>
       </c>
     </row>
     <row r="466">
       <c r="A466" s="1" t="s">
-        <v>893</v>
+        <v>950</v>
       </c>
       <c r="B466" s="1" t="s">
-        <v>950</v>
+        <v>951</v>
       </c>
       <c r="C466" s="1" t="s">
-        <v>951</v>
+        <v>952</v>
       </c>
       <c r="D466" s="3">
-        <v>5.49</v>
+        <v>59.99</v>
       </c>
     </row>
     <row r="467">
       <c r="A467" s="1" t="s">
-        <v>893</v>
+        <v>950</v>
       </c>
       <c r="B467" s="1" t="s">
-        <v>952</v>
+        <v>953</v>
       </c>
       <c r="C467" s="1" t="s">
-        <v>953</v>
+        <v>954</v>
       </c>
       <c r="D467" s="3">
-        <v>34.99</v>
+        <v>52.49</v>
       </c>
     </row>
     <row r="468">
       <c r="A468" s="1" t="s">
-        <v>893</v>
+        <v>950</v>
       </c>
       <c r="B468" s="1" t="s">
-        <v>954</v>
+        <v>955</v>
       </c>
       <c r="C468" s="1" t="s">
-        <v>955</v>
+        <v>956</v>
       </c>
       <c r="D468" s="3">
-        <v>18.49</v>
+        <v>140</v>
       </c>
     </row>
     <row r="469">
       <c r="A469" s="1" t="s">
-        <v>893</v>
+        <v>950</v>
       </c>
       <c r="B469" s="1" t="s">
-        <v>956</v>
+        <v>957</v>
       </c>
       <c r="C469" s="1" t="s">
-        <v>957</v>
+        <v>958</v>
       </c>
       <c r="D469" s="3">
-        <v>37.49</v>
+        <v>120</v>
       </c>
     </row>
     <row r="470">
       <c r="A470" s="1" t="s">
-        <v>893</v>
+        <v>950</v>
       </c>
       <c r="B470" s="1" t="s">
-        <v>958</v>
+        <v>959</v>
       </c>
       <c r="C470" s="1" t="s">
-        <v>959</v>
+        <v>960</v>
       </c>
       <c r="D470" s="3">
-        <v>20.49</v>
+        <v>670</v>
       </c>
     </row>
     <row r="471">
       <c r="A471" s="1" t="s">
-        <v>893</v>
+        <v>950</v>
       </c>
       <c r="B471" s="1" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
       <c r="C471" s="1" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="D471" s="3">
-        <v>41.49</v>
+        <v>70.49</v>
       </c>
     </row>
     <row r="472">
       <c r="A472" s="1" t="s">
-        <v>893</v>
+        <v>950</v>
       </c>
       <c r="B472" s="1" t="s">
-        <v>962</v>
+        <v>963</v>
       </c>
       <c r="C472" s="1" t="s">
-        <v>963</v>
+        <v>964</v>
       </c>
       <c r="D472" s="3">
-        <v>21.49</v>
+        <v>52.5</v>
       </c>
     </row>
     <row r="473">
       <c r="A473" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B473" s="1" t="s">
         <v>965</v>
       </c>
       <c r="C473" s="1" t="s">
         <v>966</v>
       </c>
       <c r="D473" s="3">
-        <v>59.99</v>
+        <v>45</v>
       </c>
     </row>
     <row r="474">
       <c r="A474" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B474" s="1" t="s">
         <v>967</v>
       </c>
       <c r="C474" s="1" t="s">
         <v>968</v>
       </c>
       <c r="D474" s="3">
-        <v>52.49</v>
+        <v>57.99</v>
       </c>
     </row>
     <row r="475">
       <c r="A475" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B475" s="1" t="s">
         <v>969</v>
       </c>
       <c r="C475" s="1" t="s">
         <v>970</v>
       </c>
       <c r="D475" s="3">
-        <v>140</v>
+        <v>22.49</v>
       </c>
     </row>
     <row r="476">
       <c r="A476" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B476" s="1" t="s">
         <v>971</v>
       </c>
       <c r="C476" s="1" t="s">
         <v>972</v>
       </c>
       <c r="D476" s="3">
-        <v>120</v>
+        <v>44.49</v>
       </c>
     </row>
     <row r="477">
       <c r="A477" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B477" s="1" t="s">
         <v>973</v>
       </c>
       <c r="C477" s="1" t="s">
         <v>974</v>
       </c>
       <c r="D477" s="3">
-        <v>670</v>
+        <v>295</v>
       </c>
     </row>
     <row r="478">
       <c r="A478" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B478" s="1" t="s">
         <v>975</v>
       </c>
       <c r="C478" s="1" t="s">
         <v>976</v>
       </c>
       <c r="D478" s="3">
-        <v>70.49</v>
+        <v>150</v>
       </c>
     </row>
     <row r="479">
       <c r="A479" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B479" s="1" t="s">
         <v>977</v>
       </c>
       <c r="C479" s="1" t="s">
         <v>978</v>
       </c>
       <c r="D479" s="3">
-        <v>52.5</v>
+        <v>170</v>
       </c>
     </row>
     <row r="480">
       <c r="A480" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B480" s="1" t="s">
         <v>979</v>
       </c>
       <c r="C480" s="1" t="s">
         <v>980</v>
       </c>
       <c r="D480" s="3">
-        <v>45</v>
+        <v>191.5</v>
       </c>
     </row>
     <row r="481">
       <c r="A481" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B481" s="1" t="s">
         <v>981</v>
       </c>
       <c r="C481" s="1" t="s">
         <v>982</v>
       </c>
       <c r="D481" s="3">
-        <v>57.99</v>
+        <v>32.49</v>
       </c>
     </row>
     <row r="482">
       <c r="A482" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B482" s="1" t="s">
         <v>983</v>
       </c>
       <c r="C482" s="1" t="s">
         <v>984</v>
       </c>
       <c r="D482" s="3">
-        <v>22.49</v>
+        <v>32.4</v>
       </c>
     </row>
     <row r="483">
       <c r="A483" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B483" s="1" t="s">
         <v>985</v>
       </c>
       <c r="C483" s="1" t="s">
         <v>986</v>
       </c>
       <c r="D483" s="3">
-        <v>44.49</v>
+        <v>45.49</v>
       </c>
     </row>
     <row r="484">
       <c r="A484" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B484" s="1" t="s">
         <v>987</v>
       </c>
       <c r="C484" s="1" t="s">
         <v>988</v>
       </c>
       <c r="D484" s="3">
-        <v>295</v>
+        <v>30.99</v>
       </c>
     </row>
     <row r="485">
       <c r="A485" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B485" s="1" t="s">
         <v>989</v>
       </c>
       <c r="C485" s="1" t="s">
         <v>990</v>
       </c>
       <c r="D485" s="3">
-        <v>150</v>
+        <v>27.49</v>
       </c>
     </row>
     <row r="486">
       <c r="A486" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B486" s="1" t="s">
         <v>991</v>
       </c>
       <c r="C486" s="1" t="s">
         <v>992</v>
       </c>
       <c r="D486" s="3">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="487">
       <c r="A487" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B487" s="1" t="s">
         <v>993</v>
       </c>
       <c r="C487" s="1" t="s">
         <v>994</v>
       </c>
       <c r="D487" s="3">
-        <v>191.5</v>
+        <v>65.49</v>
       </c>
     </row>
     <row r="488">
       <c r="A488" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B488" s="1" t="s">
         <v>995</v>
       </c>
       <c r="C488" s="1" t="s">
         <v>996</v>
       </c>
       <c r="D488" s="3">
-        <v>32.49</v>
+        <v>55.49</v>
       </c>
     </row>
     <row r="489">
       <c r="A489" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B489" s="1" t="s">
         <v>997</v>
       </c>
       <c r="C489" s="1" t="s">
         <v>998</v>
       </c>
       <c r="D489" s="3">
-        <v>32.4</v>
+        <v>63.5</v>
       </c>
     </row>
     <row r="490">
       <c r="A490" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B490" s="1" t="s">
         <v>999</v>
       </c>
       <c r="C490" s="1" t="s">
         <v>1000</v>
       </c>
       <c r="D490" s="3">
-        <v>45.49</v>
+        <v>95.49</v>
       </c>
     </row>
     <row r="491">
       <c r="A491" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B491" s="1" t="s">
         <v>1001</v>
       </c>
       <c r="C491" s="1" t="s">
         <v>1002</v>
       </c>
       <c r="D491" s="3">
-        <v>30.99</v>
+        <v>60.49</v>
       </c>
     </row>
     <row r="492">
       <c r="A492" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B492" s="1" t="s">
         <v>1003</v>
       </c>
       <c r="C492" s="1" t="s">
         <v>1004</v>
       </c>
       <c r="D492" s="3">
-        <v>27.49</v>
+        <v>70.49</v>
       </c>
     </row>
     <row r="493">
       <c r="A493" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B493" s="1" t="s">
         <v>1005</v>
       </c>
       <c r="C493" s="1" t="s">
         <v>1006</v>
       </c>
       <c r="D493" s="3">
-        <v>300</v>
+        <v>115</v>
       </c>
     </row>
     <row r="494">
       <c r="A494" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B494" s="1" t="s">
         <v>1007</v>
       </c>
       <c r="C494" s="1" t="s">
         <v>1008</v>
       </c>
       <c r="D494" s="3">
-        <v>65.49</v>
+        <v>315</v>
       </c>
     </row>
     <row r="495">
       <c r="A495" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B495" s="1" t="s">
         <v>1009</v>
       </c>
       <c r="C495" s="1" t="s">
         <v>1010</v>
       </c>
       <c r="D495" s="3">
-        <v>55.49</v>
+        <v>275</v>
       </c>
     </row>
     <row r="496">
       <c r="A496" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B496" s="1" t="s">
         <v>1011</v>
       </c>
       <c r="C496" s="1" t="s">
         <v>1012</v>
       </c>
       <c r="D496" s="3">
-        <v>63.5</v>
+        <v>79.99</v>
       </c>
     </row>
     <row r="497">
       <c r="A497" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B497" s="1" t="s">
         <v>1013</v>
       </c>
       <c r="C497" s="1" t="s">
         <v>1014</v>
       </c>
       <c r="D497" s="3">
-        <v>95.49</v>
+        <v>400</v>
       </c>
     </row>
     <row r="498">
       <c r="A498" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B498" s="1" t="s">
         <v>1015</v>
       </c>
       <c r="C498" s="1" t="s">
         <v>1016</v>
       </c>
       <c r="D498" s="3">
-        <v>60.49</v>
+        <v>150</v>
       </c>
     </row>
     <row r="499">
       <c r="A499" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B499" s="1" t="s">
         <v>1017</v>
       </c>
       <c r="C499" s="1" t="s">
         <v>1018</v>
       </c>
       <c r="D499" s="3">
-        <v>70.49</v>
+        <v>175</v>
       </c>
     </row>
     <row r="500">
       <c r="A500" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B500" s="1" t="s">
         <v>1019</v>
       </c>
       <c r="C500" s="1" t="s">
         <v>1020</v>
       </c>
       <c r="D500" s="3">
-        <v>115</v>
+        <v>48.49</v>
       </c>
     </row>
     <row r="501">
       <c r="A501" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B501" s="1" t="s">
         <v>1021</v>
       </c>
       <c r="C501" s="1" t="s">
         <v>1022</v>
       </c>
       <c r="D501" s="3">
-        <v>315</v>
+        <v>20.49</v>
       </c>
     </row>
     <row r="502">
       <c r="A502" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B502" s="1" t="s">
         <v>1023</v>
       </c>
       <c r="C502" s="1" t="s">
         <v>1024</v>
       </c>
       <c r="D502" s="3">
-        <v>275</v>
+        <v>53.49</v>
       </c>
     </row>
     <row r="503">
       <c r="A503" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B503" s="1" t="s">
         <v>1025</v>
       </c>
       <c r="C503" s="1" t="s">
         <v>1026</v>
       </c>
       <c r="D503" s="3">
-        <v>79.99</v>
+        <v>70.5</v>
       </c>
     </row>
     <row r="504">
       <c r="A504" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B504" s="1" t="s">
         <v>1027</v>
       </c>
       <c r="C504" s="1" t="s">
         <v>1028</v>
       </c>
       <c r="D504" s="3">
-        <v>400</v>
+        <v>56.5</v>
       </c>
     </row>
     <row r="505">
       <c r="A505" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B505" s="1" t="s">
         <v>1029</v>
       </c>
       <c r="C505" s="1" t="s">
         <v>1030</v>
       </c>
       <c r="D505" s="3">
-        <v>150</v>
+        <v>60.5</v>
       </c>
     </row>
     <row r="506">
       <c r="A506" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B506" s="1" t="s">
         <v>1031</v>
       </c>
       <c r="C506" s="1" t="s">
         <v>1032</v>
       </c>
       <c r="D506" s="3">
-        <v>175</v>
+        <v>65.49</v>
       </c>
     </row>
     <row r="507">
       <c r="A507" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B507" s="1" t="s">
         <v>1033</v>
       </c>
       <c r="C507" s="1" t="s">
         <v>1034</v>
       </c>
       <c r="D507" s="3">
-        <v>48.49</v>
+        <v>61.5</v>
       </c>
     </row>
     <row r="508">
       <c r="A508" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B508" s="1" t="s">
         <v>1035</v>
       </c>
       <c r="C508" s="1" t="s">
         <v>1036</v>
       </c>
       <c r="D508" s="3">
-        <v>20.49</v>
+        <v>65.5</v>
       </c>
     </row>
     <row r="509">
       <c r="A509" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B509" s="1" t="s">
         <v>1037</v>
       </c>
       <c r="C509" s="1" t="s">
         <v>1038</v>
       </c>
       <c r="D509" s="3">
-        <v>53.49</v>
+        <v>80.49</v>
       </c>
     </row>
     <row r="510">
       <c r="A510" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B510" s="1" t="s">
         <v>1039</v>
       </c>
       <c r="C510" s="1" t="s">
         <v>1040</v>
       </c>
       <c r="D510" s="3">
-        <v>65.5</v>
+        <v>70.5</v>
       </c>
     </row>
     <row r="511">
       <c r="A511" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B511" s="1" t="s">
         <v>1041</v>
       </c>
       <c r="C511" s="1" t="s">
         <v>1042</v>
       </c>
       <c r="D511" s="3">
-        <v>51.5</v>
+        <v>80.5</v>
       </c>
     </row>
     <row r="512">
       <c r="A512" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B512" s="1" t="s">
         <v>1043</v>
       </c>
       <c r="C512" s="1" t="s">
         <v>1044</v>
       </c>
       <c r="D512" s="3">
-        <v>55.5</v>
+        <v>65.49</v>
       </c>
     </row>
     <row r="513">
       <c r="A513" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B513" s="1" t="s">
         <v>1045</v>
       </c>
       <c r="C513" s="1" t="s">
         <v>1046</v>
       </c>
       <c r="D513" s="3">
-        <v>60.49</v>
+        <v>530</v>
       </c>
     </row>
     <row r="514">
       <c r="A514" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B514" s="1" t="s">
         <v>1047</v>
       </c>
       <c r="C514" s="1" t="s">
         <v>1048</v>
       </c>
       <c r="D514" s="3">
-        <v>56.5</v>
+        <v>40.49</v>
       </c>
     </row>
     <row r="515">
       <c r="A515" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B515" s="1" t="s">
         <v>1049</v>
       </c>
       <c r="C515" s="1" t="s">
         <v>1050</v>
       </c>
       <c r="D515" s="3">
-        <v>60.5</v>
+        <v>45.49</v>
       </c>
     </row>
     <row r="516">
       <c r="A516" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B516" s="1" t="s">
         <v>1051</v>
       </c>
       <c r="C516" s="1" t="s">
         <v>1052</v>
       </c>
       <c r="D516" s="3">
         <v>75.49</v>
       </c>
     </row>
     <row r="517">
       <c r="A517" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B517" s="1" t="s">
         <v>1053</v>
       </c>
       <c r="C517" s="1" t="s">
         <v>1054</v>
       </c>
       <c r="D517" s="3">
-        <v>65.5</v>
+        <v>60.49</v>
       </c>
     </row>
     <row r="518">
       <c r="A518" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B518" s="1" t="s">
         <v>1055</v>
       </c>
       <c r="C518" s="1" t="s">
         <v>1056</v>
       </c>
       <c r="D518" s="3">
-        <v>75.5</v>
+        <v>80.49</v>
       </c>
     </row>
     <row r="519">
       <c r="A519" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B519" s="1" t="s">
         <v>1057</v>
       </c>
       <c r="C519" s="1" t="s">
         <v>1058</v>
       </c>
       <c r="D519" s="3">
-        <v>60.49</v>
+        <v>125</v>
       </c>
     </row>
     <row r="520">
       <c r="A520" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B520" s="1" t="s">
         <v>1059</v>
       </c>
       <c r="C520" s="1" t="s">
         <v>1060</v>
       </c>
       <c r="D520" s="3">
-        <v>530</v>
+        <v>320</v>
       </c>
     </row>
     <row r="521">
       <c r="A521" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B521" s="1" t="s">
         <v>1061</v>
       </c>
       <c r="C521" s="1" t="s">
         <v>1062</v>
       </c>
       <c r="D521" s="3">
-        <v>40.49</v>
+        <v>38.49</v>
       </c>
     </row>
     <row r="522">
       <c r="A522" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B522" s="1" t="s">
         <v>1063</v>
       </c>
       <c r="C522" s="1" t="s">
         <v>1064</v>
       </c>
       <c r="D522" s="3">
-        <v>45.49</v>
+        <v>47.49</v>
       </c>
     </row>
     <row r="523">
       <c r="A523" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B523" s="1" t="s">
         <v>1065</v>
       </c>
       <c r="C523" s="1" t="s">
         <v>1066</v>
       </c>
       <c r="D523" s="3">
-        <v>75.49</v>
+        <v>85.49</v>
       </c>
     </row>
     <row r="524">
       <c r="A524" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B524" s="1" t="s">
         <v>1067</v>
       </c>
       <c r="C524" s="1" t="s">
         <v>1068</v>
       </c>
       <c r="D524" s="3">
-        <v>60.49</v>
+        <v>210</v>
       </c>
     </row>
     <row r="525">
       <c r="A525" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B525" s="1" t="s">
         <v>1069</v>
       </c>
       <c r="C525" s="1" t="s">
         <v>1070</v>
       </c>
       <c r="D525" s="3">
-        <v>80.49</v>
+        <v>43.49</v>
       </c>
     </row>
     <row r="526">
       <c r="A526" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B526" s="1" t="s">
         <v>1071</v>
       </c>
       <c r="C526" s="1" t="s">
         <v>1072</v>
       </c>
       <c r="D526" s="3">
-        <v>125</v>
+        <v>400</v>
       </c>
     </row>
     <row r="527">
       <c r="A527" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B527" s="1" t="s">
         <v>1073</v>
       </c>
       <c r="C527" s="1" t="s">
         <v>1074</v>
       </c>
       <c r="D527" s="3">
-        <v>320</v>
+        <v>50.49</v>
       </c>
     </row>
     <row r="528">
       <c r="A528" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B528" s="1" t="s">
         <v>1075</v>
       </c>
       <c r="C528" s="1" t="s">
         <v>1076</v>
       </c>
       <c r="D528" s="3">
         <v>38.49</v>
       </c>
     </row>
     <row r="529">
       <c r="A529" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B529" s="1" t="s">
         <v>1077</v>
       </c>
       <c r="C529" s="1" t="s">
         <v>1078</v>
       </c>
       <c r="D529" s="3">
-        <v>47.49</v>
+        <v>38.49</v>
       </c>
     </row>
     <row r="530">
       <c r="A530" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B530" s="1" t="s">
         <v>1079</v>
       </c>
       <c r="C530" s="1" t="s">
         <v>1080</v>
       </c>
       <c r="D530" s="3">
-        <v>85.49</v>
+        <v>125</v>
       </c>
     </row>
     <row r="531">
       <c r="A531" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B531" s="1" t="s">
         <v>1081</v>
       </c>
       <c r="C531" s="1" t="s">
         <v>1082</v>
       </c>
       <c r="D531" s="3">
-        <v>210</v>
+        <v>83.49</v>
       </c>
     </row>
     <row r="532">
       <c r="A532" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B532" s="1" t="s">
         <v>1083</v>
       </c>
       <c r="C532" s="1" t="s">
         <v>1084</v>
       </c>
       <c r="D532" s="3">
-        <v>43.49</v>
+        <v>80.49</v>
       </c>
     </row>
     <row r="533">
       <c r="A533" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B533" s="1" t="s">
         <v>1085</v>
       </c>
       <c r="C533" s="1" t="s">
         <v>1086</v>
       </c>
       <c r="D533" s="3">
-        <v>400</v>
+        <v>75.49</v>
       </c>
     </row>
     <row r="534">
       <c r="A534" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B534" s="1" t="s">
         <v>1087</v>
       </c>
       <c r="C534" s="1" t="s">
         <v>1088</v>
       </c>
       <c r="D534" s="3">
-        <v>50.49</v>
+        <v>97</v>
       </c>
     </row>
     <row r="535">
       <c r="A535" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B535" s="1" t="s">
         <v>1089</v>
       </c>
       <c r="C535" s="1" t="s">
         <v>1090</v>
       </c>
       <c r="D535" s="3">
-        <v>38.49</v>
+        <v>45.49</v>
       </c>
     </row>
     <row r="536">
       <c r="A536" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B536" s="1" t="s">
         <v>1091</v>
       </c>
       <c r="C536" s="1" t="s">
         <v>1092</v>
       </c>
       <c r="D536" s="3">
-        <v>38.49</v>
+        <v>70.49</v>
       </c>
     </row>
     <row r="537">
       <c r="A537" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B537" s="1" t="s">
         <v>1093</v>
       </c>
       <c r="C537" s="1" t="s">
         <v>1094</v>
       </c>
       <c r="D537" s="3">
-        <v>125</v>
+        <v>65.99</v>
       </c>
     </row>
     <row r="538">
       <c r="A538" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B538" s="1" t="s">
         <v>1095</v>
       </c>
       <c r="C538" s="1" t="s">
         <v>1096</v>
       </c>
       <c r="D538" s="3">
-        <v>83.49</v>
+        <v>85.49</v>
       </c>
     </row>
     <row r="539">
       <c r="A539" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B539" s="1" t="s">
         <v>1097</v>
       </c>
       <c r="C539" s="1" t="s">
         <v>1098</v>
       </c>
       <c r="D539" s="3">
-        <v>80.49</v>
+        <v>57.49</v>
       </c>
     </row>
     <row r="540">
       <c r="A540" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B540" s="1" t="s">
         <v>1099</v>
       </c>
       <c r="C540" s="1" t="s">
         <v>1100</v>
       </c>
       <c r="D540" s="3">
-        <v>75.49</v>
+        <v>39.49</v>
       </c>
     </row>
     <row r="541">
       <c r="A541" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B541" s="1" t="s">
         <v>1101</v>
       </c>
       <c r="C541" s="1" t="s">
         <v>1102</v>
       </c>
       <c r="D541" s="3">
-        <v>97</v>
+        <v>27.49</v>
       </c>
     </row>
     <row r="542">
       <c r="A542" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B542" s="1" t="s">
         <v>1103</v>
       </c>
       <c r="C542" s="1" t="s">
         <v>1104</v>
       </c>
       <c r="D542" s="3">
-        <v>45.49</v>
+        <v>26.49</v>
       </c>
     </row>
     <row r="543">
       <c r="A543" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B543" s="1" t="s">
         <v>1105</v>
       </c>
       <c r="C543" s="1" t="s">
         <v>1106</v>
       </c>
       <c r="D543" s="3">
-        <v>70.49</v>
+        <v>23.49</v>
       </c>
     </row>
     <row r="544">
       <c r="A544" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B544" s="1" t="s">
         <v>1107</v>
       </c>
       <c r="C544" s="1" t="s">
         <v>1108</v>
       </c>
       <c r="D544" s="3">
-        <v>65.99</v>
+        <v>32.99</v>
       </c>
     </row>
     <row r="545">
       <c r="A545" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B545" s="1" t="s">
         <v>1109</v>
       </c>
       <c r="C545" s="1" t="s">
         <v>1110</v>
       </c>
       <c r="D545" s="3">
-        <v>85.49</v>
+        <v>65.49</v>
       </c>
     </row>
     <row r="546">
       <c r="A546" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B546" s="1" t="s">
         <v>1111</v>
       </c>
       <c r="C546" s="1" t="s">
         <v>1112</v>
       </c>
       <c r="D546" s="3">
-        <v>57.49</v>
+        <v>225</v>
       </c>
     </row>
     <row r="547">
       <c r="A547" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B547" s="1" t="s">
         <v>1113</v>
       </c>
       <c r="C547" s="1" t="s">
         <v>1114</v>
       </c>
       <c r="D547" s="3">
-        <v>39.49</v>
+        <v>265</v>
       </c>
     </row>
     <row r="548">
       <c r="A548" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B548" s="1" t="s">
         <v>1115</v>
       </c>
       <c r="C548" s="1" t="s">
         <v>1116</v>
       </c>
       <c r="D548" s="3">
-        <v>27.49</v>
+        <v>320</v>
       </c>
     </row>
     <row r="549">
       <c r="A549" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B549" s="1" t="s">
         <v>1117</v>
       </c>
       <c r="C549" s="1" t="s">
         <v>1118</v>
       </c>
       <c r="D549" s="3">
-        <v>26.49</v>
+        <v>275</v>
       </c>
     </row>
     <row r="550">
       <c r="A550" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B550" s="1" t="s">
         <v>1119</v>
       </c>
       <c r="C550" s="1" t="s">
         <v>1120</v>
       </c>
       <c r="D550" s="3">
-        <v>23.49</v>
+        <v>74.99</v>
       </c>
     </row>
     <row r="551">
       <c r="A551" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B551" s="1" t="s">
         <v>1121</v>
       </c>
       <c r="C551" s="1" t="s">
         <v>1122</v>
       </c>
       <c r="D551" s="3">
-        <v>32.99</v>
+        <v>40</v>
       </c>
     </row>
     <row r="552">
       <c r="A552" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B552" s="1" t="s">
         <v>1123</v>
       </c>
       <c r="C552" s="1" t="s">
         <v>1124</v>
       </c>
       <c r="D552" s="3">
-        <v>65.49</v>
+        <v>7.49</v>
       </c>
     </row>
     <row r="553">
       <c r="A553" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B553" s="1" t="s">
         <v>1125</v>
       </c>
       <c r="C553" s="1" t="s">
         <v>1126</v>
       </c>
       <c r="D553" s="3">
-        <v>225</v>
+        <v>90.5</v>
       </c>
     </row>
     <row r="554">
       <c r="A554" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B554" s="1" t="s">
         <v>1127</v>
       </c>
       <c r="C554" s="1" t="s">
         <v>1128</v>
       </c>
       <c r="D554" s="3">
-        <v>265</v>
+        <v>185</v>
       </c>
     </row>
     <row r="555">
       <c r="A555" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B555" s="1" t="s">
         <v>1129</v>
       </c>
       <c r="C555" s="1" t="s">
         <v>1130</v>
       </c>
       <c r="D555" s="3">
-        <v>320</v>
+        <v>100</v>
       </c>
     </row>
     <row r="556">
       <c r="A556" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B556" s="1" t="s">
         <v>1131</v>
       </c>
       <c r="C556" s="1" t="s">
         <v>1132</v>
       </c>
       <c r="D556" s="3">
-        <v>275</v>
+        <v>80.49</v>
       </c>
     </row>
     <row r="557">
       <c r="A557" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B557" s="1" t="s">
         <v>1133</v>
       </c>
       <c r="C557" s="1" t="s">
         <v>1134</v>
       </c>
       <c r="D557" s="3">
-        <v>74.99</v>
+        <v>85.49</v>
       </c>
     </row>
     <row r="558">
       <c r="A558" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B558" s="1" t="s">
         <v>1135</v>
       </c>
       <c r="C558" s="1" t="s">
         <v>1136</v>
       </c>
       <c r="D558" s="3">
-        <v>40</v>
+        <v>86.5</v>
       </c>
     </row>
     <row r="559">
       <c r="A559" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B559" s="1" t="s">
         <v>1137</v>
       </c>
       <c r="C559" s="1" t="s">
         <v>1138</v>
       </c>
       <c r="D559" s="3">
-        <v>40</v>
+        <v>85.5</v>
       </c>
     </row>
     <row r="560">
       <c r="A560" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B560" s="1" t="s">
         <v>1139</v>
       </c>
       <c r="C560" s="1" t="s">
         <v>1140</v>
       </c>
       <c r="D560" s="3">
-        <v>7.49</v>
+        <v>70.49</v>
       </c>
     </row>
     <row r="561">
       <c r="A561" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B561" s="1" t="s">
         <v>1141</v>
       </c>
       <c r="C561" s="1" t="s">
         <v>1142</v>
       </c>
       <c r="D561" s="3">
-        <v>90.5</v>
+        <v>51.49</v>
       </c>
     </row>
     <row r="562">
       <c r="A562" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B562" s="1" t="s">
         <v>1143</v>
       </c>
       <c r="C562" s="1" t="s">
         <v>1144</v>
       </c>
       <c r="D562" s="3">
-        <v>185</v>
+        <v>69.99</v>
       </c>
     </row>
     <row r="563">
       <c r="A563" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B563" s="1" t="s">
         <v>1145</v>
       </c>
       <c r="C563" s="1" t="s">
         <v>1146</v>
       </c>
       <c r="D563" s="3">
-        <v>100</v>
+        <v>69.99</v>
       </c>
     </row>
     <row r="564">
       <c r="A564" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B564" s="1" t="s">
         <v>1147</v>
       </c>
       <c r="C564" s="1" t="s">
         <v>1148</v>
       </c>
       <c r="D564" s="3">
-        <v>80.49</v>
+        <v>65.49</v>
       </c>
     </row>
     <row r="565">
       <c r="A565" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B565" s="1" t="s">
         <v>1149</v>
       </c>
       <c r="C565" s="1" t="s">
         <v>1150</v>
       </c>
       <c r="D565" s="3">
-        <v>85.49</v>
+        <v>67</v>
       </c>
     </row>
     <row r="566">
       <c r="A566" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B566" s="1" t="s">
         <v>1151</v>
       </c>
       <c r="C566" s="1" t="s">
         <v>1152</v>
       </c>
       <c r="D566" s="3">
-        <v>86.5</v>
+        <v>52.49</v>
       </c>
     </row>
     <row r="567">
       <c r="A567" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B567" s="1" t="s">
         <v>1153</v>
       </c>
       <c r="C567" s="1" t="s">
         <v>1154</v>
       </c>
       <c r="D567" s="3">
-        <v>85.5</v>
+        <v>52.49</v>
       </c>
     </row>
     <row r="568">
       <c r="A568" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B568" s="1" t="s">
         <v>1155</v>
       </c>
       <c r="C568" s="1" t="s">
         <v>1156</v>
       </c>
       <c r="D568" s="3">
-        <v>70.49</v>
+        <v>52.49</v>
       </c>
     </row>
     <row r="569">
       <c r="A569" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B569" s="1" t="s">
         <v>1157</v>
       </c>
       <c r="C569" s="1" t="s">
         <v>1158</v>
       </c>
       <c r="D569" s="3">
-        <v>51.49</v>
+        <v>45.49</v>
       </c>
     </row>
     <row r="570">
       <c r="A570" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B570" s="1" t="s">
         <v>1159</v>
       </c>
       <c r="C570" s="1" t="s">
         <v>1160</v>
       </c>
       <c r="D570" s="3">
-        <v>69.99</v>
+        <v>50.49</v>
       </c>
     </row>
     <row r="571">
       <c r="A571" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B571" s="1" t="s">
         <v>1161</v>
       </c>
       <c r="C571" s="1" t="s">
         <v>1162</v>
       </c>
       <c r="D571" s="3">
-        <v>69.99</v>
+        <v>52.49</v>
       </c>
     </row>
     <row r="572">
       <c r="A572" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B572" s="1" t="s">
         <v>1163</v>
       </c>
       <c r="C572" s="1" t="s">
         <v>1164</v>
       </c>
       <c r="D572" s="3">
-        <v>65.49</v>
+        <v>55</v>
       </c>
     </row>
     <row r="573">
       <c r="A573" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B573" s="1" t="s">
         <v>1165</v>
       </c>
       <c r="C573" s="1" t="s">
         <v>1166</v>
       </c>
       <c r="D573" s="3">
-        <v>67</v>
+        <v>52.49</v>
       </c>
     </row>
     <row r="574">
       <c r="A574" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B574" s="1" t="s">
         <v>1167</v>
       </c>
       <c r="C574" s="1" t="s">
         <v>1168</v>
       </c>
       <c r="D574" s="3">
-        <v>52.49</v>
+        <v>34.49</v>
       </c>
     </row>
     <row r="575">
       <c r="A575" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B575" s="1" t="s">
         <v>1169</v>
       </c>
       <c r="C575" s="1" t="s">
         <v>1170</v>
       </c>
       <c r="D575" s="3">
-        <v>52.49</v>
+        <v>65.49</v>
       </c>
     </row>
     <row r="576">
       <c r="A576" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B576" s="1" t="s">
         <v>1171</v>
       </c>
       <c r="C576" s="1" t="s">
         <v>1172</v>
       </c>
       <c r="D576" s="3">
-        <v>52.49</v>
+        <v>96.49</v>
       </c>
     </row>
     <row r="577">
       <c r="A577" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B577" s="1" t="s">
         <v>1173</v>
       </c>
       <c r="C577" s="1" t="s">
         <v>1174</v>
       </c>
       <c r="D577" s="3">
-        <v>45.49</v>
+        <v>300</v>
       </c>
     </row>
     <row r="578">
       <c r="A578" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B578" s="1" t="s">
         <v>1175</v>
       </c>
       <c r="C578" s="1" t="s">
         <v>1176</v>
       </c>
       <c r="D578" s="3">
-        <v>50.49</v>
+        <v>46.49</v>
       </c>
     </row>
     <row r="579">
       <c r="A579" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B579" s="1" t="s">
         <v>1177</v>
       </c>
       <c r="C579" s="1" t="s">
         <v>1178</v>
       </c>
       <c r="D579" s="3">
-        <v>52.49</v>
+        <v>80.49</v>
       </c>
     </row>
     <row r="580">
       <c r="A580" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B580" s="1" t="s">
         <v>1179</v>
       </c>
       <c r="C580" s="1" t="s">
         <v>1180</v>
       </c>
       <c r="D580" s="3">
-        <v>55</v>
+        <v>23.49</v>
       </c>
     </row>
     <row r="581">
       <c r="A581" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B581" s="1" t="s">
         <v>1181</v>
       </c>
       <c r="C581" s="1" t="s">
         <v>1182</v>
       </c>
       <c r="D581" s="3">
-        <v>52.49</v>
+        <v>44.49</v>
       </c>
     </row>
     <row r="582">
       <c r="A582" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B582" s="1" t="s">
         <v>1183</v>
       </c>
       <c r="C582" s="1" t="s">
         <v>1184</v>
       </c>
       <c r="D582" s="3">
-        <v>52.49</v>
+        <v>55.49</v>
       </c>
     </row>
     <row r="583">
       <c r="A583" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B583" s="1" t="s">
         <v>1185</v>
       </c>
       <c r="C583" s="1" t="s">
         <v>1186</v>
       </c>
       <c r="D583" s="3">
-        <v>34.49</v>
+        <v>40.49</v>
       </c>
     </row>
     <row r="584">
       <c r="A584" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B584" s="1" t="s">
         <v>1187</v>
       </c>
       <c r="C584" s="1" t="s">
         <v>1188</v>
       </c>
       <c r="D584" s="3">
-        <v>65.49</v>
+        <v>50.49</v>
       </c>
     </row>
     <row r="585">
       <c r="A585" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B585" s="1" t="s">
         <v>1189</v>
       </c>
       <c r="C585" s="1" t="s">
         <v>1190</v>
       </c>
       <c r="D585" s="3">
-        <v>96.49</v>
+        <v>65.49</v>
       </c>
     </row>
     <row r="586">
       <c r="A586" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B586" s="1" t="s">
         <v>1191</v>
       </c>
       <c r="C586" s="1" t="s">
         <v>1192</v>
       </c>
       <c r="D586" s="3">
-        <v>300</v>
+        <v>50.49</v>
       </c>
     </row>
     <row r="587">
       <c r="A587" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B587" s="1" t="s">
         <v>1193</v>
       </c>
       <c r="C587" s="1" t="s">
         <v>1194</v>
       </c>
       <c r="D587" s="3">
-        <v>46.49</v>
+        <v>50.49</v>
       </c>
     </row>
     <row r="588">
       <c r="A588" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B588" s="1" t="s">
         <v>1195</v>
       </c>
       <c r="C588" s="1" t="s">
         <v>1196</v>
       </c>
       <c r="D588" s="3">
-        <v>80.49</v>
+        <v>100</v>
       </c>
     </row>
     <row r="589">
       <c r="A589" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B589" s="1" t="s">
         <v>1197</v>
       </c>
       <c r="C589" s="1" t="s">
         <v>1198</v>
       </c>
       <c r="D589" s="3">
-        <v>23.49</v>
+        <v>175</v>
       </c>
     </row>
     <row r="590">
       <c r="A590" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B590" s="1" t="s">
         <v>1199</v>
       </c>
       <c r="C590" s="1" t="s">
         <v>1200</v>
       </c>
       <c r="D590" s="3">
-        <v>44.49</v>
+        <v>95.49</v>
       </c>
     </row>
     <row r="591">
       <c r="A591" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B591" s="1" t="s">
         <v>1201</v>
       </c>
       <c r="C591" s="1" t="s">
         <v>1202</v>
       </c>
       <c r="D591" s="3">
-        <v>55.49</v>
+        <v>66.99</v>
       </c>
     </row>
     <row r="592">
       <c r="A592" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B592" s="1" t="s">
         <v>1203</v>
       </c>
       <c r="C592" s="1" t="s">
         <v>1204</v>
       </c>
       <c r="D592" s="3">
-        <v>40.49</v>
+        <v>71.49</v>
       </c>
     </row>
     <row r="593">
       <c r="A593" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B593" s="1" t="s">
         <v>1205</v>
       </c>
       <c r="C593" s="1" t="s">
         <v>1206</v>
       </c>
       <c r="D593" s="3">
-        <v>50.49</v>
+        <v>79.99</v>
       </c>
     </row>
     <row r="594">
       <c r="A594" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B594" s="1" t="s">
         <v>1207</v>
       </c>
       <c r="C594" s="1" t="s">
         <v>1208</v>
       </c>
       <c r="D594" s="3">
-        <v>65.49</v>
+        <v>64.49</v>
       </c>
     </row>
     <row r="595">
       <c r="A595" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B595" s="1" t="s">
         <v>1209</v>
       </c>
       <c r="C595" s="1" t="s">
         <v>1210</v>
       </c>
       <c r="D595" s="3">
-        <v>50.49</v>
+        <v>72.49</v>
       </c>
     </row>
     <row r="596">
       <c r="A596" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B596" s="1" t="s">
         <v>1211</v>
       </c>
       <c r="C596" s="1" t="s">
         <v>1212</v>
       </c>
       <c r="D596" s="3">
-        <v>50.49</v>
+        <v>62.49</v>
       </c>
     </row>
     <row r="597">
       <c r="A597" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B597" s="1" t="s">
         <v>1213</v>
       </c>
       <c r="C597" s="1" t="s">
         <v>1214</v>
       </c>
       <c r="D597" s="3">
-        <v>100</v>
+        <v>145</v>
       </c>
     </row>
     <row r="598">
       <c r="A598" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B598" s="1" t="s">
         <v>1215</v>
       </c>
       <c r="C598" s="1" t="s">
         <v>1216</v>
       </c>
       <c r="D598" s="3">
-        <v>175</v>
+        <v>62.49</v>
       </c>
     </row>
     <row r="599">
       <c r="A599" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B599" s="1" t="s">
         <v>1217</v>
       </c>
       <c r="C599" s="1" t="s">
         <v>1218</v>
       </c>
       <c r="D599" s="3">
-        <v>95.49</v>
+        <v>45.99</v>
       </c>
     </row>
     <row r="600">
       <c r="A600" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B600" s="1" t="s">
         <v>1219</v>
       </c>
       <c r="C600" s="1" t="s">
         <v>1220</v>
       </c>
       <c r="D600" s="3">
-        <v>66.99</v>
+        <v>42.49</v>
       </c>
     </row>
     <row r="601">
       <c r="A601" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B601" s="1" t="s">
         <v>1221</v>
       </c>
       <c r="C601" s="1" t="s">
         <v>1222</v>
       </c>
       <c r="D601" s="3">
-        <v>71.49</v>
+        <v>39.99</v>
       </c>
     </row>
     <row r="602">
       <c r="A602" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B602" s="1" t="s">
         <v>1223</v>
       </c>
       <c r="C602" s="1" t="s">
         <v>1224</v>
       </c>
       <c r="D602" s="3">
-        <v>79.99</v>
+        <v>35.49</v>
       </c>
     </row>
     <row r="603">
       <c r="A603" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B603" s="1" t="s">
         <v>1225</v>
       </c>
       <c r="C603" s="1" t="s">
         <v>1226</v>
       </c>
       <c r="D603" s="3">
-        <v>64.49</v>
+        <v>70.49</v>
       </c>
     </row>
     <row r="604">
       <c r="A604" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B604" s="1" t="s">
         <v>1227</v>
       </c>
       <c r="C604" s="1" t="s">
         <v>1228</v>
       </c>
       <c r="D604" s="3">
-        <v>72.49</v>
+        <v>70.49</v>
       </c>
     </row>
     <row r="605">
       <c r="A605" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B605" s="1" t="s">
         <v>1229</v>
       </c>
       <c r="C605" s="1" t="s">
         <v>1230</v>
       </c>
       <c r="D605" s="3">
-        <v>62.49</v>
+        <v>70.49</v>
       </c>
     </row>
     <row r="606">
       <c r="A606" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B606" s="1" t="s">
         <v>1231</v>
       </c>
       <c r="C606" s="1" t="s">
         <v>1232</v>
       </c>
       <c r="D606" s="3">
-        <v>145</v>
+        <v>85.49</v>
       </c>
     </row>
     <row r="607">
       <c r="A607" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B607" s="1" t="s">
         <v>1233</v>
       </c>
       <c r="C607" s="1" t="s">
         <v>1234</v>
       </c>
       <c r="D607" s="3">
-        <v>62.49</v>
+        <v>75.49</v>
       </c>
     </row>
     <row r="608">
       <c r="A608" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B608" s="1" t="s">
         <v>1235</v>
       </c>
       <c r="C608" s="1" t="s">
         <v>1236</v>
       </c>
       <c r="D608" s="3">
-        <v>45.99</v>
+        <v>60.49</v>
       </c>
     </row>
     <row r="609">
       <c r="A609" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B609" s="1" t="s">
         <v>1237</v>
       </c>
       <c r="C609" s="1" t="s">
         <v>1238</v>
       </c>
       <c r="D609" s="3">
-        <v>42.49</v>
+        <v>64</v>
       </c>
     </row>
     <row r="610">
       <c r="A610" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B610" s="1" t="s">
         <v>1239</v>
       </c>
       <c r="C610" s="1" t="s">
         <v>1240</v>
       </c>
       <c r="D610" s="3">
-        <v>39.99</v>
+        <v>60.49</v>
       </c>
     </row>
     <row r="611">
       <c r="A611" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B611" s="1" t="s">
         <v>1241</v>
       </c>
       <c r="C611" s="1" t="s">
         <v>1242</v>
       </c>
       <c r="D611" s="3">
-        <v>35.49</v>
+        <v>65</v>
       </c>
     </row>
     <row r="612">
       <c r="A612" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B612" s="1" t="s">
         <v>1243</v>
       </c>
       <c r="C612" s="1" t="s">
         <v>1244</v>
       </c>
       <c r="D612" s="3">
-        <v>70.49</v>
+        <v>60.49</v>
       </c>
     </row>
     <row r="613">
       <c r="A613" s="1" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="B613" s="1" t="s">
         <v>1245</v>
       </c>
       <c r="C613" s="1" t="s">
         <v>1246</v>
       </c>
       <c r="D613" s="3">
-        <v>70.49</v>
-[...124 lines deleted...]
-      <c r="D622" s="3">
         <v>39.49</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>