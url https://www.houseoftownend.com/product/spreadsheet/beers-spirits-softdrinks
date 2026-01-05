--- v3 (2025-12-14)
+++ v4 (2026-01-05)
@@ -5,51 +5,51 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="House of Townend" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1247" uniqueCount="1247">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1229" uniqueCount="1229">
   <si>
     <t>Category</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>ProductCode</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Ale</t>
   </si>
   <si>
     <t>Black Sheep Ale 8 x 500ml</t>
   </si>
   <si>
     <t>BLSH002</t>
   </si>
   <si>
     <t>Bowness Bay Brewing Fell Walker Pale Ale 8 x 500ml</t>
   </si>
   <si>
@@ -895,56 +895,50 @@
   <si>
     <t>Gordon's London Dry Gin 1.5Ltr</t>
   </si>
   <si>
     <t>GORD001</t>
   </si>
   <si>
     <t>Gordon's Pink London Dry Gin</t>
   </si>
   <si>
     <t>GORD055</t>
   </si>
   <si>
     <t>Gordon's Sicilian Lemon Gin</t>
   </si>
   <si>
     <t>GORD080</t>
   </si>
   <si>
     <t>Hendrick's Gin</t>
   </si>
   <si>
     <t>HEND001</t>
   </si>
   <si>
-    <t>Kirkjuvagr Arkh-Angell Storm Strength Gin</t>
-[...4 lines deleted...]
-  <si>
     <t>Kirkjuvagr Beyla – Honey &amp; Raspberry Old Tom Gin</t>
   </si>
   <si>
     <t>KIRK050</t>
   </si>
   <si>
     <t>Kirkjuvagr Orkney Gin</t>
   </si>
   <si>
     <t>KIRK001</t>
   </si>
   <si>
     <t xml:space="preserve">Lakeland Moon Elderflower Gin  70cl</t>
   </si>
   <si>
     <t>KEND125</t>
   </si>
   <si>
     <t>Lakes Distillery Elderflower Gin Liqueur Miniatures 5cl</t>
   </si>
   <si>
     <t>THEO225</t>
   </si>
   <si>
     <t>Lakes Distillery Gin</t>
@@ -1297,62 +1291,50 @@
   <si>
     <t>Whitley Neill Rhubarb &amp; Ginger Alcoholic Free Spirit</t>
   </si>
   <si>
     <t>WHIT155</t>
   </si>
   <si>
     <t>Whitley Neill Rhubarb &amp; Ginger Gin</t>
   </si>
   <si>
     <t>WHIT035</t>
   </si>
   <si>
     <t>York Chocolate &amp; Orange Gin</t>
   </si>
   <si>
     <t>YORK090</t>
   </si>
   <si>
     <t>York London Dry Gin</t>
   </si>
   <si>
     <t>YORK055</t>
   </si>
   <si>
-    <t>York Old Tom Gin</t>
-[...10 lines deleted...]
-  <si>
     <t>Lager</t>
   </si>
   <si>
     <t>Beck's Lager 24 x 275ml</t>
   </si>
   <si>
     <t>BECK004</t>
   </si>
   <si>
     <t>Beck's Non Alcoholic Lager 24 x 275ml</t>
   </si>
   <si>
     <t>BECK005</t>
   </si>
   <si>
     <t>Birra Moretti Premium Lager 24 x 330ml</t>
   </si>
   <si>
     <t>MORE090</t>
   </si>
   <si>
     <t>Budweiser Lager 24 x 330ml</t>
   </si>
   <si>
     <t>BUDW010</t>
@@ -2185,56 +2167,50 @@
   <si>
     <t>Fever-Tree Italian Blood Orange Soda Water 24 x 200ml</t>
   </si>
   <si>
     <t>FEVE095</t>
   </si>
   <si>
     <t>Fever-Tree Lemonade 24 x 200ml</t>
   </si>
   <si>
     <t>FEVE020</t>
   </si>
   <si>
     <t>Fever-Tree Mediterranean Tonic Water 24 x 200ml</t>
   </si>
   <si>
     <t>FEVE035</t>
   </si>
   <si>
     <t>Fever-Tree Mexican Lime Soda Water 24 x 200ml</t>
   </si>
   <si>
     <t>FEVE085</t>
   </si>
   <si>
-    <t>Fever-Tree Refreshingly Light Elderflower Tonic Water 24 x 200ml</t>
-[...4 lines deleted...]
-  <si>
     <t>Fever-Tree Refreshingly Light Spiced Orange Ginger Ale 24 x 200ml</t>
   </si>
   <si>
     <t>FEVE065</t>
   </si>
   <si>
     <t>Fever-Tree Refreshingly Light Tonic Water 24 x 200ml</t>
   </si>
   <si>
     <t>FEVE005</t>
   </si>
   <si>
     <t>Fever-Tree Sicilian Lemonade 24 x 200ml</t>
   </si>
   <si>
     <t>FEVE045</t>
   </si>
   <si>
     <t>Fever-Tree Soda Water 24 x 200ml</t>
   </si>
   <si>
     <t>FEVE030</t>
   </si>
   <si>
     <t>Franklin and Sons Dandelion &amp; Burdock 12 x 275ml</t>
@@ -2383,56 +2359,50 @@
   <si>
     <t>Non Alcoholic</t>
   </si>
   <si>
     <t>Bax Botanics Sea Buckthorn Alcohol Free Spirit</t>
   </si>
   <si>
     <t>BAXB005</t>
   </si>
   <si>
     <t>Bax Botanics Verbena Alcohol Free Spirit</t>
   </si>
   <si>
     <t>BAXB010</t>
   </si>
   <si>
     <t>Tanqueray Alcohol Free Spirit</t>
   </si>
   <si>
     <t>TANQ040</t>
   </si>
   <si>
     <t>Rum</t>
   </si>
   <si>
-    <t>Abbott Brothers Premium White Rum</t>
-[...4 lines deleted...]
-  <si>
     <t>Bacardi Carta Blanca Rum</t>
   </si>
   <si>
     <t>BACA020</t>
   </si>
   <si>
     <t>Bacardi Carta Blanca Rum 1.5Ltr</t>
   </si>
   <si>
     <t>RBAC001</t>
   </si>
   <si>
     <t>Captain Morgan Rum</t>
   </si>
   <si>
     <t>CAPT001</t>
   </si>
   <si>
     <t>Captain Morgan Spiced Rum</t>
   </si>
   <si>
     <t>CMOR050</t>
   </si>
   <si>
     <t>Doorly's 3 Year Old Rum</t>
@@ -2731,56 +2701,50 @@
   <si>
     <t>Edwards 1902 Potato Vodka</t>
   </si>
   <si>
     <t>EDWA001</t>
   </si>
   <si>
     <t>Edwards Single Origin Cold-Brew Coffee Liqueur</t>
   </si>
   <si>
     <t>EDWA005</t>
   </si>
   <si>
     <t>Finlandia Vodka</t>
   </si>
   <si>
     <t>FINL001</t>
   </si>
   <si>
     <t>Grey Goose Vodka</t>
   </si>
   <si>
     <t>GREY001</t>
   </si>
   <si>
-    <t>Hotham's Orange &amp; Cardamom Botanical Vodka</t>
-[...4 lines deleted...]
-  <si>
     <t>Kin Toffee Apple Vodka 50cl</t>
   </si>
   <si>
     <t>KINT025</t>
   </si>
   <si>
     <t>Kin Toffee Apple Vodka 5cl</t>
   </si>
   <si>
     <t>KINT030</t>
   </si>
   <si>
     <t>Kin Toffee Lemon Vodka 50cl</t>
   </si>
   <si>
     <t>KINT035</t>
   </si>
   <si>
     <t>Kin Toffee Lemon Vodka 5cl</t>
   </si>
   <si>
     <t>KINT040</t>
   </si>
   <si>
     <t>Kin Toffee Vodka</t>
@@ -3016,50 +2980,56 @@
   <si>
     <t>Cotswolds Sherry Cask Single Malt Whisky</t>
   </si>
   <si>
     <t>COTS025</t>
   </si>
   <si>
     <t>Cu Bocan 12 Year Old Highland Single Malt Whisky</t>
   </si>
   <si>
     <t>CUBO045</t>
   </si>
   <si>
     <t>Cu Bocan 15 Year Old Highland Single Malt Whisky</t>
   </si>
   <si>
     <t>CUBO035</t>
   </si>
   <si>
     <t>Cu Bocan Creation #6 Highland Single Malt Whisky</t>
   </si>
   <si>
     <t>CUBO050</t>
   </si>
   <si>
+    <t>Dalmeny Centenary Scotch Whisky</t>
+  </si>
+  <si>
+    <t>DALM005</t>
+  </si>
+  <si>
     <t>Dalmore 12 Year Old Highland Single Malt Whisky</t>
   </si>
   <si>
     <t>DALM010</t>
   </si>
   <si>
     <t>Dalmore 15 Year Old Highland Single Malt Whisky</t>
   </si>
   <si>
     <t>DALM025</t>
   </si>
   <si>
     <t>Dalmore 18 Year Old Highland Single Malt Whisky</t>
   </si>
   <si>
     <t>DALM030</t>
   </si>
   <si>
     <t>Dalmore King Alexander Highland Single Malt Whisky</t>
   </si>
   <si>
     <t>DALM040</t>
   </si>
   <si>
     <t>Dalmore Port Wood Reserve Highland Single Malt Whisky</t>
@@ -3094,56 +3064,50 @@
   <si>
     <t>Famous Grouse Scotch Whisky</t>
   </si>
   <si>
     <t>FAGR020</t>
   </si>
   <si>
     <t>Fettercairn 12 Year Old Highland Single Malt Whisky</t>
   </si>
   <si>
     <t>FETT015</t>
   </si>
   <si>
     <t>Filey Bay Double Oak #2 Single Malt Whisky</t>
   </si>
   <si>
     <t>FILE055</t>
   </si>
   <si>
     <t>Filey Bay Flagship Single Malt Whisky</t>
   </si>
   <si>
     <t>FILE015</t>
   </si>
   <si>
-    <t>Filey Bay IPA Finish Single Malt Whisky</t>
-[...4 lines deleted...]
-  <si>
     <t>Filey Bay Moscatel Finish Single Malt Whisky</t>
   </si>
   <si>
     <t>FILE025</t>
   </si>
   <si>
     <t>Filey Bay Peated Finish Single Malt Whisky</t>
   </si>
   <si>
     <t>FILE030</t>
   </si>
   <si>
     <t>Filey Bay Port Cask Finish #1 Single Malt Whisky</t>
   </si>
   <si>
     <t>FILE050</t>
   </si>
   <si>
     <t>Filey Bay Porter Cask Special Release Single Malt Whisky</t>
   </si>
   <si>
     <t>FILE070</t>
   </si>
   <si>
     <t>Filey Bay Sherry Cask #3 Single Malt Whisky</t>
@@ -3268,56 +3232,50 @@
   <si>
     <t>Glenmorangie 18 Year Old Highland Single Malt Whisky</t>
   </si>
   <si>
     <t>GMOR015</t>
   </si>
   <si>
     <t>Glenmorangie Cadboll Estate 15 Year Old Highland Single Malt Whisky</t>
   </si>
   <si>
     <t>GMOR105</t>
   </si>
   <si>
     <t>Glenmorangie Cognac Cask Highland Single Malt Whisky</t>
   </si>
   <si>
     <t>GMOR080</t>
   </si>
   <si>
     <t>Glenmorangie Palo Cortado Cask Highland Single Malt Whisky</t>
   </si>
   <si>
     <t>GMOR100</t>
   </si>
   <si>
-    <t>Hibiki Harmony, Suntory Japanese Whisky</t>
-[...4 lines deleted...]
-  <si>
     <t>Highland Park 12 Year Old Island Single Malt Whisky</t>
   </si>
   <si>
     <t>HIGH001</t>
   </si>
   <si>
     <t>Isle of Jura Perspective No. 01 16 Year Old Island Single Malt Whisky</t>
   </si>
   <si>
     <t>JURA005</t>
   </si>
   <si>
     <t>Isle of Jura Seven Wood Island Single Malt Whisky</t>
   </si>
   <si>
     <t>ISLE035</t>
   </si>
   <si>
     <t>Isle of Raasay Oak Species Maturation Series Single Malt Whisky</t>
   </si>
   <si>
     <t>RAAS020</t>
   </si>
   <si>
     <t>Isle of Raasay Signature Single Malt Whisky</t>
@@ -3334,56 +3292,50 @@
   <si>
     <t>Jack Daniel's Tennessee Whiskey</t>
   </si>
   <si>
     <t>JDAN005</t>
   </si>
   <si>
     <t>Jameson Irish Whiskey</t>
   </si>
   <si>
     <t>JAME001</t>
   </si>
   <si>
     <t>Jim Beam White Label Kentucky Straight Bourbon Whiskey</t>
   </si>
   <si>
     <t>JIMB001</t>
   </si>
   <si>
     <t>Johnnie Walker Black Label Scotch Whisky</t>
   </si>
   <si>
     <t>JWBL001</t>
   </si>
   <si>
-    <t>Kavalan Port Cask Finish Single Malt Whisky</t>
-[...4 lines deleted...]
-  <si>
     <t>Kentucky Owl Batch 11 Bourbon Whiskey</t>
   </si>
   <si>
     <t>KENT020</t>
   </si>
   <si>
     <t>Kentucky Owl Batch 12 Bourbon Whiskey</t>
   </si>
   <si>
     <t>KENT015</t>
   </si>
   <si>
     <t>Kentucky Owl Mardi Gra XO Cask Bourbon Whiskey</t>
   </si>
   <si>
     <t>KENT010</t>
   </si>
   <si>
     <t>Lakes Distillery Quatrefoil Collection Faith Blended Whisky</t>
   </si>
   <si>
     <t>THEO370</t>
   </si>
   <si>
     <t>Lakes Distillery Signature Single Malt Whisky</t>
@@ -3656,56 +3608,50 @@
     <t>GLEN565</t>
   </si>
   <si>
     <t>The GlenAllachie 15 Year Old Single Malt Whisky</t>
   </si>
   <si>
     <t>GLEN545</t>
   </si>
   <si>
     <t>The GlenAllachie 7 Year Old Hungarian Oak Finish Single Malt Whisky</t>
   </si>
   <si>
     <t>GLEN555</t>
   </si>
   <si>
     <t>The Glenturret 15 Year Old Single Malt Whisky</t>
   </si>
   <si>
     <t>GLEN615</t>
   </si>
   <si>
     <t>The Glenturret 7 Year Old Peat Smoke Single Malt Whisky</t>
   </si>
   <si>
     <t>GLEN605</t>
-  </si>
-[...4 lines deleted...]
-    <t>THEO330</t>
   </si>
   <si>
     <t>The One Signature Blend Whisky</t>
   </si>
   <si>
     <t>THEO295</t>
   </si>
   <si>
     <t>Tomatin 12 Year Old Highland Single Malt Whisky</t>
   </si>
   <si>
     <t>TOMA001</t>
   </si>
   <si>
     <t>Tomatin Legacy Highland Single Malt Whisky</t>
   </si>
   <si>
     <t>TOMA050</t>
   </si>
   <si>
     <t>Tomatin The Italian Collection The Amarone Edition Highland Single Malt Whisky</t>
   </si>
   <si>
     <t>TOMA175</t>
   </si>
@@ -3802,68 +3748,68 @@
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="164" applyNumberFormat="1" fontId="1" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:D613">
-  <autoFilter ref="A1:D613"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:D604">
+  <autoFilter ref="A1:D604"/>
   <tableColumns count="4">
     <tableColumn id="1" name="Category"/>
     <tableColumn id="2" name="Name"/>
     <tableColumn id="3" name="ProductCode"/>
     <tableColumn id="4" name="Price"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight1" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:D613"/>
+  <dimension ref="A1:D604"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="18.4488330841064" customWidth="1"/>
     <col min="2" max="2" width="55" customWidth="1"/>
     <col min="3" max="3" width="14.0665775299072" customWidth="1"/>
     <col min="4" max="4" width="9.240625" customWidth="1" style="2"/>
     <col min="5" max="5" width="9.240625" customWidth="1"/>
     <col min="6" max="6" width="9.240625" customWidth="1"/>
     <col min="7" max="7" width="9.240625" customWidth="1"/>
     <col min="8" max="8" width="9.240625" customWidth="1"/>
     <col min="9" max="9" width="9.240625" customWidth="1"/>
     <col min="10" max="10" width="9.240625" customWidth="1"/>
     <col min="11" max="11" width="9.240625" customWidth="1"/>
     <col min="12" max="12" width="9.240625" customWidth="1"/>
     <col min="13" max="13" width="9.240625" customWidth="1"/>
     <col min="14" max="14" width="9.240625" customWidth="1"/>
     <col min="15" max="15" width="9.240625" customWidth="1"/>
     <col min="16" max="16" width="9.240625" customWidth="1"/>
     <col min="17" max="17" width="9.240625" customWidth="1"/>
     <col min="18" max="18" width="9.240625" customWidth="1"/>
     <col min="19" max="19" width="9.240625" customWidth="1"/>
     <col min="20" max="20" width="9.240625" customWidth="1"/>
@@ -4245,65 +4191,65 @@
     <row r="22">
       <c r="A22" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B22" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D22" s="3">
         <v>21.99</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="1" t="s">
         <v>47</v>
       </c>
       <c r="B23" s="1" t="s">
         <v>48</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>49</v>
       </c>
       <c r="D23" s="3">
-        <v>35.49</v>
+        <v>29.99</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="1" t="s">
         <v>47</v>
       </c>
       <c r="B24" s="1" t="s">
         <v>50</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>51</v>
       </c>
       <c r="D24" s="3">
-        <v>35.49</v>
+        <v>29.99</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="1" t="s">
         <v>47</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>52</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>53</v>
       </c>
       <c r="D25" s="3">
         <v>17.49</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="1" t="s">
         <v>47</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>54</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>55</v>
@@ -4315,51 +4261,51 @@
     <row r="27">
       <c r="A27" s="1" t="s">
         <v>47</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>56</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>57</v>
       </c>
       <c r="D27" s="3">
         <v>20.99</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="1" t="s">
         <v>47</v>
       </c>
       <c r="B28" s="1" t="s">
         <v>58</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>59</v>
       </c>
       <c r="D28" s="3">
-        <v>13.49</v>
+        <v>11.99</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="1" t="s">
         <v>47</v>
       </c>
       <c r="B29" s="1" t="s">
         <v>60</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>61</v>
       </c>
       <c r="D29" s="3">
         <v>27.49</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="1" t="s">
         <v>47</v>
       </c>
       <c r="B30" s="1" t="s">
         <v>62</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>63</v>
@@ -5645,51 +5591,51 @@
     <row r="122">
       <c r="A122" s="1" t="s">
         <v>241</v>
       </c>
       <c r="B122" s="1" t="s">
         <v>254</v>
       </c>
       <c r="C122" s="1" t="s">
         <v>255</v>
       </c>
       <c r="D122" s="3">
         <v>36.49</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="1" t="s">
         <v>241</v>
       </c>
       <c r="B123" s="1" t="s">
         <v>256</v>
       </c>
       <c r="C123" s="1" t="s">
         <v>257</v>
       </c>
       <c r="D123" s="3">
-        <v>36.49</v>
+        <v>29.99</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="1" t="s">
         <v>241</v>
       </c>
       <c r="B124" s="1" t="s">
         <v>258</v>
       </c>
       <c r="C124" s="1" t="s">
         <v>259</v>
       </c>
       <c r="D124" s="3">
         <v>35.49</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="1" t="s">
         <v>241</v>
       </c>
       <c r="B125" s="1" t="s">
         <v>260</v>
       </c>
       <c r="C125" s="1" t="s">
         <v>261</v>
@@ -5701,51 +5647,51 @@
     <row r="126">
       <c r="A126" s="1" t="s">
         <v>241</v>
       </c>
       <c r="B126" s="1" t="s">
         <v>262</v>
       </c>
       <c r="C126" s="1" t="s">
         <v>263</v>
       </c>
       <c r="D126" s="3">
         <v>35.49</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="1" t="s">
         <v>241</v>
       </c>
       <c r="B127" s="1" t="s">
         <v>264</v>
       </c>
       <c r="C127" s="1" t="s">
         <v>265</v>
       </c>
       <c r="D127" s="3">
-        <v>26.99</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="1" t="s">
         <v>241</v>
       </c>
       <c r="B128" s="1" t="s">
         <v>266</v>
       </c>
       <c r="C128" s="1" t="s">
         <v>267</v>
       </c>
       <c r="D128" s="3">
         <v>39.49</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="1" t="s">
         <v>241</v>
       </c>
       <c r="B129" s="1" t="s">
         <v>268</v>
       </c>
       <c r="C129" s="1" t="s">
         <v>269</v>
@@ -5925,289 +5871,289 @@
     <row r="142">
       <c r="A142" s="1" t="s">
         <v>241</v>
       </c>
       <c r="B142" s="1" t="s">
         <v>294</v>
       </c>
       <c r="C142" s="1" t="s">
         <v>295</v>
       </c>
       <c r="D142" s="3">
         <v>35.49</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="1" t="s">
         <v>241</v>
       </c>
       <c r="B143" s="1" t="s">
         <v>296</v>
       </c>
       <c r="C143" s="1" t="s">
         <v>297</v>
       </c>
       <c r="D143" s="3">
-        <v>38.99</v>
+        <v>32.99</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="1" t="s">
         <v>241</v>
       </c>
       <c r="B144" s="1" t="s">
         <v>298</v>
       </c>
       <c r="C144" s="1" t="s">
         <v>299</v>
       </c>
       <c r="D144" s="3">
         <v>32.99</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="1" t="s">
         <v>241</v>
       </c>
       <c r="B145" s="1" t="s">
         <v>300</v>
       </c>
       <c r="C145" s="1" t="s">
         <v>301</v>
       </c>
       <c r="D145" s="3">
-        <v>32.99</v>
+        <v>27.99</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="1" t="s">
         <v>241</v>
       </c>
       <c r="B146" s="1" t="s">
         <v>302</v>
       </c>
       <c r="C146" s="1" t="s">
         <v>303</v>
       </c>
       <c r="D146" s="3">
-        <v>27.99</v>
+        <v>2.99</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="1" t="s">
         <v>241</v>
       </c>
       <c r="B147" s="1" t="s">
         <v>304</v>
       </c>
       <c r="C147" s="1" t="s">
         <v>305</v>
       </c>
       <c r="D147" s="3">
-        <v>2.99</v>
+        <v>37.49</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="1" t="s">
         <v>241</v>
       </c>
       <c r="B148" s="1" t="s">
         <v>306</v>
       </c>
       <c r="C148" s="1" t="s">
         <v>307</v>
       </c>
       <c r="D148" s="3">
-        <v>37.49</v>
+        <v>5.49</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="1" t="s">
         <v>241</v>
       </c>
       <c r="B149" s="1" t="s">
         <v>308</v>
       </c>
       <c r="C149" s="1" t="s">
         <v>309</v>
       </c>
       <c r="D149" s="3">
-        <v>5.49</v>
+        <v>34.99</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="1" t="s">
         <v>241</v>
       </c>
       <c r="B150" s="1" t="s">
         <v>310</v>
       </c>
       <c r="C150" s="1" t="s">
         <v>311</v>
       </c>
       <c r="D150" s="3">
-        <v>38.49</v>
+        <v>37.49</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="1" t="s">
         <v>241</v>
       </c>
       <c r="B151" s="1" t="s">
         <v>312</v>
       </c>
       <c r="C151" s="1" t="s">
         <v>313</v>
       </c>
       <c r="D151" s="3">
-        <v>37.49</v>
+        <v>5.49</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="1" t="s">
         <v>241</v>
       </c>
       <c r="B152" s="1" t="s">
         <v>314</v>
       </c>
       <c r="C152" s="1" t="s">
         <v>315</v>
       </c>
       <c r="D152" s="3">
-        <v>5.49</v>
+        <v>42.99</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="1" t="s">
         <v>241</v>
       </c>
       <c r="B153" s="1" t="s">
         <v>316</v>
       </c>
       <c r="C153" s="1" t="s">
         <v>317</v>
       </c>
       <c r="D153" s="3">
-        <v>42.99</v>
+        <v>32.49</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="1" t="s">
         <v>241</v>
       </c>
       <c r="B154" s="1" t="s">
         <v>318</v>
       </c>
       <c r="C154" s="1" t="s">
         <v>319</v>
       </c>
       <c r="D154" s="3">
         <v>32.49</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="1" t="s">
         <v>241</v>
       </c>
       <c r="B155" s="1" t="s">
         <v>320</v>
       </c>
       <c r="C155" s="1" t="s">
         <v>321</v>
       </c>
       <c r="D155" s="3">
         <v>32.49</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="1" t="s">
         <v>241</v>
       </c>
       <c r="B156" s="1" t="s">
         <v>322</v>
       </c>
       <c r="C156" s="1" t="s">
         <v>323</v>
       </c>
       <c r="D156" s="3">
-        <v>32.49</v>
+        <v>37.99</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="1" t="s">
         <v>241</v>
       </c>
       <c r="B157" s="1" t="s">
         <v>324</v>
       </c>
       <c r="C157" s="1" t="s">
         <v>325</v>
       </c>
       <c r="D157" s="3">
-        <v>37.99</v>
+        <v>35.49</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="1" t="s">
         <v>241</v>
       </c>
       <c r="B158" s="1" t="s">
         <v>326</v>
       </c>
       <c r="C158" s="1" t="s">
         <v>327</v>
       </c>
       <c r="D158" s="3">
-        <v>35.49</v>
+        <v>39.49</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="1" t="s">
         <v>241</v>
       </c>
       <c r="B159" s="1" t="s">
         <v>328</v>
       </c>
       <c r="C159" s="1" t="s">
         <v>329</v>
       </c>
       <c r="D159" s="3">
-        <v>39.49</v>
+        <v>37.99</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="1" t="s">
         <v>241</v>
       </c>
       <c r="B160" s="1" t="s">
         <v>330</v>
       </c>
       <c r="C160" s="1" t="s">
         <v>331</v>
       </c>
       <c r="D160" s="3">
-        <v>37.99</v>
+        <v>33.49</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="1" t="s">
         <v>241</v>
       </c>
       <c r="B161" s="1" t="s">
         <v>332</v>
       </c>
       <c r="C161" s="1" t="s">
         <v>333</v>
       </c>
       <c r="D161" s="3">
         <v>33.49</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="1" t="s">
         <v>241</v>
       </c>
       <c r="B162" s="1" t="s">
         <v>334</v>
       </c>
       <c r="C162" s="1" t="s">
         <v>335</v>
@@ -6233,513 +6179,513 @@
     <row r="164">
       <c r="A164" s="1" t="s">
         <v>241</v>
       </c>
       <c r="B164" s="1" t="s">
         <v>338</v>
       </c>
       <c r="C164" s="1" t="s">
         <v>339</v>
       </c>
       <c r="D164" s="3">
         <v>33.49</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="1" t="s">
         <v>241</v>
       </c>
       <c r="B165" s="1" t="s">
         <v>340</v>
       </c>
       <c r="C165" s="1" t="s">
         <v>341</v>
       </c>
       <c r="D165" s="3">
-        <v>33.49</v>
+        <v>46.49</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="1" t="s">
         <v>241</v>
       </c>
       <c r="B166" s="1" t="s">
         <v>342</v>
       </c>
       <c r="C166" s="1" t="s">
         <v>343</v>
       </c>
       <c r="D166" s="3">
-        <v>46.49</v>
+        <v>40.99</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="1" t="s">
         <v>241</v>
       </c>
       <c r="B167" s="1" t="s">
         <v>344</v>
       </c>
       <c r="C167" s="1" t="s">
         <v>345</v>
       </c>
       <c r="D167" s="3">
-        <v>40.99</v>
+        <v>36.99</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="1" t="s">
         <v>241</v>
       </c>
       <c r="B168" s="1" t="s">
         <v>346</v>
       </c>
       <c r="C168" s="1" t="s">
         <v>347</v>
       </c>
       <c r="D168" s="3">
-        <v>36.99</v>
+        <v>28.49</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="1" t="s">
         <v>241</v>
       </c>
       <c r="B169" s="1" t="s">
         <v>348</v>
       </c>
       <c r="C169" s="1" t="s">
         <v>349</v>
       </c>
       <c r="D169" s="3">
-        <v>28.49</v>
+        <v>16.49</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="1" t="s">
         <v>241</v>
       </c>
       <c r="B170" s="1" t="s">
         <v>350</v>
       </c>
       <c r="C170" s="1" t="s">
         <v>351</v>
       </c>
       <c r="D170" s="3">
-        <v>16.49</v>
+        <v>4.39</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="1" t="s">
         <v>241</v>
       </c>
       <c r="B171" s="1" t="s">
         <v>352</v>
       </c>
       <c r="C171" s="1" t="s">
         <v>353</v>
       </c>
       <c r="D171" s="3">
-        <v>4.39</v>
+        <v>34.99</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="1" t="s">
         <v>241</v>
       </c>
       <c r="B172" s="1" t="s">
         <v>354</v>
       </c>
       <c r="C172" s="1" t="s">
         <v>355</v>
       </c>
       <c r="D172" s="3">
         <v>34.99</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="1" t="s">
         <v>241</v>
       </c>
       <c r="B173" s="1" t="s">
         <v>356</v>
       </c>
       <c r="C173" s="1" t="s">
         <v>357</v>
       </c>
       <c r="D173" s="3">
-        <v>34.99</v>
+        <v>27.99</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="1" t="s">
         <v>241</v>
       </c>
       <c r="B174" s="1" t="s">
         <v>358</v>
       </c>
       <c r="C174" s="1" t="s">
         <v>359</v>
       </c>
       <c r="D174" s="3">
-        <v>27.99</v>
+        <v>35.49</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="1" t="s">
         <v>241</v>
       </c>
       <c r="B175" s="1" t="s">
         <v>360</v>
       </c>
       <c r="C175" s="1" t="s">
         <v>361</v>
       </c>
       <c r="D175" s="3">
-        <v>35.49</v>
+        <v>28.49</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="1" t="s">
         <v>241</v>
       </c>
       <c r="B176" s="1" t="s">
         <v>362</v>
       </c>
       <c r="C176" s="1" t="s">
         <v>363</v>
       </c>
       <c r="D176" s="3">
-        <v>28.49</v>
+        <v>32.49</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="1" t="s">
         <v>241</v>
       </c>
       <c r="B177" s="1" t="s">
         <v>364</v>
       </c>
       <c r="C177" s="1" t="s">
         <v>365</v>
       </c>
       <c r="D177" s="3">
-        <v>32.49</v>
+        <v>36.99</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="1" t="s">
         <v>241</v>
       </c>
       <c r="B178" s="1" t="s">
         <v>366</v>
       </c>
       <c r="C178" s="1" t="s">
         <v>367</v>
       </c>
       <c r="D178" s="3">
-        <v>38.49</v>
+        <v>39.49</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="1" t="s">
         <v>241</v>
       </c>
       <c r="B179" s="1" t="s">
         <v>368</v>
       </c>
       <c r="C179" s="1" t="s">
         <v>369</v>
       </c>
       <c r="D179" s="3">
-        <v>39.49</v>
+        <v>37.49</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="1" t="s">
         <v>241</v>
       </c>
       <c r="B180" s="1" t="s">
         <v>370</v>
       </c>
       <c r="C180" s="1" t="s">
         <v>371</v>
       </c>
       <c r="D180" s="3">
         <v>37.49</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="1" t="s">
         <v>241</v>
       </c>
       <c r="B181" s="1" t="s">
         <v>372</v>
       </c>
       <c r="C181" s="1" t="s">
         <v>373</v>
       </c>
       <c r="D181" s="3">
-        <v>37.49</v>
+        <v>35.49</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="1" t="s">
         <v>241</v>
       </c>
       <c r="B182" s="1" t="s">
         <v>374</v>
       </c>
       <c r="C182" s="1" t="s">
         <v>375</v>
       </c>
       <c r="D182" s="3">
-        <v>35.49</v>
+        <v>34.49</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="1" t="s">
         <v>241</v>
       </c>
       <c r="B183" s="1" t="s">
         <v>376</v>
       </c>
       <c r="C183" s="1" t="s">
         <v>377</v>
       </c>
       <c r="D183" s="3">
-        <v>34.49</v>
+        <v>36.49</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="1" t="s">
         <v>241</v>
       </c>
       <c r="B184" s="1" t="s">
         <v>378</v>
       </c>
       <c r="C184" s="1" t="s">
         <v>379</v>
       </c>
       <c r="D184" s="3">
-        <v>36.49</v>
+        <v>34.49</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="1" t="s">
         <v>241</v>
       </c>
       <c r="B185" s="1" t="s">
         <v>380</v>
       </c>
       <c r="C185" s="1" t="s">
         <v>381</v>
       </c>
       <c r="D185" s="3">
-        <v>34.49</v>
+        <v>39.49</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="1" t="s">
         <v>241</v>
       </c>
       <c r="B186" s="1" t="s">
         <v>382</v>
       </c>
       <c r="C186" s="1" t="s">
         <v>383</v>
       </c>
       <c r="D186" s="3">
-        <v>39.49</v>
+        <v>38.49</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="1" t="s">
         <v>241</v>
       </c>
       <c r="B187" s="1" t="s">
         <v>384</v>
       </c>
       <c r="C187" s="1" t="s">
         <v>385</v>
       </c>
       <c r="D187" s="3">
-        <v>38.49</v>
+        <v>34.99</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="1" t="s">
         <v>241</v>
       </c>
       <c r="B188" s="1" t="s">
         <v>386</v>
       </c>
       <c r="C188" s="1" t="s">
         <v>387</v>
       </c>
       <c r="D188" s="3">
-        <v>38.49</v>
+        <v>39.49</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="1" t="s">
         <v>241</v>
       </c>
       <c r="B189" s="1" t="s">
         <v>388</v>
       </c>
       <c r="C189" s="1" t="s">
         <v>389</v>
       </c>
       <c r="D189" s="3">
-        <v>39.49</v>
+        <v>34.49</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="1" t="s">
         <v>241</v>
       </c>
       <c r="B190" s="1" t="s">
         <v>390</v>
       </c>
       <c r="C190" s="1" t="s">
         <v>391</v>
       </c>
       <c r="D190" s="3">
-        <v>34.49</v>
+        <v>24.49</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="1" t="s">
         <v>241</v>
       </c>
       <c r="B191" s="1" t="s">
         <v>392</v>
       </c>
       <c r="C191" s="1" t="s">
         <v>393</v>
       </c>
       <c r="D191" s="3">
-        <v>24.49</v>
+        <v>39.49</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="1" t="s">
         <v>241</v>
       </c>
       <c r="B192" s="1" t="s">
         <v>394</v>
       </c>
       <c r="C192" s="1" t="s">
         <v>395</v>
       </c>
       <c r="D192" s="3">
-        <v>39.49</v>
+        <v>34.49</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="1" t="s">
         <v>241</v>
       </c>
       <c r="B193" s="1" t="s">
         <v>396</v>
       </c>
       <c r="C193" s="1" t="s">
         <v>397</v>
       </c>
       <c r="D193" s="3">
-        <v>34.49</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="1" t="s">
         <v>241</v>
       </c>
       <c r="B194" s="1" t="s">
         <v>398</v>
       </c>
       <c r="C194" s="1" t="s">
         <v>399</v>
       </c>
       <c r="D194" s="3">
-        <v>21.99</v>
+        <v>44.49</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="1" t="s">
         <v>241</v>
       </c>
       <c r="B195" s="1" t="s">
         <v>400</v>
       </c>
       <c r="C195" s="1" t="s">
         <v>401</v>
       </c>
       <c r="D195" s="3">
-        <v>44.49</v>
+        <v>29.99</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="1" t="s">
         <v>241</v>
       </c>
       <c r="B196" s="1" t="s">
         <v>402</v>
       </c>
       <c r="C196" s="1" t="s">
         <v>403</v>
       </c>
       <c r="D196" s="3">
-        <v>35.49</v>
+        <v>38.49</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="1" t="s">
         <v>241</v>
       </c>
       <c r="B197" s="1" t="s">
         <v>404</v>
       </c>
       <c r="C197" s="1" t="s">
         <v>405</v>
       </c>
       <c r="D197" s="3">
-        <v>38.49</v>
+        <v>39.99</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="1" t="s">
         <v>241</v>
       </c>
       <c r="B198" s="1" t="s">
         <v>406</v>
       </c>
       <c r="C198" s="1" t="s">
         <v>407</v>
       </c>
       <c r="D198" s="3">
-        <v>39.99</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="1" t="s">
         <v>241</v>
       </c>
       <c r="B199" s="1" t="s">
         <v>408</v>
       </c>
       <c r="C199" s="1" t="s">
         <v>409</v>
       </c>
       <c r="D199" s="3">
         <v>24.99</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="1" t="s">
         <v>241</v>
       </c>
       <c r="B200" s="1" t="s">
         <v>410</v>
       </c>
       <c r="C200" s="1" t="s">
         <v>411</v>
@@ -6793,5747 +6739,5621 @@
     <row r="204">
       <c r="A204" s="1" t="s">
         <v>241</v>
       </c>
       <c r="B204" s="1" t="s">
         <v>418</v>
       </c>
       <c r="C204" s="1" t="s">
         <v>419</v>
       </c>
       <c r="D204" s="3">
         <v>24.99</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="1" t="s">
         <v>241</v>
       </c>
       <c r="B205" s="1" t="s">
         <v>420</v>
       </c>
       <c r="C205" s="1" t="s">
         <v>421</v>
       </c>
       <c r="D205" s="3">
-        <v>24.99</v>
+        <v>20.49</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="1" t="s">
         <v>241</v>
       </c>
       <c r="B206" s="1" t="s">
         <v>422</v>
       </c>
       <c r="C206" s="1" t="s">
         <v>423</v>
       </c>
       <c r="D206" s="3">
-        <v>20.49</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="1" t="s">
         <v>241</v>
       </c>
       <c r="B207" s="1" t="s">
         <v>424</v>
       </c>
       <c r="C207" s="1" t="s">
         <v>425</v>
       </c>
       <c r="D207" s="3">
-        <v>24.99</v>
+        <v>29.99</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="1" t="s">
         <v>241</v>
       </c>
       <c r="B208" s="1" t="s">
         <v>426</v>
       </c>
       <c r="C208" s="1" t="s">
         <v>427</v>
       </c>
       <c r="D208" s="3">
         <v>36.49</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="1" t="s">
-        <v>241</v>
+        <v>428</v>
       </c>
       <c r="B209" s="1" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="D209" s="3">
-        <v>36.49</v>
+        <v>25.99</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="1" t="s">
-        <v>241</v>
+        <v>428</v>
       </c>
       <c r="B210" s="1" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="D210" s="3">
-        <v>34.99</v>
+        <v>22.99</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="1" t="s">
-        <v>241</v>
+        <v>428</v>
       </c>
       <c r="B211" s="1" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="D211" s="3">
-        <v>34.99</v>
+        <v>35.99</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="1" t="s">
-        <v>434</v>
+        <v>428</v>
       </c>
       <c r="B212" s="1" t="s">
         <v>435</v>
       </c>
       <c r="C212" s="1" t="s">
         <v>436</v>
       </c>
       <c r="D212" s="3">
-        <v>25.99</v>
+        <v>29.99</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="1" t="s">
-        <v>434</v>
+        <v>428</v>
       </c>
       <c r="B213" s="1" t="s">
         <v>437</v>
       </c>
       <c r="C213" s="1" t="s">
         <v>438</v>
       </c>
       <c r="D213" s="3">
-        <v>22.99</v>
+        <v>31.99</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="1" t="s">
-        <v>434</v>
+        <v>428</v>
       </c>
       <c r="B214" s="1" t="s">
         <v>439</v>
       </c>
       <c r="C214" s="1" t="s">
         <v>440</v>
       </c>
       <c r="D214" s="3">
-        <v>35.99</v>
+        <v>31.99</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="1" t="s">
-        <v>434</v>
+        <v>428</v>
       </c>
       <c r="B215" s="1" t="s">
         <v>441</v>
       </c>
       <c r="C215" s="1" t="s">
         <v>442</v>
       </c>
       <c r="D215" s="3">
-        <v>29.99</v>
+        <v>39.99</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="1" t="s">
-        <v>434</v>
+        <v>428</v>
       </c>
       <c r="B216" s="1" t="s">
         <v>443</v>
       </c>
       <c r="C216" s="1" t="s">
         <v>444</v>
       </c>
       <c r="D216" s="3">
-        <v>31.99</v>
+        <v>26.99</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="1" t="s">
-        <v>434</v>
+        <v>428</v>
       </c>
       <c r="B217" s="1" t="s">
         <v>445</v>
       </c>
       <c r="C217" s="1" t="s">
         <v>446</v>
       </c>
       <c r="D217" s="3">
-        <v>31.99</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="1" t="s">
-        <v>434</v>
+        <v>428</v>
       </c>
       <c r="B218" s="1" t="s">
         <v>447</v>
       </c>
       <c r="C218" s="1" t="s">
         <v>448</v>
       </c>
       <c r="D218" s="3">
         <v>39.99</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="1" t="s">
-        <v>434</v>
+        <v>428</v>
       </c>
       <c r="B219" s="1" t="s">
         <v>449</v>
       </c>
       <c r="C219" s="1" t="s">
         <v>450</v>
       </c>
       <c r="D219" s="3">
-        <v>26.99</v>
+        <v>41.99</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="1" t="s">
-        <v>434</v>
+        <v>428</v>
       </c>
       <c r="B220" s="1" t="s">
         <v>451</v>
       </c>
       <c r="C220" s="1" t="s">
         <v>452</v>
       </c>
       <c r="D220" s="3">
-        <v>24.99</v>
+        <v>29.99</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="1" t="s">
-        <v>434</v>
+        <v>428</v>
       </c>
       <c r="B221" s="1" t="s">
         <v>453</v>
       </c>
       <c r="C221" s="1" t="s">
         <v>454</v>
       </c>
       <c r="D221" s="3">
-        <v>39.99</v>
+        <v>22.99</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="1" t="s">
-        <v>434</v>
+        <v>428</v>
       </c>
       <c r="B222" s="1" t="s">
         <v>455</v>
       </c>
       <c r="C222" s="1" t="s">
         <v>456</v>
       </c>
       <c r="D222" s="3">
-        <v>41.99</v>
+        <v>39.99</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="1" t="s">
-        <v>434</v>
+        <v>428</v>
       </c>
       <c r="B223" s="1" t="s">
         <v>457</v>
       </c>
       <c r="C223" s="1" t="s">
         <v>458</v>
       </c>
       <c r="D223" s="3">
-        <v>29.99</v>
+        <v>42.99</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="1" t="s">
-        <v>434</v>
+        <v>428</v>
       </c>
       <c r="B224" s="1" t="s">
         <v>459</v>
       </c>
       <c r="C224" s="1" t="s">
         <v>460</v>
       </c>
       <c r="D224" s="3">
-        <v>22.99</v>
+        <v>26.99</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="1" t="s">
-        <v>434</v>
+        <v>428</v>
       </c>
       <c r="B225" s="1" t="s">
         <v>461</v>
       </c>
       <c r="C225" s="1" t="s">
         <v>462</v>
       </c>
       <c r="D225" s="3">
-        <v>39.99</v>
+        <v>31.99</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="1" t="s">
-        <v>434</v>
+        <v>428</v>
       </c>
       <c r="B226" s="1" t="s">
         <v>463</v>
       </c>
       <c r="C226" s="1" t="s">
         <v>464</v>
       </c>
       <c r="D226" s="3">
-        <v>42.99</v>
+        <v>43.99</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="1" t="s">
-        <v>434</v>
+        <v>428</v>
       </c>
       <c r="B227" s="1" t="s">
         <v>465</v>
       </c>
       <c r="C227" s="1" t="s">
         <v>466</v>
       </c>
       <c r="D227" s="3">
-        <v>26.99</v>
+        <v>33.99</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="1" t="s">
-        <v>434</v>
+        <v>428</v>
       </c>
       <c r="B228" s="1" t="s">
         <v>467</v>
       </c>
       <c r="C228" s="1" t="s">
         <v>468</v>
       </c>
       <c r="D228" s="3">
-        <v>31.99</v>
+        <v>36.99</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="1" t="s">
-        <v>434</v>
+        <v>428</v>
       </c>
       <c r="B229" s="1" t="s">
         <v>469</v>
       </c>
       <c r="C229" s="1" t="s">
         <v>470</v>
       </c>
       <c r="D229" s="3">
-        <v>43.99</v>
+        <v>49.99</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="1" t="s">
-        <v>434</v>
+        <v>471</v>
       </c>
       <c r="B230" s="1" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="C230" s="1" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="D230" s="3">
-        <v>33.99</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="1" t="s">
-        <v>434</v>
+        <v>471</v>
       </c>
       <c r="B231" s="1" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="D231" s="3">
-        <v>36.99</v>
+        <v>23.49</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="1" t="s">
-        <v>434</v>
+        <v>471</v>
       </c>
       <c r="B232" s="1" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="C232" s="1" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="D232" s="3">
-        <v>49.99</v>
+        <v>23.49</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="1" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
       <c r="B233" s="1" t="s">
         <v>478</v>
       </c>
       <c r="C233" s="1" t="s">
         <v>479</v>
       </c>
       <c r="D233" s="3">
-        <v>20</v>
+        <v>17.49</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="1" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
       <c r="B234" s="1" t="s">
         <v>480</v>
       </c>
       <c r="C234" s="1" t="s">
         <v>481</v>
       </c>
       <c r="D234" s="3">
-        <v>23.49</v>
+        <v>17.49</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="1" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
       <c r="B235" s="1" t="s">
         <v>482</v>
       </c>
       <c r="C235" s="1" t="s">
         <v>483</v>
       </c>
       <c r="D235" s="3">
-        <v>23.49</v>
+        <v>17.49</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="1" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
       <c r="B236" s="1" t="s">
         <v>484</v>
       </c>
       <c r="C236" s="1" t="s">
         <v>485</v>
       </c>
       <c r="D236" s="3">
-        <v>17.49</v>
+        <v>18.49</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="1" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
       <c r="B237" s="1" t="s">
         <v>486</v>
       </c>
       <c r="C237" s="1" t="s">
         <v>487</v>
       </c>
       <c r="D237" s="3">
-        <v>17.49</v>
+        <v>32.49</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="1" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
       <c r="B238" s="1" t="s">
         <v>488</v>
       </c>
       <c r="C238" s="1" t="s">
         <v>489</v>
       </c>
       <c r="D238" s="3">
-        <v>17.49</v>
+        <v>67.99</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="1" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
       <c r="B239" s="1" t="s">
         <v>490</v>
       </c>
       <c r="C239" s="1" t="s">
         <v>491</v>
       </c>
       <c r="D239" s="3">
-        <v>18.49</v>
+        <v>67.99</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="1" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
       <c r="B240" s="1" t="s">
         <v>492</v>
       </c>
       <c r="C240" s="1" t="s">
         <v>493</v>
       </c>
       <c r="D240" s="3">
-        <v>32.49</v>
+        <v>26.49</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" s="1" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
       <c r="B241" s="1" t="s">
         <v>494</v>
       </c>
       <c r="C241" s="1" t="s">
         <v>495</v>
       </c>
       <c r="D241" s="3">
-        <v>67.99</v>
+        <v>23.49</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="1" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
       <c r="B242" s="1" t="s">
         <v>496</v>
       </c>
       <c r="C242" s="1" t="s">
         <v>497</v>
       </c>
       <c r="D242" s="3">
-        <v>67.99</v>
+        <v>32.49</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" s="1" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
       <c r="B243" s="1" t="s">
         <v>498</v>
       </c>
       <c r="C243" s="1" t="s">
         <v>499</v>
       </c>
       <c r="D243" s="3">
-        <v>26.49</v>
+        <v>25.49</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" s="1" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
       <c r="B244" s="1" t="s">
         <v>500</v>
       </c>
       <c r="C244" s="1" t="s">
         <v>501</v>
       </c>
       <c r="D244" s="3">
-        <v>23.49</v>
+        <v>22.99</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" s="1" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
       <c r="B245" s="1" t="s">
         <v>502</v>
       </c>
       <c r="C245" s="1" t="s">
         <v>503</v>
       </c>
       <c r="D245" s="3">
-        <v>32.49</v>
+        <v>23.49</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" s="1" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
       <c r="B246" s="1" t="s">
         <v>504</v>
       </c>
       <c r="C246" s="1" t="s">
         <v>505</v>
       </c>
       <c r="D246" s="3">
-        <v>25.49</v>
+        <v>24.49</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" s="1" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
       <c r="B247" s="1" t="s">
         <v>506</v>
       </c>
       <c r="C247" s="1" t="s">
         <v>507</v>
       </c>
       <c r="D247" s="3">
-        <v>22.99</v>
+        <v>23.49</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" s="1" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
       <c r="B248" s="1" t="s">
         <v>508</v>
       </c>
       <c r="C248" s="1" t="s">
         <v>509</v>
       </c>
       <c r="D248" s="3">
-        <v>23.49</v>
+        <v>27.49</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" s="1" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
       <c r="B249" s="1" t="s">
         <v>510</v>
       </c>
       <c r="C249" s="1" t="s">
         <v>511</v>
       </c>
       <c r="D249" s="3">
-        <v>24.49</v>
+        <v>26.49</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" s="1" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
       <c r="B250" s="1" t="s">
         <v>512</v>
       </c>
       <c r="C250" s="1" t="s">
         <v>513</v>
       </c>
       <c r="D250" s="3">
         <v>23.49</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" s="1" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
       <c r="B251" s="1" t="s">
         <v>514</v>
       </c>
       <c r="C251" s="1" t="s">
         <v>515</v>
       </c>
       <c r="D251" s="3">
-        <v>27.49</v>
+        <v>28.49</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" s="1" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
       <c r="B252" s="1" t="s">
         <v>516</v>
       </c>
       <c r="C252" s="1" t="s">
         <v>517</v>
       </c>
       <c r="D252" s="3">
-        <v>26.49</v>
+        <v>50.49</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="1" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
       <c r="B253" s="1" t="s">
         <v>518</v>
       </c>
       <c r="C253" s="1" t="s">
         <v>519</v>
       </c>
       <c r="D253" s="3">
-        <v>23.49</v>
+        <v>30.49</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="1" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
       <c r="B254" s="1" t="s">
         <v>520</v>
       </c>
       <c r="C254" s="1" t="s">
         <v>521</v>
       </c>
       <c r="D254" s="3">
-        <v>28.49</v>
+        <v>26.49</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" s="1" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
       <c r="B255" s="1" t="s">
         <v>522</v>
       </c>
       <c r="C255" s="1" t="s">
         <v>523</v>
       </c>
       <c r="D255" s="3">
-        <v>50.49</v>
+        <v>33.49</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" s="1" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
       <c r="B256" s="1" t="s">
         <v>524</v>
       </c>
       <c r="C256" s="1" t="s">
         <v>525</v>
       </c>
       <c r="D256" s="3">
-        <v>30.49</v>
+        <v>19.49</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" s="1" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
       <c r="B257" s="1" t="s">
         <v>526</v>
       </c>
       <c r="C257" s="1" t="s">
         <v>527</v>
       </c>
       <c r="D257" s="3">
-        <v>26.49</v>
+        <v>19.49</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" s="1" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
       <c r="B258" s="1" t="s">
         <v>528</v>
       </c>
       <c r="C258" s="1" t="s">
         <v>529</v>
       </c>
       <c r="D258" s="3">
-        <v>33.49</v>
+        <v>28.99</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" s="1" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
       <c r="B259" s="1" t="s">
         <v>530</v>
       </c>
       <c r="C259" s="1" t="s">
         <v>531</v>
       </c>
       <c r="D259" s="3">
-        <v>19.49</v>
+        <v>25.49</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" s="1" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
       <c r="B260" s="1" t="s">
         <v>532</v>
       </c>
       <c r="C260" s="1" t="s">
         <v>533</v>
       </c>
       <c r="D260" s="3">
-        <v>19.49</v>
+        <v>25.49</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" s="1" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
       <c r="B261" s="1" t="s">
         <v>534</v>
       </c>
       <c r="C261" s="1" t="s">
         <v>535</v>
       </c>
       <c r="D261" s="3">
-        <v>28.99</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" s="1" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
       <c r="B262" s="1" t="s">
         <v>536</v>
       </c>
       <c r="C262" s="1" t="s">
         <v>537</v>
       </c>
       <c r="D262" s="3">
-        <v>25.49</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" s="1" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
       <c r="B263" s="1" t="s">
         <v>538</v>
       </c>
       <c r="C263" s="1" t="s">
         <v>539</v>
       </c>
       <c r="D263" s="3">
-        <v>25.49</v>
+        <v>28.49</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" s="1" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
       <c r="B264" s="1" t="s">
         <v>540</v>
       </c>
       <c r="C264" s="1" t="s">
         <v>541</v>
       </c>
       <c r="D264" s="3">
-        <v>25.99</v>
+        <v>31.49</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" s="1" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
       <c r="B265" s="1" t="s">
         <v>542</v>
       </c>
       <c r="C265" s="1" t="s">
         <v>543</v>
       </c>
       <c r="D265" s="3">
-        <v>19.99</v>
+        <v>27.49</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" s="1" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
       <c r="B266" s="1" t="s">
         <v>544</v>
       </c>
       <c r="C266" s="1" t="s">
         <v>545</v>
       </c>
       <c r="D266" s="3">
-        <v>28.49</v>
+        <v>22.49</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="1" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
       <c r="B267" s="1" t="s">
         <v>546</v>
       </c>
       <c r="C267" s="1" t="s">
         <v>547</v>
       </c>
       <c r="D267" s="3">
-        <v>31.49</v>
+        <v>22.49</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="1" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
       <c r="B268" s="1" t="s">
         <v>548</v>
       </c>
       <c r="C268" s="1" t="s">
         <v>549</v>
       </c>
       <c r="D268" s="3">
-        <v>27.49</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" s="1" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
       <c r="B269" s="1" t="s">
         <v>550</v>
       </c>
       <c r="C269" s="1" t="s">
         <v>551</v>
       </c>
       <c r="D269" s="3">
-        <v>22.49</v>
+        <v>26.49</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" s="1" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
       <c r="B270" s="1" t="s">
         <v>552</v>
       </c>
       <c r="C270" s="1" t="s">
         <v>553</v>
       </c>
       <c r="D270" s="3">
-        <v>22.49</v>
+        <v>20.49</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="1" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
       <c r="B271" s="1" t="s">
         <v>554</v>
       </c>
       <c r="C271" s="1" t="s">
         <v>555</v>
       </c>
       <c r="D271" s="3">
-        <v>24.99</v>
+        <v>19.49</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="1" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
       <c r="B272" s="1" t="s">
         <v>556</v>
       </c>
       <c r="C272" s="1" t="s">
         <v>557</v>
       </c>
       <c r="D272" s="3">
-        <v>26.49</v>
+        <v>24.49</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="1" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
       <c r="B273" s="1" t="s">
         <v>558</v>
       </c>
       <c r="C273" s="1" t="s">
         <v>559</v>
       </c>
       <c r="D273" s="3">
-        <v>20.49</v>
+        <v>17.49</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="1" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
       <c r="B274" s="1" t="s">
         <v>560</v>
       </c>
       <c r="C274" s="1" t="s">
         <v>561</v>
       </c>
       <c r="D274" s="3">
         <v>19.49</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" s="1" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
       <c r="B275" s="1" t="s">
         <v>562</v>
       </c>
       <c r="C275" s="1" t="s">
         <v>563</v>
       </c>
       <c r="D275" s="3">
-        <v>24.49</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="1" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
       <c r="B276" s="1" t="s">
         <v>564</v>
       </c>
       <c r="C276" s="1" t="s">
         <v>565</v>
       </c>
       <c r="D276" s="3">
-        <v>17.49</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="1" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
       <c r="B277" s="1" t="s">
         <v>566</v>
       </c>
       <c r="C277" s="1" t="s">
         <v>567</v>
       </c>
       <c r="D277" s="3">
-        <v>19.49</v>
+        <v>33.49</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" s="1" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
       <c r="B278" s="1" t="s">
         <v>568</v>
       </c>
       <c r="C278" s="1" t="s">
         <v>569</v>
       </c>
       <c r="D278" s="3">
-        <v>18.99</v>
+        <v>28.49</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" s="1" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
       <c r="B279" s="1" t="s">
         <v>570</v>
       </c>
       <c r="C279" s="1" t="s">
         <v>571</v>
       </c>
       <c r="D279" s="3">
-        <v>18.99</v>
+        <v>17.49</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" s="1" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
       <c r="B280" s="1" t="s">
         <v>572</v>
       </c>
       <c r="C280" s="1" t="s">
         <v>573</v>
       </c>
       <c r="D280" s="3">
-        <v>33.49</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" s="1" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
       <c r="B281" s="1" t="s">
         <v>574</v>
       </c>
       <c r="C281" s="1" t="s">
         <v>575</v>
       </c>
       <c r="D281" s="3">
-        <v>28.49</v>
+        <v>3.99</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" s="1" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
       <c r="B282" s="1" t="s">
         <v>576</v>
       </c>
       <c r="C282" s="1" t="s">
         <v>577</v>
       </c>
       <c r="D282" s="3">
-        <v>17.49</v>
+        <v>11.49</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" s="1" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
       <c r="B283" s="1" t="s">
         <v>578</v>
       </c>
       <c r="C283" s="1" t="s">
         <v>579</v>
       </c>
       <c r="D283" s="3">
-        <v>21.99</v>
+        <v>21.49</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" s="1" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
       <c r="B284" s="1" t="s">
         <v>580</v>
       </c>
       <c r="C284" s="1" t="s">
         <v>581</v>
       </c>
       <c r="D284" s="3">
-        <v>3.99</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" s="1" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
       <c r="B285" s="1" t="s">
         <v>582</v>
       </c>
       <c r="C285" s="1" t="s">
         <v>583</v>
       </c>
       <c r="D285" s="3">
-        <v>11.49</v>
+        <v>11.99</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" s="1" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
       <c r="B286" s="1" t="s">
         <v>584</v>
       </c>
       <c r="C286" s="1" t="s">
         <v>585</v>
       </c>
       <c r="D286" s="3">
-        <v>21.49</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" s="1" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
       <c r="B287" s="1" t="s">
         <v>586</v>
       </c>
       <c r="C287" s="1" t="s">
         <v>587</v>
       </c>
       <c r="D287" s="3">
-        <v>21.99</v>
+        <v>3.99</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" s="1" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
       <c r="B288" s="1" t="s">
         <v>588</v>
       </c>
       <c r="C288" s="1" t="s">
         <v>589</v>
       </c>
       <c r="D288" s="3">
-        <v>11.99</v>
+        <v>28.49</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" s="1" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
       <c r="B289" s="1" t="s">
         <v>590</v>
       </c>
       <c r="C289" s="1" t="s">
         <v>591</v>
       </c>
       <c r="D289" s="3">
-        <v>21.99</v>
+        <v>27.99</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" s="1" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
       <c r="B290" s="1" t="s">
         <v>592</v>
       </c>
       <c r="C290" s="1" t="s">
         <v>593</v>
       </c>
       <c r="D290" s="3">
-        <v>3.99</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" s="1" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
       <c r="B291" s="1" t="s">
         <v>594</v>
       </c>
       <c r="C291" s="1" t="s">
         <v>595</v>
       </c>
       <c r="D291" s="3">
-        <v>28.49</v>
+        <v>24.49</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" s="1" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
       <c r="B292" s="1" t="s">
         <v>596</v>
       </c>
       <c r="C292" s="1" t="s">
         <v>597</v>
       </c>
       <c r="D292" s="3">
-        <v>27.99</v>
+        <v>27</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" s="1" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
       <c r="B293" s="1" t="s">
         <v>598</v>
       </c>
       <c r="C293" s="1" t="s">
         <v>599</v>
       </c>
       <c r="D293" s="3">
-        <v>11.5</v>
+        <v>31.99</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" s="1" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
       <c r="B294" s="1" t="s">
         <v>600</v>
       </c>
       <c r="C294" s="1" t="s">
         <v>601</v>
       </c>
       <c r="D294" s="3">
-        <v>24.49</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" s="1" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
       <c r="B295" s="1" t="s">
         <v>602</v>
       </c>
       <c r="C295" s="1" t="s">
         <v>603</v>
       </c>
       <c r="D295" s="3">
-        <v>27</v>
+        <v>18.49</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" s="1" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
       <c r="B296" s="1" t="s">
         <v>604</v>
       </c>
       <c r="C296" s="1" t="s">
         <v>605</v>
       </c>
       <c r="D296" s="3">
-        <v>31.99</v>
+        <v>27.49</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" s="1" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
       <c r="B297" s="1" t="s">
         <v>606</v>
       </c>
       <c r="C297" s="1" t="s">
         <v>607</v>
       </c>
       <c r="D297" s="3">
-        <v>22.99</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" s="1" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
       <c r="B298" s="1" t="s">
         <v>608</v>
       </c>
       <c r="C298" s="1" t="s">
         <v>609</v>
       </c>
       <c r="D298" s="3">
-        <v>18.49</v>
+        <v>31.49</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" s="1" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
       <c r="B299" s="1" t="s">
         <v>610</v>
       </c>
       <c r="C299" s="1" t="s">
         <v>611</v>
       </c>
       <c r="D299" s="3">
-        <v>27.49</v>
+        <v>59.5</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" s="1" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
       <c r="B300" s="1" t="s">
         <v>612</v>
       </c>
       <c r="C300" s="1" t="s">
         <v>613</v>
       </c>
       <c r="D300" s="3">
-        <v>49.5</v>
+        <v>20.49</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" s="1" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
       <c r="B301" s="1" t="s">
         <v>614</v>
       </c>
       <c r="C301" s="1" t="s">
         <v>615</v>
       </c>
       <c r="D301" s="3">
         <v>31.49</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="1" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
       <c r="B302" s="1" t="s">
         <v>616</v>
       </c>
       <c r="C302" s="1" t="s">
         <v>617</v>
       </c>
       <c r="D302" s="3">
-        <v>59.5</v>
+        <v>27.49</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" s="1" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
       <c r="B303" s="1" t="s">
         <v>618</v>
       </c>
       <c r="C303" s="1" t="s">
         <v>619</v>
       </c>
       <c r="D303" s="3">
-        <v>20.49</v>
+        <v>31.49</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" s="1" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
       <c r="B304" s="1" t="s">
         <v>620</v>
       </c>
       <c r="C304" s="1" t="s">
         <v>621</v>
       </c>
       <c r="D304" s="3">
-        <v>31.49</v>
+        <v>36.49</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" s="1" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
       <c r="B305" s="1" t="s">
         <v>622</v>
       </c>
       <c r="C305" s="1" t="s">
         <v>623</v>
       </c>
       <c r="D305" s="3">
-        <v>27.49</v>
+        <v>37.49</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" s="1" t="s">
-        <v>477</v>
+        <v>624</v>
       </c>
       <c r="B306" s="1" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="C306" s="1" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="D306" s="3">
-        <v>31.49</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" s="1" t="s">
-        <v>477</v>
+        <v>624</v>
       </c>
       <c r="B307" s="1" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="C307" s="1" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="D307" s="3">
-        <v>36.49</v>
+        <v>15.99</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" s="1" t="s">
-        <v>477</v>
+        <v>624</v>
       </c>
       <c r="B308" s="1" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="C308" s="1" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="D308" s="3">
-        <v>37.49</v>
+        <v>15.99</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" s="1" t="s">
-        <v>630</v>
+        <v>624</v>
       </c>
       <c r="B309" s="1" t="s">
         <v>631</v>
       </c>
       <c r="C309" s="1" t="s">
         <v>632</v>
       </c>
       <c r="D309" s="3">
-        <v>21.99</v>
+        <v>14.49</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="1" t="s">
-        <v>630</v>
+        <v>624</v>
       </c>
       <c r="B310" s="1" t="s">
         <v>633</v>
       </c>
       <c r="C310" s="1" t="s">
         <v>634</v>
       </c>
       <c r="D310" s="3">
         <v>15.99</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="1" t="s">
-        <v>630</v>
+        <v>624</v>
       </c>
       <c r="B311" s="1" t="s">
         <v>635</v>
       </c>
       <c r="C311" s="1" t="s">
         <v>636</v>
       </c>
       <c r="D311" s="3">
         <v>15.99</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" s="1" t="s">
-        <v>630</v>
+        <v>624</v>
       </c>
       <c r="B312" s="1" t="s">
         <v>637</v>
       </c>
       <c r="C312" s="1" t="s">
         <v>638</v>
       </c>
       <c r="D312" s="3">
-        <v>14.49</v>
+        <v>17.99</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" s="1" t="s">
-        <v>630</v>
+        <v>624</v>
       </c>
       <c r="B313" s="1" t="s">
         <v>639</v>
       </c>
       <c r="C313" s="1" t="s">
         <v>640</v>
       </c>
       <c r="D313" s="3">
         <v>15.99</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" s="1" t="s">
-        <v>630</v>
+        <v>624</v>
       </c>
       <c r="B314" s="1" t="s">
         <v>641</v>
       </c>
       <c r="C314" s="1" t="s">
         <v>642</v>
       </c>
       <c r="D314" s="3">
-        <v>15.99</v>
+        <v>17.99</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" s="1" t="s">
-        <v>630</v>
+        <v>624</v>
       </c>
       <c r="B315" s="1" t="s">
         <v>643</v>
       </c>
       <c r="C315" s="1" t="s">
         <v>644</v>
       </c>
       <c r="D315" s="3">
-        <v>17.99</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" s="1" t="s">
-        <v>630</v>
+        <v>624</v>
       </c>
       <c r="B316" s="1" t="s">
         <v>645</v>
       </c>
       <c r="C316" s="1" t="s">
         <v>646</v>
       </c>
       <c r="D316" s="3">
-        <v>15.99</v>
+        <v>13.99</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" s="1" t="s">
-        <v>630</v>
+        <v>624</v>
       </c>
       <c r="B317" s="1" t="s">
         <v>647</v>
       </c>
       <c r="C317" s="1" t="s">
         <v>648</v>
       </c>
       <c r="D317" s="3">
-        <v>17.99</v>
+        <v>14.99</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" s="1" t="s">
-        <v>630</v>
+        <v>624</v>
       </c>
       <c r="B318" s="1" t="s">
         <v>649</v>
       </c>
       <c r="C318" s="1" t="s">
         <v>650</v>
       </c>
       <c r="D318" s="3">
-        <v>18.99</v>
+        <v>13.99</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" s="1" t="s">
-        <v>630</v>
+        <v>624</v>
       </c>
       <c r="B319" s="1" t="s">
         <v>651</v>
       </c>
       <c r="C319" s="1" t="s">
         <v>652</v>
       </c>
       <c r="D319" s="3">
-        <v>13.99</v>
+        <v>14.99</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" s="1" t="s">
-        <v>630</v>
+        <v>624</v>
       </c>
       <c r="B320" s="1" t="s">
         <v>653</v>
       </c>
       <c r="C320" s="1" t="s">
         <v>654</v>
       </c>
       <c r="D320" s="3">
-        <v>14.99</v>
+        <v>13.99</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" s="1" t="s">
-        <v>630</v>
+        <v>624</v>
       </c>
       <c r="B321" s="1" t="s">
         <v>655</v>
       </c>
       <c r="C321" s="1" t="s">
         <v>656</v>
       </c>
       <c r="D321" s="3">
-        <v>13.99</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" s="1" t="s">
-        <v>630</v>
+        <v>624</v>
       </c>
       <c r="B322" s="1" t="s">
         <v>657</v>
       </c>
       <c r="C322" s="1" t="s">
         <v>658</v>
       </c>
       <c r="D322" s="3">
-        <v>14.99</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" s="1" t="s">
-        <v>630</v>
+        <v>624</v>
       </c>
       <c r="B323" s="1" t="s">
         <v>659</v>
       </c>
       <c r="C323" s="1" t="s">
         <v>660</v>
       </c>
       <c r="D323" s="3">
         <v>13.99</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" s="1" t="s">
-        <v>630</v>
+        <v>624</v>
       </c>
       <c r="B324" s="1" t="s">
         <v>661</v>
       </c>
       <c r="C324" s="1" t="s">
         <v>662</v>
       </c>
       <c r="D324" s="3">
-        <v>19.99</v>
+        <v>16.99</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" s="1" t="s">
-        <v>630</v>
+        <v>624</v>
       </c>
       <c r="B325" s="1" t="s">
         <v>663</v>
       </c>
       <c r="C325" s="1" t="s">
         <v>664</v>
       </c>
       <c r="D325" s="3">
-        <v>21.99</v>
+        <v>13.99</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" s="1" t="s">
-        <v>630</v>
+        <v>624</v>
       </c>
       <c r="B326" s="1" t="s">
         <v>665</v>
       </c>
       <c r="C326" s="1" t="s">
         <v>666</v>
       </c>
       <c r="D326" s="3">
-        <v>13.99</v>
+        <v>16.99</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" s="1" t="s">
-        <v>630</v>
+        <v>667</v>
       </c>
       <c r="B327" s="1" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="C327" s="1" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="D327" s="3">
-        <v>16.99</v>
+        <v>31.99</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" s="1" t="s">
-        <v>630</v>
+        <v>667</v>
       </c>
       <c r="B328" s="1" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="C328" s="1" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="D328" s="3">
-        <v>13.99</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" s="1" t="s">
-        <v>630</v>
+        <v>667</v>
       </c>
       <c r="B329" s="1" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="C329" s="1" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="D329" s="3">
-        <v>16.99</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" s="1" t="s">
-        <v>673</v>
+        <v>667</v>
       </c>
       <c r="B330" s="1" t="s">
         <v>674</v>
       </c>
       <c r="C330" s="1" t="s">
         <v>675</v>
       </c>
       <c r="D330" s="3">
-        <v>31.99</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" s="1" t="s">
-        <v>673</v>
+        <v>667</v>
       </c>
       <c r="B331" s="1" t="s">
         <v>676</v>
       </c>
       <c r="C331" s="1" t="s">
         <v>677</v>
       </c>
       <c r="D331" s="3">
-        <v>6.5</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" s="1" t="s">
-        <v>673</v>
+        <v>667</v>
       </c>
       <c r="B332" s="1" t="s">
         <v>678</v>
       </c>
       <c r="C332" s="1" t="s">
         <v>679</v>
       </c>
       <c r="D332" s="3">
-        <v>18.99</v>
+        <v>17.99</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" s="1" t="s">
-        <v>673</v>
+        <v>667</v>
       </c>
       <c r="B333" s="1" t="s">
         <v>680</v>
       </c>
       <c r="C333" s="1" t="s">
         <v>681</v>
       </c>
       <c r="D333" s="3">
-        <v>18.99</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" s="1" t="s">
-        <v>673</v>
+        <v>667</v>
       </c>
       <c r="B334" s="1" t="s">
         <v>682</v>
       </c>
       <c r="C334" s="1" t="s">
         <v>683</v>
       </c>
       <c r="D334" s="3">
-        <v>18.99</v>
+        <v>31.99</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" s="1" t="s">
-        <v>673</v>
+        <v>667</v>
       </c>
       <c r="B335" s="1" t="s">
         <v>684</v>
       </c>
       <c r="C335" s="1" t="s">
         <v>685</v>
       </c>
       <c r="D335" s="3">
-        <v>17.99</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" s="1" t="s">
-        <v>673</v>
+        <v>667</v>
       </c>
       <c r="B336" s="1" t="s">
         <v>686</v>
       </c>
       <c r="C336" s="1" t="s">
         <v>687</v>
       </c>
       <c r="D336" s="3">
-        <v>21.99</v>
+        <v>26.99</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" s="1" t="s">
-        <v>673</v>
+        <v>667</v>
       </c>
       <c r="B337" s="1" t="s">
         <v>688</v>
       </c>
       <c r="C337" s="1" t="s">
         <v>689</v>
       </c>
       <c r="D337" s="3">
-        <v>31.99</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" s="1" t="s">
-        <v>673</v>
+        <v>667</v>
       </c>
       <c r="B338" s="1" t="s">
         <v>690</v>
       </c>
       <c r="C338" s="1" t="s">
         <v>691</v>
       </c>
       <c r="D338" s="3">
-        <v>18.99</v>
+        <v>26.99</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" s="1" t="s">
-        <v>673</v>
+        <v>667</v>
       </c>
       <c r="B339" s="1" t="s">
         <v>692</v>
       </c>
       <c r="C339" s="1" t="s">
         <v>693</v>
       </c>
       <c r="D339" s="3">
-        <v>26.99</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" s="1" t="s">
-        <v>673</v>
+        <v>667</v>
       </c>
       <c r="B340" s="1" t="s">
         <v>694</v>
       </c>
       <c r="C340" s="1" t="s">
         <v>695</v>
       </c>
       <c r="D340" s="3">
-        <v>18.99</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" s="1" t="s">
-        <v>673</v>
+        <v>667</v>
       </c>
       <c r="B341" s="1" t="s">
         <v>696</v>
       </c>
       <c r="C341" s="1" t="s">
         <v>697</v>
       </c>
       <c r="D341" s="3">
-        <v>26.99</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" s="1" t="s">
-        <v>673</v>
+        <v>667</v>
       </c>
       <c r="B342" s="1" t="s">
         <v>698</v>
       </c>
       <c r="C342" s="1" t="s">
         <v>699</v>
       </c>
       <c r="D342" s="3">
-        <v>21.99</v>
+        <v>20.99</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" s="1" t="s">
-        <v>673</v>
+        <v>667</v>
       </c>
       <c r="B343" s="1" t="s">
         <v>700</v>
       </c>
       <c r="C343" s="1" t="s">
         <v>701</v>
       </c>
       <c r="D343" s="3">
         <v>21.99</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" s="1" t="s">
-        <v>673</v>
+        <v>667</v>
       </c>
       <c r="B344" s="1" t="s">
         <v>702</v>
       </c>
       <c r="C344" s="1" t="s">
         <v>703</v>
       </c>
       <c r="D344" s="3">
-        <v>21.99</v>
+        <v>20.99</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" s="1" t="s">
-        <v>673</v>
+        <v>667</v>
       </c>
       <c r="B345" s="1" t="s">
         <v>704</v>
       </c>
       <c r="C345" s="1" t="s">
         <v>705</v>
       </c>
       <c r="D345" s="3">
-        <v>20.99</v>
+        <v>23.99</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" s="1" t="s">
-        <v>673</v>
+        <v>667</v>
       </c>
       <c r="B346" s="1" t="s">
         <v>706</v>
       </c>
       <c r="C346" s="1" t="s">
         <v>707</v>
       </c>
       <c r="D346" s="3">
-        <v>21.99</v>
+        <v>23.99</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" s="1" t="s">
-        <v>673</v>
+        <v>667</v>
       </c>
       <c r="B347" s="1" t="s">
         <v>708</v>
       </c>
       <c r="C347" s="1" t="s">
         <v>709</v>
       </c>
       <c r="D347" s="3">
-        <v>20.99</v>
+        <v>23.99</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" s="1" t="s">
-        <v>673</v>
+        <v>667</v>
       </c>
       <c r="B348" s="1" t="s">
         <v>710</v>
       </c>
       <c r="C348" s="1" t="s">
         <v>711</v>
       </c>
       <c r="D348" s="3">
         <v>23.99</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" s="1" t="s">
-        <v>673</v>
+        <v>667</v>
       </c>
       <c r="B349" s="1" t="s">
         <v>712</v>
       </c>
       <c r="C349" s="1" t="s">
         <v>713</v>
       </c>
       <c r="D349" s="3">
-        <v>23.99</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" s="1" t="s">
-        <v>673</v>
+        <v>667</v>
       </c>
       <c r="B350" s="1" t="s">
         <v>714</v>
       </c>
       <c r="C350" s="1" t="s">
         <v>715</v>
       </c>
       <c r="D350" s="3">
         <v>23.99</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" s="1" t="s">
-        <v>673</v>
+        <v>667</v>
       </c>
       <c r="B351" s="1" t="s">
         <v>716</v>
       </c>
       <c r="C351" s="1" t="s">
         <v>717</v>
       </c>
       <c r="D351" s="3">
         <v>23.99</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" s="1" t="s">
-        <v>673</v>
+        <v>667</v>
       </c>
       <c r="B352" s="1" t="s">
         <v>718</v>
       </c>
       <c r="C352" s="1" t="s">
         <v>719</v>
       </c>
       <c r="D352" s="3">
         <v>21.99</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" s="1" t="s">
-        <v>673</v>
+        <v>667</v>
       </c>
       <c r="B353" s="1" t="s">
         <v>720</v>
       </c>
       <c r="C353" s="1" t="s">
         <v>721</v>
       </c>
       <c r="D353" s="3">
-        <v>23.99</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" s="1" t="s">
-        <v>673</v>
+        <v>667</v>
       </c>
       <c r="B354" s="1" t="s">
         <v>722</v>
       </c>
       <c r="C354" s="1" t="s">
         <v>723</v>
       </c>
       <c r="D354" s="3">
-        <v>23.99</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" s="1" t="s">
-        <v>673</v>
+        <v>667</v>
       </c>
       <c r="B355" s="1" t="s">
         <v>724</v>
       </c>
       <c r="C355" s="1" t="s">
         <v>725</v>
       </c>
       <c r="D355" s="3">
-        <v>21.99</v>
+        <v>20.99</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" s="1" t="s">
-        <v>673</v>
+        <v>667</v>
       </c>
       <c r="B356" s="1" t="s">
         <v>726</v>
       </c>
       <c r="C356" s="1" t="s">
         <v>727</v>
       </c>
       <c r="D356" s="3">
-        <v>19.99</v>
+        <v>23.99</v>
       </c>
     </row>
     <row r="357">
       <c r="A357" s="1" t="s">
-        <v>673</v>
+        <v>667</v>
       </c>
       <c r="B357" s="1" t="s">
         <v>728</v>
       </c>
       <c r="C357" s="1" t="s">
         <v>729</v>
       </c>
       <c r="D357" s="3">
-        <v>19.99</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="358">
       <c r="A358" s="1" t="s">
-        <v>673</v>
+        <v>667</v>
       </c>
       <c r="B358" s="1" t="s">
         <v>730</v>
       </c>
       <c r="C358" s="1" t="s">
         <v>731</v>
       </c>
       <c r="D358" s="3">
-        <v>21.99</v>
+        <v>23.99</v>
       </c>
     </row>
     <row r="359">
       <c r="A359" s="1" t="s">
-        <v>673</v>
+        <v>667</v>
       </c>
       <c r="B359" s="1" t="s">
         <v>732</v>
       </c>
       <c r="C359" s="1" t="s">
         <v>733</v>
       </c>
       <c r="D359" s="3">
-        <v>20.99</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="360">
       <c r="A360" s="1" t="s">
-        <v>673</v>
+        <v>667</v>
       </c>
       <c r="B360" s="1" t="s">
         <v>734</v>
       </c>
       <c r="C360" s="1" t="s">
         <v>735</v>
       </c>
       <c r="D360" s="3">
         <v>23.99</v>
       </c>
     </row>
     <row r="361">
       <c r="A361" s="1" t="s">
-        <v>673</v>
+        <v>667</v>
       </c>
       <c r="B361" s="1" t="s">
         <v>736</v>
       </c>
       <c r="C361" s="1" t="s">
         <v>737</v>
       </c>
       <c r="D361" s="3">
-        <v>18.99</v>
+        <v>23.99</v>
       </c>
     </row>
     <row r="362">
       <c r="A362" s="1" t="s">
-        <v>673</v>
+        <v>667</v>
       </c>
       <c r="B362" s="1" t="s">
         <v>738</v>
       </c>
       <c r="C362" s="1" t="s">
         <v>739</v>
       </c>
       <c r="D362" s="3">
-        <v>23.99</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="363">
       <c r="A363" s="1" t="s">
-        <v>673</v>
+        <v>667</v>
       </c>
       <c r="B363" s="1" t="s">
         <v>740</v>
       </c>
       <c r="C363" s="1" t="s">
         <v>741</v>
       </c>
       <c r="D363" s="3">
-        <v>19.99</v>
+        <v>23.99</v>
       </c>
     </row>
     <row r="364">
       <c r="A364" s="1" t="s">
-        <v>673</v>
+        <v>667</v>
       </c>
       <c r="B364" s="1" t="s">
         <v>742</v>
       </c>
       <c r="C364" s="1" t="s">
         <v>743</v>
       </c>
       <c r="D364" s="3">
-        <v>23.99</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="365">
       <c r="A365" s="1" t="s">
-        <v>673</v>
+        <v>667</v>
       </c>
       <c r="B365" s="1" t="s">
         <v>744</v>
       </c>
       <c r="C365" s="1" t="s">
         <v>745</v>
       </c>
       <c r="D365" s="3">
-        <v>23.99</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="366">
       <c r="A366" s="1" t="s">
-        <v>673</v>
+        <v>667</v>
       </c>
       <c r="B366" s="1" t="s">
         <v>746</v>
       </c>
       <c r="C366" s="1" t="s">
         <v>747</v>
       </c>
       <c r="D366" s="3">
         <v>18.99</v>
       </c>
     </row>
     <row r="367">
       <c r="A367" s="1" t="s">
-        <v>673</v>
+        <v>667</v>
       </c>
       <c r="B367" s="1" t="s">
         <v>748</v>
       </c>
       <c r="C367" s="1" t="s">
         <v>749</v>
       </c>
       <c r="D367" s="3">
-        <v>23.99</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="368">
       <c r="A368" s="1" t="s">
-        <v>673</v>
+        <v>667</v>
       </c>
       <c r="B368" s="1" t="s">
         <v>750</v>
       </c>
       <c r="C368" s="1" t="s">
         <v>751</v>
       </c>
       <c r="D368" s="3">
         <v>21.99</v>
       </c>
     </row>
     <row r="369">
       <c r="A369" s="1" t="s">
-        <v>673</v>
+        <v>667</v>
       </c>
       <c r="B369" s="1" t="s">
         <v>752</v>
       </c>
       <c r="C369" s="1" t="s">
         <v>753</v>
       </c>
       <c r="D369" s="3">
-        <v>18.99</v>
+        <v>29.99</v>
       </c>
     </row>
     <row r="370">
       <c r="A370" s="1" t="s">
-        <v>673</v>
+        <v>667</v>
       </c>
       <c r="B370" s="1" t="s">
         <v>754</v>
       </c>
       <c r="C370" s="1" t="s">
         <v>755</v>
       </c>
       <c r="D370" s="3">
-        <v>18.99</v>
+        <v>4.99</v>
       </c>
     </row>
     <row r="371">
       <c r="A371" s="1" t="s">
-        <v>673</v>
+        <v>667</v>
       </c>
       <c r="B371" s="1" t="s">
         <v>756</v>
       </c>
       <c r="C371" s="1" t="s">
         <v>757</v>
       </c>
       <c r="D371" s="3">
-        <v>18.99</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="372">
       <c r="A372" s="1" t="s">
-        <v>673</v>
+        <v>667</v>
       </c>
       <c r="B372" s="1" t="s">
         <v>758</v>
       </c>
       <c r="C372" s="1" t="s">
         <v>759</v>
       </c>
       <c r="D372" s="3">
-        <v>21.99</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="373">
       <c r="A373" s="1" t="s">
-        <v>673</v>
+        <v>667</v>
       </c>
       <c r="B373" s="1" t="s">
         <v>760</v>
       </c>
       <c r="C373" s="1" t="s">
         <v>761</v>
       </c>
       <c r="D373" s="3">
-        <v>29.99</v>
+        <v>4.99</v>
       </c>
     </row>
     <row r="374">
       <c r="A374" s="1" t="s">
-        <v>673</v>
+        <v>667</v>
       </c>
       <c r="B374" s="1" t="s">
         <v>762</v>
       </c>
       <c r="C374" s="1" t="s">
         <v>763</v>
       </c>
       <c r="D374" s="3">
         <v>4.99</v>
       </c>
     </row>
     <row r="375">
       <c r="A375" s="1" t="s">
-        <v>673</v>
+        <v>667</v>
       </c>
       <c r="B375" s="1" t="s">
         <v>764</v>
       </c>
       <c r="C375" s="1" t="s">
         <v>765</v>
       </c>
       <c r="D375" s="3">
-        <v>19.99</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="376">
       <c r="A376" s="1" t="s">
-        <v>673</v>
+        <v>667</v>
       </c>
       <c r="B376" s="1" t="s">
         <v>766</v>
       </c>
       <c r="C376" s="1" t="s">
         <v>767</v>
       </c>
       <c r="D376" s="3">
-        <v>19.99</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="377">
       <c r="A377" s="1" t="s">
-        <v>673</v>
+        <v>667</v>
       </c>
       <c r="B377" s="1" t="s">
         <v>768</v>
       </c>
       <c r="C377" s="1" t="s">
         <v>769</v>
       </c>
       <c r="D377" s="3">
-        <v>4.99</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="378">
       <c r="A378" s="1" t="s">
-        <v>673</v>
+        <v>667</v>
       </c>
       <c r="B378" s="1" t="s">
         <v>770</v>
       </c>
       <c r="C378" s="1" t="s">
         <v>771</v>
       </c>
       <c r="D378" s="3">
-        <v>4.99</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="379">
       <c r="A379" s="1" t="s">
-        <v>673</v>
+        <v>667</v>
       </c>
       <c r="B379" s="1" t="s">
         <v>772</v>
       </c>
       <c r="C379" s="1" t="s">
         <v>773</v>
       </c>
       <c r="D379" s="3">
-        <v>18.99</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="380">
       <c r="A380" s="1" t="s">
-        <v>673</v>
+        <v>667</v>
       </c>
       <c r="B380" s="1" t="s">
         <v>774</v>
       </c>
       <c r="C380" s="1" t="s">
         <v>775</v>
       </c>
       <c r="D380" s="3">
-        <v>18.99</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="381">
       <c r="A381" s="1" t="s">
-        <v>673</v>
+        <v>776</v>
       </c>
       <c r="B381" s="1" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="C381" s="1" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="D381" s="3">
-        <v>19.99</v>
+        <v>18.49</v>
       </c>
     </row>
     <row r="382">
       <c r="A382" s="1" t="s">
-        <v>673</v>
+        <v>776</v>
       </c>
       <c r="B382" s="1" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="C382" s="1" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="D382" s="3">
-        <v>19.99</v>
+        <v>18.49</v>
       </c>
     </row>
     <row r="383">
       <c r="A383" s="1" t="s">
-        <v>673</v>
+        <v>776</v>
       </c>
       <c r="B383" s="1" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="C383" s="1" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="D383" s="3">
-        <v>19.99</v>
+        <v>18.49</v>
       </c>
     </row>
     <row r="384">
       <c r="A384" s="1" t="s">
-        <v>673</v>
+        <v>783</v>
       </c>
       <c r="B384" s="1" t="s">
-        <v>782</v>
+        <v>784</v>
       </c>
       <c r="C384" s="1" t="s">
-        <v>783</v>
+        <v>785</v>
       </c>
       <c r="D384" s="3">
-        <v>19.99</v>
+        <v>22.49</v>
       </c>
     </row>
     <row r="385">
       <c r="A385" s="1" t="s">
-        <v>784</v>
+        <v>783</v>
       </c>
       <c r="B385" s="1" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="C385" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="D385" s="3">
-        <v>18.49</v>
+        <v>46.49</v>
       </c>
     </row>
     <row r="386">
       <c r="A386" s="1" t="s">
-        <v>784</v>
+        <v>783</v>
       </c>
       <c r="B386" s="1" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="C386" s="1" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="D386" s="3">
-        <v>18.49</v>
+        <v>20.49</v>
       </c>
     </row>
     <row r="387">
       <c r="A387" s="1" t="s">
-        <v>784</v>
+        <v>783</v>
       </c>
       <c r="B387" s="1" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="C387" s="1" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="D387" s="3">
-        <v>18.49</v>
+        <v>19.49</v>
       </c>
     </row>
     <row r="388">
       <c r="A388" s="1" t="s">
-        <v>791</v>
+        <v>783</v>
       </c>
       <c r="B388" s="1" t="s">
         <v>792</v>
       </c>
       <c r="C388" s="1" t="s">
         <v>793</v>
       </c>
       <c r="D388" s="3">
-        <v>30.49</v>
+        <v>32.99</v>
       </c>
     </row>
     <row r="389">
       <c r="A389" s="1" t="s">
-        <v>791</v>
+        <v>783</v>
       </c>
       <c r="B389" s="1" t="s">
         <v>794</v>
       </c>
       <c r="C389" s="1" t="s">
         <v>795</v>
       </c>
       <c r="D389" s="3">
-        <v>22.49</v>
+        <v>32.99</v>
       </c>
     </row>
     <row r="390">
       <c r="A390" s="1" t="s">
-        <v>791</v>
+        <v>783</v>
       </c>
       <c r="B390" s="1" t="s">
         <v>796</v>
       </c>
       <c r="C390" s="1" t="s">
         <v>797</v>
       </c>
       <c r="D390" s="3">
-        <v>46.49</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="391">
       <c r="A391" s="1" t="s">
-        <v>791</v>
+        <v>783</v>
       </c>
       <c r="B391" s="1" t="s">
         <v>798</v>
       </c>
       <c r="C391" s="1" t="s">
         <v>799</v>
       </c>
       <c r="D391" s="3">
-        <v>20.49</v>
+        <v>26.99</v>
       </c>
     </row>
     <row r="392">
       <c r="A392" s="1" t="s">
-        <v>791</v>
+        <v>783</v>
       </c>
       <c r="B392" s="1" t="s">
         <v>800</v>
       </c>
       <c r="C392" s="1" t="s">
         <v>801</v>
       </c>
       <c r="D392" s="3">
-        <v>19.49</v>
+        <v>29.49</v>
       </c>
     </row>
     <row r="393">
       <c r="A393" s="1" t="s">
-        <v>791</v>
+        <v>783</v>
       </c>
       <c r="B393" s="1" t="s">
         <v>802</v>
       </c>
       <c r="C393" s="1" t="s">
         <v>803</v>
       </c>
       <c r="D393" s="3">
-        <v>32.99</v>
+        <v>64.99</v>
       </c>
     </row>
     <row r="394">
       <c r="A394" s="1" t="s">
-        <v>791</v>
+        <v>783</v>
       </c>
       <c r="B394" s="1" t="s">
         <v>804</v>
       </c>
       <c r="C394" s="1" t="s">
         <v>805</v>
       </c>
       <c r="D394" s="3">
-        <v>32.99</v>
+        <v>24.49</v>
       </c>
     </row>
     <row r="395">
       <c r="A395" s="1" t="s">
-        <v>791</v>
+        <v>783</v>
       </c>
       <c r="B395" s="1" t="s">
         <v>806</v>
       </c>
       <c r="C395" s="1" t="s">
         <v>807</v>
       </c>
       <c r="D395" s="3">
-        <v>27.49</v>
+        <v>29.49</v>
       </c>
     </row>
     <row r="396">
       <c r="A396" s="1" t="s">
-        <v>791</v>
+        <v>783</v>
       </c>
       <c r="B396" s="1" t="s">
         <v>808</v>
       </c>
       <c r="C396" s="1" t="s">
         <v>809</v>
       </c>
       <c r="D396" s="3">
-        <v>29.49</v>
+        <v>24.49</v>
       </c>
     </row>
     <row r="397">
       <c r="A397" s="1" t="s">
-        <v>791</v>
+        <v>783</v>
       </c>
       <c r="B397" s="1" t="s">
         <v>810</v>
       </c>
       <c r="C397" s="1" t="s">
         <v>811</v>
       </c>
       <c r="D397" s="3">
         <v>29.49</v>
       </c>
     </row>
     <row r="398">
       <c r="A398" s="1" t="s">
-        <v>791</v>
+        <v>783</v>
       </c>
       <c r="B398" s="1" t="s">
         <v>812</v>
       </c>
       <c r="C398" s="1" t="s">
         <v>813</v>
       </c>
       <c r="D398" s="3">
-        <v>69.99</v>
+        <v>30.49</v>
       </c>
     </row>
     <row r="399">
       <c r="A399" s="1" t="s">
-        <v>791</v>
+        <v>783</v>
       </c>
       <c r="B399" s="1" t="s">
         <v>814</v>
       </c>
       <c r="C399" s="1" t="s">
         <v>815</v>
       </c>
       <c r="D399" s="3">
-        <v>24.49</v>
+        <v>30.49</v>
       </c>
     </row>
     <row r="400">
       <c r="A400" s="1" t="s">
-        <v>791</v>
+        <v>783</v>
       </c>
       <c r="B400" s="1" t="s">
         <v>816</v>
       </c>
       <c r="C400" s="1" t="s">
         <v>817</v>
       </c>
       <c r="D400" s="3">
-        <v>29.49</v>
+        <v>20.99</v>
       </c>
     </row>
     <row r="401">
       <c r="A401" s="1" t="s">
-        <v>791</v>
+        <v>783</v>
       </c>
       <c r="B401" s="1" t="s">
         <v>818</v>
       </c>
       <c r="C401" s="1" t="s">
         <v>819</v>
       </c>
       <c r="D401" s="3">
         <v>24.49</v>
       </c>
     </row>
     <row r="402">
       <c r="A402" s="1" t="s">
-        <v>791</v>
+        <v>783</v>
       </c>
       <c r="B402" s="1" t="s">
         <v>820</v>
       </c>
       <c r="C402" s="1" t="s">
         <v>821</v>
       </c>
       <c r="D402" s="3">
-        <v>29.49</v>
+        <v>24.49</v>
       </c>
     </row>
     <row r="403">
       <c r="A403" s="1" t="s">
-        <v>791</v>
+        <v>783</v>
       </c>
       <c r="B403" s="1" t="s">
         <v>822</v>
       </c>
       <c r="C403" s="1" t="s">
         <v>823</v>
       </c>
       <c r="D403" s="3">
-        <v>30.49</v>
+        <v>24.49</v>
       </c>
     </row>
     <row r="404">
       <c r="A404" s="1" t="s">
-        <v>791</v>
+        <v>783</v>
       </c>
       <c r="B404" s="1" t="s">
         <v>824</v>
       </c>
       <c r="C404" s="1" t="s">
         <v>825</v>
       </c>
       <c r="D404" s="3">
-        <v>30.49</v>
+        <v>24.49</v>
       </c>
     </row>
     <row r="405">
       <c r="A405" s="1" t="s">
-        <v>791</v>
+        <v>783</v>
       </c>
       <c r="B405" s="1" t="s">
         <v>826</v>
       </c>
       <c r="C405" s="1" t="s">
         <v>827</v>
       </c>
       <c r="D405" s="3">
-        <v>20.99</v>
+        <v>25.49</v>
       </c>
     </row>
     <row r="406">
       <c r="A406" s="1" t="s">
-        <v>791</v>
+        <v>783</v>
       </c>
       <c r="B406" s="1" t="s">
         <v>828</v>
       </c>
       <c r="C406" s="1" t="s">
         <v>829</v>
       </c>
       <c r="D406" s="3">
-        <v>24.49</v>
+        <v>31.99</v>
       </c>
     </row>
     <row r="407">
       <c r="A407" s="1" t="s">
-        <v>791</v>
+        <v>783</v>
       </c>
       <c r="B407" s="1" t="s">
         <v>830</v>
       </c>
       <c r="C407" s="1" t="s">
         <v>831</v>
       </c>
       <c r="D407" s="3">
-        <v>24.49</v>
+        <v>59.99</v>
       </c>
     </row>
     <row r="408">
       <c r="A408" s="1" t="s">
-        <v>791</v>
+        <v>783</v>
       </c>
       <c r="B408" s="1" t="s">
         <v>832</v>
       </c>
       <c r="C408" s="1" t="s">
         <v>833</v>
       </c>
       <c r="D408" s="3">
         <v>24.49</v>
       </c>
     </row>
     <row r="409">
       <c r="A409" s="1" t="s">
-        <v>791</v>
+        <v>783</v>
       </c>
       <c r="B409" s="1" t="s">
         <v>834</v>
       </c>
       <c r="C409" s="1" t="s">
         <v>835</v>
       </c>
       <c r="D409" s="3">
-        <v>24.49</v>
+        <v>53.49</v>
       </c>
     </row>
     <row r="410">
       <c r="A410" s="1" t="s">
-        <v>791</v>
+        <v>783</v>
       </c>
       <c r="B410" s="1" t="s">
         <v>836</v>
       </c>
       <c r="C410" s="1" t="s">
         <v>837</v>
       </c>
       <c r="D410" s="3">
-        <v>25.49</v>
+        <v>23.99</v>
       </c>
     </row>
     <row r="411">
       <c r="A411" s="1" t="s">
-        <v>791</v>
+        <v>783</v>
       </c>
       <c r="B411" s="1" t="s">
         <v>838</v>
       </c>
       <c r="C411" s="1" t="s">
         <v>839</v>
       </c>
       <c r="D411" s="3">
-        <v>31.99</v>
+        <v>27.99</v>
       </c>
     </row>
     <row r="412">
       <c r="A412" s="1" t="s">
-        <v>791</v>
+        <v>783</v>
       </c>
       <c r="B412" s="1" t="s">
         <v>840</v>
       </c>
       <c r="C412" s="1" t="s">
         <v>841</v>
       </c>
       <c r="D412" s="3">
-        <v>59.99</v>
+        <v>31.99</v>
       </c>
     </row>
     <row r="413">
       <c r="A413" s="1" t="s">
-        <v>791</v>
+        <v>842</v>
       </c>
       <c r="B413" s="1" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
       <c r="C413" s="1" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="D413" s="3">
-        <v>24.49</v>
+        <v>47.99</v>
       </c>
     </row>
     <row r="414">
       <c r="A414" s="1" t="s">
-        <v>791</v>
+        <v>842</v>
       </c>
       <c r="B414" s="1" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="C414" s="1" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
       <c r="D414" s="3">
-        <v>53.49</v>
+        <v>61.75</v>
       </c>
     </row>
     <row r="415">
       <c r="A415" s="1" t="s">
-        <v>791</v>
+        <v>842</v>
       </c>
       <c r="B415" s="1" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="C415" s="1" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
       <c r="D415" s="3">
-        <v>23.99</v>
+        <v>63.99</v>
       </c>
     </row>
     <row r="416">
       <c r="A416" s="1" t="s">
-        <v>791</v>
+        <v>842</v>
       </c>
       <c r="B416" s="1" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="C416" s="1" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="D416" s="3">
-        <v>27.99</v>
+        <v>79.99</v>
       </c>
     </row>
     <row r="417">
       <c r="A417" s="1" t="s">
-        <v>791</v>
+        <v>842</v>
       </c>
       <c r="B417" s="1" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
       <c r="C417" s="1" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
       <c r="D417" s="3">
-        <v>31.99</v>
+        <v>105</v>
       </c>
     </row>
     <row r="418">
       <c r="A418" s="1" t="s">
-        <v>852</v>
+        <v>842</v>
       </c>
       <c r="B418" s="1" t="s">
         <v>853</v>
       </c>
       <c r="C418" s="1" t="s">
         <v>854</v>
       </c>
       <c r="D418" s="3">
-        <v>47.99</v>
+        <v>62.99</v>
       </c>
     </row>
     <row r="419">
       <c r="A419" s="1" t="s">
-        <v>852</v>
+        <v>842</v>
       </c>
       <c r="B419" s="1" t="s">
         <v>855</v>
       </c>
       <c r="C419" s="1" t="s">
         <v>856</v>
       </c>
       <c r="D419" s="3">
-        <v>61.75</v>
+        <v>22.49</v>
       </c>
     </row>
     <row r="420">
       <c r="A420" s="1" t="s">
-        <v>852</v>
+        <v>842</v>
       </c>
       <c r="B420" s="1" t="s">
         <v>857</v>
       </c>
       <c r="C420" s="1" t="s">
         <v>858</v>
       </c>
       <c r="D420" s="3">
-        <v>63.99</v>
+        <v>25.49</v>
       </c>
     </row>
     <row r="421">
       <c r="A421" s="1" t="s">
-        <v>852</v>
+        <v>842</v>
       </c>
       <c r="B421" s="1" t="s">
         <v>859</v>
       </c>
       <c r="C421" s="1" t="s">
         <v>860</v>
       </c>
       <c r="D421" s="3">
-        <v>79.99</v>
+        <v>24.49</v>
       </c>
     </row>
     <row r="422">
       <c r="A422" s="1" t="s">
-        <v>852</v>
+        <v>842</v>
       </c>
       <c r="B422" s="1" t="s">
         <v>861</v>
       </c>
       <c r="C422" s="1" t="s">
         <v>862</v>
       </c>
       <c r="D422" s="3">
-        <v>105</v>
+        <v>42.99</v>
       </c>
     </row>
     <row r="423">
       <c r="A423" s="1" t="s">
-        <v>852</v>
+        <v>842</v>
       </c>
       <c r="B423" s="1" t="s">
         <v>863</v>
       </c>
       <c r="C423" s="1" t="s">
         <v>864</v>
       </c>
       <c r="D423" s="3">
-        <v>62.99</v>
+        <v>46.99</v>
       </c>
     </row>
     <row r="424">
       <c r="A424" s="1" t="s">
-        <v>852</v>
+        <v>842</v>
       </c>
       <c r="B424" s="1" t="s">
         <v>865</v>
       </c>
       <c r="C424" s="1" t="s">
         <v>866</v>
       </c>
       <c r="D424" s="3">
-        <v>22.49</v>
+        <v>37.49</v>
       </c>
     </row>
     <row r="425">
       <c r="A425" s="1" t="s">
-        <v>852</v>
+        <v>842</v>
       </c>
       <c r="B425" s="1" t="s">
         <v>867</v>
       </c>
       <c r="C425" s="1" t="s">
         <v>868</v>
       </c>
       <c r="D425" s="3">
-        <v>25.49</v>
+        <v>28.49</v>
       </c>
     </row>
     <row r="426">
       <c r="A426" s="1" t="s">
-        <v>852</v>
+        <v>842</v>
       </c>
       <c r="B426" s="1" t="s">
         <v>869</v>
       </c>
       <c r="C426" s="1" t="s">
         <v>870</v>
       </c>
       <c r="D426" s="3">
-        <v>24.49</v>
+        <v>30.49</v>
       </c>
     </row>
     <row r="427">
       <c r="A427" s="1" t="s">
-        <v>852</v>
+        <v>871</v>
       </c>
       <c r="B427" s="1" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="C427" s="1" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
       <c r="D427" s="3">
-        <v>42.99</v>
+        <v>22.49</v>
       </c>
     </row>
     <row r="428">
       <c r="A428" s="1" t="s">
-        <v>852</v>
+        <v>871</v>
       </c>
       <c r="B428" s="1" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
       <c r="C428" s="1" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
       <c r="D428" s="3">
-        <v>46.99</v>
+        <v>23.49</v>
       </c>
     </row>
     <row r="429">
       <c r="A429" s="1" t="s">
-        <v>852</v>
+        <v>871</v>
       </c>
       <c r="B429" s="1" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="C429" s="1" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="D429" s="3">
-        <v>37.49</v>
+        <v>22.49</v>
       </c>
     </row>
     <row r="430">
       <c r="A430" s="1" t="s">
-        <v>852</v>
+        <v>871</v>
       </c>
       <c r="B430" s="1" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="C430" s="1" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
       <c r="D430" s="3">
-        <v>28.49</v>
+        <v>22.49</v>
       </c>
     </row>
     <row r="431">
       <c r="A431" s="1" t="s">
-        <v>852</v>
+        <v>871</v>
       </c>
       <c r="B431" s="1" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="C431" s="1" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
       <c r="D431" s="3">
-        <v>30.49</v>
+        <v>39.49</v>
       </c>
     </row>
     <row r="432">
       <c r="A432" s="1" t="s">
-        <v>881</v>
+        <v>871</v>
       </c>
       <c r="B432" s="1" t="s">
         <v>882</v>
       </c>
       <c r="C432" s="1" t="s">
         <v>883</v>
       </c>
       <c r="D432" s="3">
-        <v>22.49</v>
+        <v>49.99</v>
       </c>
     </row>
     <row r="433">
       <c r="A433" s="1" t="s">
-        <v>881</v>
+        <v>871</v>
       </c>
       <c r="B433" s="1" t="s">
         <v>884</v>
       </c>
       <c r="C433" s="1" t="s">
         <v>885</v>
       </c>
       <c r="D433" s="3">
-        <v>23.49</v>
+        <v>35.49</v>
       </c>
     </row>
     <row r="434">
       <c r="A434" s="1" t="s">
-        <v>881</v>
+        <v>871</v>
       </c>
       <c r="B434" s="1" t="s">
         <v>886</v>
       </c>
       <c r="C434" s="1" t="s">
         <v>887</v>
       </c>
       <c r="D434" s="3">
-        <v>22.49</v>
+        <v>35.49</v>
       </c>
     </row>
     <row r="435">
       <c r="A435" s="1" t="s">
-        <v>881</v>
+        <v>871</v>
       </c>
       <c r="B435" s="1" t="s">
         <v>888</v>
       </c>
       <c r="C435" s="1" t="s">
         <v>889</v>
       </c>
       <c r="D435" s="3">
-        <v>22.49</v>
+        <v>41.5</v>
       </c>
     </row>
     <row r="436">
       <c r="A436" s="1" t="s">
-        <v>881</v>
+        <v>871</v>
       </c>
       <c r="B436" s="1" t="s">
         <v>890</v>
       </c>
       <c r="C436" s="1" t="s">
         <v>891</v>
       </c>
       <c r="D436" s="3">
-        <v>39.49</v>
+        <v>40.49</v>
       </c>
     </row>
     <row r="437">
       <c r="A437" s="1" t="s">
-        <v>881</v>
+        <v>871</v>
       </c>
       <c r="B437" s="1" t="s">
         <v>892</v>
       </c>
       <c r="C437" s="1" t="s">
         <v>893</v>
       </c>
       <c r="D437" s="3">
-        <v>51.49</v>
+        <v>26.49</v>
       </c>
     </row>
     <row r="438">
       <c r="A438" s="1" t="s">
-        <v>881</v>
+        <v>871</v>
       </c>
       <c r="B438" s="1" t="s">
         <v>894</v>
       </c>
       <c r="C438" s="1" t="s">
         <v>895</v>
       </c>
       <c r="D438" s="3">
-        <v>35.49</v>
+        <v>21.49</v>
       </c>
     </row>
     <row r="439">
       <c r="A439" s="1" t="s">
-        <v>881</v>
+        <v>871</v>
       </c>
       <c r="B439" s="1" t="s">
         <v>896</v>
       </c>
       <c r="C439" s="1" t="s">
         <v>897</v>
       </c>
       <c r="D439" s="3">
-        <v>35.49</v>
+        <v>43.49</v>
       </c>
     </row>
     <row r="440">
       <c r="A440" s="1" t="s">
-        <v>881</v>
+        <v>871</v>
       </c>
       <c r="B440" s="1" t="s">
         <v>898</v>
       </c>
       <c r="C440" s="1" t="s">
         <v>899</v>
       </c>
       <c r="D440" s="3">
-        <v>41.5</v>
+        <v>15.49</v>
       </c>
     </row>
     <row r="441">
       <c r="A441" s="1" t="s">
-        <v>881</v>
+        <v>871</v>
       </c>
       <c r="B441" s="1" t="s">
         <v>900</v>
       </c>
       <c r="C441" s="1" t="s">
         <v>901</v>
       </c>
       <c r="D441" s="3">
-        <v>40.49</v>
+        <v>2.99</v>
       </c>
     </row>
     <row r="442">
       <c r="A442" s="1" t="s">
-        <v>881</v>
+        <v>871</v>
       </c>
       <c r="B442" s="1" t="s">
         <v>902</v>
       </c>
       <c r="C442" s="1" t="s">
         <v>903</v>
       </c>
       <c r="D442" s="3">
-        <v>26.49</v>
+        <v>15.49</v>
       </c>
     </row>
     <row r="443">
       <c r="A443" s="1" t="s">
-        <v>881</v>
+        <v>871</v>
       </c>
       <c r="B443" s="1" t="s">
         <v>904</v>
       </c>
       <c r="C443" s="1" t="s">
         <v>905</v>
       </c>
       <c r="D443" s="3">
-        <v>21.49</v>
+        <v>2.99</v>
       </c>
     </row>
     <row r="444">
       <c r="A444" s="1" t="s">
-        <v>881</v>
+        <v>871</v>
       </c>
       <c r="B444" s="1" t="s">
         <v>906</v>
       </c>
       <c r="C444" s="1" t="s">
         <v>907</v>
       </c>
       <c r="D444" s="3">
-        <v>43.49</v>
+        <v>20.99</v>
       </c>
     </row>
     <row r="445">
       <c r="A445" s="1" t="s">
-        <v>881</v>
+        <v>871</v>
       </c>
       <c r="B445" s="1" t="s">
         <v>908</v>
       </c>
       <c r="C445" s="1" t="s">
         <v>909</v>
       </c>
       <c r="D445" s="3">
-        <v>38.49</v>
+        <v>8.99</v>
       </c>
     </row>
     <row r="446">
       <c r="A446" s="1" t="s">
-        <v>881</v>
+        <v>871</v>
       </c>
       <c r="B446" s="1" t="s">
         <v>910</v>
       </c>
       <c r="C446" s="1" t="s">
         <v>911</v>
       </c>
       <c r="D446" s="3">
-        <v>15.49</v>
+        <v>2.99</v>
       </c>
     </row>
     <row r="447">
       <c r="A447" s="1" t="s">
-        <v>881</v>
+        <v>871</v>
       </c>
       <c r="B447" s="1" t="s">
         <v>912</v>
       </c>
       <c r="C447" s="1" t="s">
         <v>913</v>
       </c>
       <c r="D447" s="3">
-        <v>2.99</v>
+        <v>41.99</v>
       </c>
     </row>
     <row r="448">
       <c r="A448" s="1" t="s">
-        <v>881</v>
+        <v>871</v>
       </c>
       <c r="B448" s="1" t="s">
         <v>914</v>
       </c>
       <c r="C448" s="1" t="s">
         <v>915</v>
       </c>
       <c r="D448" s="3">
-        <v>15.49</v>
+        <v>37.49</v>
       </c>
     </row>
     <row r="449">
       <c r="A449" s="1" t="s">
-        <v>881</v>
+        <v>871</v>
       </c>
       <c r="B449" s="1" t="s">
         <v>916</v>
       </c>
       <c r="C449" s="1" t="s">
         <v>917</v>
       </c>
       <c r="D449" s="3">
-        <v>2.99</v>
+        <v>5.49</v>
       </c>
     </row>
     <row r="450">
       <c r="A450" s="1" t="s">
-        <v>881</v>
+        <v>871</v>
       </c>
       <c r="B450" s="1" t="s">
         <v>918</v>
       </c>
       <c r="C450" s="1" t="s">
         <v>919</v>
       </c>
       <c r="D450" s="3">
-        <v>20.99</v>
+        <v>33.49</v>
       </c>
     </row>
     <row r="451">
       <c r="A451" s="1" t="s">
-        <v>881</v>
+        <v>871</v>
       </c>
       <c r="B451" s="1" t="s">
         <v>920</v>
       </c>
       <c r="C451" s="1" t="s">
         <v>921</v>
       </c>
       <c r="D451" s="3">
-        <v>8.99</v>
+        <v>33.49</v>
       </c>
     </row>
     <row r="452">
       <c r="A452" s="1" t="s">
-        <v>881</v>
+        <v>871</v>
       </c>
       <c r="B452" s="1" t="s">
         <v>922</v>
       </c>
       <c r="C452" s="1" t="s">
         <v>923</v>
       </c>
       <c r="D452" s="3">
-        <v>2.99</v>
+        <v>33.49</v>
       </c>
     </row>
     <row r="453">
       <c r="A453" s="1" t="s">
-        <v>881</v>
+        <v>871</v>
       </c>
       <c r="B453" s="1" t="s">
         <v>924</v>
       </c>
       <c r="C453" s="1" t="s">
         <v>925</v>
       </c>
       <c r="D453" s="3">
-        <v>41.99</v>
+        <v>5.49</v>
       </c>
     </row>
     <row r="454">
       <c r="A454" s="1" t="s">
-        <v>881</v>
+        <v>871</v>
       </c>
       <c r="B454" s="1" t="s">
         <v>926</v>
       </c>
       <c r="C454" s="1" t="s">
         <v>927</v>
       </c>
       <c r="D454" s="3">
-        <v>37.49</v>
+        <v>34.99</v>
       </c>
     </row>
     <row r="455">
       <c r="A455" s="1" t="s">
-        <v>881</v>
+        <v>871</v>
       </c>
       <c r="B455" s="1" t="s">
         <v>928</v>
       </c>
       <c r="C455" s="1" t="s">
         <v>929</v>
       </c>
       <c r="D455" s="3">
-        <v>5.49</v>
+        <v>18.49</v>
       </c>
     </row>
     <row r="456">
       <c r="A456" s="1" t="s">
-        <v>881</v>
+        <v>871</v>
       </c>
       <c r="B456" s="1" t="s">
         <v>930</v>
       </c>
       <c r="C456" s="1" t="s">
         <v>931</v>
       </c>
       <c r="D456" s="3">
-        <v>33.49</v>
+        <v>37.49</v>
       </c>
     </row>
     <row r="457">
       <c r="A457" s="1" t="s">
-        <v>881</v>
+        <v>871</v>
       </c>
       <c r="B457" s="1" t="s">
         <v>932</v>
       </c>
       <c r="C457" s="1" t="s">
         <v>933</v>
       </c>
       <c r="D457" s="3">
-        <v>33.49</v>
+        <v>20.49</v>
       </c>
     </row>
     <row r="458">
       <c r="A458" s="1" t="s">
-        <v>881</v>
+        <v>871</v>
       </c>
       <c r="B458" s="1" t="s">
         <v>934</v>
       </c>
       <c r="C458" s="1" t="s">
         <v>935</v>
       </c>
       <c r="D458" s="3">
-        <v>33.49</v>
+        <v>41.49</v>
       </c>
     </row>
     <row r="459">
       <c r="A459" s="1" t="s">
-        <v>881</v>
+        <v>871</v>
       </c>
       <c r="B459" s="1" t="s">
         <v>936</v>
       </c>
       <c r="C459" s="1" t="s">
         <v>937</v>
       </c>
       <c r="D459" s="3">
-        <v>5.49</v>
+        <v>21.49</v>
       </c>
     </row>
     <row r="460">
       <c r="A460" s="1" t="s">
-        <v>881</v>
+        <v>938</v>
       </c>
       <c r="B460" s="1" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="C460" s="1" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
       <c r="D460" s="3">
-        <v>34.99</v>
+        <v>59.99</v>
       </c>
     </row>
     <row r="461">
       <c r="A461" s="1" t="s">
-        <v>881</v>
+        <v>938</v>
       </c>
       <c r="B461" s="1" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="C461" s="1" t="s">
-        <v>941</v>
+        <v>942</v>
       </c>
       <c r="D461" s="3">
-        <v>18.49</v>
+        <v>52.49</v>
       </c>
     </row>
     <row r="462">
       <c r="A462" s="1" t="s">
-        <v>881</v>
+        <v>938</v>
       </c>
       <c r="B462" s="1" t="s">
-        <v>942</v>
+        <v>943</v>
       </c>
       <c r="C462" s="1" t="s">
-        <v>943</v>
+        <v>944</v>
       </c>
       <c r="D462" s="3">
-        <v>37.49</v>
+        <v>140</v>
       </c>
     </row>
     <row r="463">
       <c r="A463" s="1" t="s">
-        <v>881</v>
+        <v>938</v>
       </c>
       <c r="B463" s="1" t="s">
-        <v>944</v>
+        <v>945</v>
       </c>
       <c r="C463" s="1" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
       <c r="D463" s="3">
-        <v>20.49</v>
+        <v>120</v>
       </c>
     </row>
     <row r="464">
       <c r="A464" s="1" t="s">
-        <v>881</v>
+        <v>938</v>
       </c>
       <c r="B464" s="1" t="s">
-        <v>946</v>
+        <v>947</v>
       </c>
       <c r="C464" s="1" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
       <c r="D464" s="3">
-        <v>41.49</v>
+        <v>670</v>
       </c>
     </row>
     <row r="465">
       <c r="A465" s="1" t="s">
-        <v>881</v>
+        <v>938</v>
       </c>
       <c r="B465" s="1" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
       <c r="C465" s="1" t="s">
-        <v>949</v>
+        <v>950</v>
       </c>
       <c r="D465" s="3">
-        <v>21.49</v>
+        <v>70.49</v>
       </c>
     </row>
     <row r="466">
       <c r="A466" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B466" s="1" t="s">
         <v>951</v>
       </c>
       <c r="C466" s="1" t="s">
         <v>952</v>
       </c>
       <c r="D466" s="3">
-        <v>59.99</v>
+        <v>52.5</v>
       </c>
     </row>
     <row r="467">
       <c r="A467" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B467" s="1" t="s">
         <v>953</v>
       </c>
       <c r="C467" s="1" t="s">
         <v>954</v>
       </c>
       <c r="D467" s="3">
-        <v>52.49</v>
+        <v>45</v>
       </c>
     </row>
     <row r="468">
       <c r="A468" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B468" s="1" t="s">
         <v>955</v>
       </c>
       <c r="C468" s="1" t="s">
         <v>956</v>
       </c>
       <c r="D468" s="3">
-        <v>140</v>
+        <v>57.99</v>
       </c>
     </row>
     <row r="469">
       <c r="A469" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B469" s="1" t="s">
         <v>957</v>
       </c>
       <c r="C469" s="1" t="s">
         <v>958</v>
       </c>
       <c r="D469" s="3">
-        <v>120</v>
+        <v>22.49</v>
       </c>
     </row>
     <row r="470">
       <c r="A470" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B470" s="1" t="s">
         <v>959</v>
       </c>
       <c r="C470" s="1" t="s">
         <v>960</v>
       </c>
       <c r="D470" s="3">
-        <v>670</v>
+        <v>44.49</v>
       </c>
     </row>
     <row r="471">
       <c r="A471" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B471" s="1" t="s">
         <v>961</v>
       </c>
       <c r="C471" s="1" t="s">
         <v>962</v>
       </c>
       <c r="D471" s="3">
-        <v>70.49</v>
+        <v>295</v>
       </c>
     </row>
     <row r="472">
       <c r="A472" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B472" s="1" t="s">
         <v>963</v>
       </c>
       <c r="C472" s="1" t="s">
         <v>964</v>
       </c>
       <c r="D472" s="3">
-        <v>52.5</v>
+        <v>150</v>
       </c>
     </row>
     <row r="473">
       <c r="A473" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B473" s="1" t="s">
         <v>965</v>
       </c>
       <c r="C473" s="1" t="s">
         <v>966</v>
       </c>
       <c r="D473" s="3">
-        <v>45</v>
+        <v>170</v>
       </c>
     </row>
     <row r="474">
       <c r="A474" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B474" s="1" t="s">
         <v>967</v>
       </c>
       <c r="C474" s="1" t="s">
         <v>968</v>
       </c>
       <c r="D474" s="3">
-        <v>57.99</v>
+        <v>191.5</v>
       </c>
     </row>
     <row r="475">
       <c r="A475" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B475" s="1" t="s">
         <v>969</v>
       </c>
       <c r="C475" s="1" t="s">
         <v>970</v>
       </c>
       <c r="D475" s="3">
-        <v>22.49</v>
+        <v>32.49</v>
       </c>
     </row>
     <row r="476">
       <c r="A476" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B476" s="1" t="s">
         <v>971</v>
       </c>
       <c r="C476" s="1" t="s">
         <v>972</v>
       </c>
       <c r="D476" s="3">
-        <v>44.49</v>
+        <v>32.4</v>
       </c>
     </row>
     <row r="477">
       <c r="A477" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B477" s="1" t="s">
         <v>973</v>
       </c>
       <c r="C477" s="1" t="s">
         <v>974</v>
       </c>
       <c r="D477" s="3">
-        <v>295</v>
+        <v>45.49</v>
       </c>
     </row>
     <row r="478">
       <c r="A478" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B478" s="1" t="s">
         <v>975</v>
       </c>
       <c r="C478" s="1" t="s">
         <v>976</v>
       </c>
       <c r="D478" s="3">
-        <v>150</v>
+        <v>30.99</v>
       </c>
     </row>
     <row r="479">
       <c r="A479" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B479" s="1" t="s">
         <v>977</v>
       </c>
       <c r="C479" s="1" t="s">
         <v>978</v>
       </c>
       <c r="D479" s="3">
-        <v>170</v>
+        <v>27.49</v>
       </c>
     </row>
     <row r="480">
       <c r="A480" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B480" s="1" t="s">
         <v>979</v>
       </c>
       <c r="C480" s="1" t="s">
         <v>980</v>
       </c>
       <c r="D480" s="3">
-        <v>191.5</v>
+        <v>300</v>
       </c>
     </row>
     <row r="481">
       <c r="A481" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B481" s="1" t="s">
         <v>981</v>
       </c>
       <c r="C481" s="1" t="s">
         <v>982</v>
       </c>
       <c r="D481" s="3">
-        <v>32.49</v>
+        <v>59.99</v>
       </c>
     </row>
     <row r="482">
       <c r="A482" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B482" s="1" t="s">
         <v>983</v>
       </c>
       <c r="C482" s="1" t="s">
         <v>984</v>
       </c>
       <c r="D482" s="3">
-        <v>32.4</v>
+        <v>49.99</v>
       </c>
     </row>
     <row r="483">
       <c r="A483" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B483" s="1" t="s">
         <v>985</v>
       </c>
       <c r="C483" s="1" t="s">
         <v>986</v>
       </c>
       <c r="D483" s="3">
-        <v>45.49</v>
+        <v>63.5</v>
       </c>
     </row>
     <row r="484">
       <c r="A484" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B484" s="1" t="s">
         <v>987</v>
       </c>
       <c r="C484" s="1" t="s">
         <v>988</v>
       </c>
       <c r="D484" s="3">
-        <v>30.99</v>
+        <v>95.49</v>
       </c>
     </row>
     <row r="485">
       <c r="A485" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B485" s="1" t="s">
         <v>989</v>
       </c>
       <c r="C485" s="1" t="s">
         <v>990</v>
       </c>
       <c r="D485" s="3">
-        <v>27.49</v>
+        <v>60.49</v>
       </c>
     </row>
     <row r="486">
       <c r="A486" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B486" s="1" t="s">
         <v>991</v>
       </c>
       <c r="C486" s="1" t="s">
         <v>992</v>
       </c>
       <c r="D486" s="3">
-        <v>300</v>
+        <v>30</v>
       </c>
     </row>
     <row r="487">
       <c r="A487" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B487" s="1" t="s">
         <v>993</v>
       </c>
       <c r="C487" s="1" t="s">
         <v>994</v>
       </c>
       <c r="D487" s="3">
-        <v>65.49</v>
+        <v>70.49</v>
       </c>
     </row>
     <row r="488">
       <c r="A488" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B488" s="1" t="s">
         <v>995</v>
       </c>
       <c r="C488" s="1" t="s">
         <v>996</v>
       </c>
       <c r="D488" s="3">
-        <v>55.49</v>
+        <v>115</v>
       </c>
     </row>
     <row r="489">
       <c r="A489" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B489" s="1" t="s">
         <v>997</v>
       </c>
       <c r="C489" s="1" t="s">
         <v>998</v>
       </c>
       <c r="D489" s="3">
-        <v>63.5</v>
+        <v>315</v>
       </c>
     </row>
     <row r="490">
       <c r="A490" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B490" s="1" t="s">
         <v>999</v>
       </c>
       <c r="C490" s="1" t="s">
         <v>1000</v>
       </c>
       <c r="D490" s="3">
-        <v>95.49</v>
+        <v>275</v>
       </c>
     </row>
     <row r="491">
       <c r="A491" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B491" s="1" t="s">
         <v>1001</v>
       </c>
       <c r="C491" s="1" t="s">
         <v>1002</v>
       </c>
       <c r="D491" s="3">
-        <v>60.49</v>
+        <v>79.99</v>
       </c>
     </row>
     <row r="492">
       <c r="A492" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B492" s="1" t="s">
         <v>1003</v>
       </c>
       <c r="C492" s="1" t="s">
         <v>1004</v>
       </c>
       <c r="D492" s="3">
-        <v>70.49</v>
+        <v>400</v>
       </c>
     </row>
     <row r="493">
       <c r="A493" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B493" s="1" t="s">
         <v>1005</v>
       </c>
       <c r="C493" s="1" t="s">
         <v>1006</v>
       </c>
       <c r="D493" s="3">
-        <v>115</v>
+        <v>150</v>
       </c>
     </row>
     <row r="494">
       <c r="A494" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B494" s="1" t="s">
         <v>1007</v>
       </c>
       <c r="C494" s="1" t="s">
         <v>1008</v>
       </c>
       <c r="D494" s="3">
-        <v>315</v>
+        <v>175</v>
       </c>
     </row>
     <row r="495">
       <c r="A495" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B495" s="1" t="s">
         <v>1009</v>
       </c>
       <c r="C495" s="1" t="s">
         <v>1010</v>
       </c>
       <c r="D495" s="3">
-        <v>275</v>
+        <v>48.49</v>
       </c>
     </row>
     <row r="496">
       <c r="A496" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B496" s="1" t="s">
         <v>1011</v>
       </c>
       <c r="C496" s="1" t="s">
         <v>1012</v>
       </c>
       <c r="D496" s="3">
-        <v>79.99</v>
+        <v>20.49</v>
       </c>
     </row>
     <row r="497">
       <c r="A497" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B497" s="1" t="s">
         <v>1013</v>
       </c>
       <c r="C497" s="1" t="s">
         <v>1014</v>
       </c>
       <c r="D497" s="3">
-        <v>400</v>
+        <v>49.99</v>
       </c>
     </row>
     <row r="498">
       <c r="A498" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B498" s="1" t="s">
         <v>1015</v>
       </c>
       <c r="C498" s="1" t="s">
         <v>1016</v>
       </c>
       <c r="D498" s="3">
-        <v>150</v>
+        <v>70.5</v>
       </c>
     </row>
     <row r="499">
       <c r="A499" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B499" s="1" t="s">
         <v>1017</v>
       </c>
       <c r="C499" s="1" t="s">
         <v>1018</v>
       </c>
       <c r="D499" s="3">
-        <v>175</v>
+        <v>56.5</v>
       </c>
     </row>
     <row r="500">
       <c r="A500" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B500" s="1" t="s">
         <v>1019</v>
       </c>
       <c r="C500" s="1" t="s">
         <v>1020</v>
       </c>
       <c r="D500" s="3">
-        <v>48.49</v>
+        <v>65.49</v>
       </c>
     </row>
     <row r="501">
       <c r="A501" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B501" s="1" t="s">
         <v>1021</v>
       </c>
       <c r="C501" s="1" t="s">
         <v>1022</v>
       </c>
       <c r="D501" s="3">
-        <v>20.49</v>
+        <v>61.5</v>
       </c>
     </row>
     <row r="502">
       <c r="A502" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B502" s="1" t="s">
         <v>1023</v>
       </c>
       <c r="C502" s="1" t="s">
         <v>1024</v>
       </c>
       <c r="D502" s="3">
-        <v>53.49</v>
+        <v>65.5</v>
       </c>
     </row>
     <row r="503">
       <c r="A503" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B503" s="1" t="s">
         <v>1025</v>
       </c>
       <c r="C503" s="1" t="s">
         <v>1026</v>
       </c>
       <c r="D503" s="3">
-        <v>70.5</v>
+        <v>80.49</v>
       </c>
     </row>
     <row r="504">
       <c r="A504" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B504" s="1" t="s">
         <v>1027</v>
       </c>
       <c r="C504" s="1" t="s">
         <v>1028</v>
       </c>
       <c r="D504" s="3">
-        <v>56.5</v>
+        <v>70.5</v>
       </c>
     </row>
     <row r="505">
       <c r="A505" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B505" s="1" t="s">
         <v>1029</v>
       </c>
       <c r="C505" s="1" t="s">
         <v>1030</v>
       </c>
       <c r="D505" s="3">
-        <v>60.5</v>
+        <v>80.5</v>
       </c>
     </row>
     <row r="506">
       <c r="A506" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B506" s="1" t="s">
         <v>1031</v>
       </c>
       <c r="C506" s="1" t="s">
         <v>1032</v>
       </c>
       <c r="D506" s="3">
         <v>65.49</v>
       </c>
     </row>
     <row r="507">
       <c r="A507" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B507" s="1" t="s">
         <v>1033</v>
       </c>
       <c r="C507" s="1" t="s">
         <v>1034</v>
       </c>
       <c r="D507" s="3">
-        <v>61.5</v>
+        <v>530</v>
       </c>
     </row>
     <row r="508">
       <c r="A508" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B508" s="1" t="s">
         <v>1035</v>
       </c>
       <c r="C508" s="1" t="s">
         <v>1036</v>
       </c>
       <c r="D508" s="3">
-        <v>65.5</v>
+        <v>40.49</v>
       </c>
     </row>
     <row r="509">
       <c r="A509" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B509" s="1" t="s">
         <v>1037</v>
       </c>
       <c r="C509" s="1" t="s">
         <v>1038</v>
       </c>
       <c r="D509" s="3">
-        <v>80.49</v>
+        <v>45.49</v>
       </c>
     </row>
     <row r="510">
       <c r="A510" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B510" s="1" t="s">
         <v>1039</v>
       </c>
       <c r="C510" s="1" t="s">
         <v>1040</v>
       </c>
       <c r="D510" s="3">
-        <v>70.5</v>
+        <v>75.49</v>
       </c>
     </row>
     <row r="511">
       <c r="A511" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B511" s="1" t="s">
         <v>1041</v>
       </c>
       <c r="C511" s="1" t="s">
         <v>1042</v>
       </c>
       <c r="D511" s="3">
-        <v>80.5</v>
+        <v>60.49</v>
       </c>
     </row>
     <row r="512">
       <c r="A512" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B512" s="1" t="s">
         <v>1043</v>
       </c>
       <c r="C512" s="1" t="s">
         <v>1044</v>
       </c>
       <c r="D512" s="3">
-        <v>65.49</v>
+        <v>80.49</v>
       </c>
     </row>
     <row r="513">
       <c r="A513" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B513" s="1" t="s">
         <v>1045</v>
       </c>
       <c r="C513" s="1" t="s">
         <v>1046</v>
       </c>
       <c r="D513" s="3">
-        <v>530</v>
+        <v>125</v>
       </c>
     </row>
     <row r="514">
       <c r="A514" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B514" s="1" t="s">
         <v>1047</v>
       </c>
       <c r="C514" s="1" t="s">
         <v>1048</v>
       </c>
       <c r="D514" s="3">
-        <v>40.49</v>
+        <v>320</v>
       </c>
     </row>
     <row r="515">
       <c r="A515" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B515" s="1" t="s">
         <v>1049</v>
       </c>
       <c r="C515" s="1" t="s">
         <v>1050</v>
       </c>
       <c r="D515" s="3">
-        <v>45.49</v>
+        <v>38.49</v>
       </c>
     </row>
     <row r="516">
       <c r="A516" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B516" s="1" t="s">
         <v>1051</v>
       </c>
       <c r="C516" s="1" t="s">
         <v>1052</v>
       </c>
       <c r="D516" s="3">
-        <v>75.49</v>
+        <v>47.49</v>
       </c>
     </row>
     <row r="517">
       <c r="A517" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B517" s="1" t="s">
         <v>1053</v>
       </c>
       <c r="C517" s="1" t="s">
         <v>1054</v>
       </c>
       <c r="D517" s="3">
-        <v>60.49</v>
+        <v>85.49</v>
       </c>
     </row>
     <row r="518">
       <c r="A518" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B518" s="1" t="s">
         <v>1055</v>
       </c>
       <c r="C518" s="1" t="s">
         <v>1056</v>
       </c>
       <c r="D518" s="3">
-        <v>80.49</v>
+        <v>210</v>
       </c>
     </row>
     <row r="519">
       <c r="A519" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B519" s="1" t="s">
         <v>1057</v>
       </c>
       <c r="C519" s="1" t="s">
         <v>1058</v>
       </c>
       <c r="D519" s="3">
-        <v>125</v>
+        <v>43.49</v>
       </c>
     </row>
     <row r="520">
       <c r="A520" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B520" s="1" t="s">
         <v>1059</v>
       </c>
       <c r="C520" s="1" t="s">
         <v>1060</v>
       </c>
       <c r="D520" s="3">
-        <v>320</v>
+        <v>400</v>
       </c>
     </row>
     <row r="521">
       <c r="A521" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B521" s="1" t="s">
         <v>1061</v>
       </c>
       <c r="C521" s="1" t="s">
         <v>1062</v>
       </c>
       <c r="D521" s="3">
-        <v>38.49</v>
+        <v>50.49</v>
       </c>
     </row>
     <row r="522">
       <c r="A522" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B522" s="1" t="s">
         <v>1063</v>
       </c>
       <c r="C522" s="1" t="s">
         <v>1064</v>
       </c>
       <c r="D522" s="3">
-        <v>47.49</v>
+        <v>38.49</v>
       </c>
     </row>
     <row r="523">
       <c r="A523" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B523" s="1" t="s">
         <v>1065</v>
       </c>
       <c r="C523" s="1" t="s">
         <v>1066</v>
       </c>
       <c r="D523" s="3">
-        <v>85.49</v>
+        <v>38.49</v>
       </c>
     </row>
     <row r="524">
       <c r="A524" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B524" s="1" t="s">
         <v>1067</v>
       </c>
       <c r="C524" s="1" t="s">
         <v>1068</v>
       </c>
       <c r="D524" s="3">
-        <v>210</v>
+        <v>125</v>
       </c>
     </row>
     <row r="525">
       <c r="A525" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B525" s="1" t="s">
         <v>1069</v>
       </c>
       <c r="C525" s="1" t="s">
         <v>1070</v>
       </c>
       <c r="D525" s="3">
-        <v>43.49</v>
+        <v>83.49</v>
       </c>
     </row>
     <row r="526">
       <c r="A526" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B526" s="1" t="s">
         <v>1071</v>
       </c>
       <c r="C526" s="1" t="s">
         <v>1072</v>
       </c>
       <c r="D526" s="3">
-        <v>400</v>
+        <v>80.49</v>
       </c>
     </row>
     <row r="527">
       <c r="A527" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B527" s="1" t="s">
         <v>1073</v>
       </c>
       <c r="C527" s="1" t="s">
         <v>1074</v>
       </c>
       <c r="D527" s="3">
-        <v>50.49</v>
+        <v>75.49</v>
       </c>
     </row>
     <row r="528">
       <c r="A528" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B528" s="1" t="s">
         <v>1075</v>
       </c>
       <c r="C528" s="1" t="s">
         <v>1076</v>
       </c>
       <c r="D528" s="3">
-        <v>38.49</v>
+        <v>45.49</v>
       </c>
     </row>
     <row r="529">
       <c r="A529" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B529" s="1" t="s">
         <v>1077</v>
       </c>
       <c r="C529" s="1" t="s">
         <v>1078</v>
       </c>
       <c r="D529" s="3">
-        <v>38.49</v>
+        <v>70.49</v>
       </c>
     </row>
     <row r="530">
       <c r="A530" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B530" s="1" t="s">
         <v>1079</v>
       </c>
       <c r="C530" s="1" t="s">
         <v>1080</v>
       </c>
       <c r="D530" s="3">
-        <v>125</v>
+        <v>65.99</v>
       </c>
     </row>
     <row r="531">
       <c r="A531" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B531" s="1" t="s">
         <v>1081</v>
       </c>
       <c r="C531" s="1" t="s">
         <v>1082</v>
       </c>
       <c r="D531" s="3">
-        <v>83.49</v>
+        <v>85.49</v>
       </c>
     </row>
     <row r="532">
       <c r="A532" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B532" s="1" t="s">
         <v>1083</v>
       </c>
       <c r="C532" s="1" t="s">
         <v>1084</v>
       </c>
       <c r="D532" s="3">
-        <v>80.49</v>
+        <v>57.49</v>
       </c>
     </row>
     <row r="533">
       <c r="A533" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B533" s="1" t="s">
         <v>1085</v>
       </c>
       <c r="C533" s="1" t="s">
         <v>1086</v>
       </c>
       <c r="D533" s="3">
-        <v>75.49</v>
+        <v>39.49</v>
       </c>
     </row>
     <row r="534">
       <c r="A534" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B534" s="1" t="s">
         <v>1087</v>
       </c>
       <c r="C534" s="1" t="s">
         <v>1088</v>
       </c>
       <c r="D534" s="3">
-        <v>97</v>
+        <v>27.49</v>
       </c>
     </row>
     <row r="535">
       <c r="A535" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B535" s="1" t="s">
         <v>1089</v>
       </c>
       <c r="C535" s="1" t="s">
         <v>1090</v>
       </c>
       <c r="D535" s="3">
-        <v>45.49</v>
+        <v>26.49</v>
       </c>
     </row>
     <row r="536">
       <c r="A536" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B536" s="1" t="s">
         <v>1091</v>
       </c>
       <c r="C536" s="1" t="s">
         <v>1092</v>
       </c>
       <c r="D536" s="3">
-        <v>70.49</v>
+        <v>23.49</v>
       </c>
     </row>
     <row r="537">
       <c r="A537" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B537" s="1" t="s">
         <v>1093</v>
       </c>
       <c r="C537" s="1" t="s">
         <v>1094</v>
       </c>
       <c r="D537" s="3">
-        <v>65.99</v>
+        <v>32.99</v>
       </c>
     </row>
     <row r="538">
       <c r="A538" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B538" s="1" t="s">
         <v>1095</v>
       </c>
       <c r="C538" s="1" t="s">
         <v>1096</v>
       </c>
       <c r="D538" s="3">
-        <v>85.49</v>
+        <v>225</v>
       </c>
     </row>
     <row r="539">
       <c r="A539" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B539" s="1" t="s">
         <v>1097</v>
       </c>
       <c r="C539" s="1" t="s">
         <v>1098</v>
       </c>
       <c r="D539" s="3">
-        <v>57.49</v>
+        <v>265</v>
       </c>
     </row>
     <row r="540">
       <c r="A540" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B540" s="1" t="s">
         <v>1099</v>
       </c>
       <c r="C540" s="1" t="s">
         <v>1100</v>
       </c>
       <c r="D540" s="3">
-        <v>39.49</v>
+        <v>320</v>
       </c>
     </row>
     <row r="541">
       <c r="A541" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B541" s="1" t="s">
         <v>1101</v>
       </c>
       <c r="C541" s="1" t="s">
         <v>1102</v>
       </c>
       <c r="D541" s="3">
-        <v>27.49</v>
+        <v>265</v>
       </c>
     </row>
     <row r="542">
       <c r="A542" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B542" s="1" t="s">
         <v>1103</v>
       </c>
       <c r="C542" s="1" t="s">
         <v>1104</v>
       </c>
       <c r="D542" s="3">
-        <v>26.49</v>
+        <v>74.99</v>
       </c>
     </row>
     <row r="543">
       <c r="A543" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B543" s="1" t="s">
         <v>1105</v>
       </c>
       <c r="C543" s="1" t="s">
         <v>1106</v>
       </c>
       <c r="D543" s="3">
-        <v>23.49</v>
+        <v>40</v>
       </c>
     </row>
     <row r="544">
       <c r="A544" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B544" s="1" t="s">
         <v>1107</v>
       </c>
       <c r="C544" s="1" t="s">
         <v>1108</v>
       </c>
       <c r="D544" s="3">
-        <v>32.99</v>
+        <v>7.49</v>
       </c>
     </row>
     <row r="545">
       <c r="A545" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B545" s="1" t="s">
         <v>1109</v>
       </c>
       <c r="C545" s="1" t="s">
         <v>1110</v>
       </c>
       <c r="D545" s="3">
-        <v>65.49</v>
+        <v>84.99</v>
       </c>
     </row>
     <row r="546">
       <c r="A546" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B546" s="1" t="s">
         <v>1111</v>
       </c>
       <c r="C546" s="1" t="s">
         <v>1112</v>
       </c>
       <c r="D546" s="3">
-        <v>225</v>
+        <v>175</v>
       </c>
     </row>
     <row r="547">
       <c r="A547" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B547" s="1" t="s">
         <v>1113</v>
       </c>
       <c r="C547" s="1" t="s">
         <v>1114</v>
       </c>
       <c r="D547" s="3">
-        <v>265</v>
+        <v>95</v>
       </c>
     </row>
     <row r="548">
       <c r="A548" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B548" s="1" t="s">
         <v>1115</v>
       </c>
       <c r="C548" s="1" t="s">
         <v>1116</v>
       </c>
       <c r="D548" s="3">
-        <v>320</v>
+        <v>74.99</v>
       </c>
     </row>
     <row r="549">
       <c r="A549" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B549" s="1" t="s">
         <v>1117</v>
       </c>
       <c r="C549" s="1" t="s">
         <v>1118</v>
       </c>
       <c r="D549" s="3">
-        <v>275</v>
+        <v>79.99</v>
       </c>
     </row>
     <row r="550">
       <c r="A550" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B550" s="1" t="s">
         <v>1119</v>
       </c>
       <c r="C550" s="1" t="s">
         <v>1120</v>
       </c>
       <c r="D550" s="3">
-        <v>74.99</v>
+        <v>79.99</v>
       </c>
     </row>
     <row r="551">
       <c r="A551" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B551" s="1" t="s">
         <v>1121</v>
       </c>
       <c r="C551" s="1" t="s">
         <v>1122</v>
       </c>
       <c r="D551" s="3">
-        <v>40</v>
+        <v>79.99</v>
       </c>
     </row>
     <row r="552">
       <c r="A552" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B552" s="1" t="s">
         <v>1123</v>
       </c>
       <c r="C552" s="1" t="s">
         <v>1124</v>
       </c>
       <c r="D552" s="3">
-        <v>7.49</v>
+        <v>64.99</v>
       </c>
     </row>
     <row r="553">
       <c r="A553" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B553" s="1" t="s">
         <v>1125</v>
       </c>
       <c r="C553" s="1" t="s">
         <v>1126</v>
       </c>
       <c r="D553" s="3">
-        <v>90.5</v>
+        <v>51.49</v>
       </c>
     </row>
     <row r="554">
       <c r="A554" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B554" s="1" t="s">
         <v>1127</v>
       </c>
       <c r="C554" s="1" t="s">
         <v>1128</v>
       </c>
       <c r="D554" s="3">
-        <v>185</v>
+        <v>69.99</v>
       </c>
     </row>
     <row r="555">
       <c r="A555" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B555" s="1" t="s">
         <v>1129</v>
       </c>
       <c r="C555" s="1" t="s">
         <v>1130</v>
       </c>
       <c r="D555" s="3">
-        <v>100</v>
+        <v>69.99</v>
       </c>
     </row>
     <row r="556">
       <c r="A556" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B556" s="1" t="s">
         <v>1131</v>
       </c>
       <c r="C556" s="1" t="s">
         <v>1132</v>
       </c>
       <c r="D556" s="3">
-        <v>80.49</v>
+        <v>65.49</v>
       </c>
     </row>
     <row r="557">
       <c r="A557" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B557" s="1" t="s">
         <v>1133</v>
       </c>
       <c r="C557" s="1" t="s">
         <v>1134</v>
       </c>
       <c r="D557" s="3">
-        <v>85.49</v>
+        <v>67</v>
       </c>
     </row>
     <row r="558">
       <c r="A558" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B558" s="1" t="s">
         <v>1135</v>
       </c>
       <c r="C558" s="1" t="s">
         <v>1136</v>
       </c>
       <c r="D558" s="3">
-        <v>86.5</v>
+        <v>52.49</v>
       </c>
     </row>
     <row r="559">
       <c r="A559" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B559" s="1" t="s">
         <v>1137</v>
       </c>
       <c r="C559" s="1" t="s">
         <v>1138</v>
       </c>
       <c r="D559" s="3">
-        <v>85.5</v>
+        <v>52.49</v>
       </c>
     </row>
     <row r="560">
       <c r="A560" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B560" s="1" t="s">
         <v>1139</v>
       </c>
       <c r="C560" s="1" t="s">
         <v>1140</v>
       </c>
       <c r="D560" s="3">
-        <v>70.49</v>
+        <v>52.49</v>
       </c>
     </row>
     <row r="561">
       <c r="A561" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B561" s="1" t="s">
         <v>1141</v>
       </c>
       <c r="C561" s="1" t="s">
         <v>1142</v>
       </c>
       <c r="D561" s="3">
-        <v>51.49</v>
+        <v>45.49</v>
       </c>
     </row>
     <row r="562">
       <c r="A562" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B562" s="1" t="s">
         <v>1143</v>
       </c>
       <c r="C562" s="1" t="s">
         <v>1144</v>
       </c>
       <c r="D562" s="3">
-        <v>69.99</v>
+        <v>50.49</v>
       </c>
     </row>
     <row r="563">
       <c r="A563" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B563" s="1" t="s">
         <v>1145</v>
       </c>
       <c r="C563" s="1" t="s">
         <v>1146</v>
       </c>
       <c r="D563" s="3">
-        <v>69.99</v>
+        <v>52.49</v>
       </c>
     </row>
     <row r="564">
       <c r="A564" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B564" s="1" t="s">
         <v>1147</v>
       </c>
       <c r="C564" s="1" t="s">
         <v>1148</v>
       </c>
       <c r="D564" s="3">
-        <v>65.49</v>
+        <v>55</v>
       </c>
     </row>
     <row r="565">
       <c r="A565" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B565" s="1" t="s">
         <v>1149</v>
       </c>
       <c r="C565" s="1" t="s">
         <v>1150</v>
       </c>
       <c r="D565" s="3">
-        <v>67</v>
+        <v>52.49</v>
       </c>
     </row>
     <row r="566">
       <c r="A566" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B566" s="1" t="s">
         <v>1151</v>
       </c>
       <c r="C566" s="1" t="s">
         <v>1152</v>
       </c>
       <c r="D566" s="3">
-        <v>52.49</v>
+        <v>34.49</v>
       </c>
     </row>
     <row r="567">
       <c r="A567" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B567" s="1" t="s">
         <v>1153</v>
       </c>
       <c r="C567" s="1" t="s">
         <v>1154</v>
       </c>
       <c r="D567" s="3">
-        <v>52.49</v>
+        <v>59.99</v>
       </c>
     </row>
     <row r="568">
       <c r="A568" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B568" s="1" t="s">
         <v>1155</v>
       </c>
       <c r="C568" s="1" t="s">
         <v>1156</v>
       </c>
       <c r="D568" s="3">
-        <v>52.49</v>
+        <v>96.49</v>
       </c>
     </row>
     <row r="569">
       <c r="A569" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B569" s="1" t="s">
         <v>1157</v>
       </c>
       <c r="C569" s="1" t="s">
         <v>1158</v>
       </c>
       <c r="D569" s="3">
-        <v>45.49</v>
+        <v>300</v>
       </c>
     </row>
     <row r="570">
       <c r="A570" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B570" s="1" t="s">
         <v>1159</v>
       </c>
       <c r="C570" s="1" t="s">
         <v>1160</v>
       </c>
       <c r="D570" s="3">
-        <v>50.49</v>
+        <v>46.49</v>
       </c>
     </row>
     <row r="571">
       <c r="A571" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B571" s="1" t="s">
         <v>1161</v>
       </c>
       <c r="C571" s="1" t="s">
         <v>1162</v>
       </c>
       <c r="D571" s="3">
-        <v>52.49</v>
+        <v>80.49</v>
       </c>
     </row>
     <row r="572">
       <c r="A572" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B572" s="1" t="s">
         <v>1163</v>
       </c>
       <c r="C572" s="1" t="s">
         <v>1164</v>
       </c>
       <c r="D572" s="3">
-        <v>55</v>
+        <v>23.49</v>
       </c>
     </row>
     <row r="573">
       <c r="A573" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B573" s="1" t="s">
         <v>1165</v>
       </c>
       <c r="C573" s="1" t="s">
         <v>1166</v>
       </c>
       <c r="D573" s="3">
-        <v>52.49</v>
+        <v>44.49</v>
       </c>
     </row>
     <row r="574">
       <c r="A574" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B574" s="1" t="s">
         <v>1167</v>
       </c>
       <c r="C574" s="1" t="s">
         <v>1168</v>
       </c>
       <c r="D574" s="3">
-        <v>34.49</v>
+        <v>55.49</v>
       </c>
     </row>
     <row r="575">
       <c r="A575" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B575" s="1" t="s">
         <v>1169</v>
       </c>
       <c r="C575" s="1" t="s">
         <v>1170</v>
       </c>
       <c r="D575" s="3">
-        <v>65.49</v>
+        <v>40.49</v>
       </c>
     </row>
     <row r="576">
       <c r="A576" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B576" s="1" t="s">
         <v>1171</v>
       </c>
       <c r="C576" s="1" t="s">
         <v>1172</v>
       </c>
       <c r="D576" s="3">
-        <v>96.49</v>
+        <v>44.99</v>
       </c>
     </row>
     <row r="577">
       <c r="A577" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B577" s="1" t="s">
         <v>1173</v>
       </c>
       <c r="C577" s="1" t="s">
         <v>1174</v>
       </c>
       <c r="D577" s="3">
-        <v>300</v>
+        <v>59.99</v>
       </c>
     </row>
     <row r="578">
       <c r="A578" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B578" s="1" t="s">
         <v>1175</v>
       </c>
       <c r="C578" s="1" t="s">
         <v>1176</v>
       </c>
       <c r="D578" s="3">
-        <v>46.49</v>
+        <v>50.49</v>
       </c>
     </row>
     <row r="579">
       <c r="A579" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B579" s="1" t="s">
         <v>1177</v>
       </c>
       <c r="C579" s="1" t="s">
         <v>1178</v>
       </c>
       <c r="D579" s="3">
-        <v>80.49</v>
+        <v>50.49</v>
       </c>
     </row>
     <row r="580">
       <c r="A580" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B580" s="1" t="s">
         <v>1179</v>
       </c>
       <c r="C580" s="1" t="s">
         <v>1180</v>
       </c>
       <c r="D580" s="3">
-        <v>23.49</v>
+        <v>100</v>
       </c>
     </row>
     <row r="581">
       <c r="A581" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B581" s="1" t="s">
         <v>1181</v>
       </c>
       <c r="C581" s="1" t="s">
         <v>1182</v>
       </c>
       <c r="D581" s="3">
-        <v>44.49</v>
+        <v>175</v>
       </c>
     </row>
     <row r="582">
       <c r="A582" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B582" s="1" t="s">
         <v>1183</v>
       </c>
       <c r="C582" s="1" t="s">
         <v>1184</v>
       </c>
       <c r="D582" s="3">
-        <v>55.49</v>
+        <v>95.49</v>
       </c>
     </row>
     <row r="583">
       <c r="A583" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B583" s="1" t="s">
         <v>1185</v>
       </c>
       <c r="C583" s="1" t="s">
         <v>1186</v>
       </c>
       <c r="D583" s="3">
-        <v>40.49</v>
+        <v>66.99</v>
       </c>
     </row>
     <row r="584">
       <c r="A584" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B584" s="1" t="s">
         <v>1187</v>
       </c>
       <c r="C584" s="1" t="s">
         <v>1188</v>
       </c>
       <c r="D584" s="3">
-        <v>50.49</v>
+        <v>71.49</v>
       </c>
     </row>
     <row r="585">
       <c r="A585" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B585" s="1" t="s">
         <v>1189</v>
       </c>
       <c r="C585" s="1" t="s">
         <v>1190</v>
       </c>
       <c r="D585" s="3">
-        <v>65.49</v>
+        <v>79.99</v>
       </c>
     </row>
     <row r="586">
       <c r="A586" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B586" s="1" t="s">
         <v>1191</v>
       </c>
       <c r="C586" s="1" t="s">
         <v>1192</v>
       </c>
       <c r="D586" s="3">
-        <v>50.49</v>
+        <v>59.99</v>
       </c>
     </row>
     <row r="587">
       <c r="A587" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B587" s="1" t="s">
         <v>1193</v>
       </c>
       <c r="C587" s="1" t="s">
         <v>1194</v>
       </c>
       <c r="D587" s="3">
-        <v>50.49</v>
+        <v>72.49</v>
       </c>
     </row>
     <row r="588">
       <c r="A588" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B588" s="1" t="s">
         <v>1195</v>
       </c>
       <c r="C588" s="1" t="s">
         <v>1196</v>
       </c>
       <c r="D588" s="3">
-        <v>100</v>
+        <v>59.99</v>
       </c>
     </row>
     <row r="589">
       <c r="A589" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B589" s="1" t="s">
         <v>1197</v>
       </c>
       <c r="C589" s="1" t="s">
         <v>1198</v>
       </c>
       <c r="D589" s="3">
-        <v>175</v>
+        <v>145</v>
       </c>
     </row>
     <row r="590">
       <c r="A590" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B590" s="1" t="s">
         <v>1199</v>
       </c>
       <c r="C590" s="1" t="s">
         <v>1200</v>
       </c>
       <c r="D590" s="3">
-        <v>95.49</v>
+        <v>59.99</v>
       </c>
     </row>
     <row r="591">
       <c r="A591" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B591" s="1" t="s">
         <v>1201</v>
       </c>
       <c r="C591" s="1" t="s">
         <v>1202</v>
       </c>
       <c r="D591" s="3">
-        <v>66.99</v>
+        <v>42.49</v>
       </c>
     </row>
     <row r="592">
       <c r="A592" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B592" s="1" t="s">
         <v>1203</v>
       </c>
       <c r="C592" s="1" t="s">
         <v>1204</v>
       </c>
       <c r="D592" s="3">
-        <v>71.49</v>
+        <v>39.99</v>
       </c>
     </row>
     <row r="593">
       <c r="A593" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B593" s="1" t="s">
         <v>1205</v>
       </c>
       <c r="C593" s="1" t="s">
         <v>1206</v>
       </c>
       <c r="D593" s="3">
-        <v>79.99</v>
+        <v>35.49</v>
       </c>
     </row>
     <row r="594">
       <c r="A594" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B594" s="1" t="s">
         <v>1207</v>
       </c>
       <c r="C594" s="1" t="s">
         <v>1208</v>
       </c>
       <c r="D594" s="3">
-        <v>64.49</v>
+        <v>64.99</v>
       </c>
     </row>
     <row r="595">
       <c r="A595" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B595" s="1" t="s">
         <v>1209</v>
       </c>
       <c r="C595" s="1" t="s">
         <v>1210</v>
       </c>
       <c r="D595" s="3">
-        <v>72.49</v>
+        <v>64.99</v>
       </c>
     </row>
     <row r="596">
       <c r="A596" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B596" s="1" t="s">
         <v>1211</v>
       </c>
       <c r="C596" s="1" t="s">
         <v>1212</v>
       </c>
       <c r="D596" s="3">
-        <v>62.49</v>
+        <v>64.99</v>
       </c>
     </row>
     <row r="597">
       <c r="A597" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B597" s="1" t="s">
         <v>1213</v>
       </c>
       <c r="C597" s="1" t="s">
         <v>1214</v>
       </c>
       <c r="D597" s="3">
-        <v>145</v>
+        <v>85.49</v>
       </c>
     </row>
     <row r="598">
       <c r="A598" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B598" s="1" t="s">
         <v>1215</v>
       </c>
       <c r="C598" s="1" t="s">
         <v>1216</v>
       </c>
       <c r="D598" s="3">
-        <v>62.49</v>
+        <v>69.99</v>
       </c>
     </row>
     <row r="599">
       <c r="A599" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B599" s="1" t="s">
         <v>1217</v>
       </c>
       <c r="C599" s="1" t="s">
         <v>1218</v>
       </c>
       <c r="D599" s="3">
-        <v>45.99</v>
+        <v>60.49</v>
       </c>
     </row>
     <row r="600">
       <c r="A600" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B600" s="1" t="s">
         <v>1219</v>
       </c>
       <c r="C600" s="1" t="s">
         <v>1220</v>
       </c>
       <c r="D600" s="3">
-        <v>42.49</v>
+        <v>64</v>
       </c>
     </row>
     <row r="601">
       <c r="A601" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B601" s="1" t="s">
         <v>1221</v>
       </c>
       <c r="C601" s="1" t="s">
         <v>1222</v>
       </c>
       <c r="D601" s="3">
-        <v>39.99</v>
+        <v>60.49</v>
       </c>
     </row>
     <row r="602">
       <c r="A602" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B602" s="1" t="s">
         <v>1223</v>
       </c>
       <c r="C602" s="1" t="s">
         <v>1224</v>
       </c>
       <c r="D602" s="3">
-        <v>35.49</v>
+        <v>65</v>
       </c>
     </row>
     <row r="603">
       <c r="A603" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B603" s="1" t="s">
         <v>1225</v>
       </c>
       <c r="C603" s="1" t="s">
         <v>1226</v>
       </c>
       <c r="D603" s="3">
-        <v>70.49</v>
+        <v>60.49</v>
       </c>
     </row>
     <row r="604">
       <c r="A604" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="B604" s="1" t="s">
         <v>1227</v>
       </c>
       <c r="C604" s="1" t="s">
         <v>1228</v>
       </c>
       <c r="D604" s="3">
-        <v>70.49</v>
-[...124 lines deleted...]
-      <c r="D613" s="3">
         <v>39.49</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>