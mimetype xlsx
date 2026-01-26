--- v4 (2026-01-05)
+++ v5 (2026-01-26)
@@ -5,51 +5,51 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="House of Townend" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1229" uniqueCount="1229">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1231" uniqueCount="1231">
   <si>
     <t>Category</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>ProductCode</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Ale</t>
   </si>
   <si>
     <t>Black Sheep Ale 8 x 500ml</t>
   </si>
   <si>
     <t>BLSH002</t>
   </si>
   <si>
     <t>Bowness Bay Brewing Fell Walker Pale Ale 8 x 500ml</t>
   </si>
   <si>
@@ -3064,90 +3064,96 @@
   <si>
     <t>Famous Grouse Scotch Whisky</t>
   </si>
   <si>
     <t>FAGR020</t>
   </si>
   <si>
     <t>Fettercairn 12 Year Old Highland Single Malt Whisky</t>
   </si>
   <si>
     <t>FETT015</t>
   </si>
   <si>
     <t>Filey Bay Double Oak #2 Single Malt Whisky</t>
   </si>
   <si>
     <t>FILE055</t>
   </si>
   <si>
     <t>Filey Bay Flagship Single Malt Whisky</t>
   </si>
   <si>
     <t>FILE015</t>
   </si>
   <si>
-    <t>Filey Bay Moscatel Finish Single Malt Whisky</t>
+    <t>Filey Bay Moscatel Sherry Cask Single Malt Whisky</t>
   </si>
   <si>
     <t>FILE025</t>
   </si>
   <si>
     <t>Filey Bay Peated Finish Single Malt Whisky</t>
   </si>
   <si>
     <t>FILE030</t>
   </si>
   <si>
     <t>Filey Bay Port Cask Finish #1 Single Malt Whisky</t>
   </si>
   <si>
     <t>FILE050</t>
   </si>
   <si>
     <t>Filey Bay Porter Cask Special Release Single Malt Whisky</t>
   </si>
   <si>
     <t>FILE070</t>
   </si>
   <si>
     <t>Filey Bay Sherry Cask #3 Single Malt Whisky</t>
   </si>
   <si>
     <t>FILE010</t>
   </si>
   <si>
     <t>Filey Bay Sherry Cask #5 Single Malt Whisky</t>
   </si>
   <si>
     <t>FILE085</t>
   </si>
   <si>
     <t>Filey Bay STR Finish Single Malt Whisky</t>
   </si>
   <si>
     <t>FILE020</t>
+  </si>
+  <si>
+    <t>Filey Bay STR Red Wine Cask Single Malt Whisky</t>
+  </si>
+  <si>
+    <t>FILE100</t>
   </si>
   <si>
     <t>Glen Scotia 25 Year Old Campbeltown, Single Malt Whisky</t>
   </si>
   <si>
     <t>SCOT050</t>
   </si>
   <si>
     <t>Glen Scotia Double Cask Rum Finish Campbeltown Single Malt Whisky</t>
   </si>
   <si>
     <t>SCOT065</t>
   </si>
   <si>
     <t>Glenfarclas 10 Year Old Highland Single Malt Whisky</t>
   </si>
   <si>
     <t>GLEN135</t>
   </si>
   <si>
     <t>Glenfarclas 105 Highland Single Malt Whisky</t>
   </si>
   <si>
     <t>GLEN155</t>
   </si>
@@ -3748,68 +3754,68 @@
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="164" applyNumberFormat="1" fontId="1" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:D604">
-  <autoFilter ref="A1:D604"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:D605">
+  <autoFilter ref="A1:D605"/>
   <tableColumns count="4">
     <tableColumn id="1" name="Category"/>
     <tableColumn id="2" name="Name"/>
     <tableColumn id="3" name="ProductCode"/>
     <tableColumn id="4" name="Price"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight1" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:D604"/>
+  <dimension ref="A1:D605"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="18.4488330841064" customWidth="1"/>
     <col min="2" max="2" width="55" customWidth="1"/>
     <col min="3" max="3" width="14.0665775299072" customWidth="1"/>
     <col min="4" max="4" width="9.240625" customWidth="1" style="2"/>
     <col min="5" max="5" width="9.240625" customWidth="1"/>
     <col min="6" max="6" width="9.240625" customWidth="1"/>
     <col min="7" max="7" width="9.240625" customWidth="1"/>
     <col min="8" max="8" width="9.240625" customWidth="1"/>
     <col min="9" max="9" width="9.240625" customWidth="1"/>
     <col min="10" max="10" width="9.240625" customWidth="1"/>
     <col min="11" max="11" width="9.240625" customWidth="1"/>
     <col min="12" max="12" width="9.240625" customWidth="1"/>
     <col min="13" max="13" width="9.240625" customWidth="1"/>
     <col min="14" max="14" width="9.240625" customWidth="1"/>
     <col min="15" max="15" width="9.240625" customWidth="1"/>
     <col min="16" max="16" width="9.240625" customWidth="1"/>
     <col min="17" max="17" width="9.240625" customWidth="1"/>
     <col min="18" max="18" width="9.240625" customWidth="1"/>
     <col min="19" max="19" width="9.240625" customWidth="1"/>
     <col min="20" max="20" width="9.240625" customWidth="1"/>
@@ -10869,51 +10875,51 @@
     <row r="499">
       <c r="A499" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B499" s="1" t="s">
         <v>1017</v>
       </c>
       <c r="C499" s="1" t="s">
         <v>1018</v>
       </c>
       <c r="D499" s="3">
         <v>56.5</v>
       </c>
     </row>
     <row r="500">
       <c r="A500" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B500" s="1" t="s">
         <v>1019</v>
       </c>
       <c r="C500" s="1" t="s">
         <v>1020</v>
       </c>
       <c r="D500" s="3">
-        <v>65.49</v>
+        <v>65</v>
       </c>
     </row>
     <row r="501">
       <c r="A501" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B501" s="1" t="s">
         <v>1021</v>
       </c>
       <c r="C501" s="1" t="s">
         <v>1022</v>
       </c>
       <c r="D501" s="3">
         <v>61.5</v>
       </c>
     </row>
     <row r="502">
       <c r="A502" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B502" s="1" t="s">
         <v>1023</v>
       </c>
       <c r="C502" s="1" t="s">
         <v>1024</v>
@@ -10967,1393 +10973,1407 @@
     <row r="506">
       <c r="A506" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B506" s="1" t="s">
         <v>1031</v>
       </c>
       <c r="C506" s="1" t="s">
         <v>1032</v>
       </c>
       <c r="D506" s="3">
         <v>65.49</v>
       </c>
     </row>
     <row r="507">
       <c r="A507" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B507" s="1" t="s">
         <v>1033</v>
       </c>
       <c r="C507" s="1" t="s">
         <v>1034</v>
       </c>
       <c r="D507" s="3">
-        <v>530</v>
+        <v>65</v>
       </c>
     </row>
     <row r="508">
       <c r="A508" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B508" s="1" t="s">
         <v>1035</v>
       </c>
       <c r="C508" s="1" t="s">
         <v>1036</v>
       </c>
       <c r="D508" s="3">
-        <v>40.49</v>
+        <v>530</v>
       </c>
     </row>
     <row r="509">
       <c r="A509" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B509" s="1" t="s">
         <v>1037</v>
       </c>
       <c r="C509" s="1" t="s">
         <v>1038</v>
       </c>
       <c r="D509" s="3">
-        <v>45.49</v>
+        <v>40.49</v>
       </c>
     </row>
     <row r="510">
       <c r="A510" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B510" s="1" t="s">
         <v>1039</v>
       </c>
       <c r="C510" s="1" t="s">
         <v>1040</v>
       </c>
       <c r="D510" s="3">
-        <v>75.49</v>
+        <v>45.49</v>
       </c>
     </row>
     <row r="511">
       <c r="A511" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B511" s="1" t="s">
         <v>1041</v>
       </c>
       <c r="C511" s="1" t="s">
         <v>1042</v>
       </c>
       <c r="D511" s="3">
-        <v>60.49</v>
+        <v>75.49</v>
       </c>
     </row>
     <row r="512">
       <c r="A512" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B512" s="1" t="s">
         <v>1043</v>
       </c>
       <c r="C512" s="1" t="s">
         <v>1044</v>
       </c>
       <c r="D512" s="3">
-        <v>80.49</v>
+        <v>60.49</v>
       </c>
     </row>
     <row r="513">
       <c r="A513" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B513" s="1" t="s">
         <v>1045</v>
       </c>
       <c r="C513" s="1" t="s">
         <v>1046</v>
       </c>
       <c r="D513" s="3">
-        <v>125</v>
+        <v>80.49</v>
       </c>
     </row>
     <row r="514">
       <c r="A514" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B514" s="1" t="s">
         <v>1047</v>
       </c>
       <c r="C514" s="1" t="s">
         <v>1048</v>
       </c>
       <c r="D514" s="3">
-        <v>320</v>
+        <v>125</v>
       </c>
     </row>
     <row r="515">
       <c r="A515" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B515" s="1" t="s">
         <v>1049</v>
       </c>
       <c r="C515" s="1" t="s">
         <v>1050</v>
       </c>
       <c r="D515" s="3">
-        <v>38.49</v>
+        <v>320</v>
       </c>
     </row>
     <row r="516">
       <c r="A516" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B516" s="1" t="s">
         <v>1051</v>
       </c>
       <c r="C516" s="1" t="s">
         <v>1052</v>
       </c>
       <c r="D516" s="3">
-        <v>47.49</v>
+        <v>38.49</v>
       </c>
     </row>
     <row r="517">
       <c r="A517" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B517" s="1" t="s">
         <v>1053</v>
       </c>
       <c r="C517" s="1" t="s">
         <v>1054</v>
       </c>
       <c r="D517" s="3">
-        <v>85.49</v>
+        <v>47.49</v>
       </c>
     </row>
     <row r="518">
       <c r="A518" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B518" s="1" t="s">
         <v>1055</v>
       </c>
       <c r="C518" s="1" t="s">
         <v>1056</v>
       </c>
       <c r="D518" s="3">
-        <v>210</v>
+        <v>85.49</v>
       </c>
     </row>
     <row r="519">
       <c r="A519" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B519" s="1" t="s">
         <v>1057</v>
       </c>
       <c r="C519" s="1" t="s">
         <v>1058</v>
       </c>
       <c r="D519" s="3">
-        <v>43.49</v>
+        <v>210</v>
       </c>
     </row>
     <row r="520">
       <c r="A520" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B520" s="1" t="s">
         <v>1059</v>
       </c>
       <c r="C520" s="1" t="s">
         <v>1060</v>
       </c>
       <c r="D520" s="3">
-        <v>400</v>
+        <v>43.49</v>
       </c>
     </row>
     <row r="521">
       <c r="A521" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B521" s="1" t="s">
         <v>1061</v>
       </c>
       <c r="C521" s="1" t="s">
         <v>1062</v>
       </c>
       <c r="D521" s="3">
-        <v>50.49</v>
+        <v>400</v>
       </c>
     </row>
     <row r="522">
       <c r="A522" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B522" s="1" t="s">
         <v>1063</v>
       </c>
       <c r="C522" s="1" t="s">
         <v>1064</v>
       </c>
       <c r="D522" s="3">
-        <v>38.49</v>
+        <v>50.49</v>
       </c>
     </row>
     <row r="523">
       <c r="A523" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B523" s="1" t="s">
         <v>1065</v>
       </c>
       <c r="C523" s="1" t="s">
         <v>1066</v>
       </c>
       <c r="D523" s="3">
         <v>38.49</v>
       </c>
     </row>
     <row r="524">
       <c r="A524" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B524" s="1" t="s">
         <v>1067</v>
       </c>
       <c r="C524" s="1" t="s">
         <v>1068</v>
       </c>
       <c r="D524" s="3">
-        <v>125</v>
+        <v>38.49</v>
       </c>
     </row>
     <row r="525">
       <c r="A525" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B525" s="1" t="s">
         <v>1069</v>
       </c>
       <c r="C525" s="1" t="s">
         <v>1070</v>
       </c>
       <c r="D525" s="3">
-        <v>83.49</v>
+        <v>125</v>
       </c>
     </row>
     <row r="526">
       <c r="A526" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B526" s="1" t="s">
         <v>1071</v>
       </c>
       <c r="C526" s="1" t="s">
         <v>1072</v>
       </c>
       <c r="D526" s="3">
-        <v>80.49</v>
+        <v>83.49</v>
       </c>
     </row>
     <row r="527">
       <c r="A527" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B527" s="1" t="s">
         <v>1073</v>
       </c>
       <c r="C527" s="1" t="s">
         <v>1074</v>
       </c>
       <c r="D527" s="3">
-        <v>75.49</v>
+        <v>80.49</v>
       </c>
     </row>
     <row r="528">
       <c r="A528" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B528" s="1" t="s">
         <v>1075</v>
       </c>
       <c r="C528" s="1" t="s">
         <v>1076</v>
       </c>
       <c r="D528" s="3">
-        <v>45.49</v>
+        <v>75.49</v>
       </c>
     </row>
     <row r="529">
       <c r="A529" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B529" s="1" t="s">
         <v>1077</v>
       </c>
       <c r="C529" s="1" t="s">
         <v>1078</v>
       </c>
       <c r="D529" s="3">
-        <v>70.49</v>
+        <v>45.49</v>
       </c>
     </row>
     <row r="530">
       <c r="A530" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B530" s="1" t="s">
         <v>1079</v>
       </c>
       <c r="C530" s="1" t="s">
         <v>1080</v>
       </c>
       <c r="D530" s="3">
-        <v>65.99</v>
+        <v>70.49</v>
       </c>
     </row>
     <row r="531">
       <c r="A531" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B531" s="1" t="s">
         <v>1081</v>
       </c>
       <c r="C531" s="1" t="s">
         <v>1082</v>
       </c>
       <c r="D531" s="3">
-        <v>85.49</v>
+        <v>65.99</v>
       </c>
     </row>
     <row r="532">
       <c r="A532" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B532" s="1" t="s">
         <v>1083</v>
       </c>
       <c r="C532" s="1" t="s">
         <v>1084</v>
       </c>
       <c r="D532" s="3">
-        <v>57.49</v>
+        <v>85.49</v>
       </c>
     </row>
     <row r="533">
       <c r="A533" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B533" s="1" t="s">
         <v>1085</v>
       </c>
       <c r="C533" s="1" t="s">
         <v>1086</v>
       </c>
       <c r="D533" s="3">
-        <v>39.49</v>
+        <v>57.49</v>
       </c>
     </row>
     <row r="534">
       <c r="A534" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B534" s="1" t="s">
         <v>1087</v>
       </c>
       <c r="C534" s="1" t="s">
         <v>1088</v>
       </c>
       <c r="D534" s="3">
-        <v>27.49</v>
+        <v>39.49</v>
       </c>
     </row>
     <row r="535">
       <c r="A535" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B535" s="1" t="s">
         <v>1089</v>
       </c>
       <c r="C535" s="1" t="s">
         <v>1090</v>
       </c>
       <c r="D535" s="3">
-        <v>26.49</v>
+        <v>27.49</v>
       </c>
     </row>
     <row r="536">
       <c r="A536" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B536" s="1" t="s">
         <v>1091</v>
       </c>
       <c r="C536" s="1" t="s">
         <v>1092</v>
       </c>
       <c r="D536" s="3">
-        <v>23.49</v>
+        <v>26.49</v>
       </c>
     </row>
     <row r="537">
       <c r="A537" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B537" s="1" t="s">
         <v>1093</v>
       </c>
       <c r="C537" s="1" t="s">
         <v>1094</v>
       </c>
       <c r="D537" s="3">
-        <v>32.99</v>
+        <v>23.49</v>
       </c>
     </row>
     <row r="538">
       <c r="A538" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B538" s="1" t="s">
         <v>1095</v>
       </c>
       <c r="C538" s="1" t="s">
         <v>1096</v>
       </c>
       <c r="D538" s="3">
-        <v>225</v>
+        <v>32.99</v>
       </c>
     </row>
     <row r="539">
       <c r="A539" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B539" s="1" t="s">
         <v>1097</v>
       </c>
       <c r="C539" s="1" t="s">
         <v>1098</v>
       </c>
       <c r="D539" s="3">
-        <v>265</v>
+        <v>225</v>
       </c>
     </row>
     <row r="540">
       <c r="A540" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B540" s="1" t="s">
         <v>1099</v>
       </c>
       <c r="C540" s="1" t="s">
         <v>1100</v>
       </c>
       <c r="D540" s="3">
-        <v>320</v>
+        <v>265</v>
       </c>
     </row>
     <row r="541">
       <c r="A541" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B541" s="1" t="s">
         <v>1101</v>
       </c>
       <c r="C541" s="1" t="s">
         <v>1102</v>
       </c>
       <c r="D541" s="3">
-        <v>265</v>
+        <v>320</v>
       </c>
     </row>
     <row r="542">
       <c r="A542" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B542" s="1" t="s">
         <v>1103</v>
       </c>
       <c r="C542" s="1" t="s">
         <v>1104</v>
       </c>
       <c r="D542" s="3">
-        <v>74.99</v>
+        <v>265</v>
       </c>
     </row>
     <row r="543">
       <c r="A543" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B543" s="1" t="s">
         <v>1105</v>
       </c>
       <c r="C543" s="1" t="s">
         <v>1106</v>
       </c>
       <c r="D543" s="3">
-        <v>40</v>
+        <v>74.99</v>
       </c>
     </row>
     <row r="544">
       <c r="A544" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B544" s="1" t="s">
         <v>1107</v>
       </c>
       <c r="C544" s="1" t="s">
         <v>1108</v>
       </c>
       <c r="D544" s="3">
-        <v>7.49</v>
+        <v>40</v>
       </c>
     </row>
     <row r="545">
       <c r="A545" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B545" s="1" t="s">
         <v>1109</v>
       </c>
       <c r="C545" s="1" t="s">
         <v>1110</v>
       </c>
       <c r="D545" s="3">
-        <v>84.99</v>
+        <v>7.49</v>
       </c>
     </row>
     <row r="546">
       <c r="A546" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B546" s="1" t="s">
         <v>1111</v>
       </c>
       <c r="C546" s="1" t="s">
         <v>1112</v>
       </c>
       <c r="D546" s="3">
-        <v>175</v>
+        <v>84.99</v>
       </c>
     </row>
     <row r="547">
       <c r="A547" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B547" s="1" t="s">
         <v>1113</v>
       </c>
       <c r="C547" s="1" t="s">
         <v>1114</v>
       </c>
       <c r="D547" s="3">
-        <v>95</v>
+        <v>175</v>
       </c>
     </row>
     <row r="548">
       <c r="A548" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B548" s="1" t="s">
         <v>1115</v>
       </c>
       <c r="C548" s="1" t="s">
         <v>1116</v>
       </c>
       <c r="D548" s="3">
-        <v>74.99</v>
+        <v>95</v>
       </c>
     </row>
     <row r="549">
       <c r="A549" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B549" s="1" t="s">
         <v>1117</v>
       </c>
       <c r="C549" s="1" t="s">
         <v>1118</v>
       </c>
       <c r="D549" s="3">
-        <v>79.99</v>
+        <v>74.99</v>
       </c>
     </row>
     <row r="550">
       <c r="A550" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B550" s="1" t="s">
         <v>1119</v>
       </c>
       <c r="C550" s="1" t="s">
         <v>1120</v>
       </c>
       <c r="D550" s="3">
         <v>79.99</v>
       </c>
     </row>
     <row r="551">
       <c r="A551" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B551" s="1" t="s">
         <v>1121</v>
       </c>
       <c r="C551" s="1" t="s">
         <v>1122</v>
       </c>
       <c r="D551" s="3">
         <v>79.99</v>
       </c>
     </row>
     <row r="552">
       <c r="A552" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B552" s="1" t="s">
         <v>1123</v>
       </c>
       <c r="C552" s="1" t="s">
         <v>1124</v>
       </c>
       <c r="D552" s="3">
-        <v>64.99</v>
+        <v>79.99</v>
       </c>
     </row>
     <row r="553">
       <c r="A553" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B553" s="1" t="s">
         <v>1125</v>
       </c>
       <c r="C553" s="1" t="s">
         <v>1126</v>
       </c>
       <c r="D553" s="3">
-        <v>51.49</v>
+        <v>64.99</v>
       </c>
     </row>
     <row r="554">
       <c r="A554" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B554" s="1" t="s">
         <v>1127</v>
       </c>
       <c r="C554" s="1" t="s">
         <v>1128</v>
       </c>
       <c r="D554" s="3">
-        <v>69.99</v>
+        <v>51.49</v>
       </c>
     </row>
     <row r="555">
       <c r="A555" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B555" s="1" t="s">
         <v>1129</v>
       </c>
       <c r="C555" s="1" t="s">
         <v>1130</v>
       </c>
       <c r="D555" s="3">
         <v>69.99</v>
       </c>
     </row>
     <row r="556">
       <c r="A556" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B556" s="1" t="s">
         <v>1131</v>
       </c>
       <c r="C556" s="1" t="s">
         <v>1132</v>
       </c>
       <c r="D556" s="3">
-        <v>65.49</v>
+        <v>69.99</v>
       </c>
     </row>
     <row r="557">
       <c r="A557" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B557" s="1" t="s">
         <v>1133</v>
       </c>
       <c r="C557" s="1" t="s">
         <v>1134</v>
       </c>
       <c r="D557" s="3">
-        <v>67</v>
+        <v>65.49</v>
       </c>
     </row>
     <row r="558">
       <c r="A558" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B558" s="1" t="s">
         <v>1135</v>
       </c>
       <c r="C558" s="1" t="s">
         <v>1136</v>
       </c>
       <c r="D558" s="3">
-        <v>52.49</v>
+        <v>67</v>
       </c>
     </row>
     <row r="559">
       <c r="A559" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B559" s="1" t="s">
         <v>1137</v>
       </c>
       <c r="C559" s="1" t="s">
         <v>1138</v>
       </c>
       <c r="D559" s="3">
         <v>52.49</v>
       </c>
     </row>
     <row r="560">
       <c r="A560" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B560" s="1" t="s">
         <v>1139</v>
       </c>
       <c r="C560" s="1" t="s">
         <v>1140</v>
       </c>
       <c r="D560" s="3">
         <v>52.49</v>
       </c>
     </row>
     <row r="561">
       <c r="A561" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B561" s="1" t="s">
         <v>1141</v>
       </c>
       <c r="C561" s="1" t="s">
         <v>1142</v>
       </c>
       <c r="D561" s="3">
-        <v>45.49</v>
+        <v>52.49</v>
       </c>
     </row>
     <row r="562">
       <c r="A562" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B562" s="1" t="s">
         <v>1143</v>
       </c>
       <c r="C562" s="1" t="s">
         <v>1144</v>
       </c>
       <c r="D562" s="3">
-        <v>50.49</v>
+        <v>45.49</v>
       </c>
     </row>
     <row r="563">
       <c r="A563" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B563" s="1" t="s">
         <v>1145</v>
       </c>
       <c r="C563" s="1" t="s">
         <v>1146</v>
       </c>
       <c r="D563" s="3">
-        <v>52.49</v>
+        <v>50.49</v>
       </c>
     </row>
     <row r="564">
       <c r="A564" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B564" s="1" t="s">
         <v>1147</v>
       </c>
       <c r="C564" s="1" t="s">
         <v>1148</v>
       </c>
       <c r="D564" s="3">
-        <v>55</v>
+        <v>52.49</v>
       </c>
     </row>
     <row r="565">
       <c r="A565" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B565" s="1" t="s">
         <v>1149</v>
       </c>
       <c r="C565" s="1" t="s">
         <v>1150</v>
       </c>
       <c r="D565" s="3">
-        <v>52.49</v>
+        <v>55</v>
       </c>
     </row>
     <row r="566">
       <c r="A566" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B566" s="1" t="s">
         <v>1151</v>
       </c>
       <c r="C566" s="1" t="s">
         <v>1152</v>
       </c>
       <c r="D566" s="3">
-        <v>34.49</v>
+        <v>52.49</v>
       </c>
     </row>
     <row r="567">
       <c r="A567" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B567" s="1" t="s">
         <v>1153</v>
       </c>
       <c r="C567" s="1" t="s">
         <v>1154</v>
       </c>
       <c r="D567" s="3">
-        <v>59.99</v>
+        <v>34.49</v>
       </c>
     </row>
     <row r="568">
       <c r="A568" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B568" s="1" t="s">
         <v>1155</v>
       </c>
       <c r="C568" s="1" t="s">
         <v>1156</v>
       </c>
       <c r="D568" s="3">
-        <v>96.49</v>
+        <v>59.99</v>
       </c>
     </row>
     <row r="569">
       <c r="A569" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B569" s="1" t="s">
         <v>1157</v>
       </c>
       <c r="C569" s="1" t="s">
         <v>1158</v>
       </c>
       <c r="D569" s="3">
-        <v>300</v>
+        <v>96.49</v>
       </c>
     </row>
     <row r="570">
       <c r="A570" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B570" s="1" t="s">
         <v>1159</v>
       </c>
       <c r="C570" s="1" t="s">
         <v>1160</v>
       </c>
       <c r="D570" s="3">
-        <v>46.49</v>
+        <v>300</v>
       </c>
     </row>
     <row r="571">
       <c r="A571" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B571" s="1" t="s">
         <v>1161</v>
       </c>
       <c r="C571" s="1" t="s">
         <v>1162</v>
       </c>
       <c r="D571" s="3">
-        <v>80.49</v>
+        <v>46.49</v>
       </c>
     </row>
     <row r="572">
       <c r="A572" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B572" s="1" t="s">
         <v>1163</v>
       </c>
       <c r="C572" s="1" t="s">
         <v>1164</v>
       </c>
       <c r="D572" s="3">
-        <v>23.49</v>
+        <v>80.49</v>
       </c>
     </row>
     <row r="573">
       <c r="A573" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B573" s="1" t="s">
         <v>1165</v>
       </c>
       <c r="C573" s="1" t="s">
         <v>1166</v>
       </c>
       <c r="D573" s="3">
-        <v>44.49</v>
+        <v>23.49</v>
       </c>
     </row>
     <row r="574">
       <c r="A574" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B574" s="1" t="s">
         <v>1167</v>
       </c>
       <c r="C574" s="1" t="s">
         <v>1168</v>
       </c>
       <c r="D574" s="3">
-        <v>55.49</v>
+        <v>44.49</v>
       </c>
     </row>
     <row r="575">
       <c r="A575" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B575" s="1" t="s">
         <v>1169</v>
       </c>
       <c r="C575" s="1" t="s">
         <v>1170</v>
       </c>
       <c r="D575" s="3">
-        <v>40.49</v>
+        <v>55.49</v>
       </c>
     </row>
     <row r="576">
       <c r="A576" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B576" s="1" t="s">
         <v>1171</v>
       </c>
       <c r="C576" s="1" t="s">
         <v>1172</v>
       </c>
       <c r="D576" s="3">
-        <v>44.99</v>
+        <v>40.49</v>
       </c>
     </row>
     <row r="577">
       <c r="A577" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B577" s="1" t="s">
         <v>1173</v>
       </c>
       <c r="C577" s="1" t="s">
         <v>1174</v>
       </c>
       <c r="D577" s="3">
-        <v>59.99</v>
+        <v>44.99</v>
       </c>
     </row>
     <row r="578">
       <c r="A578" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B578" s="1" t="s">
         <v>1175</v>
       </c>
       <c r="C578" s="1" t="s">
         <v>1176</v>
       </c>
       <c r="D578" s="3">
-        <v>50.49</v>
+        <v>59.99</v>
       </c>
     </row>
     <row r="579">
       <c r="A579" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B579" s="1" t="s">
         <v>1177</v>
       </c>
       <c r="C579" s="1" t="s">
         <v>1178</v>
       </c>
       <c r="D579" s="3">
         <v>50.49</v>
       </c>
     </row>
     <row r="580">
       <c r="A580" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B580" s="1" t="s">
         <v>1179</v>
       </c>
       <c r="C580" s="1" t="s">
         <v>1180</v>
       </c>
       <c r="D580" s="3">
-        <v>100</v>
+        <v>50.49</v>
       </c>
     </row>
     <row r="581">
       <c r="A581" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B581" s="1" t="s">
         <v>1181</v>
       </c>
       <c r="C581" s="1" t="s">
         <v>1182</v>
       </c>
       <c r="D581" s="3">
-        <v>175</v>
+        <v>100</v>
       </c>
     </row>
     <row r="582">
       <c r="A582" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B582" s="1" t="s">
         <v>1183</v>
       </c>
       <c r="C582" s="1" t="s">
         <v>1184</v>
       </c>
       <c r="D582" s="3">
-        <v>95.49</v>
+        <v>175</v>
       </c>
     </row>
     <row r="583">
       <c r="A583" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B583" s="1" t="s">
         <v>1185</v>
       </c>
       <c r="C583" s="1" t="s">
         <v>1186</v>
       </c>
       <c r="D583" s="3">
-        <v>66.99</v>
+        <v>95.49</v>
       </c>
     </row>
     <row r="584">
       <c r="A584" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B584" s="1" t="s">
         <v>1187</v>
       </c>
       <c r="C584" s="1" t="s">
         <v>1188</v>
       </c>
       <c r="D584" s="3">
-        <v>71.49</v>
+        <v>66.99</v>
       </c>
     </row>
     <row r="585">
       <c r="A585" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B585" s="1" t="s">
         <v>1189</v>
       </c>
       <c r="C585" s="1" t="s">
         <v>1190</v>
       </c>
       <c r="D585" s="3">
-        <v>79.99</v>
+        <v>71.49</v>
       </c>
     </row>
     <row r="586">
       <c r="A586" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B586" s="1" t="s">
         <v>1191</v>
       </c>
       <c r="C586" s="1" t="s">
         <v>1192</v>
       </c>
       <c r="D586" s="3">
-        <v>59.99</v>
+        <v>79.99</v>
       </c>
     </row>
     <row r="587">
       <c r="A587" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B587" s="1" t="s">
         <v>1193</v>
       </c>
       <c r="C587" s="1" t="s">
         <v>1194</v>
       </c>
       <c r="D587" s="3">
-        <v>72.49</v>
+        <v>59.99</v>
       </c>
     </row>
     <row r="588">
       <c r="A588" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B588" s="1" t="s">
         <v>1195</v>
       </c>
       <c r="C588" s="1" t="s">
         <v>1196</v>
       </c>
       <c r="D588" s="3">
-        <v>59.99</v>
+        <v>72.49</v>
       </c>
     </row>
     <row r="589">
       <c r="A589" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B589" s="1" t="s">
         <v>1197</v>
       </c>
       <c r="C589" s="1" t="s">
         <v>1198</v>
       </c>
       <c r="D589" s="3">
-        <v>145</v>
+        <v>59.99</v>
       </c>
     </row>
     <row r="590">
       <c r="A590" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B590" s="1" t="s">
         <v>1199</v>
       </c>
       <c r="C590" s="1" t="s">
         <v>1200</v>
       </c>
       <c r="D590" s="3">
-        <v>59.99</v>
+        <v>145</v>
       </c>
     </row>
     <row r="591">
       <c r="A591" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B591" s="1" t="s">
         <v>1201</v>
       </c>
       <c r="C591" s="1" t="s">
         <v>1202</v>
       </c>
       <c r="D591" s="3">
-        <v>42.49</v>
+        <v>59.99</v>
       </c>
     </row>
     <row r="592">
       <c r="A592" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B592" s="1" t="s">
         <v>1203</v>
       </c>
       <c r="C592" s="1" t="s">
         <v>1204</v>
       </c>
       <c r="D592" s="3">
-        <v>39.99</v>
+        <v>42.49</v>
       </c>
     </row>
     <row r="593">
       <c r="A593" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B593" s="1" t="s">
         <v>1205</v>
       </c>
       <c r="C593" s="1" t="s">
         <v>1206</v>
       </c>
       <c r="D593" s="3">
-        <v>35.49</v>
+        <v>39.99</v>
       </c>
     </row>
     <row r="594">
       <c r="A594" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B594" s="1" t="s">
         <v>1207</v>
       </c>
       <c r="C594" s="1" t="s">
         <v>1208</v>
       </c>
       <c r="D594" s="3">
-        <v>64.99</v>
+        <v>35.49</v>
       </c>
     </row>
     <row r="595">
       <c r="A595" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B595" s="1" t="s">
         <v>1209</v>
       </c>
       <c r="C595" s="1" t="s">
         <v>1210</v>
       </c>
       <c r="D595" s="3">
         <v>64.99</v>
       </c>
     </row>
     <row r="596">
       <c r="A596" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B596" s="1" t="s">
         <v>1211</v>
       </c>
       <c r="C596" s="1" t="s">
         <v>1212</v>
       </c>
       <c r="D596" s="3">
         <v>64.99</v>
       </c>
     </row>
     <row r="597">
       <c r="A597" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B597" s="1" t="s">
         <v>1213</v>
       </c>
       <c r="C597" s="1" t="s">
         <v>1214</v>
       </c>
       <c r="D597" s="3">
-        <v>85.49</v>
+        <v>64.99</v>
       </c>
     </row>
     <row r="598">
       <c r="A598" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B598" s="1" t="s">
         <v>1215</v>
       </c>
       <c r="C598" s="1" t="s">
         <v>1216</v>
       </c>
       <c r="D598" s="3">
-        <v>69.99</v>
+        <v>85.49</v>
       </c>
     </row>
     <row r="599">
       <c r="A599" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B599" s="1" t="s">
         <v>1217</v>
       </c>
       <c r="C599" s="1" t="s">
         <v>1218</v>
       </c>
       <c r="D599" s="3">
-        <v>60.49</v>
+        <v>69.99</v>
       </c>
     </row>
     <row r="600">
       <c r="A600" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B600" s="1" t="s">
         <v>1219</v>
       </c>
       <c r="C600" s="1" t="s">
         <v>1220</v>
       </c>
       <c r="D600" s="3">
-        <v>64</v>
+        <v>60.49</v>
       </c>
     </row>
     <row r="601">
       <c r="A601" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B601" s="1" t="s">
         <v>1221</v>
       </c>
       <c r="C601" s="1" t="s">
         <v>1222</v>
       </c>
       <c r="D601" s="3">
-        <v>60.49</v>
+        <v>64</v>
       </c>
     </row>
     <row r="602">
       <c r="A602" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B602" s="1" t="s">
         <v>1223</v>
       </c>
       <c r="C602" s="1" t="s">
         <v>1224</v>
       </c>
       <c r="D602" s="3">
-        <v>65</v>
+        <v>60.49</v>
       </c>
     </row>
     <row r="603">
       <c r="A603" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B603" s="1" t="s">
         <v>1225</v>
       </c>
       <c r="C603" s="1" t="s">
         <v>1226</v>
       </c>
       <c r="D603" s="3">
-        <v>60.49</v>
+        <v>65</v>
       </c>
     </row>
     <row r="604">
       <c r="A604" s="1" t="s">
         <v>938</v>
       </c>
       <c r="B604" s="1" t="s">
         <v>1227</v>
       </c>
       <c r="C604" s="1" t="s">
         <v>1228</v>
       </c>
       <c r="D604" s="3">
+        <v>60.49</v>
+      </c>
+    </row>
+    <row r="605">
+      <c r="A605" s="1" t="s">
+        <v>938</v>
+      </c>
+      <c r="B605" s="1" t="s">
+        <v>1229</v>
+      </c>
+      <c r="C605" s="1" t="s">
+        <v>1230</v>
+      </c>
+      <c r="D605" s="3">
         <v>39.49</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>