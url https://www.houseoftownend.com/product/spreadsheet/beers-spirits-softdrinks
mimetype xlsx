--- v5 (2026-01-26)
+++ v6 (2026-02-16)
@@ -5,51 +5,51 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="House of Townend" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1231" uniqueCount="1231">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1199" uniqueCount="1199">
   <si>
     <t>Category</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>ProductCode</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Ale</t>
   </si>
   <si>
     <t>Black Sheep Ale 8 x 500ml</t>
   </si>
   <si>
     <t>BLSH002</t>
   </si>
   <si>
     <t>Bowness Bay Brewing Fell Walker Pale Ale 8 x 500ml</t>
   </si>
   <si>
@@ -457,56 +457,50 @@
   <si>
     <t>Monin Gomme Syrup</t>
   </si>
   <si>
     <t>MONI005</t>
   </si>
   <si>
     <t>Monin Grenadine Syrup</t>
   </si>
   <si>
     <t>MONI001</t>
   </si>
   <si>
     <t>Monin Hazlenut Syrup</t>
   </si>
   <si>
     <t>MONI090</t>
   </si>
   <si>
     <t>Monin Hibiscus Syrup</t>
   </si>
   <si>
     <t>MONI190</t>
   </si>
   <si>
-    <t>Monin Mango Syrup</t>
-[...4 lines deleted...]
-  <si>
     <t>Monin Orgeat Syrup</t>
   </si>
   <si>
     <t>MONI025</t>
   </si>
   <si>
     <t>Monin Passion Fruit Syrup</t>
   </si>
   <si>
     <t>MONI010</t>
   </si>
   <si>
     <t>Monin Peach Syrup</t>
   </si>
   <si>
     <t>MONI175</t>
   </si>
   <si>
     <t>Monin Pineapple Syrup</t>
   </si>
   <si>
     <t>MONI180</t>
   </si>
   <si>
     <t>Monin Raspberry Syrup</t>
@@ -895,56 +889,50 @@
   <si>
     <t>Gordon's London Dry Gin 1.5Ltr</t>
   </si>
   <si>
     <t>GORD001</t>
   </si>
   <si>
     <t>Gordon's Pink London Dry Gin</t>
   </si>
   <si>
     <t>GORD055</t>
   </si>
   <si>
     <t>Gordon's Sicilian Lemon Gin</t>
   </si>
   <si>
     <t>GORD080</t>
   </si>
   <si>
     <t>Hendrick's Gin</t>
   </si>
   <si>
     <t>HEND001</t>
   </si>
   <si>
-    <t>Kirkjuvagr Beyla – Honey &amp; Raspberry Old Tom Gin</t>
-[...4 lines deleted...]
-  <si>
     <t>Kirkjuvagr Orkney Gin</t>
   </si>
   <si>
     <t>KIRK001</t>
   </si>
   <si>
     <t xml:space="preserve">Lakeland Moon Elderflower Gin  70cl</t>
   </si>
   <si>
     <t>KEND125</t>
   </si>
   <si>
     <t>Lakes Distillery Elderflower Gin Liqueur Miniatures 5cl</t>
   </si>
   <si>
     <t>THEO225</t>
   </si>
   <si>
     <t>Lakes Distillery Gin</t>
   </si>
   <si>
     <t>THEO270</t>
   </si>
   <si>
     <t>Lakes Distillery Gin Miniatures 5cl</t>
@@ -973,56 +961,50 @@
   <si>
     <t>Le Gin de Christian Drouin</t>
   </si>
   <si>
     <t>DROU020</t>
   </si>
   <si>
     <t>Malfy Con Arancia Gin</t>
   </si>
   <si>
     <t>MALF010</t>
   </si>
   <si>
     <t>Malfy Con Limone Gin</t>
   </si>
   <si>
     <t>MALF005</t>
   </si>
   <si>
     <t>Malfy Gin Rosa</t>
   </si>
   <si>
     <t>MALF015</t>
   </si>
   <si>
-    <t>Manchester Blackberry Infused Gin</t>
-[...4 lines deleted...]
-  <si>
     <t>Manchester Haçienda Gin</t>
   </si>
   <si>
     <t>MANC030</t>
   </si>
   <si>
     <t>Manchester Raspberry Infused Gin 70cl</t>
   </si>
   <si>
     <t>MANC050</t>
   </si>
   <si>
     <t>Manchester Signature Gin</t>
   </si>
   <si>
     <t>MANC040</t>
   </si>
   <si>
     <t>Masons of Yorkshire British Raspberry Gin</t>
   </si>
   <si>
     <t>MASO120</t>
   </si>
   <si>
     <t>Masons of Yorkshire Orange &amp; Lime Leaf Gin</t>
@@ -1105,56 +1087,50 @@
   <si>
     <t>Pinkster Gin</t>
   </si>
   <si>
     <t>PINK001</t>
   </si>
   <si>
     <t>Plymouth Gin</t>
   </si>
   <si>
     <t>PLYM001</t>
   </si>
   <si>
     <t>Puerto de Indias Strawberry Gin</t>
   </si>
   <si>
     <t>PUER001</t>
   </si>
   <si>
     <t>Rare Bird Gin</t>
   </si>
   <si>
     <t>RARE001</t>
   </si>
   <si>
-    <t>Rare Bird Rhubarb &amp; Ginger Gin</t>
-[...4 lines deleted...]
-  <si>
     <t>Rock Rose Gin</t>
   </si>
   <si>
     <t>ROCK070</t>
   </si>
   <si>
     <t>Sipsmith London Dry Gin</t>
   </si>
   <si>
     <t>SLIP001</t>
   </si>
   <si>
     <t>Sir Robin of Locksley Gin</t>
   </si>
   <si>
     <t>LOCK001</t>
   </si>
   <si>
     <t>Slingsby Blackberry Gin</t>
   </si>
   <si>
     <t>SLIN025</t>
   </si>
   <si>
     <t>Slingsby Gin</t>
@@ -1378,56 +1354,50 @@
   <si>
     <t>Estrella Damm Lager 24 x 330ml</t>
   </si>
   <si>
     <t>ESTR001</t>
   </si>
   <si>
     <t>Estrella Damm Lemon Shandy 24 x 330ml</t>
   </si>
   <si>
     <t>ESTR025</t>
   </si>
   <si>
     <t>Estrella Galicia Alcohol Free Lager 24 x 330ml</t>
   </si>
   <si>
     <t>ESTR065</t>
   </si>
   <si>
     <t>Estrella Galicia Lager 24 x 330ml</t>
   </si>
   <si>
     <t>ESTR060</t>
   </si>
   <si>
-    <t>Meteor Pils 24 x 330ml</t>
-[...4 lines deleted...]
-  <si>
     <t>Mythos Lager 12 x 500ml</t>
   </si>
   <si>
     <t>MYTH005</t>
   </si>
   <si>
     <t>Peroni Nastro Azzuro 0% Lager 24 x 330ml</t>
   </si>
   <si>
     <t>PERO025</t>
   </si>
   <si>
     <t>Peroni Nastro Azzuro Gluten Free Lager 24 x 330ml</t>
   </si>
   <si>
     <t>PERO020</t>
   </si>
   <si>
     <t>Peroni Nastro Azzurro Lager 24 x 330ml</t>
   </si>
   <si>
     <t>PERO001</t>
   </si>
   <si>
     <t>Peroni Red Label Lager 24 x 330ml</t>
@@ -1477,56 +1447,50 @@
   <si>
     <t>Archers Peach Schnapps Liqueur</t>
   </si>
   <si>
     <t>ARCH001</t>
   </si>
   <si>
     <t>Baileys Irish Cream Liqueur</t>
   </si>
   <si>
     <t>BAIL003</t>
   </si>
   <si>
     <t>Benedictine D.O.M Liqueur</t>
   </si>
   <si>
     <t>BENE001</t>
   </si>
   <si>
     <t>Boann Marsala Cask Finish Single Pot Still Irish Whiskey</t>
   </si>
   <si>
     <t>BOAN001</t>
   </si>
   <si>
-    <t>Boann PX Cask Finish Single Pot Still Irish Whiskey</t>
-[...4 lines deleted...]
-  <si>
     <t>Briotett Crème de Figue Liqueur</t>
   </si>
   <si>
     <t>BRIO135</t>
   </si>
   <si>
     <t>Briotett Crème de Violette Liqueur</t>
   </si>
   <si>
     <t>BRIO100</t>
   </si>
   <si>
     <t>Briotett Triple Sec Curacao</t>
   </si>
   <si>
     <t>BRIO120</t>
   </si>
   <si>
     <t>Briottet Crème de Cacao Blanc (Cocoa) Liqueur</t>
   </si>
   <si>
     <t>BRIO060</t>
   </si>
   <si>
     <t>Briottet Crème de Cassis Liqueur</t>
@@ -1741,56 +1705,50 @@
   <si>
     <t>Passoa Passion Fruit Liqueur</t>
   </si>
   <si>
     <t>PASS001</t>
   </si>
   <si>
     <t>Pennington's Bakewell Gin Liqueur 50cl</t>
   </si>
   <si>
     <t>KEND020</t>
   </si>
   <si>
     <t>Pennington's Bakewell Gin Liqueur 5cl</t>
   </si>
   <si>
     <t>KEND055</t>
   </si>
   <si>
     <t>Pennington's Bakewell Liqueur 20cl</t>
   </si>
   <si>
     <t>KEND060</t>
   </si>
   <si>
-    <t>Pennington's Ginger Bread Liqueur 50cl</t>
-[...4 lines deleted...]
-  <si>
     <t>Pennington's Honeycomb Gin Liqueur 50cl</t>
   </si>
   <si>
     <t>KEND070</t>
   </si>
   <si>
     <t>Pennington's Kendal Mint Cake Liqueur 20cl</t>
   </si>
   <si>
     <t>KEND010</t>
   </si>
   <si>
     <t>Pennington's Kendal Mint Cake Liqueur 50cl</t>
   </si>
   <si>
     <t>KEND045</t>
   </si>
   <si>
     <t>Pennington's Kendal Mint Cake Liqueur Miniature 5cl</t>
   </si>
   <si>
     <t>KEND005</t>
   </si>
   <si>
     <t>Sloemotion Sloe Gin</t>
@@ -2179,56 +2137,50 @@
   <si>
     <t>Fever-Tree Mediterranean Tonic Water 24 x 200ml</t>
   </si>
   <si>
     <t>FEVE035</t>
   </si>
   <si>
     <t>Fever-Tree Mexican Lime Soda Water 24 x 200ml</t>
   </si>
   <si>
     <t>FEVE085</t>
   </si>
   <si>
     <t>Fever-Tree Refreshingly Light Spiced Orange Ginger Ale 24 x 200ml</t>
   </si>
   <si>
     <t>FEVE065</t>
   </si>
   <si>
     <t>Fever-Tree Refreshingly Light Tonic Water 24 x 200ml</t>
   </si>
   <si>
     <t>FEVE005</t>
   </si>
   <si>
-    <t>Fever-Tree Sicilian Lemonade 24 x 200ml</t>
-[...4 lines deleted...]
-  <si>
     <t>Fever-Tree Soda Water 24 x 200ml</t>
   </si>
   <si>
     <t>FEVE030</t>
   </si>
   <si>
     <t>Franklin and Sons Dandelion &amp; Burdock 12 x 275ml</t>
   </si>
   <si>
     <t>FRAN070</t>
   </si>
   <si>
     <t xml:space="preserve">Franklin and Sons Ginger Ale  24 x 200ml</t>
   </si>
   <si>
     <t>FRAN100</t>
   </si>
   <si>
     <t>Franklin and Sons Ginger Beer 12 x 275ml</t>
   </si>
   <si>
     <t>FRAN060</t>
   </si>
   <si>
     <t>Franklin and Sons Ginger Beer 24 x 200ml</t>
@@ -2497,56 +2449,50 @@
   <si>
     <t>Langs Pineapple Rum</t>
   </si>
   <si>
     <t>LANG200</t>
   </si>
   <si>
     <t>Langs Spiced Rum</t>
   </si>
   <si>
     <t>LANG215</t>
   </si>
   <si>
     <t>Mount Gay Eclipse Rum</t>
   </si>
   <si>
     <t>MOUN001</t>
   </si>
   <si>
     <t>Pennington's Pineapple Spiced Rum</t>
   </si>
   <si>
     <t>KEND105</t>
   </si>
   <si>
-    <t>Plantation XO 20th Anniversary Rum</t>
-[...4 lines deleted...]
-  <si>
     <t>Sailor Jerry Spiced Rum</t>
   </si>
   <si>
     <t>SAIL001</t>
   </si>
   <si>
     <t>Takamaka Pti Lakas Rum</t>
   </si>
   <si>
     <t>TAKA020</t>
   </si>
   <si>
     <t>Velho Barreiro Cachaça</t>
   </si>
   <si>
     <t>VELH001</t>
   </si>
   <si>
     <t>Velho Barreiro Gold Cachaça</t>
   </si>
   <si>
     <t>VELH005</t>
   </si>
   <si>
     <t>Wood's 100 Old Navy Rum</t>
@@ -2566,56 +2512,50 @@
   <si>
     <t>Bruxo No.3 Barril Mezcal</t>
   </si>
   <si>
     <t>BRUX005</t>
   </si>
   <si>
     <t>Bruxo No.4 Blend Mezcal</t>
   </si>
   <si>
     <t>BRUX010</t>
   </si>
   <si>
     <t>Cincoro Blanco Tequila</t>
   </si>
   <si>
     <t>CINC001</t>
   </si>
   <si>
     <t>Cincoro Reposado Tequila</t>
   </si>
   <si>
     <t>CINC005</t>
   </si>
   <si>
-    <t>Hacien Pineapple Tequila Blanco</t>
-[...4 lines deleted...]
-  <si>
     <t>House Silver Tequila</t>
   </si>
   <si>
     <t>TWOF002</t>
   </si>
   <si>
     <t>Jose Cuervo Especial Gold Tequila</t>
   </si>
   <si>
     <t>TWOF005</t>
   </si>
   <si>
     <t>Jose Cuervo Especial Silver Tequila</t>
   </si>
   <si>
     <t>TEQU010</t>
   </si>
   <si>
     <t>Mi Campo Blanco Tequila</t>
   </si>
   <si>
     <t>MICA001</t>
   </si>
   <si>
     <t>Mi Campo Reposado Tequila</t>
@@ -2866,92 +2806,80 @@
   <si>
     <t>Ardbeg Heavy Vapours Year Old Islay Single Malt Whisky</t>
   </si>
   <si>
     <t>ARDB155</t>
   </si>
   <si>
     <t>Ardbeg Vintage_Y2k 23 Year Old Islay Single Malt Whisky</t>
   </si>
   <si>
     <t>ARDB175</t>
   </si>
   <si>
     <t>Ardnamurchan AD 09.22 Cask Strength Single Malt Whisky</t>
   </si>
   <si>
     <t>ARDN045</t>
   </si>
   <si>
     <t>Ardnamurchan The Midgie Release Single Malt Whisky</t>
   </si>
   <si>
     <t>ARDN070</t>
   </si>
   <si>
-    <t>Arran 10 Year Old Single Malt Whisky</t>
-[...4 lines deleted...]
-  <si>
     <t>Auchentoshan Three Wood Lowland Single Malt Whisky</t>
   </si>
   <si>
     <t>AUCH015</t>
   </si>
   <si>
     <t>Bell's Scotch Whisky</t>
   </si>
   <si>
     <t>BELL011</t>
   </si>
   <si>
     <t>Bowmore 12 Year Old Islay Single Malt Whisky</t>
   </si>
   <si>
     <t>BOWM001</t>
   </si>
   <si>
     <t>Bruichladdich Black Art 07.1 25 Year Old Islay Single Malt Whisky</t>
   </si>
   <si>
     <t>BRUI085</t>
   </si>
   <si>
     <t>Bruichladdich Micro Provenance Cask 0417 Islay Single Malt Whisky</t>
   </si>
   <si>
     <t>BRUI090</t>
   </si>
   <si>
-    <t>Bruichladdich Octomore 13.2 Islay Single Malt Whisky</t>
-[...4 lines deleted...]
-  <si>
     <t>Bruichladdich Octomore 13.3 Islay Single Malt Whisky</t>
   </si>
   <si>
     <t>BRUI120</t>
   </si>
   <si>
     <t>Buffalo Trace Kentucky Straight Bourbon Whiskey</t>
   </si>
   <si>
     <t>BUFF001</t>
   </si>
   <si>
     <t>Bulleit Bourbon Kentucky Straight Bourbon Whiskey</t>
   </si>
   <si>
     <t>BULL001</t>
   </si>
   <si>
     <t>Bushmills 10 Year Old Irish Single Malt Whiskey</t>
   </si>
   <si>
     <t>BUSH001</t>
   </si>
   <si>
     <t>Bushmills Black Bush Irish Whiskey</t>
@@ -3250,56 +3178,50 @@
   <si>
     <t>Glenmorangie Cognac Cask Highland Single Malt Whisky</t>
   </si>
   <si>
     <t>GMOR080</t>
   </si>
   <si>
     <t>Glenmorangie Palo Cortado Cask Highland Single Malt Whisky</t>
   </si>
   <si>
     <t>GMOR100</t>
   </si>
   <si>
     <t>Highland Park 12 Year Old Island Single Malt Whisky</t>
   </si>
   <si>
     <t>HIGH001</t>
   </si>
   <si>
     <t>Isle of Jura Perspective No. 01 16 Year Old Island Single Malt Whisky</t>
   </si>
   <si>
     <t>JURA005</t>
   </si>
   <si>
-    <t>Isle of Jura Seven Wood Island Single Malt Whisky</t>
-[...4 lines deleted...]
-  <si>
     <t>Isle of Raasay Oak Species Maturation Series Single Malt Whisky</t>
   </si>
   <si>
     <t>RAAS020</t>
   </si>
   <si>
     <t>Isle of Raasay Signature Single Malt Whisky</t>
   </si>
   <si>
     <t>RAAS010</t>
   </si>
   <si>
     <t>Jack Daniel's Gentleman Jack Tennessee Whiskey</t>
   </si>
   <si>
     <t>JDAN025</t>
   </si>
   <si>
     <t>Jack Daniel's Tennessee Whiskey</t>
   </si>
   <si>
     <t>JDAN005</t>
   </si>
   <si>
     <t>Jameson Irish Whiskey</t>
@@ -3418,56 +3340,50 @@
   <si>
     <t>Leiper's Fork Tennessee Bourbon Whiskey</t>
   </si>
   <si>
     <t>LEIP005</t>
   </si>
   <si>
     <t>Leiper's Fork Tennessee Whiskey</t>
   </si>
   <si>
     <t>LEIP001</t>
   </si>
   <si>
     <t>Lochlea Distillery Cask Strength (First Release) Single Malt Whisky</t>
   </si>
   <si>
     <t>LOCH060</t>
   </si>
   <si>
     <t>Lochlea Distillery Cask Strength (Second Release) Single Malt Whisky</t>
   </si>
   <si>
     <t>LOCH110</t>
   </si>
   <si>
-    <t>Lochlea Distillery Fallow Edition (Third Crop) Single Malt Whisky</t>
-[...4 lines deleted...]
-  <si>
     <t>Lochlea Distillery Harvest Edition (Second Crop) Single Malt Whisky</t>
   </si>
   <si>
     <t>LOCH075</t>
   </si>
   <si>
     <t>Lochlea Distillery Harvest Edition (Third Crop) Single Malt Whisky</t>
   </si>
   <si>
     <t>LOCH115</t>
   </si>
   <si>
     <t>Lochlea Distillery Our Barley Single Malt Whisky</t>
   </si>
   <si>
     <t>LOCH040</t>
   </si>
   <si>
     <t>Lochlea Distillery Ploughing Edition (First Crop) Single Malt Whisky</t>
   </si>
   <si>
     <t>LOCH055</t>
   </si>
   <si>
     <t>Lochlea Distillery Ploughing Edition (Second Crop) Single Malt Whisky</t>
@@ -3508,56 +3424,50 @@
   <si>
     <t>Murray McDavid Mission Gold Tamdhu 31 Year Old Single Malt Whisky</t>
   </si>
   <si>
     <t>MURR010</t>
   </si>
   <si>
     <t>Nikka From The Barrel Japanese Whisky</t>
   </si>
   <si>
     <t>NIKK001</t>
   </si>
   <si>
     <t>Oban 14 Year Old Highland Single Malt Whisky</t>
   </si>
   <si>
     <t>OBAN001</t>
   </si>
   <si>
     <t>Pig's Nose Blended Scotch Whisky</t>
   </si>
   <si>
     <t>PIGS001</t>
   </si>
   <si>
-    <t>Rittenhouse Straight Rye Whiskey</t>
-[...4 lines deleted...]
-  <si>
     <t>Smokehead Twisted Stout Islay Single Malt Scotch Whisky</t>
   </si>
   <si>
     <t>SMOK010</t>
   </si>
   <si>
     <t>Smokehead Unfiltered Islay Single Malt Scotch Whisky</t>
   </si>
   <si>
     <t>SMOK005</t>
   </si>
   <si>
     <t>Starward Nova Single Malt Whisky</t>
   </si>
   <si>
     <t>STAR020</t>
   </si>
   <si>
     <t>Starward Solera Single Malt Whisky</t>
   </si>
   <si>
     <t>STAR025</t>
   </si>
   <si>
     <t>Talisker 10 Year Old Island Single Malt Whisky</t>
@@ -3590,56 +3500,50 @@
     <t>TEEL075</t>
   </si>
   <si>
     <t>That Boutique-y Whisky Company Glentauchers 17 Year Old Whisky</t>
   </si>
   <si>
     <t>BOUT025</t>
   </si>
   <si>
     <t>That Boutique-y Whisky Company Islay #1 Batch 1 Whisky</t>
   </si>
   <si>
     <t>BOUT040</t>
   </si>
   <si>
     <t xml:space="preserve">The English Whisky Company 11 Year Old Full Matured Cabernet Sauvignon Cask  Single Malt Whisky</t>
   </si>
   <si>
     <t>ENGL095</t>
   </si>
   <si>
     <t>The GlenAllachie 11 Year Old Marsala Wood Finish Single Malt Whisky</t>
   </si>
   <si>
     <t>GLEN565</t>
-  </si>
-[...4 lines deleted...]
-    <t>GLEN545</t>
   </si>
   <si>
     <t>The GlenAllachie 7 Year Old Hungarian Oak Finish Single Malt Whisky</t>
   </si>
   <si>
     <t>GLEN555</t>
   </si>
   <si>
     <t>The Glenturret 15 Year Old Single Malt Whisky</t>
   </si>
   <si>
     <t>GLEN615</t>
   </si>
   <si>
     <t>The Glenturret 7 Year Old Peat Smoke Single Malt Whisky</t>
   </si>
   <si>
     <t>GLEN605</t>
   </si>
   <si>
     <t>The One Signature Blend Whisky</t>
   </si>
   <si>
     <t>THEO295</t>
   </si>
@@ -3754,68 +3658,68 @@
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="164" applyNumberFormat="1" fontId="1" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:D605">
-  <autoFilter ref="A1:D605"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:D589">
+  <autoFilter ref="A1:D589"/>
   <tableColumns count="4">
     <tableColumn id="1" name="Category"/>
     <tableColumn id="2" name="Name"/>
     <tableColumn id="3" name="ProductCode"/>
     <tableColumn id="4" name="Price"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight1" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:D605"/>
+  <dimension ref="A1:D589"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="18.4488330841064" customWidth="1"/>
     <col min="2" max="2" width="55" customWidth="1"/>
     <col min="3" max="3" width="14.0665775299072" customWidth="1"/>
     <col min="4" max="4" width="9.240625" customWidth="1" style="2"/>
     <col min="5" max="5" width="9.240625" customWidth="1"/>
     <col min="6" max="6" width="9.240625" customWidth="1"/>
     <col min="7" max="7" width="9.240625" customWidth="1"/>
     <col min="8" max="8" width="9.240625" customWidth="1"/>
     <col min="9" max="9" width="9.240625" customWidth="1"/>
     <col min="10" max="10" width="9.240625" customWidth="1"/>
     <col min="11" max="11" width="9.240625" customWidth="1"/>
     <col min="12" max="12" width="9.240625" customWidth="1"/>
     <col min="13" max="13" width="9.240625" customWidth="1"/>
     <col min="14" max="14" width="9.240625" customWidth="1"/>
     <col min="15" max="15" width="9.240625" customWidth="1"/>
     <col min="16" max="16" width="9.240625" customWidth="1"/>
     <col min="17" max="17" width="9.240625" customWidth="1"/>
     <col min="18" max="18" width="9.240625" customWidth="1"/>
     <col min="19" max="19" width="9.240625" customWidth="1"/>
     <col min="20" max="20" width="9.240625" customWidth="1"/>
@@ -3917,191 +3821,191 @@
     <row r="2">
       <c r="A2" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D2" s="3">
         <v>20</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="3">
-        <v>18.99</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D4" s="3">
-        <v>22.99</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>11</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>12</v>
       </c>
       <c r="D5" s="3">
         <v>39.99</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>14</v>
       </c>
       <c r="D6" s="3">
         <v>24.99</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D7" s="3">
-        <v>21.99</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>17</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>18</v>
       </c>
       <c r="D8" s="3">
-        <v>27.99</v>
+        <v>32.99</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>19</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D9" s="3">
-        <v>26.99</v>
+        <v>32.99</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>21</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D10" s="3">
-        <v>14.99</v>
+        <v>16.99</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>23</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>24</v>
       </c>
       <c r="D11" s="3">
         <v>31.99</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>25</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>26</v>
       </c>
       <c r="D12" s="3">
         <v>42.99</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B13" s="1" t="s">
         <v>27</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>28</v>
       </c>
       <c r="D13" s="3">
-        <v>31.99</v>
+        <v>33.99</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>29</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>30</v>
       </c>
       <c r="D14" s="3">
         <v>69.99</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B15" s="1" t="s">
         <v>31</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>32</v>
@@ -5000,7380 +4904,7156 @@
         <v>164</v>
       </c>
       <c r="C79" s="1" t="s">
         <v>165</v>
       </c>
       <c r="D79" s="3">
         <v>11.99</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="1" t="s">
         <v>123</v>
       </c>
       <c r="B80" s="1" t="s">
         <v>166</v>
       </c>
       <c r="C80" s="1" t="s">
         <v>167</v>
       </c>
       <c r="D80" s="3">
         <v>11.99</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="1" t="s">
-        <v>123</v>
+        <v>168</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D81" s="3">
-        <v>11.99</v>
+        <v>115</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="1" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D82" s="3">
-        <v>115</v>
+        <v>34.49</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="1" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="B83" s="1" t="s">
         <v>174</v>
       </c>
       <c r="C83" s="1" t="s">
         <v>175</v>
       </c>
       <c r="D83" s="3">
-        <v>34.49</v>
+        <v>48.49</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="1" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="B84" s="1" t="s">
         <v>176</v>
       </c>
       <c r="C84" s="1" t="s">
         <v>177</v>
       </c>
       <c r="D84" s="3">
-        <v>48.49</v>
+        <v>140</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="1" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="B85" s="1" t="s">
         <v>178</v>
       </c>
       <c r="C85" s="1" t="s">
         <v>179</v>
       </c>
       <c r="D85" s="3">
-        <v>140</v>
+        <v>90.49</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="1" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="B86" s="1" t="s">
         <v>180</v>
       </c>
       <c r="C86" s="1" t="s">
         <v>181</v>
       </c>
       <c r="D86" s="3">
-        <v>90.49</v>
+        <v>43.49</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="1" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="B87" s="1" t="s">
         <v>182</v>
       </c>
       <c r="C87" s="1" t="s">
         <v>183</v>
       </c>
       <c r="D87" s="3">
-        <v>43.49</v>
+        <v>44.49</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="1" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="B88" s="1" t="s">
         <v>184</v>
       </c>
       <c r="C88" s="1" t="s">
         <v>185</v>
       </c>
       <c r="D88" s="3">
-        <v>44.49</v>
+        <v>190</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="1" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="B89" s="1" t="s">
         <v>186</v>
       </c>
       <c r="C89" s="1" t="s">
         <v>187</v>
       </c>
       <c r="D89" s="3">
-        <v>180</v>
+        <v>165</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="1" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="B90" s="1" t="s">
         <v>188</v>
       </c>
       <c r="C90" s="1" t="s">
         <v>189</v>
       </c>
       <c r="D90" s="3">
-        <v>165</v>
+        <v>60.49</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="1" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="B91" s="1" t="s">
         <v>190</v>
       </c>
       <c r="C91" s="1" t="s">
         <v>191</v>
       </c>
       <c r="D91" s="3">
-        <v>60.49</v>
+        <v>32.49</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="1" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="B92" s="1" t="s">
         <v>192</v>
       </c>
       <c r="C92" s="1" t="s">
         <v>193</v>
       </c>
       <c r="D92" s="3">
-        <v>32.49</v>
+        <v>40.49</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="1" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="B93" s="1" t="s">
         <v>194</v>
       </c>
       <c r="C93" s="1" t="s">
         <v>195</v>
       </c>
       <c r="D93" s="3">
-        <v>40.49</v>
+        <v>85</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="1" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="B94" s="1" t="s">
         <v>196</v>
       </c>
       <c r="C94" s="1" t="s">
         <v>197</v>
       </c>
       <c r="D94" s="3">
-        <v>80.5</v>
+        <v>32.49</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="1" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="B95" s="1" t="s">
         <v>198</v>
       </c>
       <c r="C95" s="1" t="s">
         <v>199</v>
       </c>
       <c r="D95" s="3">
-        <v>32.49</v>
+        <v>46.49</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="1" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="B96" s="1" t="s">
         <v>200</v>
       </c>
       <c r="C96" s="1" t="s">
         <v>201</v>
       </c>
       <c r="D96" s="3">
-        <v>46.49</v>
+        <v>67.5</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="1" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="B97" s="1" t="s">
         <v>202</v>
       </c>
       <c r="C97" s="1" t="s">
         <v>203</v>
       </c>
       <c r="D97" s="3">
-        <v>67.5</v>
+        <v>50.49</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="1" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="B98" s="1" t="s">
         <v>204</v>
       </c>
       <c r="C98" s="1" t="s">
         <v>205</v>
       </c>
       <c r="D98" s="3">
-        <v>50.49</v>
+        <v>186</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="1" t="s">
-        <v>173</v>
+        <v>206</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="D99" s="3">
-        <v>185</v>
+        <v>36.99</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="1" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="B100" s="1" t="s">
         <v>209</v>
       </c>
       <c r="C100" s="1" t="s">
         <v>210</v>
       </c>
       <c r="D100" s="3">
-        <v>36.99</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="1" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="B101" s="1" t="s">
         <v>211</v>
       </c>
       <c r="C101" s="1" t="s">
         <v>212</v>
       </c>
       <c r="D101" s="3">
         <v>24.99</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="1" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="B102" s="1" t="s">
         <v>213</v>
       </c>
       <c r="C102" s="1" t="s">
         <v>214</v>
       </c>
       <c r="D102" s="3">
         <v>24.99</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="1" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="B103" s="1" t="s">
         <v>215</v>
       </c>
       <c r="C103" s="1" t="s">
         <v>216</v>
       </c>
       <c r="D103" s="3">
-        <v>24.99</v>
+        <v>34.99</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="1" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="B104" s="1" t="s">
         <v>217</v>
       </c>
       <c r="C104" s="1" t="s">
         <v>218</v>
       </c>
       <c r="D104" s="3">
         <v>34.99</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="1" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="B105" s="1" t="s">
         <v>219</v>
       </c>
       <c r="C105" s="1" t="s">
         <v>220</v>
       </c>
       <c r="D105" s="3">
-        <v>34.99</v>
+        <v>31.99</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="1" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="B106" s="1" t="s">
         <v>221</v>
       </c>
       <c r="C106" s="1" t="s">
         <v>222</v>
       </c>
       <c r="D106" s="3">
-        <v>27.99</v>
+        <v>34.99</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="1" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="B107" s="1" t="s">
         <v>223</v>
       </c>
       <c r="C107" s="1" t="s">
         <v>224</v>
       </c>
       <c r="D107" s="3">
-        <v>34.99</v>
+        <v>31.99</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="1" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="B108" s="1" t="s">
         <v>225</v>
       </c>
       <c r="C108" s="1" t="s">
         <v>226</v>
       </c>
       <c r="D108" s="3">
         <v>31.99</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="1" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="B109" s="1" t="s">
         <v>227</v>
       </c>
       <c r="C109" s="1" t="s">
         <v>228</v>
       </c>
       <c r="D109" s="3">
         <v>31.99</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="1" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="B110" s="1" t="s">
         <v>229</v>
       </c>
       <c r="C110" s="1" t="s">
         <v>230</v>
       </c>
       <c r="D110" s="3">
-        <v>31.99</v>
+        <v>34.99</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="1" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="B111" s="1" t="s">
         <v>231</v>
       </c>
       <c r="C111" s="1" t="s">
         <v>232</v>
       </c>
       <c r="D111" s="3">
         <v>34.99</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="1" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="B112" s="1" t="s">
         <v>233</v>
       </c>
       <c r="C112" s="1" t="s">
         <v>234</v>
       </c>
       <c r="D112" s="3">
         <v>34.99</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="1" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="B113" s="1" t="s">
         <v>235</v>
       </c>
       <c r="C113" s="1" t="s">
         <v>236</v>
       </c>
       <c r="D113" s="3">
         <v>34.99</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="1" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="B114" s="1" t="s">
         <v>237</v>
       </c>
       <c r="C114" s="1" t="s">
         <v>238</v>
       </c>
       <c r="D114" s="3">
         <v>34.99</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="1" t="s">
-        <v>208</v>
+        <v>239</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="D115" s="3">
-        <v>34.99</v>
+        <v>35.49</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B116" s="1" t="s">
         <v>242</v>
       </c>
       <c r="C116" s="1" t="s">
         <v>243</v>
       </c>
       <c r="D116" s="3">
-        <v>35.49</v>
+        <v>33.99</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B117" s="1" t="s">
         <v>244</v>
       </c>
       <c r="C117" s="1" t="s">
         <v>245</v>
       </c>
       <c r="D117" s="3">
-        <v>33.99</v>
+        <v>28.99</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B118" s="1" t="s">
         <v>246</v>
       </c>
       <c r="C118" s="1" t="s">
         <v>247</v>
       </c>
       <c r="D118" s="3">
-        <v>28.99</v>
+        <v>21.49</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B119" s="1" t="s">
         <v>248</v>
       </c>
       <c r="C119" s="1" t="s">
         <v>249</v>
       </c>
       <c r="D119" s="3">
-        <v>21.49</v>
+        <v>25.49</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B120" s="1" t="s">
         <v>250</v>
       </c>
       <c r="C120" s="1" t="s">
         <v>251</v>
       </c>
       <c r="D120" s="3">
-        <v>25.49</v>
+        <v>36.49</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B121" s="1" t="s">
         <v>252</v>
       </c>
       <c r="C121" s="1" t="s">
         <v>253</v>
       </c>
       <c r="D121" s="3">
         <v>36.49</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B122" s="1" t="s">
         <v>254</v>
       </c>
       <c r="C122" s="1" t="s">
         <v>255</v>
       </c>
       <c r="D122" s="3">
-        <v>36.49</v>
+        <v>29.99</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B123" s="1" t="s">
         <v>256</v>
       </c>
       <c r="C123" s="1" t="s">
         <v>257</v>
       </c>
       <c r="D123" s="3">
-        <v>29.99</v>
+        <v>35.49</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B124" s="1" t="s">
         <v>258</v>
       </c>
       <c r="C124" s="1" t="s">
         <v>259</v>
       </c>
       <c r="D124" s="3">
         <v>35.49</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B125" s="1" t="s">
         <v>260</v>
       </c>
       <c r="C125" s="1" t="s">
         <v>261</v>
       </c>
       <c r="D125" s="3">
         <v>35.49</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B126" s="1" t="s">
         <v>262</v>
       </c>
       <c r="C126" s="1" t="s">
         <v>263</v>
       </c>
       <c r="D126" s="3">
-        <v>35.49</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B127" s="1" t="s">
         <v>264</v>
       </c>
       <c r="C127" s="1" t="s">
         <v>265</v>
       </c>
       <c r="D127" s="3">
-        <v>24.99</v>
+        <v>39.49</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B128" s="1" t="s">
         <v>266</v>
       </c>
       <c r="C128" s="1" t="s">
         <v>267</v>
       </c>
       <c r="D128" s="3">
-        <v>39.49</v>
+        <v>27.49</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B129" s="1" t="s">
         <v>268</v>
       </c>
       <c r="C129" s="1" t="s">
         <v>269</v>
       </c>
       <c r="D129" s="3">
-        <v>27.49</v>
+        <v>19.49</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B130" s="1" t="s">
         <v>270</v>
       </c>
       <c r="C130" s="1" t="s">
         <v>271</v>
       </c>
       <c r="D130" s="3">
-        <v>19.49</v>
+        <v>27.49</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B131" s="1" t="s">
         <v>272</v>
       </c>
       <c r="C131" s="1" t="s">
         <v>273</v>
       </c>
       <c r="D131" s="3">
         <v>27.49</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B132" s="1" t="s">
         <v>274</v>
       </c>
       <c r="C132" s="1" t="s">
         <v>275</v>
       </c>
       <c r="D132" s="3">
         <v>27.49</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B133" s="1" t="s">
         <v>276</v>
       </c>
       <c r="C133" s="1" t="s">
         <v>277</v>
       </c>
       <c r="D133" s="3">
-        <v>27.49</v>
+        <v>30.49</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B134" s="1" t="s">
         <v>278</v>
       </c>
       <c r="C134" s="1" t="s">
         <v>279</v>
       </c>
       <c r="D134" s="3">
-        <v>30.49</v>
+        <v>32.49</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B135" s="1" t="s">
         <v>280</v>
       </c>
       <c r="C135" s="1" t="s">
         <v>281</v>
       </c>
       <c r="D135" s="3">
-        <v>32.49</v>
+        <v>40.49</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B136" s="1" t="s">
         <v>282</v>
       </c>
       <c r="C136" s="1" t="s">
         <v>283</v>
       </c>
       <c r="D136" s="3">
-        <v>40.49</v>
+        <v>51.49</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B137" s="1" t="s">
         <v>284</v>
       </c>
       <c r="C137" s="1" t="s">
         <v>285</v>
       </c>
       <c r="D137" s="3">
-        <v>51.49</v>
+        <v>19.49</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B138" s="1" t="s">
         <v>286</v>
       </c>
       <c r="C138" s="1" t="s">
         <v>287</v>
       </c>
       <c r="D138" s="3">
-        <v>19.49</v>
+        <v>39.49</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B139" s="1" t="s">
         <v>288</v>
       </c>
       <c r="C139" s="1" t="s">
         <v>289</v>
       </c>
       <c r="D139" s="3">
-        <v>39.49</v>
+        <v>21.49</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B140" s="1" t="s">
         <v>290</v>
       </c>
       <c r="C140" s="1" t="s">
         <v>291</v>
       </c>
       <c r="D140" s="3">
         <v>21.49</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B141" s="1" t="s">
         <v>292</v>
       </c>
       <c r="C141" s="1" t="s">
         <v>293</v>
       </c>
       <c r="D141" s="3">
-        <v>21.49</v>
+        <v>35.49</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B142" s="1" t="s">
         <v>294</v>
       </c>
       <c r="C142" s="1" t="s">
         <v>295</v>
       </c>
       <c r="D142" s="3">
-        <v>35.49</v>
+        <v>32.99</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B143" s="1" t="s">
         <v>296</v>
       </c>
       <c r="C143" s="1" t="s">
         <v>297</v>
       </c>
       <c r="D143" s="3">
-        <v>32.99</v>
+        <v>27.99</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B144" s="1" t="s">
         <v>298</v>
       </c>
       <c r="C144" s="1" t="s">
         <v>299</v>
       </c>
       <c r="D144" s="3">
-        <v>32.99</v>
+        <v>2.99</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B145" s="1" t="s">
         <v>300</v>
       </c>
       <c r="C145" s="1" t="s">
         <v>301</v>
       </c>
       <c r="D145" s="3">
-        <v>27.99</v>
+        <v>37.49</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B146" s="1" t="s">
         <v>302</v>
       </c>
       <c r="C146" s="1" t="s">
         <v>303</v>
       </c>
       <c r="D146" s="3">
-        <v>2.99</v>
+        <v>5.49</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B147" s="1" t="s">
         <v>304</v>
       </c>
       <c r="C147" s="1" t="s">
         <v>305</v>
       </c>
       <c r="D147" s="3">
-        <v>37.49</v>
+        <v>34.99</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B148" s="1" t="s">
         <v>306</v>
       </c>
       <c r="C148" s="1" t="s">
         <v>307</v>
       </c>
       <c r="D148" s="3">
-        <v>5.49</v>
+        <v>37.49</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B149" s="1" t="s">
         <v>308</v>
       </c>
       <c r="C149" s="1" t="s">
         <v>309</v>
       </c>
       <c r="D149" s="3">
-        <v>34.99</v>
+        <v>5.49</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B150" s="1" t="s">
         <v>310</v>
       </c>
       <c r="C150" s="1" t="s">
         <v>311</v>
       </c>
       <c r="D150" s="3">
-        <v>37.49</v>
+        <v>42.99</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B151" s="1" t="s">
         <v>312</v>
       </c>
       <c r="C151" s="1" t="s">
         <v>313</v>
       </c>
       <c r="D151" s="3">
-        <v>5.49</v>
+        <v>32.49</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B152" s="1" t="s">
         <v>314</v>
       </c>
       <c r="C152" s="1" t="s">
         <v>315</v>
       </c>
       <c r="D152" s="3">
-        <v>42.99</v>
+        <v>32.49</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B153" s="1" t="s">
         <v>316</v>
       </c>
       <c r="C153" s="1" t="s">
         <v>317</v>
       </c>
       <c r="D153" s="3">
         <v>32.49</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B154" s="1" t="s">
         <v>318</v>
       </c>
       <c r="C154" s="1" t="s">
         <v>319</v>
       </c>
       <c r="D154" s="3">
-        <v>32.49</v>
+        <v>35.49</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B155" s="1" t="s">
         <v>320</v>
       </c>
       <c r="C155" s="1" t="s">
         <v>321</v>
       </c>
       <c r="D155" s="3">
-        <v>32.49</v>
+        <v>39.49</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B156" s="1" t="s">
         <v>322</v>
       </c>
       <c r="C156" s="1" t="s">
         <v>323</v>
       </c>
       <c r="D156" s="3">
         <v>37.99</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B157" s="1" t="s">
         <v>324</v>
       </c>
       <c r="C157" s="1" t="s">
         <v>325</v>
       </c>
       <c r="D157" s="3">
-        <v>35.49</v>
+        <v>33.49</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B158" s="1" t="s">
         <v>326</v>
       </c>
       <c r="C158" s="1" t="s">
         <v>327</v>
       </c>
       <c r="D158" s="3">
-        <v>39.49</v>
+        <v>33.49</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B159" s="1" t="s">
         <v>328</v>
       </c>
       <c r="C159" s="1" t="s">
         <v>329</v>
       </c>
       <c r="D159" s="3">
-        <v>37.99</v>
+        <v>33.49</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B160" s="1" t="s">
         <v>330</v>
       </c>
       <c r="C160" s="1" t="s">
         <v>331</v>
       </c>
       <c r="D160" s="3">
         <v>33.49</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B161" s="1" t="s">
         <v>332</v>
       </c>
       <c r="C161" s="1" t="s">
         <v>333</v>
       </c>
       <c r="D161" s="3">
         <v>33.49</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B162" s="1" t="s">
         <v>334</v>
       </c>
       <c r="C162" s="1" t="s">
         <v>335</v>
       </c>
       <c r="D162" s="3">
-        <v>33.49</v>
+        <v>46.49</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B163" s="1" t="s">
         <v>336</v>
       </c>
       <c r="C163" s="1" t="s">
         <v>337</v>
       </c>
       <c r="D163" s="3">
-        <v>33.49</v>
+        <v>40.99</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B164" s="1" t="s">
         <v>338</v>
       </c>
       <c r="C164" s="1" t="s">
         <v>339</v>
       </c>
       <c r="D164" s="3">
-        <v>33.49</v>
+        <v>36.99</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B165" s="1" t="s">
         <v>340</v>
       </c>
       <c r="C165" s="1" t="s">
         <v>341</v>
       </c>
       <c r="D165" s="3">
-        <v>46.49</v>
+        <v>28.49</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B166" s="1" t="s">
         <v>342</v>
       </c>
       <c r="C166" s="1" t="s">
         <v>343</v>
       </c>
       <c r="D166" s="3">
-        <v>40.99</v>
+        <v>16.49</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B167" s="1" t="s">
         <v>344</v>
       </c>
       <c r="C167" s="1" t="s">
         <v>345</v>
       </c>
       <c r="D167" s="3">
-        <v>36.99</v>
+        <v>4.39</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B168" s="1" t="s">
         <v>346</v>
       </c>
       <c r="C168" s="1" t="s">
         <v>347</v>
       </c>
       <c r="D168" s="3">
-        <v>28.49</v>
+        <v>34.99</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B169" s="1" t="s">
         <v>348</v>
       </c>
       <c r="C169" s="1" t="s">
         <v>349</v>
       </c>
       <c r="D169" s="3">
-        <v>16.49</v>
+        <v>34.99</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B170" s="1" t="s">
         <v>350</v>
       </c>
       <c r="C170" s="1" t="s">
         <v>351</v>
       </c>
       <c r="D170" s="3">
-        <v>4.39</v>
+        <v>27.99</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B171" s="1" t="s">
         <v>352</v>
       </c>
       <c r="C171" s="1" t="s">
         <v>353</v>
       </c>
       <c r="D171" s="3">
-        <v>34.99</v>
+        <v>35.49</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B172" s="1" t="s">
         <v>354</v>
       </c>
       <c r="C172" s="1" t="s">
         <v>355</v>
       </c>
       <c r="D172" s="3">
-        <v>34.99</v>
+        <v>28.49</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B173" s="1" t="s">
         <v>356</v>
       </c>
       <c r="C173" s="1" t="s">
         <v>357</v>
       </c>
       <c r="D173" s="3">
-        <v>27.99</v>
+        <v>32.49</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B174" s="1" t="s">
         <v>358</v>
       </c>
       <c r="C174" s="1" t="s">
         <v>359</v>
       </c>
       <c r="D174" s="3">
-        <v>35.49</v>
+        <v>36.99</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B175" s="1" t="s">
         <v>360</v>
       </c>
       <c r="C175" s="1" t="s">
         <v>361</v>
       </c>
       <c r="D175" s="3">
-        <v>28.49</v>
+        <v>37.49</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B176" s="1" t="s">
         <v>362</v>
       </c>
       <c r="C176" s="1" t="s">
         <v>363</v>
       </c>
       <c r="D176" s="3">
-        <v>32.49</v>
+        <v>37.49</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B177" s="1" t="s">
         <v>364</v>
       </c>
       <c r="C177" s="1" t="s">
         <v>365</v>
       </c>
       <c r="D177" s="3">
-        <v>36.99</v>
+        <v>35.49</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B178" s="1" t="s">
         <v>366</v>
       </c>
       <c r="C178" s="1" t="s">
         <v>367</v>
       </c>
       <c r="D178" s="3">
-        <v>39.49</v>
+        <v>34.49</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B179" s="1" t="s">
         <v>368</v>
       </c>
       <c r="C179" s="1" t="s">
         <v>369</v>
       </c>
       <c r="D179" s="3">
-        <v>37.49</v>
+        <v>36.49</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B180" s="1" t="s">
         <v>370</v>
       </c>
       <c r="C180" s="1" t="s">
         <v>371</v>
       </c>
       <c r="D180" s="3">
-        <v>37.49</v>
+        <v>34.49</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B181" s="1" t="s">
         <v>372</v>
       </c>
       <c r="C181" s="1" t="s">
         <v>373</v>
       </c>
       <c r="D181" s="3">
-        <v>35.49</v>
+        <v>39.49</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B182" s="1" t="s">
         <v>374</v>
       </c>
       <c r="C182" s="1" t="s">
         <v>375</v>
       </c>
       <c r="D182" s="3">
-        <v>34.49</v>
+        <v>38.49</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B183" s="1" t="s">
         <v>376</v>
       </c>
       <c r="C183" s="1" t="s">
         <v>377</v>
       </c>
       <c r="D183" s="3">
-        <v>36.49</v>
+        <v>34.99</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B184" s="1" t="s">
         <v>378</v>
       </c>
       <c r="C184" s="1" t="s">
         <v>379</v>
       </c>
       <c r="D184" s="3">
-        <v>34.49</v>
+        <v>39.49</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B185" s="1" t="s">
         <v>380</v>
       </c>
       <c r="C185" s="1" t="s">
         <v>381</v>
       </c>
       <c r="D185" s="3">
-        <v>39.49</v>
+        <v>34.49</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B186" s="1" t="s">
         <v>382</v>
       </c>
       <c r="C186" s="1" t="s">
         <v>383</v>
       </c>
       <c r="D186" s="3">
-        <v>38.49</v>
+        <v>24.49</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B187" s="1" t="s">
         <v>384</v>
       </c>
       <c r="C187" s="1" t="s">
         <v>385</v>
       </c>
       <c r="D187" s="3">
-        <v>34.99</v>
+        <v>39.49</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B188" s="1" t="s">
         <v>386</v>
       </c>
       <c r="C188" s="1" t="s">
         <v>387</v>
       </c>
       <c r="D188" s="3">
-        <v>39.49</v>
+        <v>34.49</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B189" s="1" t="s">
         <v>388</v>
       </c>
       <c r="C189" s="1" t="s">
         <v>389</v>
       </c>
       <c r="D189" s="3">
-        <v>34.49</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B190" s="1" t="s">
         <v>390</v>
       </c>
       <c r="C190" s="1" t="s">
         <v>391</v>
       </c>
       <c r="D190" s="3">
-        <v>24.49</v>
+        <v>44.49</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B191" s="1" t="s">
         <v>392</v>
       </c>
       <c r="C191" s="1" t="s">
         <v>393</v>
       </c>
       <c r="D191" s="3">
-        <v>39.49</v>
+        <v>29.99</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B192" s="1" t="s">
         <v>394</v>
       </c>
       <c r="C192" s="1" t="s">
         <v>395</v>
       </c>
       <c r="D192" s="3">
-        <v>34.49</v>
+        <v>38.49</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B193" s="1" t="s">
         <v>396</v>
       </c>
       <c r="C193" s="1" t="s">
         <v>397</v>
       </c>
       <c r="D193" s="3">
-        <v>21.99</v>
+        <v>39.99</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B194" s="1" t="s">
         <v>398</v>
       </c>
       <c r="C194" s="1" t="s">
         <v>399</v>
       </c>
       <c r="D194" s="3">
-        <v>44.49</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B195" s="1" t="s">
         <v>400</v>
       </c>
       <c r="C195" s="1" t="s">
         <v>401</v>
       </c>
       <c r="D195" s="3">
-        <v>29.99</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B196" s="1" t="s">
         <v>402</v>
       </c>
       <c r="C196" s="1" t="s">
         <v>403</v>
       </c>
       <c r="D196" s="3">
-        <v>38.49</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B197" s="1" t="s">
         <v>404</v>
       </c>
       <c r="C197" s="1" t="s">
         <v>405</v>
       </c>
       <c r="D197" s="3">
-        <v>39.99</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B198" s="1" t="s">
         <v>406</v>
       </c>
       <c r="C198" s="1" t="s">
         <v>407</v>
       </c>
       <c r="D198" s="3">
         <v>24.99</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B199" s="1" t="s">
         <v>408</v>
       </c>
       <c r="C199" s="1" t="s">
         <v>409</v>
       </c>
       <c r="D199" s="3">
         <v>24.99</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B200" s="1" t="s">
         <v>410</v>
       </c>
       <c r="C200" s="1" t="s">
         <v>411</v>
       </c>
       <c r="D200" s="3">
         <v>24.99</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B201" s="1" t="s">
         <v>412</v>
       </c>
       <c r="C201" s="1" t="s">
         <v>413</v>
       </c>
       <c r="D201" s="3">
-        <v>24.99</v>
+        <v>20.49</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B202" s="1" t="s">
         <v>414</v>
       </c>
       <c r="C202" s="1" t="s">
         <v>415</v>
       </c>
       <c r="D202" s="3">
         <v>24.99</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B203" s="1" t="s">
         <v>416</v>
       </c>
       <c r="C203" s="1" t="s">
         <v>417</v>
       </c>
       <c r="D203" s="3">
-        <v>24.99</v>
+        <v>29.99</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="1" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B204" s="1" t="s">
         <v>418</v>
       </c>
       <c r="C204" s="1" t="s">
         <v>419</v>
       </c>
       <c r="D204" s="3">
-        <v>24.99</v>
+        <v>36.49</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="1" t="s">
-        <v>241</v>
+        <v>420</v>
       </c>
       <c r="B205" s="1" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="D205" s="3">
-        <v>20.49</v>
+        <v>25.99</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="1" t="s">
-        <v>241</v>
+        <v>420</v>
       </c>
       <c r="B206" s="1" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="D206" s="3">
-        <v>24.99</v>
+        <v>22.99</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="1" t="s">
-        <v>241</v>
+        <v>420</v>
       </c>
       <c r="B207" s="1" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="D207" s="3">
-        <v>29.99</v>
+        <v>35.99</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="1" t="s">
-        <v>241</v>
+        <v>420</v>
       </c>
       <c r="B208" s="1" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="D208" s="3">
-        <v>36.49</v>
+        <v>29.99</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="1" t="s">
-        <v>428</v>
+        <v>420</v>
       </c>
       <c r="B209" s="1" t="s">
         <v>429</v>
       </c>
       <c r="C209" s="1" t="s">
         <v>430</v>
       </c>
       <c r="D209" s="3">
-        <v>25.99</v>
+        <v>31.99</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="1" t="s">
-        <v>428</v>
+        <v>420</v>
       </c>
       <c r="B210" s="1" t="s">
         <v>431</v>
       </c>
       <c r="C210" s="1" t="s">
         <v>432</v>
       </c>
       <c r="D210" s="3">
-        <v>22.99</v>
+        <v>31.99</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="1" t="s">
-        <v>428</v>
+        <v>420</v>
       </c>
       <c r="B211" s="1" t="s">
         <v>433</v>
       </c>
       <c r="C211" s="1" t="s">
         <v>434</v>
       </c>
       <c r="D211" s="3">
-        <v>35.99</v>
+        <v>39.99</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="1" t="s">
-        <v>428</v>
+        <v>420</v>
       </c>
       <c r="B212" s="1" t="s">
         <v>435</v>
       </c>
       <c r="C212" s="1" t="s">
         <v>436</v>
       </c>
       <c r="D212" s="3">
-        <v>29.99</v>
+        <v>26.99</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="1" t="s">
-        <v>428</v>
+        <v>420</v>
       </c>
       <c r="B213" s="1" t="s">
         <v>437</v>
       </c>
       <c r="C213" s="1" t="s">
         <v>438</v>
       </c>
       <c r="D213" s="3">
-        <v>31.99</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="1" t="s">
-        <v>428</v>
+        <v>420</v>
       </c>
       <c r="B214" s="1" t="s">
         <v>439</v>
       </c>
       <c r="C214" s="1" t="s">
         <v>440</v>
       </c>
       <c r="D214" s="3">
-        <v>31.99</v>
+        <v>39.99</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="1" t="s">
-        <v>428</v>
+        <v>420</v>
       </c>
       <c r="B215" s="1" t="s">
         <v>441</v>
       </c>
       <c r="C215" s="1" t="s">
         <v>442</v>
       </c>
       <c r="D215" s="3">
-        <v>39.99</v>
+        <v>41.99</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="1" t="s">
-        <v>428</v>
+        <v>420</v>
       </c>
       <c r="B216" s="1" t="s">
         <v>443</v>
       </c>
       <c r="C216" s="1" t="s">
         <v>444</v>
       </c>
       <c r="D216" s="3">
-        <v>26.99</v>
+        <v>29.99</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="1" t="s">
-        <v>428</v>
+        <v>420</v>
       </c>
       <c r="B217" s="1" t="s">
         <v>445</v>
       </c>
       <c r="C217" s="1" t="s">
         <v>446</v>
       </c>
       <c r="D217" s="3">
         <v>24.99</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="1" t="s">
-        <v>428</v>
+        <v>420</v>
       </c>
       <c r="B218" s="1" t="s">
         <v>447</v>
       </c>
       <c r="C218" s="1" t="s">
         <v>448</v>
       </c>
       <c r="D218" s="3">
         <v>39.99</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="1" t="s">
-        <v>428</v>
+        <v>420</v>
       </c>
       <c r="B219" s="1" t="s">
         <v>449</v>
       </c>
       <c r="C219" s="1" t="s">
         <v>450</v>
       </c>
       <c r="D219" s="3">
-        <v>41.99</v>
+        <v>26.99</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="1" t="s">
-        <v>428</v>
+        <v>420</v>
       </c>
       <c r="B220" s="1" t="s">
         <v>451</v>
       </c>
       <c r="C220" s="1" t="s">
         <v>452</v>
       </c>
       <c r="D220" s="3">
-        <v>29.99</v>
+        <v>31.99</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="1" t="s">
-        <v>428</v>
+        <v>420</v>
       </c>
       <c r="B221" s="1" t="s">
         <v>453</v>
       </c>
       <c r="C221" s="1" t="s">
         <v>454</v>
       </c>
       <c r="D221" s="3">
-        <v>22.99</v>
+        <v>43.99</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="1" t="s">
-        <v>428</v>
+        <v>420</v>
       </c>
       <c r="B222" s="1" t="s">
         <v>455</v>
       </c>
       <c r="C222" s="1" t="s">
         <v>456</v>
       </c>
       <c r="D222" s="3">
-        <v>39.99</v>
+        <v>33.99</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="1" t="s">
-        <v>428</v>
+        <v>420</v>
       </c>
       <c r="B223" s="1" t="s">
         <v>457</v>
       </c>
       <c r="C223" s="1" t="s">
         <v>458</v>
       </c>
       <c r="D223" s="3">
-        <v>42.99</v>
+        <v>36.99</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="1" t="s">
-        <v>428</v>
+        <v>420</v>
       </c>
       <c r="B224" s="1" t="s">
         <v>459</v>
       </c>
       <c r="C224" s="1" t="s">
         <v>460</v>
       </c>
       <c r="D224" s="3">
-        <v>26.99</v>
+        <v>49.99</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="1" t="s">
-        <v>428</v>
+        <v>461</v>
       </c>
       <c r="B225" s="1" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="D225" s="3">
-        <v>31.99</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="1" t="s">
-        <v>428</v>
+        <v>461</v>
       </c>
       <c r="B226" s="1" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="C226" s="1" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="D226" s="3">
-        <v>43.99</v>
+        <v>23.49</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="1" t="s">
-        <v>428</v>
+        <v>461</v>
       </c>
       <c r="B227" s="1" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="D227" s="3">
-        <v>33.99</v>
+        <v>23.49</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="1" t="s">
-        <v>428</v>
+        <v>461</v>
       </c>
       <c r="B228" s="1" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="D228" s="3">
-        <v>36.99</v>
+        <v>17.49</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="1" t="s">
-        <v>428</v>
+        <v>461</v>
       </c>
       <c r="B229" s="1" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="C229" s="1" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="D229" s="3">
-        <v>49.99</v>
+        <v>17.49</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="1" t="s">
-        <v>471</v>
+        <v>461</v>
       </c>
       <c r="B230" s="1" t="s">
         <v>472</v>
       </c>
       <c r="C230" s="1" t="s">
         <v>473</v>
       </c>
       <c r="D230" s="3">
-        <v>19.99</v>
+        <v>17.49</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="1" t="s">
-        <v>471</v>
+        <v>461</v>
       </c>
       <c r="B231" s="1" t="s">
         <v>474</v>
       </c>
       <c r="C231" s="1" t="s">
         <v>475</v>
       </c>
       <c r="D231" s="3">
-        <v>23.49</v>
+        <v>18.49</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="1" t="s">
-        <v>471</v>
+        <v>461</v>
       </c>
       <c r="B232" s="1" t="s">
         <v>476</v>
       </c>
       <c r="C232" s="1" t="s">
         <v>477</v>
       </c>
       <c r="D232" s="3">
-        <v>23.49</v>
+        <v>32.49</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="1" t="s">
-        <v>471</v>
+        <v>461</v>
       </c>
       <c r="B233" s="1" t="s">
         <v>478</v>
       </c>
       <c r="C233" s="1" t="s">
         <v>479</v>
       </c>
       <c r="D233" s="3">
-        <v>17.49</v>
+        <v>67.99</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="1" t="s">
-        <v>471</v>
+        <v>461</v>
       </c>
       <c r="B234" s="1" t="s">
         <v>480</v>
       </c>
       <c r="C234" s="1" t="s">
         <v>481</v>
       </c>
       <c r="D234" s="3">
-        <v>17.49</v>
+        <v>26.49</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="1" t="s">
-        <v>471</v>
+        <v>461</v>
       </c>
       <c r="B235" s="1" t="s">
         <v>482</v>
       </c>
       <c r="C235" s="1" t="s">
         <v>483</v>
       </c>
       <c r="D235" s="3">
-        <v>17.49</v>
+        <v>23.49</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="1" t="s">
-        <v>471</v>
+        <v>461</v>
       </c>
       <c r="B236" s="1" t="s">
         <v>484</v>
       </c>
       <c r="C236" s="1" t="s">
         <v>485</v>
       </c>
       <c r="D236" s="3">
-        <v>18.49</v>
+        <v>32.49</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="1" t="s">
-        <v>471</v>
+        <v>461</v>
       </c>
       <c r="B237" s="1" t="s">
         <v>486</v>
       </c>
       <c r="C237" s="1" t="s">
         <v>487</v>
       </c>
       <c r="D237" s="3">
-        <v>32.49</v>
+        <v>25.49</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="1" t="s">
-        <v>471</v>
+        <v>461</v>
       </c>
       <c r="B238" s="1" t="s">
         <v>488</v>
       </c>
       <c r="C238" s="1" t="s">
         <v>489</v>
       </c>
       <c r="D238" s="3">
-        <v>67.99</v>
+        <v>22.99</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="1" t="s">
-        <v>471</v>
+        <v>461</v>
       </c>
       <c r="B239" s="1" t="s">
         <v>490</v>
       </c>
       <c r="C239" s="1" t="s">
         <v>491</v>
       </c>
       <c r="D239" s="3">
-        <v>67.99</v>
+        <v>23.49</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="1" t="s">
-        <v>471</v>
+        <v>461</v>
       </c>
       <c r="B240" s="1" t="s">
         <v>492</v>
       </c>
       <c r="C240" s="1" t="s">
         <v>493</v>
       </c>
       <c r="D240" s="3">
-        <v>26.49</v>
+        <v>24.49</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" s="1" t="s">
-        <v>471</v>
+        <v>461</v>
       </c>
       <c r="B241" s="1" t="s">
         <v>494</v>
       </c>
       <c r="C241" s="1" t="s">
         <v>495</v>
       </c>
       <c r="D241" s="3">
         <v>23.49</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="1" t="s">
-        <v>471</v>
+        <v>461</v>
       </c>
       <c r="B242" s="1" t="s">
         <v>496</v>
       </c>
       <c r="C242" s="1" t="s">
         <v>497</v>
       </c>
       <c r="D242" s="3">
-        <v>32.49</v>
+        <v>27.49</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" s="1" t="s">
-        <v>471</v>
+        <v>461</v>
       </c>
       <c r="B243" s="1" t="s">
         <v>498</v>
       </c>
       <c r="C243" s="1" t="s">
         <v>499</v>
       </c>
       <c r="D243" s="3">
-        <v>25.49</v>
+        <v>26.49</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" s="1" t="s">
-        <v>471</v>
+        <v>461</v>
       </c>
       <c r="B244" s="1" t="s">
         <v>500</v>
       </c>
       <c r="C244" s="1" t="s">
         <v>501</v>
       </c>
       <c r="D244" s="3">
-        <v>22.99</v>
+        <v>23.49</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" s="1" t="s">
-        <v>471</v>
+        <v>461</v>
       </c>
       <c r="B245" s="1" t="s">
         <v>502</v>
       </c>
       <c r="C245" s="1" t="s">
         <v>503</v>
       </c>
       <c r="D245" s="3">
-        <v>23.49</v>
+        <v>28.49</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" s="1" t="s">
-        <v>471</v>
+        <v>461</v>
       </c>
       <c r="B246" s="1" t="s">
         <v>504</v>
       </c>
       <c r="C246" s="1" t="s">
         <v>505</v>
       </c>
       <c r="D246" s="3">
-        <v>24.49</v>
+        <v>50.49</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" s="1" t="s">
-        <v>471</v>
+        <v>461</v>
       </c>
       <c r="B247" s="1" t="s">
         <v>506</v>
       </c>
       <c r="C247" s="1" t="s">
         <v>507</v>
       </c>
       <c r="D247" s="3">
-        <v>23.49</v>
+        <v>30.49</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" s="1" t="s">
-        <v>471</v>
+        <v>461</v>
       </c>
       <c r="B248" s="1" t="s">
         <v>508</v>
       </c>
       <c r="C248" s="1" t="s">
         <v>509</v>
       </c>
       <c r="D248" s="3">
-        <v>27.49</v>
+        <v>26.49</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" s="1" t="s">
-        <v>471</v>
+        <v>461</v>
       </c>
       <c r="B249" s="1" t="s">
         <v>510</v>
       </c>
       <c r="C249" s="1" t="s">
         <v>511</v>
       </c>
       <c r="D249" s="3">
-        <v>26.49</v>
+        <v>33.49</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" s="1" t="s">
-        <v>471</v>
+        <v>461</v>
       </c>
       <c r="B250" s="1" t="s">
         <v>512</v>
       </c>
       <c r="C250" s="1" t="s">
         <v>513</v>
       </c>
       <c r="D250" s="3">
-        <v>23.49</v>
+        <v>19.49</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" s="1" t="s">
-        <v>471</v>
+        <v>461</v>
       </c>
       <c r="B251" s="1" t="s">
         <v>514</v>
       </c>
       <c r="C251" s="1" t="s">
         <v>515</v>
       </c>
       <c r="D251" s="3">
-        <v>28.49</v>
+        <v>19.49</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" s="1" t="s">
-        <v>471</v>
+        <v>461</v>
       </c>
       <c r="B252" s="1" t="s">
         <v>516</v>
       </c>
       <c r="C252" s="1" t="s">
         <v>517</v>
       </c>
       <c r="D252" s="3">
-        <v>50.49</v>
+        <v>28.99</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="1" t="s">
-        <v>471</v>
+        <v>461</v>
       </c>
       <c r="B253" s="1" t="s">
         <v>518</v>
       </c>
       <c r="C253" s="1" t="s">
         <v>519</v>
       </c>
       <c r="D253" s="3">
-        <v>30.49</v>
+        <v>25.49</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="1" t="s">
-        <v>471</v>
+        <v>461</v>
       </c>
       <c r="B254" s="1" t="s">
         <v>520</v>
       </c>
       <c r="C254" s="1" t="s">
         <v>521</v>
       </c>
       <c r="D254" s="3">
-        <v>26.49</v>
+        <v>25.49</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" s="1" t="s">
-        <v>471</v>
+        <v>461</v>
       </c>
       <c r="B255" s="1" t="s">
         <v>522</v>
       </c>
       <c r="C255" s="1" t="s">
         <v>523</v>
       </c>
       <c r="D255" s="3">
-        <v>33.49</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" s="1" t="s">
-        <v>471</v>
+        <v>461</v>
       </c>
       <c r="B256" s="1" t="s">
         <v>524</v>
       </c>
       <c r="C256" s="1" t="s">
         <v>525</v>
       </c>
       <c r="D256" s="3">
-        <v>19.49</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" s="1" t="s">
-        <v>471</v>
+        <v>461</v>
       </c>
       <c r="B257" s="1" t="s">
         <v>526</v>
       </c>
       <c r="C257" s="1" t="s">
         <v>527</v>
       </c>
       <c r="D257" s="3">
-        <v>19.49</v>
+        <v>28.49</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" s="1" t="s">
-        <v>471</v>
+        <v>461</v>
       </c>
       <c r="B258" s="1" t="s">
         <v>528</v>
       </c>
       <c r="C258" s="1" t="s">
         <v>529</v>
       </c>
       <c r="D258" s="3">
-        <v>28.99</v>
+        <v>31.49</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" s="1" t="s">
-        <v>471</v>
+        <v>461</v>
       </c>
       <c r="B259" s="1" t="s">
         <v>530</v>
       </c>
       <c r="C259" s="1" t="s">
         <v>531</v>
       </c>
       <c r="D259" s="3">
-        <v>25.49</v>
+        <v>27.49</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" s="1" t="s">
-        <v>471</v>
+        <v>461</v>
       </c>
       <c r="B260" s="1" t="s">
         <v>532</v>
       </c>
       <c r="C260" s="1" t="s">
         <v>533</v>
       </c>
       <c r="D260" s="3">
-        <v>25.49</v>
+        <v>22.49</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" s="1" t="s">
-        <v>471</v>
+        <v>461</v>
       </c>
       <c r="B261" s="1" t="s">
         <v>534</v>
       </c>
       <c r="C261" s="1" t="s">
         <v>535</v>
       </c>
       <c r="D261" s="3">
-        <v>24.99</v>
+        <v>22.49</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" s="1" t="s">
-        <v>471</v>
+        <v>461</v>
       </c>
       <c r="B262" s="1" t="s">
         <v>536</v>
       </c>
       <c r="C262" s="1" t="s">
         <v>537</v>
       </c>
       <c r="D262" s="3">
-        <v>19.99</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" s="1" t="s">
-        <v>471</v>
+        <v>461</v>
       </c>
       <c r="B263" s="1" t="s">
         <v>538</v>
       </c>
       <c r="C263" s="1" t="s">
         <v>539</v>
       </c>
       <c r="D263" s="3">
-        <v>28.49</v>
+        <v>26.49</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" s="1" t="s">
-        <v>471</v>
+        <v>461</v>
       </c>
       <c r="B264" s="1" t="s">
         <v>540</v>
       </c>
       <c r="C264" s="1" t="s">
         <v>541</v>
       </c>
       <c r="D264" s="3">
-        <v>31.49</v>
+        <v>20.49</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" s="1" t="s">
-        <v>471</v>
+        <v>461</v>
       </c>
       <c r="B265" s="1" t="s">
         <v>542</v>
       </c>
       <c r="C265" s="1" t="s">
         <v>543</v>
       </c>
       <c r="D265" s="3">
-        <v>27.49</v>
+        <v>19.49</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" s="1" t="s">
-        <v>471</v>
+        <v>461</v>
       </c>
       <c r="B266" s="1" t="s">
         <v>544</v>
       </c>
       <c r="C266" s="1" t="s">
         <v>545</v>
       </c>
       <c r="D266" s="3">
-        <v>22.49</v>
+        <v>24.49</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="1" t="s">
-        <v>471</v>
+        <v>461</v>
       </c>
       <c r="B267" s="1" t="s">
         <v>546</v>
       </c>
       <c r="C267" s="1" t="s">
         <v>547</v>
       </c>
       <c r="D267" s="3">
-        <v>22.49</v>
+        <v>17.49</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="1" t="s">
-        <v>471</v>
+        <v>461</v>
       </c>
       <c r="B268" s="1" t="s">
         <v>548</v>
       </c>
       <c r="C268" s="1" t="s">
         <v>549</v>
       </c>
       <c r="D268" s="3">
-        <v>24.99</v>
+        <v>19.49</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" s="1" t="s">
-        <v>471</v>
+        <v>461</v>
       </c>
       <c r="B269" s="1" t="s">
         <v>550</v>
       </c>
       <c r="C269" s="1" t="s">
         <v>551</v>
       </c>
       <c r="D269" s="3">
-        <v>26.49</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" s="1" t="s">
-        <v>471</v>
+        <v>461</v>
       </c>
       <c r="B270" s="1" t="s">
         <v>552</v>
       </c>
       <c r="C270" s="1" t="s">
         <v>553</v>
       </c>
       <c r="D270" s="3">
-        <v>20.49</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="1" t="s">
-        <v>471</v>
+        <v>461</v>
       </c>
       <c r="B271" s="1" t="s">
         <v>554</v>
       </c>
       <c r="C271" s="1" t="s">
         <v>555</v>
       </c>
       <c r="D271" s="3">
-        <v>19.49</v>
+        <v>33.49</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="1" t="s">
-        <v>471</v>
+        <v>461</v>
       </c>
       <c r="B272" s="1" t="s">
         <v>556</v>
       </c>
       <c r="C272" s="1" t="s">
         <v>557</v>
       </c>
       <c r="D272" s="3">
-        <v>24.49</v>
+        <v>28.49</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="1" t="s">
-        <v>471</v>
+        <v>461</v>
       </c>
       <c r="B273" s="1" t="s">
         <v>558</v>
       </c>
       <c r="C273" s="1" t="s">
         <v>559</v>
       </c>
       <c r="D273" s="3">
         <v>17.49</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="1" t="s">
-        <v>471</v>
+        <v>461</v>
       </c>
       <c r="B274" s="1" t="s">
         <v>560</v>
       </c>
       <c r="C274" s="1" t="s">
         <v>561</v>
       </c>
       <c r="D274" s="3">
-        <v>19.49</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" s="1" t="s">
-        <v>471</v>
+        <v>461</v>
       </c>
       <c r="B275" s="1" t="s">
         <v>562</v>
       </c>
       <c r="C275" s="1" t="s">
         <v>563</v>
       </c>
       <c r="D275" s="3">
-        <v>18.99</v>
+        <v>3.99</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="1" t="s">
-        <v>471</v>
+        <v>461</v>
       </c>
       <c r="B276" s="1" t="s">
         <v>564</v>
       </c>
       <c r="C276" s="1" t="s">
         <v>565</v>
       </c>
       <c r="D276" s="3">
-        <v>18.99</v>
+        <v>11.49</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="1" t="s">
-        <v>471</v>
+        <v>461</v>
       </c>
       <c r="B277" s="1" t="s">
         <v>566</v>
       </c>
       <c r="C277" s="1" t="s">
         <v>567</v>
       </c>
       <c r="D277" s="3">
-        <v>33.49</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" s="1" t="s">
-        <v>471</v>
+        <v>461</v>
       </c>
       <c r="B278" s="1" t="s">
         <v>568</v>
       </c>
       <c r="C278" s="1" t="s">
         <v>569</v>
       </c>
       <c r="D278" s="3">
-        <v>28.49</v>
+        <v>11.99</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" s="1" t="s">
-        <v>471</v>
+        <v>461</v>
       </c>
       <c r="B279" s="1" t="s">
         <v>570</v>
       </c>
       <c r="C279" s="1" t="s">
         <v>571</v>
       </c>
       <c r="D279" s="3">
-        <v>17.49</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" s="1" t="s">
-        <v>471</v>
+        <v>461</v>
       </c>
       <c r="B280" s="1" t="s">
         <v>572</v>
       </c>
       <c r="C280" s="1" t="s">
         <v>573</v>
       </c>
       <c r="D280" s="3">
-        <v>21.99</v>
+        <v>3.99</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" s="1" t="s">
-        <v>471</v>
+        <v>461</v>
       </c>
       <c r="B281" s="1" t="s">
         <v>574</v>
       </c>
       <c r="C281" s="1" t="s">
         <v>575</v>
       </c>
       <c r="D281" s="3">
-        <v>3.99</v>
+        <v>28.49</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" s="1" t="s">
-        <v>471</v>
+        <v>461</v>
       </c>
       <c r="B282" s="1" t="s">
         <v>576</v>
       </c>
       <c r="C282" s="1" t="s">
         <v>577</v>
       </c>
       <c r="D282" s="3">
-        <v>11.49</v>
+        <v>27.99</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" s="1" t="s">
-        <v>471</v>
+        <v>461</v>
       </c>
       <c r="B283" s="1" t="s">
         <v>578</v>
       </c>
       <c r="C283" s="1" t="s">
         <v>579</v>
       </c>
       <c r="D283" s="3">
-        <v>21.49</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" s="1" t="s">
-        <v>471</v>
+        <v>461</v>
       </c>
       <c r="B284" s="1" t="s">
         <v>580</v>
       </c>
       <c r="C284" s="1" t="s">
         <v>581</v>
       </c>
       <c r="D284" s="3">
-        <v>21.99</v>
+        <v>24.49</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" s="1" t="s">
-        <v>471</v>
+        <v>461</v>
       </c>
       <c r="B285" s="1" t="s">
         <v>582</v>
       </c>
       <c r="C285" s="1" t="s">
         <v>583</v>
       </c>
       <c r="D285" s="3">
-        <v>11.99</v>
+        <v>27</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" s="1" t="s">
-        <v>471</v>
+        <v>461</v>
       </c>
       <c r="B286" s="1" t="s">
         <v>584</v>
       </c>
       <c r="C286" s="1" t="s">
         <v>585</v>
       </c>
       <c r="D286" s="3">
-        <v>21.99</v>
+        <v>31.99</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" s="1" t="s">
-        <v>471</v>
+        <v>461</v>
       </c>
       <c r="B287" s="1" t="s">
         <v>586</v>
       </c>
       <c r="C287" s="1" t="s">
         <v>587</v>
       </c>
       <c r="D287" s="3">
-        <v>3.99</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" s="1" t="s">
-        <v>471</v>
+        <v>461</v>
       </c>
       <c r="B288" s="1" t="s">
         <v>588</v>
       </c>
       <c r="C288" s="1" t="s">
         <v>589</v>
       </c>
       <c r="D288" s="3">
-        <v>28.49</v>
+        <v>18.49</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" s="1" t="s">
-        <v>471</v>
+        <v>461</v>
       </c>
       <c r="B289" s="1" t="s">
         <v>590</v>
       </c>
       <c r="C289" s="1" t="s">
         <v>591</v>
       </c>
       <c r="D289" s="3">
-        <v>27.99</v>
+        <v>27.49</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" s="1" t="s">
-        <v>471</v>
+        <v>461</v>
       </c>
       <c r="B290" s="1" t="s">
         <v>592</v>
       </c>
       <c r="C290" s="1" t="s">
         <v>593</v>
       </c>
       <c r="D290" s="3">
-        <v>11.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" s="1" t="s">
-        <v>471</v>
+        <v>461</v>
       </c>
       <c r="B291" s="1" t="s">
         <v>594</v>
       </c>
       <c r="C291" s="1" t="s">
         <v>595</v>
       </c>
       <c r="D291" s="3">
-        <v>24.49</v>
+        <v>31.49</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" s="1" t="s">
-        <v>471</v>
+        <v>461</v>
       </c>
       <c r="B292" s="1" t="s">
         <v>596</v>
       </c>
       <c r="C292" s="1" t="s">
         <v>597</v>
       </c>
       <c r="D292" s="3">
-        <v>27</v>
+        <v>59.5</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" s="1" t="s">
-        <v>471</v>
+        <v>461</v>
       </c>
       <c r="B293" s="1" t="s">
         <v>598</v>
       </c>
       <c r="C293" s="1" t="s">
         <v>599</v>
       </c>
       <c r="D293" s="3">
-        <v>31.99</v>
+        <v>20.49</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" s="1" t="s">
-        <v>471</v>
+        <v>461</v>
       </c>
       <c r="B294" s="1" t="s">
         <v>600</v>
       </c>
       <c r="C294" s="1" t="s">
         <v>601</v>
       </c>
       <c r="D294" s="3">
-        <v>19.99</v>
+        <v>31.49</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" s="1" t="s">
-        <v>471</v>
+        <v>461</v>
       </c>
       <c r="B295" s="1" t="s">
         <v>602</v>
       </c>
       <c r="C295" s="1" t="s">
         <v>603</v>
       </c>
       <c r="D295" s="3">
-        <v>18.49</v>
+        <v>27.49</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" s="1" t="s">
-        <v>471</v>
+        <v>461</v>
       </c>
       <c r="B296" s="1" t="s">
         <v>604</v>
       </c>
       <c r="C296" s="1" t="s">
         <v>605</v>
       </c>
       <c r="D296" s="3">
-        <v>27.49</v>
+        <v>31.49</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" s="1" t="s">
-        <v>471</v>
+        <v>461</v>
       </c>
       <c r="B297" s="1" t="s">
         <v>606</v>
       </c>
       <c r="C297" s="1" t="s">
         <v>607</v>
       </c>
       <c r="D297" s="3">
-        <v>49.5</v>
+        <v>36.49</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" s="1" t="s">
-        <v>471</v>
+        <v>461</v>
       </c>
       <c r="B298" s="1" t="s">
         <v>608</v>
       </c>
       <c r="C298" s="1" t="s">
         <v>609</v>
       </c>
       <c r="D298" s="3">
-        <v>31.49</v>
+        <v>37.49</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" s="1" t="s">
-        <v>471</v>
+        <v>610</v>
       </c>
       <c r="B299" s="1" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="C299" s="1" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="D299" s="3">
-        <v>59.5</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" s="1" t="s">
-        <v>471</v>
+        <v>610</v>
       </c>
       <c r="B300" s="1" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="C300" s="1" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="D300" s="3">
-        <v>20.49</v>
+        <v>15.99</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" s="1" t="s">
-        <v>471</v>
+        <v>610</v>
       </c>
       <c r="B301" s="1" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="C301" s="1" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="D301" s="3">
-        <v>31.49</v>
+        <v>15.99</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="1" t="s">
-        <v>471</v>
+        <v>610</v>
       </c>
       <c r="B302" s="1" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="C302" s="1" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="D302" s="3">
-        <v>27.49</v>
+        <v>14.49</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" s="1" t="s">
-        <v>471</v>
+        <v>610</v>
       </c>
       <c r="B303" s="1" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="C303" s="1" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="D303" s="3">
-        <v>31.49</v>
+        <v>15.99</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" s="1" t="s">
-        <v>471</v>
+        <v>610</v>
       </c>
       <c r="B304" s="1" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="C304" s="1" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="D304" s="3">
-        <v>36.49</v>
+        <v>15.99</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" s="1" t="s">
-        <v>471</v>
+        <v>610</v>
       </c>
       <c r="B305" s="1" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="C305" s="1" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="D305" s="3">
-        <v>37.49</v>
+        <v>17.99</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" s="1" t="s">
-        <v>624</v>
+        <v>610</v>
       </c>
       <c r="B306" s="1" t="s">
         <v>625</v>
       </c>
       <c r="C306" s="1" t="s">
         <v>626</v>
       </c>
       <c r="D306" s="3">
-        <v>21.99</v>
+        <v>15.99</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" s="1" t="s">
-        <v>624</v>
+        <v>610</v>
       </c>
       <c r="B307" s="1" t="s">
         <v>627</v>
       </c>
       <c r="C307" s="1" t="s">
         <v>628</v>
       </c>
       <c r="D307" s="3">
-        <v>15.99</v>
+        <v>17.99</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" s="1" t="s">
-        <v>624</v>
+        <v>610</v>
       </c>
       <c r="B308" s="1" t="s">
         <v>629</v>
       </c>
       <c r="C308" s="1" t="s">
         <v>630</v>
       </c>
       <c r="D308" s="3">
-        <v>15.99</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" s="1" t="s">
-        <v>624</v>
+        <v>610</v>
       </c>
       <c r="B309" s="1" t="s">
         <v>631</v>
       </c>
       <c r="C309" s="1" t="s">
         <v>632</v>
       </c>
       <c r="D309" s="3">
-        <v>14.49</v>
+        <v>13.99</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="1" t="s">
-        <v>624</v>
+        <v>610</v>
       </c>
       <c r="B310" s="1" t="s">
         <v>633</v>
       </c>
       <c r="C310" s="1" t="s">
         <v>634</v>
       </c>
       <c r="D310" s="3">
-        <v>15.99</v>
+        <v>14.99</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="1" t="s">
-        <v>624</v>
+        <v>610</v>
       </c>
       <c r="B311" s="1" t="s">
         <v>635</v>
       </c>
       <c r="C311" s="1" t="s">
         <v>636</v>
       </c>
       <c r="D311" s="3">
-        <v>15.99</v>
+        <v>13.99</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" s="1" t="s">
-        <v>624</v>
+        <v>610</v>
       </c>
       <c r="B312" s="1" t="s">
         <v>637</v>
       </c>
       <c r="C312" s="1" t="s">
         <v>638</v>
       </c>
       <c r="D312" s="3">
-        <v>17.99</v>
+        <v>14.99</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" s="1" t="s">
-        <v>624</v>
+        <v>610</v>
       </c>
       <c r="B313" s="1" t="s">
         <v>639</v>
       </c>
       <c r="C313" s="1" t="s">
         <v>640</v>
       </c>
       <c r="D313" s="3">
-        <v>15.99</v>
+        <v>13.99</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" s="1" t="s">
-        <v>624</v>
+        <v>610</v>
       </c>
       <c r="B314" s="1" t="s">
         <v>641</v>
       </c>
       <c r="C314" s="1" t="s">
         <v>642</v>
       </c>
       <c r="D314" s="3">
-        <v>17.99</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" s="1" t="s">
-        <v>624</v>
+        <v>610</v>
       </c>
       <c r="B315" s="1" t="s">
         <v>643</v>
       </c>
       <c r="C315" s="1" t="s">
         <v>644</v>
       </c>
       <c r="D315" s="3">
-        <v>18.99</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" s="1" t="s">
-        <v>624</v>
+        <v>610</v>
       </c>
       <c r="B316" s="1" t="s">
         <v>645</v>
       </c>
       <c r="C316" s="1" t="s">
         <v>646</v>
       </c>
       <c r="D316" s="3">
         <v>13.99</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" s="1" t="s">
-        <v>624</v>
+        <v>610</v>
       </c>
       <c r="B317" s="1" t="s">
         <v>647</v>
       </c>
       <c r="C317" s="1" t="s">
         <v>648</v>
       </c>
       <c r="D317" s="3">
-        <v>14.99</v>
+        <v>16.99</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" s="1" t="s">
-        <v>624</v>
+        <v>610</v>
       </c>
       <c r="B318" s="1" t="s">
         <v>649</v>
       </c>
       <c r="C318" s="1" t="s">
         <v>650</v>
       </c>
       <c r="D318" s="3">
         <v>13.99</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" s="1" t="s">
-        <v>624</v>
+        <v>610</v>
       </c>
       <c r="B319" s="1" t="s">
         <v>651</v>
       </c>
       <c r="C319" s="1" t="s">
         <v>652</v>
       </c>
       <c r="D319" s="3">
-        <v>14.99</v>
+        <v>16.99</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" s="1" t="s">
-        <v>624</v>
+        <v>653</v>
       </c>
       <c r="B320" s="1" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="C320" s="1" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="D320" s="3">
-        <v>13.99</v>
+        <v>31.99</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" s="1" t="s">
-        <v>624</v>
+        <v>653</v>
       </c>
       <c r="B321" s="1" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="C321" s="1" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="D321" s="3">
-        <v>19.99</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" s="1" t="s">
-        <v>624</v>
+        <v>653</v>
       </c>
       <c r="B322" s="1" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="C322" s="1" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="D322" s="3">
-        <v>21.99</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" s="1" t="s">
-        <v>624</v>
+        <v>653</v>
       </c>
       <c r="B323" s="1" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="C323" s="1" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="D323" s="3">
-        <v>13.99</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" s="1" t="s">
-        <v>624</v>
+        <v>653</v>
       </c>
       <c r="B324" s="1" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="C324" s="1" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="D324" s="3">
-        <v>16.99</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" s="1" t="s">
-        <v>624</v>
+        <v>653</v>
       </c>
       <c r="B325" s="1" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="C325" s="1" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="D325" s="3">
-        <v>13.99</v>
+        <v>17.99</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" s="1" t="s">
-        <v>624</v>
+        <v>653</v>
       </c>
       <c r="B326" s="1" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="C326" s="1" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="D326" s="3">
-        <v>16.99</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" s="1" t="s">
-        <v>667</v>
+        <v>653</v>
       </c>
       <c r="B327" s="1" t="s">
         <v>668</v>
       </c>
       <c r="C327" s="1" t="s">
         <v>669</v>
       </c>
       <c r="D327" s="3">
         <v>31.99</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" s="1" t="s">
-        <v>667</v>
+        <v>653</v>
       </c>
       <c r="B328" s="1" t="s">
         <v>670</v>
       </c>
       <c r="C328" s="1" t="s">
         <v>671</v>
       </c>
       <c r="D328" s="3">
-        <v>6.5</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" s="1" t="s">
-        <v>667</v>
+        <v>653</v>
       </c>
       <c r="B329" s="1" t="s">
         <v>672</v>
       </c>
       <c r="C329" s="1" t="s">
         <v>673</v>
       </c>
       <c r="D329" s="3">
-        <v>18.99</v>
+        <v>26.99</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" s="1" t="s">
-        <v>667</v>
+        <v>653</v>
       </c>
       <c r="B330" s="1" t="s">
         <v>674</v>
       </c>
       <c r="C330" s="1" t="s">
         <v>675</v>
       </c>
       <c r="D330" s="3">
         <v>18.99</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" s="1" t="s">
-        <v>667</v>
+        <v>653</v>
       </c>
       <c r="B331" s="1" t="s">
         <v>676</v>
       </c>
       <c r="C331" s="1" t="s">
         <v>677</v>
       </c>
       <c r="D331" s="3">
-        <v>18.99</v>
+        <v>26.99</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" s="1" t="s">
-        <v>667</v>
+        <v>653</v>
       </c>
       <c r="B332" s="1" t="s">
         <v>678</v>
       </c>
       <c r="C332" s="1" t="s">
         <v>679</v>
       </c>
       <c r="D332" s="3">
-        <v>17.99</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" s="1" t="s">
-        <v>667</v>
+        <v>653</v>
       </c>
       <c r="B333" s="1" t="s">
         <v>680</v>
       </c>
       <c r="C333" s="1" t="s">
         <v>681</v>
       </c>
       <c r="D333" s="3">
         <v>21.99</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" s="1" t="s">
-        <v>667</v>
+        <v>653</v>
       </c>
       <c r="B334" s="1" t="s">
         <v>682</v>
       </c>
       <c r="C334" s="1" t="s">
         <v>683</v>
       </c>
       <c r="D334" s="3">
-        <v>31.99</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" s="1" t="s">
-        <v>667</v>
+        <v>653</v>
       </c>
       <c r="B335" s="1" t="s">
         <v>684</v>
       </c>
       <c r="C335" s="1" t="s">
         <v>685</v>
       </c>
       <c r="D335" s="3">
-        <v>18.99</v>
+        <v>20.99</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" s="1" t="s">
-        <v>667</v>
+        <v>653</v>
       </c>
       <c r="B336" s="1" t="s">
         <v>686</v>
       </c>
       <c r="C336" s="1" t="s">
         <v>687</v>
       </c>
       <c r="D336" s="3">
-        <v>26.99</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" s="1" t="s">
-        <v>667</v>
+        <v>653</v>
       </c>
       <c r="B337" s="1" t="s">
         <v>688</v>
       </c>
       <c r="C337" s="1" t="s">
         <v>689</v>
       </c>
       <c r="D337" s="3">
-        <v>18.99</v>
+        <v>20.99</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" s="1" t="s">
-        <v>667</v>
+        <v>653</v>
       </c>
       <c r="B338" s="1" t="s">
         <v>690</v>
       </c>
       <c r="C338" s="1" t="s">
         <v>691</v>
       </c>
       <c r="D338" s="3">
-        <v>26.99</v>
+        <v>23.99</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" s="1" t="s">
-        <v>667</v>
+        <v>653</v>
       </c>
       <c r="B339" s="1" t="s">
         <v>692</v>
       </c>
       <c r="C339" s="1" t="s">
         <v>693</v>
       </c>
       <c r="D339" s="3">
-        <v>21.99</v>
+        <v>23.99</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" s="1" t="s">
-        <v>667</v>
+        <v>653</v>
       </c>
       <c r="B340" s="1" t="s">
         <v>694</v>
       </c>
       <c r="C340" s="1" t="s">
         <v>695</v>
       </c>
       <c r="D340" s="3">
-        <v>21.99</v>
+        <v>23.99</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" s="1" t="s">
-        <v>667</v>
+        <v>653</v>
       </c>
       <c r="B341" s="1" t="s">
         <v>696</v>
       </c>
       <c r="C341" s="1" t="s">
         <v>697</v>
       </c>
       <c r="D341" s="3">
-        <v>21.99</v>
+        <v>23.99</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" s="1" t="s">
-        <v>667</v>
+        <v>653</v>
       </c>
       <c r="B342" s="1" t="s">
         <v>698</v>
       </c>
       <c r="C342" s="1" t="s">
         <v>699</v>
       </c>
       <c r="D342" s="3">
-        <v>20.99</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" s="1" t="s">
-        <v>667</v>
+        <v>653</v>
       </c>
       <c r="B343" s="1" t="s">
         <v>700</v>
       </c>
       <c r="C343" s="1" t="s">
         <v>701</v>
       </c>
       <c r="D343" s="3">
-        <v>21.99</v>
+        <v>23.99</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" s="1" t="s">
-        <v>667</v>
+        <v>653</v>
       </c>
       <c r="B344" s="1" t="s">
         <v>702</v>
       </c>
       <c r="C344" s="1" t="s">
         <v>703</v>
       </c>
       <c r="D344" s="3">
-        <v>20.99</v>
+        <v>23.99</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" s="1" t="s">
-        <v>667</v>
+        <v>653</v>
       </c>
       <c r="B345" s="1" t="s">
         <v>704</v>
       </c>
       <c r="C345" s="1" t="s">
         <v>705</v>
       </c>
       <c r="D345" s="3">
-        <v>23.99</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" s="1" t="s">
-        <v>667</v>
+        <v>653</v>
       </c>
       <c r="B346" s="1" t="s">
         <v>706</v>
       </c>
       <c r="C346" s="1" t="s">
         <v>707</v>
       </c>
       <c r="D346" s="3">
-        <v>23.99</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" s="1" t="s">
-        <v>667</v>
+        <v>653</v>
       </c>
       <c r="B347" s="1" t="s">
         <v>708</v>
       </c>
       <c r="C347" s="1" t="s">
         <v>709</v>
       </c>
       <c r="D347" s="3">
-        <v>23.99</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" s="1" t="s">
-        <v>667</v>
+        <v>653</v>
       </c>
       <c r="B348" s="1" t="s">
         <v>710</v>
       </c>
       <c r="C348" s="1" t="s">
         <v>711</v>
       </c>
       <c r="D348" s="3">
         <v>23.99</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" s="1" t="s">
-        <v>667</v>
+        <v>653</v>
       </c>
       <c r="B349" s="1" t="s">
         <v>712</v>
       </c>
       <c r="C349" s="1" t="s">
         <v>713</v>
       </c>
       <c r="D349" s="3">
-        <v>21.99</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" s="1" t="s">
-        <v>667</v>
+        <v>653</v>
       </c>
       <c r="B350" s="1" t="s">
         <v>714</v>
       </c>
       <c r="C350" s="1" t="s">
         <v>715</v>
       </c>
       <c r="D350" s="3">
         <v>23.99</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" s="1" t="s">
-        <v>667</v>
+        <v>653</v>
       </c>
       <c r="B351" s="1" t="s">
         <v>716</v>
       </c>
       <c r="C351" s="1" t="s">
         <v>717</v>
       </c>
       <c r="D351" s="3">
-        <v>23.99</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" s="1" t="s">
-        <v>667</v>
+        <v>653</v>
       </c>
       <c r="B352" s="1" t="s">
         <v>718</v>
       </c>
       <c r="C352" s="1" t="s">
         <v>719</v>
       </c>
       <c r="D352" s="3">
-        <v>21.99</v>
+        <v>23.99</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" s="1" t="s">
-        <v>667</v>
+        <v>653</v>
       </c>
       <c r="B353" s="1" t="s">
         <v>720</v>
       </c>
       <c r="C353" s="1" t="s">
         <v>721</v>
       </c>
       <c r="D353" s="3">
-        <v>19.99</v>
+        <v>23.99</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" s="1" t="s">
-        <v>667</v>
+        <v>653</v>
       </c>
       <c r="B354" s="1" t="s">
         <v>722</v>
       </c>
       <c r="C354" s="1" t="s">
         <v>723</v>
       </c>
       <c r="D354" s="3">
-        <v>21.99</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" s="1" t="s">
-        <v>667</v>
+        <v>653</v>
       </c>
       <c r="B355" s="1" t="s">
         <v>724</v>
       </c>
       <c r="C355" s="1" t="s">
         <v>725</v>
       </c>
       <c r="D355" s="3">
-        <v>20.99</v>
+        <v>23.99</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" s="1" t="s">
-        <v>667</v>
+        <v>653</v>
       </c>
       <c r="B356" s="1" t="s">
         <v>726</v>
       </c>
       <c r="C356" s="1" t="s">
         <v>727</v>
       </c>
       <c r="D356" s="3">
-        <v>23.99</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="357">
       <c r="A357" s="1" t="s">
-        <v>667</v>
+        <v>653</v>
       </c>
       <c r="B357" s="1" t="s">
         <v>728</v>
       </c>
       <c r="C357" s="1" t="s">
         <v>729</v>
       </c>
       <c r="D357" s="3">
         <v>18.99</v>
       </c>
     </row>
     <row r="358">
       <c r="A358" s="1" t="s">
-        <v>667</v>
+        <v>653</v>
       </c>
       <c r="B358" s="1" t="s">
         <v>730</v>
       </c>
       <c r="C358" s="1" t="s">
         <v>731</v>
       </c>
       <c r="D358" s="3">
-        <v>23.99</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="359">
       <c r="A359" s="1" t="s">
-        <v>667</v>
+        <v>653</v>
       </c>
       <c r="B359" s="1" t="s">
         <v>732</v>
       </c>
       <c r="C359" s="1" t="s">
         <v>733</v>
       </c>
       <c r="D359" s="3">
-        <v>19.99</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="360">
       <c r="A360" s="1" t="s">
-        <v>667</v>
+        <v>653</v>
       </c>
       <c r="B360" s="1" t="s">
         <v>734</v>
       </c>
       <c r="C360" s="1" t="s">
         <v>735</v>
       </c>
       <c r="D360" s="3">
-        <v>23.99</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="361">
       <c r="A361" s="1" t="s">
-        <v>667</v>
+        <v>653</v>
       </c>
       <c r="B361" s="1" t="s">
         <v>736</v>
       </c>
       <c r="C361" s="1" t="s">
         <v>737</v>
       </c>
       <c r="D361" s="3">
-        <v>23.99</v>
+        <v>29.99</v>
       </c>
     </row>
     <row r="362">
       <c r="A362" s="1" t="s">
-        <v>667</v>
+        <v>653</v>
       </c>
       <c r="B362" s="1" t="s">
         <v>738</v>
       </c>
       <c r="C362" s="1" t="s">
         <v>739</v>
       </c>
       <c r="D362" s="3">
-        <v>18.99</v>
+        <v>4.99</v>
       </c>
     </row>
     <row r="363">
       <c r="A363" s="1" t="s">
-        <v>667</v>
+        <v>653</v>
       </c>
       <c r="B363" s="1" t="s">
         <v>740</v>
       </c>
       <c r="C363" s="1" t="s">
         <v>741</v>
       </c>
       <c r="D363" s="3">
-        <v>23.99</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="364">
       <c r="A364" s="1" t="s">
-        <v>667</v>
+        <v>653</v>
       </c>
       <c r="B364" s="1" t="s">
         <v>742</v>
       </c>
       <c r="C364" s="1" t="s">
         <v>743</v>
       </c>
       <c r="D364" s="3">
-        <v>21.99</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="365">
       <c r="A365" s="1" t="s">
-        <v>667</v>
+        <v>653</v>
       </c>
       <c r="B365" s="1" t="s">
         <v>744</v>
       </c>
       <c r="C365" s="1" t="s">
         <v>745</v>
       </c>
       <c r="D365" s="3">
-        <v>18.99</v>
+        <v>4.99</v>
       </c>
     </row>
     <row r="366">
       <c r="A366" s="1" t="s">
-        <v>667</v>
+        <v>653</v>
       </c>
       <c r="B366" s="1" t="s">
         <v>746</v>
       </c>
       <c r="C366" s="1" t="s">
         <v>747</v>
       </c>
       <c r="D366" s="3">
-        <v>18.99</v>
+        <v>4.99</v>
       </c>
     </row>
     <row r="367">
       <c r="A367" s="1" t="s">
-        <v>667</v>
+        <v>653</v>
       </c>
       <c r="B367" s="1" t="s">
         <v>748</v>
       </c>
       <c r="C367" s="1" t="s">
         <v>749</v>
       </c>
       <c r="D367" s="3">
         <v>18.99</v>
       </c>
     </row>
     <row r="368">
       <c r="A368" s="1" t="s">
-        <v>667</v>
+        <v>653</v>
       </c>
       <c r="B368" s="1" t="s">
         <v>750</v>
       </c>
       <c r="C368" s="1" t="s">
         <v>751</v>
       </c>
       <c r="D368" s="3">
-        <v>21.99</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="369">
       <c r="A369" s="1" t="s">
-        <v>667</v>
+        <v>653</v>
       </c>
       <c r="B369" s="1" t="s">
         <v>752</v>
       </c>
       <c r="C369" s="1" t="s">
         <v>753</v>
       </c>
       <c r="D369" s="3">
-        <v>29.99</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="370">
       <c r="A370" s="1" t="s">
-        <v>667</v>
+        <v>653</v>
       </c>
       <c r="B370" s="1" t="s">
         <v>754</v>
       </c>
       <c r="C370" s="1" t="s">
         <v>755</v>
       </c>
       <c r="D370" s="3">
-        <v>4.99</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="371">
       <c r="A371" s="1" t="s">
-        <v>667</v>
+        <v>653</v>
       </c>
       <c r="B371" s="1" t="s">
         <v>756</v>
       </c>
       <c r="C371" s="1" t="s">
         <v>757</v>
       </c>
       <c r="D371" s="3">
         <v>19.99</v>
       </c>
     </row>
     <row r="372">
       <c r="A372" s="1" t="s">
-        <v>667</v>
+        <v>653</v>
       </c>
       <c r="B372" s="1" t="s">
         <v>758</v>
       </c>
       <c r="C372" s="1" t="s">
         <v>759</v>
       </c>
       <c r="D372" s="3">
         <v>19.99</v>
       </c>
     </row>
     <row r="373">
       <c r="A373" s="1" t="s">
-        <v>667</v>
+        <v>760</v>
       </c>
       <c r="B373" s="1" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="C373" s="1" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="D373" s="3">
-        <v>4.99</v>
+        <v>18.49</v>
       </c>
     </row>
     <row r="374">
       <c r="A374" s="1" t="s">
-        <v>667</v>
+        <v>760</v>
       </c>
       <c r="B374" s="1" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="C374" s="1" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
       <c r="D374" s="3">
-        <v>4.99</v>
+        <v>18.49</v>
       </c>
     </row>
     <row r="375">
       <c r="A375" s="1" t="s">
-        <v>667</v>
+        <v>760</v>
       </c>
       <c r="B375" s="1" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="C375" s="1" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="D375" s="3">
-        <v>18.99</v>
+        <v>18.49</v>
       </c>
     </row>
     <row r="376">
       <c r="A376" s="1" t="s">
-        <v>667</v>
+        <v>767</v>
       </c>
       <c r="B376" s="1" t="s">
-        <v>766</v>
+        <v>768</v>
       </c>
       <c r="C376" s="1" t="s">
-        <v>767</v>
+        <v>769</v>
       </c>
       <c r="D376" s="3">
-        <v>18.99</v>
+        <v>22.49</v>
       </c>
     </row>
     <row r="377">
       <c r="A377" s="1" t="s">
-        <v>667</v>
+        <v>767</v>
       </c>
       <c r="B377" s="1" t="s">
-        <v>768</v>
+        <v>770</v>
       </c>
       <c r="C377" s="1" t="s">
-        <v>769</v>
+        <v>771</v>
       </c>
       <c r="D377" s="3">
-        <v>19.99</v>
+        <v>46.49</v>
       </c>
     </row>
     <row r="378">
       <c r="A378" s="1" t="s">
-        <v>667</v>
+        <v>767</v>
       </c>
       <c r="B378" s="1" t="s">
-        <v>770</v>
+        <v>772</v>
       </c>
       <c r="C378" s="1" t="s">
-        <v>771</v>
+        <v>773</v>
       </c>
       <c r="D378" s="3">
-        <v>19.99</v>
+        <v>20.49</v>
       </c>
     </row>
     <row r="379">
       <c r="A379" s="1" t="s">
-        <v>667</v>
+        <v>767</v>
       </c>
       <c r="B379" s="1" t="s">
-        <v>772</v>
+        <v>774</v>
       </c>
       <c r="C379" s="1" t="s">
-        <v>773</v>
+        <v>775</v>
       </c>
       <c r="D379" s="3">
-        <v>19.99</v>
+        <v>19.49</v>
       </c>
     </row>
     <row r="380">
       <c r="A380" s="1" t="s">
-        <v>667</v>
+        <v>767</v>
       </c>
       <c r="B380" s="1" t="s">
-        <v>774</v>
+        <v>776</v>
       </c>
       <c r="C380" s="1" t="s">
-        <v>775</v>
+        <v>777</v>
       </c>
       <c r="D380" s="3">
-        <v>19.99</v>
+        <v>32.99</v>
       </c>
     </row>
     <row r="381">
       <c r="A381" s="1" t="s">
-        <v>776</v>
+        <v>767</v>
       </c>
       <c r="B381" s="1" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="C381" s="1" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="D381" s="3">
-        <v>18.49</v>
+        <v>32.99</v>
       </c>
     </row>
     <row r="382">
       <c r="A382" s="1" t="s">
-        <v>776</v>
+        <v>767</v>
       </c>
       <c r="B382" s="1" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="C382" s="1" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="D382" s="3">
-        <v>18.49</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="383">
       <c r="A383" s="1" t="s">
-        <v>776</v>
+        <v>767</v>
       </c>
       <c r="B383" s="1" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="C383" s="1" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="D383" s="3">
-        <v>18.49</v>
+        <v>26.99</v>
       </c>
     </row>
     <row r="384">
       <c r="A384" s="1" t="s">
-        <v>783</v>
+        <v>767</v>
       </c>
       <c r="B384" s="1" t="s">
         <v>784</v>
       </c>
       <c r="C384" s="1" t="s">
         <v>785</v>
       </c>
       <c r="D384" s="3">
-        <v>22.49</v>
+        <v>29.49</v>
       </c>
     </row>
     <row r="385">
       <c r="A385" s="1" t="s">
-        <v>783</v>
+        <v>767</v>
       </c>
       <c r="B385" s="1" t="s">
         <v>786</v>
       </c>
       <c r="C385" s="1" t="s">
         <v>787</v>
       </c>
       <c r="D385" s="3">
-        <v>46.49</v>
+        <v>64.99</v>
       </c>
     </row>
     <row r="386">
       <c r="A386" s="1" t="s">
-        <v>783</v>
+        <v>767</v>
       </c>
       <c r="B386" s="1" t="s">
         <v>788</v>
       </c>
       <c r="C386" s="1" t="s">
         <v>789</v>
       </c>
       <c r="D386" s="3">
-        <v>20.49</v>
+        <v>24.49</v>
       </c>
     </row>
     <row r="387">
       <c r="A387" s="1" t="s">
-        <v>783</v>
+        <v>767</v>
       </c>
       <c r="B387" s="1" t="s">
         <v>790</v>
       </c>
       <c r="C387" s="1" t="s">
         <v>791</v>
       </c>
       <c r="D387" s="3">
-        <v>19.49</v>
+        <v>29.49</v>
       </c>
     </row>
     <row r="388">
       <c r="A388" s="1" t="s">
-        <v>783</v>
+        <v>767</v>
       </c>
       <c r="B388" s="1" t="s">
         <v>792</v>
       </c>
       <c r="C388" s="1" t="s">
         <v>793</v>
       </c>
       <c r="D388" s="3">
-        <v>32.99</v>
+        <v>24.49</v>
       </c>
     </row>
     <row r="389">
       <c r="A389" s="1" t="s">
-        <v>783</v>
+        <v>767</v>
       </c>
       <c r="B389" s="1" t="s">
         <v>794</v>
       </c>
       <c r="C389" s="1" t="s">
         <v>795</v>
       </c>
       <c r="D389" s="3">
-        <v>32.99</v>
+        <v>29.49</v>
       </c>
     </row>
     <row r="390">
       <c r="A390" s="1" t="s">
-        <v>783</v>
+        <v>767</v>
       </c>
       <c r="B390" s="1" t="s">
         <v>796</v>
       </c>
       <c r="C390" s="1" t="s">
         <v>797</v>
       </c>
       <c r="D390" s="3">
-        <v>24.99</v>
+        <v>30.49</v>
       </c>
     </row>
     <row r="391">
       <c r="A391" s="1" t="s">
-        <v>783</v>
+        <v>767</v>
       </c>
       <c r="B391" s="1" t="s">
         <v>798</v>
       </c>
       <c r="C391" s="1" t="s">
         <v>799</v>
       </c>
       <c r="D391" s="3">
-        <v>26.99</v>
+        <v>30.49</v>
       </c>
     </row>
     <row r="392">
       <c r="A392" s="1" t="s">
-        <v>783</v>
+        <v>767</v>
       </c>
       <c r="B392" s="1" t="s">
         <v>800</v>
       </c>
       <c r="C392" s="1" t="s">
         <v>801</v>
       </c>
       <c r="D392" s="3">
-        <v>29.49</v>
+        <v>20.99</v>
       </c>
     </row>
     <row r="393">
       <c r="A393" s="1" t="s">
-        <v>783</v>
+        <v>767</v>
       </c>
       <c r="B393" s="1" t="s">
         <v>802</v>
       </c>
       <c r="C393" s="1" t="s">
         <v>803</v>
       </c>
       <c r="D393" s="3">
-        <v>64.99</v>
+        <v>24.49</v>
       </c>
     </row>
     <row r="394">
       <c r="A394" s="1" t="s">
-        <v>783</v>
+        <v>767</v>
       </c>
       <c r="B394" s="1" t="s">
         <v>804</v>
       </c>
       <c r="C394" s="1" t="s">
         <v>805</v>
       </c>
       <c r="D394" s="3">
         <v>24.49</v>
       </c>
     </row>
     <row r="395">
       <c r="A395" s="1" t="s">
-        <v>783</v>
+        <v>767</v>
       </c>
       <c r="B395" s="1" t="s">
         <v>806</v>
       </c>
       <c r="C395" s="1" t="s">
         <v>807</v>
       </c>
       <c r="D395" s="3">
-        <v>29.49</v>
+        <v>24.49</v>
       </c>
     </row>
     <row r="396">
       <c r="A396" s="1" t="s">
-        <v>783</v>
+        <v>767</v>
       </c>
       <c r="B396" s="1" t="s">
         <v>808</v>
       </c>
       <c r="C396" s="1" t="s">
         <v>809</v>
       </c>
       <c r="D396" s="3">
         <v>24.49</v>
       </c>
     </row>
     <row r="397">
       <c r="A397" s="1" t="s">
-        <v>783</v>
+        <v>767</v>
       </c>
       <c r="B397" s="1" t="s">
         <v>810</v>
       </c>
       <c r="C397" s="1" t="s">
         <v>811</v>
       </c>
       <c r="D397" s="3">
-        <v>29.49</v>
+        <v>25.49</v>
       </c>
     </row>
     <row r="398">
       <c r="A398" s="1" t="s">
-        <v>783</v>
+        <v>767</v>
       </c>
       <c r="B398" s="1" t="s">
         <v>812</v>
       </c>
       <c r="C398" s="1" t="s">
         <v>813</v>
       </c>
       <c r="D398" s="3">
-        <v>30.49</v>
+        <v>31.99</v>
       </c>
     </row>
     <row r="399">
       <c r="A399" s="1" t="s">
-        <v>783</v>
+        <v>767</v>
       </c>
       <c r="B399" s="1" t="s">
         <v>814</v>
       </c>
       <c r="C399" s="1" t="s">
         <v>815</v>
       </c>
       <c r="D399" s="3">
-        <v>30.49</v>
+        <v>24.49</v>
       </c>
     </row>
     <row r="400">
       <c r="A400" s="1" t="s">
-        <v>783</v>
+        <v>767</v>
       </c>
       <c r="B400" s="1" t="s">
         <v>816</v>
       </c>
       <c r="C400" s="1" t="s">
         <v>817</v>
       </c>
       <c r="D400" s="3">
-        <v>20.99</v>
+        <v>53.49</v>
       </c>
     </row>
     <row r="401">
       <c r="A401" s="1" t="s">
-        <v>783</v>
+        <v>767</v>
       </c>
       <c r="B401" s="1" t="s">
         <v>818</v>
       </c>
       <c r="C401" s="1" t="s">
         <v>819</v>
       </c>
       <c r="D401" s="3">
-        <v>24.49</v>
+        <v>23.99</v>
       </c>
     </row>
     <row r="402">
       <c r="A402" s="1" t="s">
-        <v>783</v>
+        <v>767</v>
       </c>
       <c r="B402" s="1" t="s">
         <v>820</v>
       </c>
       <c r="C402" s="1" t="s">
         <v>821</v>
       </c>
       <c r="D402" s="3">
-        <v>24.49</v>
+        <v>27.99</v>
       </c>
     </row>
     <row r="403">
       <c r="A403" s="1" t="s">
-        <v>783</v>
+        <v>767</v>
       </c>
       <c r="B403" s="1" t="s">
         <v>822</v>
       </c>
       <c r="C403" s="1" t="s">
         <v>823</v>
       </c>
       <c r="D403" s="3">
-        <v>24.49</v>
+        <v>31.99</v>
       </c>
     </row>
     <row r="404">
       <c r="A404" s="1" t="s">
-        <v>783</v>
+        <v>824</v>
       </c>
       <c r="B404" s="1" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="C404" s="1" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="D404" s="3">
-        <v>24.49</v>
+        <v>47.99</v>
       </c>
     </row>
     <row r="405">
       <c r="A405" s="1" t="s">
-        <v>783</v>
+        <v>824</v>
       </c>
       <c r="B405" s="1" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="C405" s="1" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="D405" s="3">
-        <v>25.49</v>
+        <v>61.75</v>
       </c>
     </row>
     <row r="406">
       <c r="A406" s="1" t="s">
-        <v>783</v>
+        <v>824</v>
       </c>
       <c r="B406" s="1" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="C406" s="1" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
       <c r="D406" s="3">
-        <v>31.99</v>
+        <v>63.99</v>
       </c>
     </row>
     <row r="407">
       <c r="A407" s="1" t="s">
-        <v>783</v>
+        <v>824</v>
       </c>
       <c r="B407" s="1" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="C407" s="1" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
       <c r="D407" s="3">
-        <v>59.99</v>
+        <v>79.99</v>
       </c>
     </row>
     <row r="408">
       <c r="A408" s="1" t="s">
-        <v>783</v>
+        <v>824</v>
       </c>
       <c r="B408" s="1" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="C408" s="1" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
       <c r="D408" s="3">
-        <v>24.49</v>
+        <v>105</v>
       </c>
     </row>
     <row r="409">
       <c r="A409" s="1" t="s">
-        <v>783</v>
+        <v>824</v>
       </c>
       <c r="B409" s="1" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="C409" s="1" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="D409" s="3">
-        <v>53.49</v>
+        <v>22.49</v>
       </c>
     </row>
     <row r="410">
       <c r="A410" s="1" t="s">
-        <v>783</v>
+        <v>824</v>
       </c>
       <c r="B410" s="1" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="C410" s="1" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="D410" s="3">
-        <v>23.99</v>
+        <v>25.49</v>
       </c>
     </row>
     <row r="411">
       <c r="A411" s="1" t="s">
-        <v>783</v>
+        <v>824</v>
       </c>
       <c r="B411" s="1" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
       <c r="C411" s="1" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
       <c r="D411" s="3">
-        <v>27.99</v>
+        <v>24.49</v>
       </c>
     </row>
     <row r="412">
       <c r="A412" s="1" t="s">
-        <v>783</v>
+        <v>824</v>
       </c>
       <c r="B412" s="1" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
       <c r="C412" s="1" t="s">
-        <v>841</v>
+        <v>842</v>
       </c>
       <c r="D412" s="3">
-        <v>31.99</v>
+        <v>42.99</v>
       </c>
     </row>
     <row r="413">
       <c r="A413" s="1" t="s">
-        <v>842</v>
+        <v>824</v>
       </c>
       <c r="B413" s="1" t="s">
         <v>843</v>
       </c>
       <c r="C413" s="1" t="s">
         <v>844</v>
       </c>
       <c r="D413" s="3">
-        <v>47.99</v>
+        <v>46.99</v>
       </c>
     </row>
     <row r="414">
       <c r="A414" s="1" t="s">
-        <v>842</v>
+        <v>824</v>
       </c>
       <c r="B414" s="1" t="s">
         <v>845</v>
       </c>
       <c r="C414" s="1" t="s">
         <v>846</v>
       </c>
       <c r="D414" s="3">
-        <v>61.75</v>
+        <v>37.49</v>
       </c>
     </row>
     <row r="415">
       <c r="A415" s="1" t="s">
-        <v>842</v>
+        <v>824</v>
       </c>
       <c r="B415" s="1" t="s">
         <v>847</v>
       </c>
       <c r="C415" s="1" t="s">
         <v>848</v>
       </c>
       <c r="D415" s="3">
-        <v>63.99</v>
+        <v>28.49</v>
       </c>
     </row>
     <row r="416">
       <c r="A416" s="1" t="s">
-        <v>842</v>
+        <v>824</v>
       </c>
       <c r="B416" s="1" t="s">
         <v>849</v>
       </c>
       <c r="C416" s="1" t="s">
         <v>850</v>
       </c>
       <c r="D416" s="3">
-        <v>79.99</v>
+        <v>30.49</v>
       </c>
     </row>
     <row r="417">
       <c r="A417" s="1" t="s">
-        <v>842</v>
+        <v>851</v>
       </c>
       <c r="B417" s="1" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
       <c r="C417" s="1" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="D417" s="3">
-        <v>105</v>
+        <v>22.49</v>
       </c>
     </row>
     <row r="418">
       <c r="A418" s="1" t="s">
-        <v>842</v>
+        <v>851</v>
       </c>
       <c r="B418" s="1" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
       <c r="C418" s="1" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
       <c r="D418" s="3">
-        <v>62.99</v>
+        <v>23.49</v>
       </c>
     </row>
     <row r="419">
       <c r="A419" s="1" t="s">
-        <v>842</v>
+        <v>851</v>
       </c>
       <c r="B419" s="1" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
       <c r="C419" s="1" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
       <c r="D419" s="3">
         <v>22.49</v>
       </c>
     </row>
     <row r="420">
       <c r="A420" s="1" t="s">
-        <v>842</v>
+        <v>851</v>
       </c>
       <c r="B420" s="1" t="s">
-        <v>857</v>
+        <v>858</v>
       </c>
       <c r="C420" s="1" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
       <c r="D420" s="3">
-        <v>25.49</v>
+        <v>22.49</v>
       </c>
     </row>
     <row r="421">
       <c r="A421" s="1" t="s">
-        <v>842</v>
+        <v>851</v>
       </c>
       <c r="B421" s="1" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
       <c r="C421" s="1" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
       <c r="D421" s="3">
-        <v>24.49</v>
+        <v>39.49</v>
       </c>
     </row>
     <row r="422">
       <c r="A422" s="1" t="s">
-        <v>842</v>
+        <v>851</v>
       </c>
       <c r="B422" s="1" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
       <c r="C422" s="1" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
       <c r="D422" s="3">
-        <v>42.99</v>
+        <v>49.99</v>
       </c>
     </row>
     <row r="423">
       <c r="A423" s="1" t="s">
-        <v>842</v>
+        <v>851</v>
       </c>
       <c r="B423" s="1" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
       <c r="C423" s="1" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
       <c r="D423" s="3">
-        <v>46.99</v>
+        <v>35.49</v>
       </c>
     </row>
     <row r="424">
       <c r="A424" s="1" t="s">
-        <v>842</v>
+        <v>851</v>
       </c>
       <c r="B424" s="1" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
       <c r="C424" s="1" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="D424" s="3">
-        <v>37.49</v>
+        <v>35.49</v>
       </c>
     </row>
     <row r="425">
       <c r="A425" s="1" t="s">
-        <v>842</v>
+        <v>851</v>
       </c>
       <c r="B425" s="1" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
       <c r="C425" s="1" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="D425" s="3">
-        <v>28.49</v>
+        <v>41.5</v>
       </c>
     </row>
     <row r="426">
       <c r="A426" s="1" t="s">
-        <v>842</v>
+        <v>851</v>
       </c>
       <c r="B426" s="1" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="C426" s="1" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="D426" s="3">
-        <v>30.49</v>
+        <v>40.49</v>
       </c>
     </row>
     <row r="427">
       <c r="A427" s="1" t="s">
-        <v>871</v>
+        <v>851</v>
       </c>
       <c r="B427" s="1" t="s">
         <v>872</v>
       </c>
       <c r="C427" s="1" t="s">
         <v>873</v>
       </c>
       <c r="D427" s="3">
-        <v>22.49</v>
+        <v>26.49</v>
       </c>
     </row>
     <row r="428">
       <c r="A428" s="1" t="s">
-        <v>871</v>
+        <v>851</v>
       </c>
       <c r="B428" s="1" t="s">
         <v>874</v>
       </c>
       <c r="C428" s="1" t="s">
         <v>875</v>
       </c>
       <c r="D428" s="3">
-        <v>23.49</v>
+        <v>21.49</v>
       </c>
     </row>
     <row r="429">
       <c r="A429" s="1" t="s">
-        <v>871</v>
+        <v>851</v>
       </c>
       <c r="B429" s="1" t="s">
         <v>876</v>
       </c>
       <c r="C429" s="1" t="s">
         <v>877</v>
       </c>
       <c r="D429" s="3">
-        <v>22.49</v>
+        <v>43.49</v>
       </c>
     </row>
     <row r="430">
       <c r="A430" s="1" t="s">
-        <v>871</v>
+        <v>851</v>
       </c>
       <c r="B430" s="1" t="s">
         <v>878</v>
       </c>
       <c r="C430" s="1" t="s">
         <v>879</v>
       </c>
       <c r="D430" s="3">
-        <v>22.49</v>
+        <v>15.49</v>
       </c>
     </row>
     <row r="431">
       <c r="A431" s="1" t="s">
-        <v>871</v>
+        <v>851</v>
       </c>
       <c r="B431" s="1" t="s">
         <v>880</v>
       </c>
       <c r="C431" s="1" t="s">
         <v>881</v>
       </c>
       <c r="D431" s="3">
-        <v>39.49</v>
+        <v>2.99</v>
       </c>
     </row>
     <row r="432">
       <c r="A432" s="1" t="s">
-        <v>871</v>
+        <v>851</v>
       </c>
       <c r="B432" s="1" t="s">
         <v>882</v>
       </c>
       <c r="C432" s="1" t="s">
         <v>883</v>
       </c>
       <c r="D432" s="3">
-        <v>49.99</v>
+        <v>15.49</v>
       </c>
     </row>
     <row r="433">
       <c r="A433" s="1" t="s">
-        <v>871</v>
+        <v>851</v>
       </c>
       <c r="B433" s="1" t="s">
         <v>884</v>
       </c>
       <c r="C433" s="1" t="s">
         <v>885</v>
       </c>
       <c r="D433" s="3">
-        <v>35.49</v>
+        <v>2.99</v>
       </c>
     </row>
     <row r="434">
       <c r="A434" s="1" t="s">
-        <v>871</v>
+        <v>851</v>
       </c>
       <c r="B434" s="1" t="s">
         <v>886</v>
       </c>
       <c r="C434" s="1" t="s">
         <v>887</v>
       </c>
       <c r="D434" s="3">
-        <v>35.49</v>
+        <v>20.99</v>
       </c>
     </row>
     <row r="435">
       <c r="A435" s="1" t="s">
-        <v>871</v>
+        <v>851</v>
       </c>
       <c r="B435" s="1" t="s">
         <v>888</v>
       </c>
       <c r="C435" s="1" t="s">
         <v>889</v>
       </c>
       <c r="D435" s="3">
-        <v>41.5</v>
+        <v>8.99</v>
       </c>
     </row>
     <row r="436">
       <c r="A436" s="1" t="s">
-        <v>871</v>
+        <v>851</v>
       </c>
       <c r="B436" s="1" t="s">
         <v>890</v>
       </c>
       <c r="C436" s="1" t="s">
         <v>891</v>
       </c>
       <c r="D436" s="3">
-        <v>40.49</v>
+        <v>2.99</v>
       </c>
     </row>
     <row r="437">
       <c r="A437" s="1" t="s">
-        <v>871</v>
+        <v>851</v>
       </c>
       <c r="B437" s="1" t="s">
         <v>892</v>
       </c>
       <c r="C437" s="1" t="s">
         <v>893</v>
       </c>
       <c r="D437" s="3">
-        <v>26.49</v>
+        <v>41.99</v>
       </c>
     </row>
     <row r="438">
       <c r="A438" s="1" t="s">
-        <v>871</v>
+        <v>851</v>
       </c>
       <c r="B438" s="1" t="s">
         <v>894</v>
       </c>
       <c r="C438" s="1" t="s">
         <v>895</v>
       </c>
       <c r="D438" s="3">
-        <v>21.49</v>
+        <v>37.49</v>
       </c>
     </row>
     <row r="439">
       <c r="A439" s="1" t="s">
-        <v>871</v>
+        <v>851</v>
       </c>
       <c r="B439" s="1" t="s">
         <v>896</v>
       </c>
       <c r="C439" s="1" t="s">
         <v>897</v>
       </c>
       <c r="D439" s="3">
-        <v>43.49</v>
+        <v>5.49</v>
       </c>
     </row>
     <row r="440">
       <c r="A440" s="1" t="s">
-        <v>871</v>
+        <v>851</v>
       </c>
       <c r="B440" s="1" t="s">
         <v>898</v>
       </c>
       <c r="C440" s="1" t="s">
         <v>899</v>
       </c>
       <c r="D440" s="3">
-        <v>15.49</v>
+        <v>33.49</v>
       </c>
     </row>
     <row r="441">
       <c r="A441" s="1" t="s">
-        <v>871</v>
+        <v>851</v>
       </c>
       <c r="B441" s="1" t="s">
         <v>900</v>
       </c>
       <c r="C441" s="1" t="s">
         <v>901</v>
       </c>
       <c r="D441" s="3">
-        <v>2.99</v>
+        <v>33.49</v>
       </c>
     </row>
     <row r="442">
       <c r="A442" s="1" t="s">
-        <v>871</v>
+        <v>851</v>
       </c>
       <c r="B442" s="1" t="s">
         <v>902</v>
       </c>
       <c r="C442" s="1" t="s">
         <v>903</v>
       </c>
       <c r="D442" s="3">
-        <v>15.49</v>
+        <v>33.49</v>
       </c>
     </row>
     <row r="443">
       <c r="A443" s="1" t="s">
-        <v>871</v>
+        <v>851</v>
       </c>
       <c r="B443" s="1" t="s">
         <v>904</v>
       </c>
       <c r="C443" s="1" t="s">
         <v>905</v>
       </c>
       <c r="D443" s="3">
-        <v>2.99</v>
+        <v>5.49</v>
       </c>
     </row>
     <row r="444">
       <c r="A444" s="1" t="s">
-        <v>871</v>
+        <v>851</v>
       </c>
       <c r="B444" s="1" t="s">
         <v>906</v>
       </c>
       <c r="C444" s="1" t="s">
         <v>907</v>
       </c>
       <c r="D444" s="3">
-        <v>20.99</v>
+        <v>34.99</v>
       </c>
     </row>
     <row r="445">
       <c r="A445" s="1" t="s">
-        <v>871</v>
+        <v>851</v>
       </c>
       <c r="B445" s="1" t="s">
         <v>908</v>
       </c>
       <c r="C445" s="1" t="s">
         <v>909</v>
       </c>
       <c r="D445" s="3">
-        <v>8.99</v>
+        <v>18.49</v>
       </c>
     </row>
     <row r="446">
       <c r="A446" s="1" t="s">
-        <v>871</v>
+        <v>851</v>
       </c>
       <c r="B446" s="1" t="s">
         <v>910</v>
       </c>
       <c r="C446" s="1" t="s">
         <v>911</v>
       </c>
       <c r="D446" s="3">
-        <v>2.99</v>
+        <v>37.49</v>
       </c>
     </row>
     <row r="447">
       <c r="A447" s="1" t="s">
-        <v>871</v>
+        <v>851</v>
       </c>
       <c r="B447" s="1" t="s">
         <v>912</v>
       </c>
       <c r="C447" s="1" t="s">
         <v>913</v>
       </c>
       <c r="D447" s="3">
-        <v>41.99</v>
+        <v>20.49</v>
       </c>
     </row>
     <row r="448">
       <c r="A448" s="1" t="s">
-        <v>871</v>
+        <v>851</v>
       </c>
       <c r="B448" s="1" t="s">
         <v>914</v>
       </c>
       <c r="C448" s="1" t="s">
         <v>915</v>
       </c>
       <c r="D448" s="3">
-        <v>37.49</v>
+        <v>41.49</v>
       </c>
     </row>
     <row r="449">
       <c r="A449" s="1" t="s">
-        <v>871</v>
+        <v>851</v>
       </c>
       <c r="B449" s="1" t="s">
         <v>916</v>
       </c>
       <c r="C449" s="1" t="s">
         <v>917</v>
       </c>
       <c r="D449" s="3">
-        <v>5.49</v>
+        <v>21.49</v>
       </c>
     </row>
     <row r="450">
       <c r="A450" s="1" t="s">
-        <v>871</v>
+        <v>918</v>
       </c>
       <c r="B450" s="1" t="s">
-        <v>918</v>
+        <v>919</v>
       </c>
       <c r="C450" s="1" t="s">
-        <v>919</v>
+        <v>920</v>
       </c>
       <c r="D450" s="3">
-        <v>33.49</v>
+        <v>59.99</v>
       </c>
     </row>
     <row r="451">
       <c r="A451" s="1" t="s">
-        <v>871</v>
+        <v>918</v>
       </c>
       <c r="B451" s="1" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
       <c r="C451" s="1" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
       <c r="D451" s="3">
-        <v>33.49</v>
+        <v>52.49</v>
       </c>
     </row>
     <row r="452">
       <c r="A452" s="1" t="s">
-        <v>871</v>
+        <v>918</v>
       </c>
       <c r="B452" s="1" t="s">
-        <v>922</v>
+        <v>923</v>
       </c>
       <c r="C452" s="1" t="s">
-        <v>923</v>
+        <v>924</v>
       </c>
       <c r="D452" s="3">
-        <v>33.49</v>
+        <v>140</v>
       </c>
     </row>
     <row r="453">
       <c r="A453" s="1" t="s">
-        <v>871</v>
+        <v>918</v>
       </c>
       <c r="B453" s="1" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="C453" s="1" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="D453" s="3">
-        <v>5.49</v>
+        <v>120</v>
       </c>
     </row>
     <row r="454">
       <c r="A454" s="1" t="s">
-        <v>871</v>
+        <v>918</v>
       </c>
       <c r="B454" s="1" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
       <c r="C454" s="1" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
       <c r="D454" s="3">
-        <v>34.99</v>
+        <v>670</v>
       </c>
     </row>
     <row r="455">
       <c r="A455" s="1" t="s">
-        <v>871</v>
+        <v>918</v>
       </c>
       <c r="B455" s="1" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
       <c r="C455" s="1" t="s">
-        <v>929</v>
+        <v>930</v>
       </c>
       <c r="D455" s="3">
-        <v>18.49</v>
+        <v>70.49</v>
       </c>
     </row>
     <row r="456">
       <c r="A456" s="1" t="s">
-        <v>871</v>
+        <v>918</v>
       </c>
       <c r="B456" s="1" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="C456" s="1" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
       <c r="D456" s="3">
-        <v>37.49</v>
+        <v>52.5</v>
       </c>
     </row>
     <row r="457">
       <c r="A457" s="1" t="s">
-        <v>871</v>
+        <v>918</v>
       </c>
       <c r="B457" s="1" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
       <c r="C457" s="1" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="D457" s="3">
-        <v>20.49</v>
+        <v>57.99</v>
       </c>
     </row>
     <row r="458">
       <c r="A458" s="1" t="s">
-        <v>871</v>
+        <v>918</v>
       </c>
       <c r="B458" s="1" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
       <c r="C458" s="1" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="D458" s="3">
-        <v>41.49</v>
+        <v>22.49</v>
       </c>
     </row>
     <row r="459">
       <c r="A459" s="1" t="s">
-        <v>871</v>
+        <v>918</v>
       </c>
       <c r="B459" s="1" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="C459" s="1" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="D459" s="3">
-        <v>21.49</v>
+        <v>44.49</v>
       </c>
     </row>
     <row r="460">
       <c r="A460" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B460" s="1" t="s">
         <v>939</v>
       </c>
       <c r="C460" s="1" t="s">
         <v>940</v>
       </c>
       <c r="D460" s="3">
-        <v>59.99</v>
+        <v>295</v>
       </c>
     </row>
     <row r="461">
       <c r="A461" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B461" s="1" t="s">
         <v>941</v>
       </c>
       <c r="C461" s="1" t="s">
         <v>942</v>
       </c>
       <c r="D461" s="3">
-        <v>52.49</v>
+        <v>150</v>
       </c>
     </row>
     <row r="462">
       <c r="A462" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B462" s="1" t="s">
         <v>943</v>
       </c>
       <c r="C462" s="1" t="s">
         <v>944</v>
       </c>
       <c r="D462" s="3">
-        <v>140</v>
+        <v>191.5</v>
       </c>
     </row>
     <row r="463">
       <c r="A463" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B463" s="1" t="s">
         <v>945</v>
       </c>
       <c r="C463" s="1" t="s">
         <v>946</v>
       </c>
       <c r="D463" s="3">
-        <v>120</v>
+        <v>32.49</v>
       </c>
     </row>
     <row r="464">
       <c r="A464" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B464" s="1" t="s">
         <v>947</v>
       </c>
       <c r="C464" s="1" t="s">
         <v>948</v>
       </c>
       <c r="D464" s="3">
-        <v>670</v>
+        <v>32.4</v>
       </c>
     </row>
     <row r="465">
       <c r="A465" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B465" s="1" t="s">
         <v>949</v>
       </c>
       <c r="C465" s="1" t="s">
         <v>950</v>
       </c>
       <c r="D465" s="3">
-        <v>70.49</v>
+        <v>45.49</v>
       </c>
     </row>
     <row r="466">
       <c r="A466" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B466" s="1" t="s">
         <v>951</v>
       </c>
       <c r="C466" s="1" t="s">
         <v>952</v>
       </c>
       <c r="D466" s="3">
-        <v>52.5</v>
+        <v>30.99</v>
       </c>
     </row>
     <row r="467">
       <c r="A467" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B467" s="1" t="s">
         <v>953</v>
       </c>
       <c r="C467" s="1" t="s">
         <v>954</v>
       </c>
       <c r="D467" s="3">
-        <v>45</v>
+        <v>27.49</v>
       </c>
     </row>
     <row r="468">
       <c r="A468" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B468" s="1" t="s">
         <v>955</v>
       </c>
       <c r="C468" s="1" t="s">
         <v>956</v>
       </c>
       <c r="D468" s="3">
-        <v>57.99</v>
+        <v>300</v>
       </c>
     </row>
     <row r="469">
       <c r="A469" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B469" s="1" t="s">
         <v>957</v>
       </c>
       <c r="C469" s="1" t="s">
         <v>958</v>
       </c>
       <c r="D469" s="3">
-        <v>22.49</v>
+        <v>59.99</v>
       </c>
     </row>
     <row r="470">
       <c r="A470" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B470" s="1" t="s">
         <v>959</v>
       </c>
       <c r="C470" s="1" t="s">
         <v>960</v>
       </c>
       <c r="D470" s="3">
-        <v>44.49</v>
+        <v>49.99</v>
       </c>
     </row>
     <row r="471">
       <c r="A471" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B471" s="1" t="s">
         <v>961</v>
       </c>
       <c r="C471" s="1" t="s">
         <v>962</v>
       </c>
       <c r="D471" s="3">
-        <v>295</v>
+        <v>63.5</v>
       </c>
     </row>
     <row r="472">
       <c r="A472" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B472" s="1" t="s">
         <v>963</v>
       </c>
       <c r="C472" s="1" t="s">
         <v>964</v>
       </c>
       <c r="D472" s="3">
-        <v>150</v>
+        <v>95.49</v>
       </c>
     </row>
     <row r="473">
       <c r="A473" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B473" s="1" t="s">
         <v>965</v>
       </c>
       <c r="C473" s="1" t="s">
         <v>966</v>
       </c>
       <c r="D473" s="3">
-        <v>170</v>
+        <v>60.49</v>
       </c>
     </row>
     <row r="474">
       <c r="A474" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B474" s="1" t="s">
         <v>967</v>
       </c>
       <c r="C474" s="1" t="s">
         <v>968</v>
       </c>
       <c r="D474" s="3">
-        <v>191.5</v>
+        <v>30</v>
       </c>
     </row>
     <row r="475">
       <c r="A475" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B475" s="1" t="s">
         <v>969</v>
       </c>
       <c r="C475" s="1" t="s">
         <v>970</v>
       </c>
       <c r="D475" s="3">
-        <v>32.49</v>
+        <v>70.49</v>
       </c>
     </row>
     <row r="476">
       <c r="A476" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B476" s="1" t="s">
         <v>971</v>
       </c>
       <c r="C476" s="1" t="s">
         <v>972</v>
       </c>
       <c r="D476" s="3">
-        <v>32.4</v>
+        <v>115</v>
       </c>
     </row>
     <row r="477">
       <c r="A477" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B477" s="1" t="s">
         <v>973</v>
       </c>
       <c r="C477" s="1" t="s">
         <v>974</v>
       </c>
       <c r="D477" s="3">
-        <v>45.49</v>
+        <v>315</v>
       </c>
     </row>
     <row r="478">
       <c r="A478" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B478" s="1" t="s">
         <v>975</v>
       </c>
       <c r="C478" s="1" t="s">
         <v>976</v>
       </c>
       <c r="D478" s="3">
-        <v>30.99</v>
+        <v>275</v>
       </c>
     </row>
     <row r="479">
       <c r="A479" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B479" s="1" t="s">
         <v>977</v>
       </c>
       <c r="C479" s="1" t="s">
         <v>978</v>
       </c>
       <c r="D479" s="3">
-        <v>27.49</v>
+        <v>79.99</v>
       </c>
     </row>
     <row r="480">
       <c r="A480" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B480" s="1" t="s">
         <v>979</v>
       </c>
       <c r="C480" s="1" t="s">
         <v>980</v>
       </c>
       <c r="D480" s="3">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="481">
       <c r="A481" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B481" s="1" t="s">
         <v>981</v>
       </c>
       <c r="C481" s="1" t="s">
         <v>982</v>
       </c>
       <c r="D481" s="3">
-        <v>59.99</v>
+        <v>150</v>
       </c>
     </row>
     <row r="482">
       <c r="A482" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B482" s="1" t="s">
         <v>983</v>
       </c>
       <c r="C482" s="1" t="s">
         <v>984</v>
       </c>
       <c r="D482" s="3">
-        <v>49.99</v>
+        <v>175</v>
       </c>
     </row>
     <row r="483">
       <c r="A483" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B483" s="1" t="s">
         <v>985</v>
       </c>
       <c r="C483" s="1" t="s">
         <v>986</v>
       </c>
       <c r="D483" s="3">
-        <v>63.5</v>
+        <v>48.49</v>
       </c>
     </row>
     <row r="484">
       <c r="A484" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B484" s="1" t="s">
         <v>987</v>
       </c>
       <c r="C484" s="1" t="s">
         <v>988</v>
       </c>
       <c r="D484" s="3">
-        <v>95.49</v>
+        <v>20.49</v>
       </c>
     </row>
     <row r="485">
       <c r="A485" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B485" s="1" t="s">
         <v>989</v>
       </c>
       <c r="C485" s="1" t="s">
         <v>990</v>
       </c>
       <c r="D485" s="3">
-        <v>60.49</v>
+        <v>49.99</v>
       </c>
     </row>
     <row r="486">
       <c r="A486" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B486" s="1" t="s">
         <v>991</v>
       </c>
       <c r="C486" s="1" t="s">
         <v>992</v>
       </c>
       <c r="D486" s="3">
-        <v>30</v>
+        <v>70.5</v>
       </c>
     </row>
     <row r="487">
       <c r="A487" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B487" s="1" t="s">
         <v>993</v>
       </c>
       <c r="C487" s="1" t="s">
         <v>994</v>
       </c>
       <c r="D487" s="3">
-        <v>70.49</v>
+        <v>56.5</v>
       </c>
     </row>
     <row r="488">
       <c r="A488" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B488" s="1" t="s">
         <v>995</v>
       </c>
       <c r="C488" s="1" t="s">
         <v>996</v>
       </c>
       <c r="D488" s="3">
-        <v>115</v>
+        <v>65</v>
       </c>
     </row>
     <row r="489">
       <c r="A489" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B489" s="1" t="s">
         <v>997</v>
       </c>
       <c r="C489" s="1" t="s">
         <v>998</v>
       </c>
       <c r="D489" s="3">
-        <v>315</v>
+        <v>61.5</v>
       </c>
     </row>
     <row r="490">
       <c r="A490" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B490" s="1" t="s">
         <v>999</v>
       </c>
       <c r="C490" s="1" t="s">
         <v>1000</v>
       </c>
       <c r="D490" s="3">
-        <v>275</v>
+        <v>65.5</v>
       </c>
     </row>
     <row r="491">
       <c r="A491" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B491" s="1" t="s">
         <v>1001</v>
       </c>
       <c r="C491" s="1" t="s">
         <v>1002</v>
       </c>
       <c r="D491" s="3">
-        <v>79.99</v>
+        <v>80.49</v>
       </c>
     </row>
     <row r="492">
       <c r="A492" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B492" s="1" t="s">
         <v>1003</v>
       </c>
       <c r="C492" s="1" t="s">
         <v>1004</v>
       </c>
       <c r="D492" s="3">
-        <v>400</v>
+        <v>70.5</v>
       </c>
     </row>
     <row r="493">
       <c r="A493" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B493" s="1" t="s">
         <v>1005</v>
       </c>
       <c r="C493" s="1" t="s">
         <v>1006</v>
       </c>
       <c r="D493" s="3">
-        <v>150</v>
+        <v>80.5</v>
       </c>
     </row>
     <row r="494">
       <c r="A494" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B494" s="1" t="s">
         <v>1007</v>
       </c>
       <c r="C494" s="1" t="s">
         <v>1008</v>
       </c>
       <c r="D494" s="3">
-        <v>175</v>
+        <v>65.49</v>
       </c>
     </row>
     <row r="495">
       <c r="A495" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B495" s="1" t="s">
         <v>1009</v>
       </c>
       <c r="C495" s="1" t="s">
         <v>1010</v>
       </c>
       <c r="D495" s="3">
-        <v>48.49</v>
+        <v>65</v>
       </c>
     </row>
     <row r="496">
       <c r="A496" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B496" s="1" t="s">
         <v>1011</v>
       </c>
       <c r="C496" s="1" t="s">
         <v>1012</v>
       </c>
       <c r="D496" s="3">
-        <v>20.49</v>
+        <v>530</v>
       </c>
     </row>
     <row r="497">
       <c r="A497" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B497" s="1" t="s">
         <v>1013</v>
       </c>
       <c r="C497" s="1" t="s">
         <v>1014</v>
       </c>
       <c r="D497" s="3">
-        <v>49.99</v>
+        <v>40.49</v>
       </c>
     </row>
     <row r="498">
       <c r="A498" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B498" s="1" t="s">
         <v>1015</v>
       </c>
       <c r="C498" s="1" t="s">
         <v>1016</v>
       </c>
       <c r="D498" s="3">
-        <v>70.5</v>
+        <v>45.49</v>
       </c>
     </row>
     <row r="499">
       <c r="A499" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B499" s="1" t="s">
         <v>1017</v>
       </c>
       <c r="C499" s="1" t="s">
         <v>1018</v>
       </c>
       <c r="D499" s="3">
-        <v>56.5</v>
+        <v>75.49</v>
       </c>
     </row>
     <row r="500">
       <c r="A500" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B500" s="1" t="s">
         <v>1019</v>
       </c>
       <c r="C500" s="1" t="s">
         <v>1020</v>
       </c>
       <c r="D500" s="3">
-        <v>65</v>
+        <v>60.49</v>
       </c>
     </row>
     <row r="501">
       <c r="A501" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B501" s="1" t="s">
         <v>1021</v>
       </c>
       <c r="C501" s="1" t="s">
         <v>1022</v>
       </c>
       <c r="D501" s="3">
-        <v>61.5</v>
+        <v>80.49</v>
       </c>
     </row>
     <row r="502">
       <c r="A502" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B502" s="1" t="s">
         <v>1023</v>
       </c>
       <c r="C502" s="1" t="s">
         <v>1024</v>
       </c>
       <c r="D502" s="3">
-        <v>65.5</v>
+        <v>125</v>
       </c>
     </row>
     <row r="503">
       <c r="A503" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B503" s="1" t="s">
         <v>1025</v>
       </c>
       <c r="C503" s="1" t="s">
         <v>1026</v>
       </c>
       <c r="D503" s="3">
-        <v>80.49</v>
+        <v>320</v>
       </c>
     </row>
     <row r="504">
       <c r="A504" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B504" s="1" t="s">
         <v>1027</v>
       </c>
       <c r="C504" s="1" t="s">
         <v>1028</v>
       </c>
       <c r="D504" s="3">
-        <v>70.5</v>
+        <v>38.49</v>
       </c>
     </row>
     <row r="505">
       <c r="A505" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B505" s="1" t="s">
         <v>1029</v>
       </c>
       <c r="C505" s="1" t="s">
         <v>1030</v>
       </c>
       <c r="D505" s="3">
-        <v>80.5</v>
+        <v>47.49</v>
       </c>
     </row>
     <row r="506">
       <c r="A506" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B506" s="1" t="s">
         <v>1031</v>
       </c>
       <c r="C506" s="1" t="s">
         <v>1032</v>
       </c>
       <c r="D506" s="3">
-        <v>65.49</v>
+        <v>85.49</v>
       </c>
     </row>
     <row r="507">
       <c r="A507" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B507" s="1" t="s">
         <v>1033</v>
       </c>
       <c r="C507" s="1" t="s">
         <v>1034</v>
       </c>
       <c r="D507" s="3">
-        <v>65</v>
+        <v>210</v>
       </c>
     </row>
     <row r="508">
       <c r="A508" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B508" s="1" t="s">
         <v>1035</v>
       </c>
       <c r="C508" s="1" t="s">
         <v>1036</v>
       </c>
       <c r="D508" s="3">
-        <v>530</v>
+        <v>43.49</v>
       </c>
     </row>
     <row r="509">
       <c r="A509" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B509" s="1" t="s">
         <v>1037</v>
       </c>
       <c r="C509" s="1" t="s">
         <v>1038</v>
       </c>
       <c r="D509" s="3">
-        <v>40.49</v>
+        <v>400</v>
       </c>
     </row>
     <row r="510">
       <c r="A510" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B510" s="1" t="s">
         <v>1039</v>
       </c>
       <c r="C510" s="1" t="s">
         <v>1040</v>
       </c>
       <c r="D510" s="3">
-        <v>45.49</v>
+        <v>50.49</v>
       </c>
     </row>
     <row r="511">
       <c r="A511" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B511" s="1" t="s">
         <v>1041</v>
       </c>
       <c r="C511" s="1" t="s">
         <v>1042</v>
       </c>
       <c r="D511" s="3">
-        <v>75.49</v>
+        <v>38.49</v>
       </c>
     </row>
     <row r="512">
       <c r="A512" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B512" s="1" t="s">
         <v>1043</v>
       </c>
       <c r="C512" s="1" t="s">
         <v>1044</v>
       </c>
       <c r="D512" s="3">
-        <v>60.49</v>
+        <v>38.49</v>
       </c>
     </row>
     <row r="513">
       <c r="A513" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B513" s="1" t="s">
         <v>1045</v>
       </c>
       <c r="C513" s="1" t="s">
         <v>1046</v>
       </c>
       <c r="D513" s="3">
-        <v>80.49</v>
+        <v>125</v>
       </c>
     </row>
     <row r="514">
       <c r="A514" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B514" s="1" t="s">
         <v>1047</v>
       </c>
       <c r="C514" s="1" t="s">
         <v>1048</v>
       </c>
       <c r="D514" s="3">
-        <v>125</v>
+        <v>83.49</v>
       </c>
     </row>
     <row r="515">
       <c r="A515" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B515" s="1" t="s">
         <v>1049</v>
       </c>
       <c r="C515" s="1" t="s">
         <v>1050</v>
       </c>
       <c r="D515" s="3">
-        <v>320</v>
+        <v>80.49</v>
       </c>
     </row>
     <row r="516">
       <c r="A516" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B516" s="1" t="s">
         <v>1051</v>
       </c>
       <c r="C516" s="1" t="s">
         <v>1052</v>
       </c>
       <c r="D516" s="3">
-        <v>38.49</v>
+        <v>75.49</v>
       </c>
     </row>
     <row r="517">
       <c r="A517" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B517" s="1" t="s">
         <v>1053</v>
       </c>
       <c r="C517" s="1" t="s">
         <v>1054</v>
       </c>
       <c r="D517" s="3">
-        <v>47.49</v>
+        <v>45.49</v>
       </c>
     </row>
     <row r="518">
       <c r="A518" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B518" s="1" t="s">
         <v>1055</v>
       </c>
       <c r="C518" s="1" t="s">
         <v>1056</v>
       </c>
       <c r="D518" s="3">
-        <v>85.49</v>
+        <v>70.49</v>
       </c>
     </row>
     <row r="519">
       <c r="A519" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B519" s="1" t="s">
         <v>1057</v>
       </c>
       <c r="C519" s="1" t="s">
         <v>1058</v>
       </c>
       <c r="D519" s="3">
-        <v>210</v>
+        <v>85.49</v>
       </c>
     </row>
     <row r="520">
       <c r="A520" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B520" s="1" t="s">
         <v>1059</v>
       </c>
       <c r="C520" s="1" t="s">
         <v>1060</v>
       </c>
       <c r="D520" s="3">
-        <v>43.49</v>
+        <v>57.49</v>
       </c>
     </row>
     <row r="521">
       <c r="A521" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B521" s="1" t="s">
         <v>1061</v>
       </c>
       <c r="C521" s="1" t="s">
         <v>1062</v>
       </c>
       <c r="D521" s="3">
-        <v>400</v>
+        <v>39.49</v>
       </c>
     </row>
     <row r="522">
       <c r="A522" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B522" s="1" t="s">
         <v>1063</v>
       </c>
       <c r="C522" s="1" t="s">
         <v>1064</v>
       </c>
       <c r="D522" s="3">
-        <v>50.49</v>
+        <v>27.49</v>
       </c>
     </row>
     <row r="523">
       <c r="A523" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B523" s="1" t="s">
         <v>1065</v>
       </c>
       <c r="C523" s="1" t="s">
         <v>1066</v>
       </c>
       <c r="D523" s="3">
-        <v>38.49</v>
+        <v>26.49</v>
       </c>
     </row>
     <row r="524">
       <c r="A524" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B524" s="1" t="s">
         <v>1067</v>
       </c>
       <c r="C524" s="1" t="s">
         <v>1068</v>
       </c>
       <c r="D524" s="3">
-        <v>38.49</v>
+        <v>23.49</v>
       </c>
     </row>
     <row r="525">
       <c r="A525" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B525" s="1" t="s">
         <v>1069</v>
       </c>
       <c r="C525" s="1" t="s">
         <v>1070</v>
       </c>
       <c r="D525" s="3">
-        <v>125</v>
+        <v>32.99</v>
       </c>
     </row>
     <row r="526">
       <c r="A526" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B526" s="1" t="s">
         <v>1071</v>
       </c>
       <c r="C526" s="1" t="s">
         <v>1072</v>
       </c>
       <c r="D526" s="3">
-        <v>83.49</v>
+        <v>225</v>
       </c>
     </row>
     <row r="527">
       <c r="A527" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B527" s="1" t="s">
         <v>1073</v>
       </c>
       <c r="C527" s="1" t="s">
         <v>1074</v>
       </c>
       <c r="D527" s="3">
-        <v>80.49</v>
+        <v>265</v>
       </c>
     </row>
     <row r="528">
       <c r="A528" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B528" s="1" t="s">
         <v>1075</v>
       </c>
       <c r="C528" s="1" t="s">
         <v>1076</v>
       </c>
       <c r="D528" s="3">
-        <v>75.49</v>
+        <v>320</v>
       </c>
     </row>
     <row r="529">
       <c r="A529" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B529" s="1" t="s">
         <v>1077</v>
       </c>
       <c r="C529" s="1" t="s">
         <v>1078</v>
       </c>
       <c r="D529" s="3">
-        <v>45.49</v>
+        <v>265</v>
       </c>
     </row>
     <row r="530">
       <c r="A530" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B530" s="1" t="s">
         <v>1079</v>
       </c>
       <c r="C530" s="1" t="s">
         <v>1080</v>
       </c>
       <c r="D530" s="3">
-        <v>70.49</v>
+        <v>80</v>
       </c>
     </row>
     <row r="531">
       <c r="A531" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B531" s="1" t="s">
         <v>1081</v>
       </c>
       <c r="C531" s="1" t="s">
         <v>1082</v>
       </c>
       <c r="D531" s="3">
-        <v>65.99</v>
+        <v>40</v>
       </c>
     </row>
     <row r="532">
       <c r="A532" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B532" s="1" t="s">
         <v>1083</v>
       </c>
       <c r="C532" s="1" t="s">
         <v>1084</v>
       </c>
       <c r="D532" s="3">
-        <v>85.49</v>
+        <v>7.49</v>
       </c>
     </row>
     <row r="533">
       <c r="A533" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B533" s="1" t="s">
         <v>1085</v>
       </c>
       <c r="C533" s="1" t="s">
         <v>1086</v>
       </c>
       <c r="D533" s="3">
-        <v>57.49</v>
+        <v>84.99</v>
       </c>
     </row>
     <row r="534">
       <c r="A534" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B534" s="1" t="s">
         <v>1087</v>
       </c>
       <c r="C534" s="1" t="s">
         <v>1088</v>
       </c>
       <c r="D534" s="3">
-        <v>39.49</v>
+        <v>175</v>
       </c>
     </row>
     <row r="535">
       <c r="A535" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B535" s="1" t="s">
         <v>1089</v>
       </c>
       <c r="C535" s="1" t="s">
         <v>1090</v>
       </c>
       <c r="D535" s="3">
-        <v>27.49</v>
+        <v>95</v>
       </c>
     </row>
     <row r="536">
       <c r="A536" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B536" s="1" t="s">
         <v>1091</v>
       </c>
       <c r="C536" s="1" t="s">
         <v>1092</v>
       </c>
       <c r="D536" s="3">
-        <v>26.49</v>
+        <v>74.99</v>
       </c>
     </row>
     <row r="537">
       <c r="A537" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B537" s="1" t="s">
         <v>1093</v>
       </c>
       <c r="C537" s="1" t="s">
         <v>1094</v>
       </c>
       <c r="D537" s="3">
-        <v>23.49</v>
+        <v>79.99</v>
       </c>
     </row>
     <row r="538">
       <c r="A538" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B538" s="1" t="s">
         <v>1095</v>
       </c>
       <c r="C538" s="1" t="s">
         <v>1096</v>
       </c>
       <c r="D538" s="3">
-        <v>32.99</v>
+        <v>79.99</v>
       </c>
     </row>
     <row r="539">
       <c r="A539" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B539" s="1" t="s">
         <v>1097</v>
       </c>
       <c r="C539" s="1" t="s">
         <v>1098</v>
       </c>
       <c r="D539" s="3">
-        <v>225</v>
+        <v>79.99</v>
       </c>
     </row>
     <row r="540">
       <c r="A540" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B540" s="1" t="s">
         <v>1099</v>
       </c>
       <c r="C540" s="1" t="s">
         <v>1100</v>
       </c>
       <c r="D540" s="3">
-        <v>265</v>
+        <v>64.99</v>
       </c>
     </row>
     <row r="541">
       <c r="A541" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B541" s="1" t="s">
         <v>1101</v>
       </c>
       <c r="C541" s="1" t="s">
         <v>1102</v>
       </c>
       <c r="D541" s="3">
-        <v>320</v>
+        <v>51.49</v>
       </c>
     </row>
     <row r="542">
       <c r="A542" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B542" s="1" t="s">
         <v>1103</v>
       </c>
       <c r="C542" s="1" t="s">
         <v>1104</v>
       </c>
       <c r="D542" s="3">
-        <v>265</v>
+        <v>69.99</v>
       </c>
     </row>
     <row r="543">
       <c r="A543" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B543" s="1" t="s">
         <v>1105</v>
       </c>
       <c r="C543" s="1" t="s">
         <v>1106</v>
       </c>
       <c r="D543" s="3">
-        <v>74.99</v>
+        <v>69.99</v>
       </c>
     </row>
     <row r="544">
       <c r="A544" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B544" s="1" t="s">
         <v>1107</v>
       </c>
       <c r="C544" s="1" t="s">
         <v>1108</v>
       </c>
       <c r="D544" s="3">
-        <v>40</v>
+        <v>65.49</v>
       </c>
     </row>
     <row r="545">
       <c r="A545" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B545" s="1" t="s">
         <v>1109</v>
       </c>
       <c r="C545" s="1" t="s">
         <v>1110</v>
       </c>
       <c r="D545" s="3">
-        <v>7.49</v>
+        <v>67</v>
       </c>
     </row>
     <row r="546">
       <c r="A546" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B546" s="1" t="s">
         <v>1111</v>
       </c>
       <c r="C546" s="1" t="s">
         <v>1112</v>
       </c>
       <c r="D546" s="3">
-        <v>84.99</v>
+        <v>52.49</v>
       </c>
     </row>
     <row r="547">
       <c r="A547" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B547" s="1" t="s">
         <v>1113</v>
       </c>
       <c r="C547" s="1" t="s">
         <v>1114</v>
       </c>
       <c r="D547" s="3">
-        <v>175</v>
+        <v>52.49</v>
       </c>
     </row>
     <row r="548">
       <c r="A548" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B548" s="1" t="s">
         <v>1115</v>
       </c>
       <c r="C548" s="1" t="s">
         <v>1116</v>
       </c>
       <c r="D548" s="3">
-        <v>95</v>
+        <v>45.49</v>
       </c>
     </row>
     <row r="549">
       <c r="A549" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B549" s="1" t="s">
         <v>1117</v>
       </c>
       <c r="C549" s="1" t="s">
         <v>1118</v>
       </c>
       <c r="D549" s="3">
-        <v>74.99</v>
+        <v>50.49</v>
       </c>
     </row>
     <row r="550">
       <c r="A550" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B550" s="1" t="s">
         <v>1119</v>
       </c>
       <c r="C550" s="1" t="s">
         <v>1120</v>
       </c>
       <c r="D550" s="3">
-        <v>79.99</v>
+        <v>52.49</v>
       </c>
     </row>
     <row r="551">
       <c r="A551" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B551" s="1" t="s">
         <v>1121</v>
       </c>
       <c r="C551" s="1" t="s">
         <v>1122</v>
       </c>
       <c r="D551" s="3">
-        <v>79.99</v>
+        <v>55</v>
       </c>
     </row>
     <row r="552">
       <c r="A552" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B552" s="1" t="s">
         <v>1123</v>
       </c>
       <c r="C552" s="1" t="s">
         <v>1124</v>
       </c>
       <c r="D552" s="3">
-        <v>79.99</v>
+        <v>52.49</v>
       </c>
     </row>
     <row r="553">
       <c r="A553" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B553" s="1" t="s">
         <v>1125</v>
       </c>
       <c r="C553" s="1" t="s">
         <v>1126</v>
       </c>
       <c r="D553" s="3">
-        <v>64.99</v>
+        <v>34.49</v>
       </c>
     </row>
     <row r="554">
       <c r="A554" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B554" s="1" t="s">
         <v>1127</v>
       </c>
       <c r="C554" s="1" t="s">
         <v>1128</v>
       </c>
       <c r="D554" s="3">
-        <v>51.49</v>
+        <v>59.99</v>
       </c>
     </row>
     <row r="555">
       <c r="A555" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B555" s="1" t="s">
         <v>1129</v>
       </c>
       <c r="C555" s="1" t="s">
         <v>1130</v>
       </c>
       <c r="D555" s="3">
-        <v>69.99</v>
+        <v>96.49</v>
       </c>
     </row>
     <row r="556">
       <c r="A556" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B556" s="1" t="s">
         <v>1131</v>
       </c>
       <c r="C556" s="1" t="s">
         <v>1132</v>
       </c>
       <c r="D556" s="3">
-        <v>69.99</v>
+        <v>300</v>
       </c>
     </row>
     <row r="557">
       <c r="A557" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B557" s="1" t="s">
         <v>1133</v>
       </c>
       <c r="C557" s="1" t="s">
         <v>1134</v>
       </c>
       <c r="D557" s="3">
-        <v>65.49</v>
+        <v>46.49</v>
       </c>
     </row>
     <row r="558">
       <c r="A558" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B558" s="1" t="s">
         <v>1135</v>
       </c>
       <c r="C558" s="1" t="s">
         <v>1136</v>
       </c>
       <c r="D558" s="3">
-        <v>67</v>
+        <v>80.49</v>
       </c>
     </row>
     <row r="559">
       <c r="A559" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B559" s="1" t="s">
         <v>1137</v>
       </c>
       <c r="C559" s="1" t="s">
         <v>1138</v>
       </c>
       <c r="D559" s="3">
-        <v>52.49</v>
+        <v>23.49</v>
       </c>
     </row>
     <row r="560">
       <c r="A560" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B560" s="1" t="s">
         <v>1139</v>
       </c>
       <c r="C560" s="1" t="s">
         <v>1140</v>
       </c>
       <c r="D560" s="3">
-        <v>52.49</v>
+        <v>55.49</v>
       </c>
     </row>
     <row r="561">
       <c r="A561" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B561" s="1" t="s">
         <v>1141</v>
       </c>
       <c r="C561" s="1" t="s">
         <v>1142</v>
       </c>
       <c r="D561" s="3">
-        <v>52.49</v>
+        <v>40.49</v>
       </c>
     </row>
     <row r="562">
       <c r="A562" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B562" s="1" t="s">
         <v>1143</v>
       </c>
       <c r="C562" s="1" t="s">
         <v>1144</v>
       </c>
       <c r="D562" s="3">
-        <v>45.49</v>
+        <v>44.99</v>
       </c>
     </row>
     <row r="563">
       <c r="A563" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B563" s="1" t="s">
         <v>1145</v>
       </c>
       <c r="C563" s="1" t="s">
         <v>1146</v>
       </c>
       <c r="D563" s="3">
-        <v>50.49</v>
+        <v>59.99</v>
       </c>
     </row>
     <row r="564">
       <c r="A564" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B564" s="1" t="s">
         <v>1147</v>
       </c>
       <c r="C564" s="1" t="s">
         <v>1148</v>
       </c>
       <c r="D564" s="3">
-        <v>52.49</v>
+        <v>50.49</v>
       </c>
     </row>
     <row r="565">
       <c r="A565" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B565" s="1" t="s">
         <v>1149</v>
       </c>
       <c r="C565" s="1" t="s">
         <v>1150</v>
       </c>
       <c r="D565" s="3">
-        <v>55</v>
+        <v>50.49</v>
       </c>
     </row>
     <row r="566">
       <c r="A566" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B566" s="1" t="s">
         <v>1151</v>
       </c>
       <c r="C566" s="1" t="s">
         <v>1152</v>
       </c>
       <c r="D566" s="3">
-        <v>52.49</v>
+        <v>100</v>
       </c>
     </row>
     <row r="567">
       <c r="A567" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B567" s="1" t="s">
         <v>1153</v>
       </c>
       <c r="C567" s="1" t="s">
         <v>1154</v>
       </c>
       <c r="D567" s="3">
-        <v>34.49</v>
+        <v>175</v>
       </c>
     </row>
     <row r="568">
       <c r="A568" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B568" s="1" t="s">
         <v>1155</v>
       </c>
       <c r="C568" s="1" t="s">
         <v>1156</v>
       </c>
       <c r="D568" s="3">
-        <v>59.99</v>
+        <v>95.49</v>
       </c>
     </row>
     <row r="569">
       <c r="A569" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B569" s="1" t="s">
         <v>1157</v>
       </c>
       <c r="C569" s="1" t="s">
         <v>1158</v>
       </c>
       <c r="D569" s="3">
-        <v>96.49</v>
+        <v>66.99</v>
       </c>
     </row>
     <row r="570">
       <c r="A570" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B570" s="1" t="s">
         <v>1159</v>
       </c>
       <c r="C570" s="1" t="s">
         <v>1160</v>
       </c>
       <c r="D570" s="3">
-        <v>300</v>
+        <v>71.49</v>
       </c>
     </row>
     <row r="571">
       <c r="A571" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B571" s="1" t="s">
         <v>1161</v>
       </c>
       <c r="C571" s="1" t="s">
         <v>1162</v>
       </c>
       <c r="D571" s="3">
-        <v>46.49</v>
+        <v>79.99</v>
       </c>
     </row>
     <row r="572">
       <c r="A572" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B572" s="1" t="s">
         <v>1163</v>
       </c>
       <c r="C572" s="1" t="s">
         <v>1164</v>
       </c>
       <c r="D572" s="3">
-        <v>80.49</v>
+        <v>59.99</v>
       </c>
     </row>
     <row r="573">
       <c r="A573" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B573" s="1" t="s">
         <v>1165</v>
       </c>
       <c r="C573" s="1" t="s">
         <v>1166</v>
       </c>
       <c r="D573" s="3">
-        <v>23.49</v>
+        <v>59.99</v>
       </c>
     </row>
     <row r="574">
       <c r="A574" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B574" s="1" t="s">
         <v>1167</v>
       </c>
       <c r="C574" s="1" t="s">
         <v>1168</v>
       </c>
       <c r="D574" s="3">
-        <v>44.49</v>
+        <v>145</v>
       </c>
     </row>
     <row r="575">
       <c r="A575" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B575" s="1" t="s">
         <v>1169</v>
       </c>
       <c r="C575" s="1" t="s">
         <v>1170</v>
       </c>
       <c r="D575" s="3">
-        <v>55.49</v>
+        <v>59.99</v>
       </c>
     </row>
     <row r="576">
       <c r="A576" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B576" s="1" t="s">
         <v>1171</v>
       </c>
       <c r="C576" s="1" t="s">
         <v>1172</v>
       </c>
       <c r="D576" s="3">
-        <v>40.49</v>
+        <v>42.49</v>
       </c>
     </row>
     <row r="577">
       <c r="A577" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B577" s="1" t="s">
         <v>1173</v>
       </c>
       <c r="C577" s="1" t="s">
         <v>1174</v>
       </c>
       <c r="D577" s="3">
-        <v>44.99</v>
+        <v>39.99</v>
       </c>
     </row>
     <row r="578">
       <c r="A578" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B578" s="1" t="s">
         <v>1175</v>
       </c>
       <c r="C578" s="1" t="s">
         <v>1176</v>
       </c>
       <c r="D578" s="3">
-        <v>59.99</v>
+        <v>35.49</v>
       </c>
     </row>
     <row r="579">
       <c r="A579" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B579" s="1" t="s">
         <v>1177</v>
       </c>
       <c r="C579" s="1" t="s">
         <v>1178</v>
       </c>
       <c r="D579" s="3">
-        <v>50.49</v>
+        <v>64.99</v>
       </c>
     </row>
     <row r="580">
       <c r="A580" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B580" s="1" t="s">
         <v>1179</v>
       </c>
       <c r="C580" s="1" t="s">
         <v>1180</v>
       </c>
       <c r="D580" s="3">
-        <v>50.49</v>
+        <v>64.99</v>
       </c>
     </row>
     <row r="581">
       <c r="A581" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B581" s="1" t="s">
         <v>1181</v>
       </c>
       <c r="C581" s="1" t="s">
         <v>1182</v>
       </c>
       <c r="D581" s="3">
-        <v>100</v>
+        <v>64.99</v>
       </c>
     </row>
     <row r="582">
       <c r="A582" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B582" s="1" t="s">
         <v>1183</v>
       </c>
       <c r="C582" s="1" t="s">
         <v>1184</v>
       </c>
       <c r="D582" s="3">
-        <v>175</v>
+        <v>85.49</v>
       </c>
     </row>
     <row r="583">
       <c r="A583" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B583" s="1" t="s">
         <v>1185</v>
       </c>
       <c r="C583" s="1" t="s">
         <v>1186</v>
       </c>
       <c r="D583" s="3">
-        <v>95.49</v>
+        <v>69.99</v>
       </c>
     </row>
     <row r="584">
       <c r="A584" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B584" s="1" t="s">
         <v>1187</v>
       </c>
       <c r="C584" s="1" t="s">
         <v>1188</v>
       </c>
       <c r="D584" s="3">
-        <v>66.99</v>
+        <v>60.49</v>
       </c>
     </row>
     <row r="585">
       <c r="A585" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B585" s="1" t="s">
         <v>1189</v>
       </c>
       <c r="C585" s="1" t="s">
         <v>1190</v>
       </c>
       <c r="D585" s="3">
-        <v>71.49</v>
+        <v>64</v>
       </c>
     </row>
     <row r="586">
       <c r="A586" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B586" s="1" t="s">
         <v>1191</v>
       </c>
       <c r="C586" s="1" t="s">
         <v>1192</v>
       </c>
       <c r="D586" s="3">
-        <v>79.99</v>
+        <v>60.49</v>
       </c>
     </row>
     <row r="587">
       <c r="A587" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B587" s="1" t="s">
         <v>1193</v>
       </c>
       <c r="C587" s="1" t="s">
         <v>1194</v>
       </c>
       <c r="D587" s="3">
-        <v>59.99</v>
+        <v>65</v>
       </c>
     </row>
     <row r="588">
       <c r="A588" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B588" s="1" t="s">
         <v>1195</v>
       </c>
       <c r="C588" s="1" t="s">
         <v>1196</v>
       </c>
       <c r="D588" s="3">
-        <v>72.49</v>
+        <v>60.49</v>
       </c>
     </row>
     <row r="589">
       <c r="A589" s="1" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="B589" s="1" t="s">
         <v>1197</v>
       </c>
       <c r="C589" s="1" t="s">
         <v>1198</v>
       </c>
       <c r="D589" s="3">
-        <v>59.99</v>
-[...222 lines deleted...]
-      <c r="D605" s="3">
         <v>39.49</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>