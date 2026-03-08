--- v6 (2026-02-16)
+++ v7 (2026-03-08)
@@ -5,51 +5,51 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="House of Townend" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1199" uniqueCount="1199">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1185" uniqueCount="1185">
   <si>
     <t>Category</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>ProductCode</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Ale</t>
   </si>
   <si>
     <t>Black Sheep Ale 8 x 500ml</t>
   </si>
   <si>
     <t>BLSH002</t>
   </si>
   <si>
     <t>Bowness Bay Brewing Fell Walker Pale Ale 8 x 500ml</t>
   </si>
   <si>
@@ -124,51 +124,51 @@
   <si>
     <t>Hawkshead Lakeland Gold 8 x 500ml</t>
   </si>
   <si>
     <t>HAWK120</t>
   </si>
   <si>
     <t>Hawkshead Windermere Pale 8 x 500ml</t>
   </si>
   <si>
     <t>HAWK140</t>
   </si>
   <si>
     <t>Kirkstall Brewery Judicious Juicy Pale, 12 x 440ml</t>
   </si>
   <si>
     <t>KIRK025</t>
   </si>
   <si>
     <t>Kirkstall Brewery Virtuous Session IPA, 12 x 440ml</t>
   </si>
   <si>
     <t>KIRK020</t>
   </si>
   <si>
-    <t>Old Speckled Hen 12 x 500ml</t>
+    <t>Old Speckled Hen 8 x 500ml</t>
   </si>
   <si>
     <t>OLDS001</t>
   </si>
   <si>
     <t>Wold Top Bitter 8 x 500ml</t>
   </si>
   <si>
     <t>WOLD010</t>
   </si>
   <si>
     <t>Wold Top Scarborough Fair IPA 8 x 500ml</t>
   </si>
   <si>
     <t>WOLD065</t>
   </si>
   <si>
     <t>Wold Top Wold Gold 8 x 500ml</t>
   </si>
   <si>
     <t>WOLD025</t>
   </si>
   <si>
     <t>Aperitif</t>
   </si>
@@ -793,56 +793,50 @@
   <si>
     <t>Cotton Garden Gin</t>
   </si>
   <si>
     <t>COTT010</t>
   </si>
   <si>
     <t>Cumbria Distilling Company British Gin</t>
   </si>
   <si>
     <t>CARL100</t>
   </si>
   <si>
     <t>Cumbria Distilling Company Rhubarb Gin</t>
   </si>
   <si>
     <t>CARL105</t>
   </si>
   <si>
     <t>Cumbria Distilling Company Valencian Orange Gin</t>
   </si>
   <si>
     <t>CARL110</t>
   </si>
   <si>
-    <t>Edgerton Pink Gin</t>
-[...4 lines deleted...]
-  <si>
     <t>Edinburgh Cannonball Gin</t>
   </si>
   <si>
     <t>EDIN025</t>
   </si>
   <si>
     <t>Edinburgh Gin</t>
   </si>
   <si>
     <t>EDIN005</t>
   </si>
   <si>
     <t>Edinburgh Gin's Rhubarb and Ginger Liqueur</t>
   </si>
   <si>
     <t>EDIN001</t>
   </si>
   <si>
     <t>Edinburgh Orange &amp; Basil Gin</t>
   </si>
   <si>
     <t>EDIN075</t>
   </si>
   <si>
     <t>Edinburgh Raspberry Gin</t>
@@ -889,56 +883,50 @@
   <si>
     <t>Gordon's London Dry Gin 1.5Ltr</t>
   </si>
   <si>
     <t>GORD001</t>
   </si>
   <si>
     <t>Gordon's Pink London Dry Gin</t>
   </si>
   <si>
     <t>GORD055</t>
   </si>
   <si>
     <t>Gordon's Sicilian Lemon Gin</t>
   </si>
   <si>
     <t>GORD080</t>
   </si>
   <si>
     <t>Hendrick's Gin</t>
   </si>
   <si>
     <t>HEND001</t>
   </si>
   <si>
-    <t>Kirkjuvagr Orkney Gin</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">Lakeland Moon Elderflower Gin  70cl</t>
   </si>
   <si>
     <t>KEND125</t>
   </si>
   <si>
     <t>Lakes Distillery Elderflower Gin Liqueur Miniatures 5cl</t>
   </si>
   <si>
     <t>THEO225</t>
   </si>
   <si>
     <t>Lakes Distillery Gin</t>
   </si>
   <si>
     <t>THEO270</t>
   </si>
   <si>
     <t>Lakes Distillery Gin Miniatures 5cl</t>
   </si>
   <si>
     <t>THEO025</t>
   </si>
   <si>
     <t>Lakes Distillery Mountian Strength Gin</t>
@@ -1105,56 +1093,50 @@
   <si>
     <t>Rare Bird Gin</t>
   </si>
   <si>
     <t>RARE001</t>
   </si>
   <si>
     <t>Rock Rose Gin</t>
   </si>
   <si>
     <t>ROCK070</t>
   </si>
   <si>
     <t>Sipsmith London Dry Gin</t>
   </si>
   <si>
     <t>SLIP001</t>
   </si>
   <si>
     <t>Sir Robin of Locksley Gin</t>
   </si>
   <si>
     <t>LOCK001</t>
   </si>
   <si>
-    <t>Slingsby Blackberry Gin</t>
-[...4 lines deleted...]
-  <si>
     <t>Slingsby Gin</t>
   </si>
   <si>
     <t>SLING001</t>
   </si>
   <si>
     <t>Slingsby Rhubarb Gin</t>
   </si>
   <si>
     <t>SLIN005</t>
   </si>
   <si>
     <t>Sloemotion Blackberry &amp; Apple Gin</t>
   </si>
   <si>
     <t>SLOE095</t>
   </si>
   <si>
     <t>Sloemotion Hedgerow Gin</t>
   </si>
   <si>
     <t>SLOE080</t>
   </si>
   <si>
     <t>Sloemotion Hedgerow Vodka</t>
@@ -1924,62 +1906,50 @@
   <si>
     <t>Kingsdown Sparkling Mineral Water 12 x 750ml</t>
   </si>
   <si>
     <t>KING080</t>
   </si>
   <si>
     <t>Kingsdown Sparkling Mineral Water 24 x 330ml</t>
   </si>
   <si>
     <t>KING085</t>
   </si>
   <si>
     <t>Kingsdown Still Mineral Water 12 x 750ml</t>
   </si>
   <si>
     <t>KING090</t>
   </si>
   <si>
     <t>Kingsdown Still Mineral Water 24 x 330ml</t>
   </si>
   <si>
     <t>KING095</t>
   </si>
   <si>
-    <t>San Pellegrino Sparkling Aranciata 24 x 330ml Can</t>
-[...10 lines deleted...]
-  <si>
     <t>San Pellegrino Sparkling Mineral Water 12 x 750ml</t>
   </si>
   <si>
     <t>PELL001</t>
   </si>
   <si>
     <t>Wenlock Spring Sparkling Mineral Water 12 x 750ml</t>
   </si>
   <si>
     <t>WENL005</t>
   </si>
   <si>
     <t>Wenlock Spring Sparkling Mineral Water 24 x 330ml</t>
   </si>
   <si>
     <t>WENL015</t>
   </si>
   <si>
     <t>Wenlock Spring Still Mineral Water 12 x 750ml</t>
   </si>
   <si>
     <t>WENL001</t>
   </si>
   <si>
     <t>Wenlock Spring Still Mineral Water 24 x 330ml</t>
@@ -2290,56 +2260,50 @@
   <si>
     <t>SCHW010</t>
   </si>
   <si>
     <t>Schweppes Soda Water 24 x 200ml</t>
   </si>
   <si>
     <t>SCHW060</t>
   </si>
   <si>
     <t>Schweppes Tomato Juice 24 x 200ml</t>
   </si>
   <si>
     <t>STOM005</t>
   </si>
   <si>
     <t>Schweppes Tonic Water 24 x 200ml</t>
   </si>
   <si>
     <t>SCHW015</t>
   </si>
   <si>
     <t>Non Alcoholic</t>
   </si>
   <si>
-    <t>Bax Botanics Sea Buckthorn Alcohol Free Spirit</t>
-[...4 lines deleted...]
-  <si>
     <t>Bax Botanics Verbena Alcohol Free Spirit</t>
   </si>
   <si>
     <t>BAXB010</t>
   </si>
   <si>
     <t>Tanqueray Alcohol Free Spirit</t>
   </si>
   <si>
     <t>TANQ040</t>
   </si>
   <si>
     <t>Rum</t>
   </si>
   <si>
     <t>Bacardi Carta Blanca Rum</t>
   </si>
   <si>
     <t>BACA020</t>
   </si>
   <si>
     <t>Bacardi Carta Blanca Rum 1.5Ltr</t>
   </si>
   <si>
     <t>RBAC001</t>
@@ -2878,50 +2842,56 @@
   <si>
     <t>Bushmills 10 Year Old Irish Single Malt Whiskey</t>
   </si>
   <si>
     <t>BUSH001</t>
   </si>
   <si>
     <t>Bushmills Black Bush Irish Whiskey</t>
   </si>
   <si>
     <t>BBUS001</t>
   </si>
   <si>
     <t>Bushmills The Original Irish Blended Whiskey</t>
   </si>
   <si>
     <t>BUSH005</t>
   </si>
   <si>
     <t>Compass Box Celestial Blended Scotch Whisky</t>
   </si>
   <si>
     <t>COMP170</t>
   </si>
   <si>
+    <t>Cooper King Transatlantic Single Malt Whisky</t>
+  </si>
+  <si>
+    <t>COOP025</t>
+  </si>
+  <si>
     <t>Cotswolds Reserve Single Malt Whisky</t>
   </si>
   <si>
     <t>COTS020</t>
   </si>
   <si>
     <t>Cotswolds Sherry Cask Single Malt Whisky</t>
   </si>
   <si>
     <t>COTS025</t>
   </si>
   <si>
     <t>Cu Bocan 12 Year Old Highland Single Malt Whisky</t>
   </si>
   <si>
     <t>CUBO045</t>
   </si>
   <si>
     <t>Cu Bocan 15 Year Old Highland Single Malt Whisky</t>
   </si>
   <si>
     <t>CUBO035</t>
   </si>
   <si>
     <t>Cu Bocan Creation #6 Highland Single Malt Whisky</t>
@@ -3016,56 +2986,50 @@
   <si>
     <t>Filey Bay Moscatel Sherry Cask Single Malt Whisky</t>
   </si>
   <si>
     <t>FILE025</t>
   </si>
   <si>
     <t>Filey Bay Peated Finish Single Malt Whisky</t>
   </si>
   <si>
     <t>FILE030</t>
   </si>
   <si>
     <t>Filey Bay Port Cask Finish #1 Single Malt Whisky</t>
   </si>
   <si>
     <t>FILE050</t>
   </si>
   <si>
     <t>Filey Bay Porter Cask Special Release Single Malt Whisky</t>
   </si>
   <si>
     <t>FILE070</t>
   </si>
   <si>
-    <t>Filey Bay Sherry Cask #3 Single Malt Whisky</t>
-[...4 lines deleted...]
-  <si>
     <t>Filey Bay Sherry Cask #5 Single Malt Whisky</t>
   </si>
   <si>
     <t>FILE085</t>
   </si>
   <si>
     <t>Filey Bay STR Finish Single Malt Whisky</t>
   </si>
   <si>
     <t>FILE020</t>
   </si>
   <si>
     <t>Filey Bay STR Red Wine Cask Single Malt Whisky</t>
   </si>
   <si>
     <t>FILE100</t>
   </si>
   <si>
     <t>Glen Scotia 25 Year Old Campbeltown, Single Malt Whisky</t>
   </si>
   <si>
     <t>SCOT050</t>
   </si>
   <si>
     <t>Glen Scotia Double Cask Rum Finish Campbeltown Single Malt Whisky</t>
@@ -3488,56 +3452,50 @@
     <t>TAMD020</t>
   </si>
   <si>
     <t>Tamdhu 18 Year Old Speyside Single Malt Whisky</t>
   </si>
   <si>
     <t>TAMD025</t>
   </si>
   <si>
     <t>Teeling 15 Year Old Japanese Edition Single Malt Whiskey</t>
   </si>
   <si>
     <t>TEEL075</t>
   </si>
   <si>
     <t>That Boutique-y Whisky Company Glentauchers 17 Year Old Whisky</t>
   </si>
   <si>
     <t>BOUT025</t>
   </si>
   <si>
     <t>That Boutique-y Whisky Company Islay #1 Batch 1 Whisky</t>
   </si>
   <si>
     <t>BOUT040</t>
-  </si>
-[...4 lines deleted...]
-    <t>ENGL095</t>
   </si>
   <si>
     <t>The GlenAllachie 11 Year Old Marsala Wood Finish Single Malt Whisky</t>
   </si>
   <si>
     <t>GLEN565</t>
   </si>
   <si>
     <t>The GlenAllachie 7 Year Old Hungarian Oak Finish Single Malt Whisky</t>
   </si>
   <si>
     <t>GLEN555</t>
   </si>
   <si>
     <t>The Glenturret 15 Year Old Single Malt Whisky</t>
   </si>
   <si>
     <t>GLEN615</t>
   </si>
   <si>
     <t>The Glenturret 7 Year Old Peat Smoke Single Malt Whisky</t>
   </si>
   <si>
     <t>GLEN605</t>
   </si>
@@ -3658,68 +3616,68 @@
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="164" applyNumberFormat="1" fontId="1" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:D589">
-  <autoFilter ref="A1:D589"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:D582">
+  <autoFilter ref="A1:D582"/>
   <tableColumns count="4">
     <tableColumn id="1" name="Category"/>
     <tableColumn id="2" name="Name"/>
     <tableColumn id="3" name="ProductCode"/>
     <tableColumn id="4" name="Price"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight1" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:D589"/>
+  <dimension ref="A1:D582"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="18.4488330841064" customWidth="1"/>
     <col min="2" max="2" width="55" customWidth="1"/>
     <col min="3" max="3" width="14.0665775299072" customWidth="1"/>
     <col min="4" max="4" width="9.240625" customWidth="1" style="2"/>
     <col min="5" max="5" width="9.240625" customWidth="1"/>
     <col min="6" max="6" width="9.240625" customWidth="1"/>
     <col min="7" max="7" width="9.240625" customWidth="1"/>
     <col min="8" max="8" width="9.240625" customWidth="1"/>
     <col min="9" max="9" width="9.240625" customWidth="1"/>
     <col min="10" max="10" width="9.240625" customWidth="1"/>
     <col min="11" max="11" width="9.240625" customWidth="1"/>
     <col min="12" max="12" width="9.240625" customWidth="1"/>
     <col min="13" max="13" width="9.240625" customWidth="1"/>
     <col min="14" max="14" width="9.240625" customWidth="1"/>
     <col min="15" max="15" width="9.240625" customWidth="1"/>
     <col min="16" max="16" width="9.240625" customWidth="1"/>
     <col min="17" max="17" width="9.240625" customWidth="1"/>
     <col min="18" max="18" width="9.240625" customWidth="1"/>
     <col min="19" max="19" width="9.240625" customWidth="1"/>
     <col min="20" max="20" width="9.240625" customWidth="1"/>
@@ -4045,51 +4003,51 @@
     <row r="18">
       <c r="A18" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B18" s="1" t="s">
         <v>37</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>38</v>
       </c>
       <c r="D18" s="3">
         <v>29.99</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B19" s="1" t="s">
         <v>39</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>40</v>
       </c>
       <c r="D19" s="3">
-        <v>24.99</v>
+        <v>17.99</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>41</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>42</v>
       </c>
       <c r="D20" s="3">
         <v>19.99</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B21" s="1" t="s">
         <v>43</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>44</v>
@@ -5543,471 +5501,471 @@
     <row r="125">
       <c r="A125" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B125" s="1" t="s">
         <v>260</v>
       </c>
       <c r="C125" s="1" t="s">
         <v>261</v>
       </c>
       <c r="D125" s="3">
         <v>35.49</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B126" s="1" t="s">
         <v>262</v>
       </c>
       <c r="C126" s="1" t="s">
         <v>263</v>
       </c>
       <c r="D126" s="3">
-        <v>24.99</v>
+        <v>39.49</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B127" s="1" t="s">
         <v>264</v>
       </c>
       <c r="C127" s="1" t="s">
         <v>265</v>
       </c>
       <c r="D127" s="3">
-        <v>39.49</v>
+        <v>27.49</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B128" s="1" t="s">
         <v>266</v>
       </c>
       <c r="C128" s="1" t="s">
         <v>267</v>
       </c>
       <c r="D128" s="3">
-        <v>27.49</v>
+        <v>19.49</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B129" s="1" t="s">
         <v>268</v>
       </c>
       <c r="C129" s="1" t="s">
         <v>269</v>
       </c>
       <c r="D129" s="3">
-        <v>19.49</v>
+        <v>27.49</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B130" s="1" t="s">
         <v>270</v>
       </c>
       <c r="C130" s="1" t="s">
         <v>271</v>
       </c>
       <c r="D130" s="3">
         <v>27.49</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B131" s="1" t="s">
         <v>272</v>
       </c>
       <c r="C131" s="1" t="s">
         <v>273</v>
       </c>
       <c r="D131" s="3">
         <v>27.49</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B132" s="1" t="s">
         <v>274</v>
       </c>
       <c r="C132" s="1" t="s">
         <v>275</v>
       </c>
       <c r="D132" s="3">
-        <v>27.49</v>
+        <v>30.49</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B133" s="1" t="s">
         <v>276</v>
       </c>
       <c r="C133" s="1" t="s">
         <v>277</v>
       </c>
       <c r="D133" s="3">
-        <v>30.49</v>
+        <v>32.49</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B134" s="1" t="s">
         <v>278</v>
       </c>
       <c r="C134" s="1" t="s">
         <v>279</v>
       </c>
       <c r="D134" s="3">
-        <v>32.49</v>
+        <v>40.49</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B135" s="1" t="s">
         <v>280</v>
       </c>
       <c r="C135" s="1" t="s">
         <v>281</v>
       </c>
       <c r="D135" s="3">
-        <v>40.49</v>
+        <v>51.49</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B136" s="1" t="s">
         <v>282</v>
       </c>
       <c r="C136" s="1" t="s">
         <v>283</v>
       </c>
       <c r="D136" s="3">
-        <v>51.49</v>
+        <v>19.49</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B137" s="1" t="s">
         <v>284</v>
       </c>
       <c r="C137" s="1" t="s">
         <v>285</v>
       </c>
       <c r="D137" s="3">
-        <v>19.49</v>
+        <v>39.49</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B138" s="1" t="s">
         <v>286</v>
       </c>
       <c r="C138" s="1" t="s">
         <v>287</v>
       </c>
       <c r="D138" s="3">
-        <v>39.49</v>
+        <v>21.49</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B139" s="1" t="s">
         <v>288</v>
       </c>
       <c r="C139" s="1" t="s">
         <v>289</v>
       </c>
       <c r="D139" s="3">
         <v>21.49</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B140" s="1" t="s">
         <v>290</v>
       </c>
       <c r="C140" s="1" t="s">
         <v>291</v>
       </c>
       <c r="D140" s="3">
-        <v>21.49</v>
+        <v>35.49</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B141" s="1" t="s">
         <v>292</v>
       </c>
       <c r="C141" s="1" t="s">
         <v>293</v>
       </c>
       <c r="D141" s="3">
-        <v>35.49</v>
+        <v>27.99</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B142" s="1" t="s">
         <v>294</v>
       </c>
       <c r="C142" s="1" t="s">
         <v>295</v>
       </c>
       <c r="D142" s="3">
-        <v>32.99</v>
+        <v>2.99</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B143" s="1" t="s">
         <v>296</v>
       </c>
       <c r="C143" s="1" t="s">
         <v>297</v>
       </c>
       <c r="D143" s="3">
-        <v>27.99</v>
+        <v>37.49</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B144" s="1" t="s">
         <v>298</v>
       </c>
       <c r="C144" s="1" t="s">
         <v>299</v>
       </c>
       <c r="D144" s="3">
-        <v>2.99</v>
+        <v>5.49</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B145" s="1" t="s">
         <v>300</v>
       </c>
       <c r="C145" s="1" t="s">
         <v>301</v>
       </c>
       <c r="D145" s="3">
-        <v>37.49</v>
+        <v>34.99</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B146" s="1" t="s">
         <v>302</v>
       </c>
       <c r="C146" s="1" t="s">
         <v>303</v>
       </c>
       <c r="D146" s="3">
-        <v>5.49</v>
+        <v>37.49</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B147" s="1" t="s">
         <v>304</v>
       </c>
       <c r="C147" s="1" t="s">
         <v>305</v>
       </c>
       <c r="D147" s="3">
-        <v>34.99</v>
+        <v>5.49</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B148" s="1" t="s">
         <v>306</v>
       </c>
       <c r="C148" s="1" t="s">
         <v>307</v>
       </c>
       <c r="D148" s="3">
-        <v>37.49</v>
+        <v>42.99</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B149" s="1" t="s">
         <v>308</v>
       </c>
       <c r="C149" s="1" t="s">
         <v>309</v>
       </c>
       <c r="D149" s="3">
-        <v>5.49</v>
+        <v>32.49</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B150" s="1" t="s">
         <v>310</v>
       </c>
       <c r="C150" s="1" t="s">
         <v>311</v>
       </c>
       <c r="D150" s="3">
-        <v>42.99</v>
+        <v>32.49</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B151" s="1" t="s">
         <v>312</v>
       </c>
       <c r="C151" s="1" t="s">
         <v>313</v>
       </c>
       <c r="D151" s="3">
         <v>32.49</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B152" s="1" t="s">
         <v>314</v>
       </c>
       <c r="C152" s="1" t="s">
         <v>315</v>
       </c>
       <c r="D152" s="3">
-        <v>32.49</v>
+        <v>35.49</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B153" s="1" t="s">
         <v>316</v>
       </c>
       <c r="C153" s="1" t="s">
         <v>317</v>
       </c>
       <c r="D153" s="3">
-        <v>32.49</v>
+        <v>39.49</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B154" s="1" t="s">
         <v>318</v>
       </c>
       <c r="C154" s="1" t="s">
         <v>319</v>
       </c>
       <c r="D154" s="3">
-        <v>35.49</v>
+        <v>37.99</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B155" s="1" t="s">
         <v>320</v>
       </c>
       <c r="C155" s="1" t="s">
         <v>321</v>
       </c>
       <c r="D155" s="3">
-        <v>39.49</v>
+        <v>33.49</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B156" s="1" t="s">
         <v>322</v>
       </c>
       <c r="C156" s="1" t="s">
         <v>323</v>
       </c>
       <c r="D156" s="3">
-        <v>37.99</v>
+        <v>33.49</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B157" s="1" t="s">
         <v>324</v>
       </c>
       <c r="C157" s="1" t="s">
         <v>325</v>
       </c>
       <c r="D157" s="3">
         <v>33.49</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B158" s="1" t="s">
         <v>326</v>
       </c>
       <c r="C158" s="1" t="s">
         <v>327</v>
@@ -6019,513 +5977,513 @@
     <row r="159">
       <c r="A159" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B159" s="1" t="s">
         <v>328</v>
       </c>
       <c r="C159" s="1" t="s">
         <v>329</v>
       </c>
       <c r="D159" s="3">
         <v>33.49</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B160" s="1" t="s">
         <v>330</v>
       </c>
       <c r="C160" s="1" t="s">
         <v>331</v>
       </c>
       <c r="D160" s="3">
-        <v>33.49</v>
+        <v>46.49</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B161" s="1" t="s">
         <v>332</v>
       </c>
       <c r="C161" s="1" t="s">
         <v>333</v>
       </c>
       <c r="D161" s="3">
-        <v>33.49</v>
+        <v>40.99</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B162" s="1" t="s">
         <v>334</v>
       </c>
       <c r="C162" s="1" t="s">
         <v>335</v>
       </c>
       <c r="D162" s="3">
-        <v>46.49</v>
+        <v>36.99</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B163" s="1" t="s">
         <v>336</v>
       </c>
       <c r="C163" s="1" t="s">
         <v>337</v>
       </c>
       <c r="D163" s="3">
-        <v>40.99</v>
+        <v>28.49</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B164" s="1" t="s">
         <v>338</v>
       </c>
       <c r="C164" s="1" t="s">
         <v>339</v>
       </c>
       <c r="D164" s="3">
-        <v>36.99</v>
+        <v>16.49</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B165" s="1" t="s">
         <v>340</v>
       </c>
       <c r="C165" s="1" t="s">
         <v>341</v>
       </c>
       <c r="D165" s="3">
-        <v>28.49</v>
+        <v>4.39</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B166" s="1" t="s">
         <v>342</v>
       </c>
       <c r="C166" s="1" t="s">
         <v>343</v>
       </c>
       <c r="D166" s="3">
-        <v>16.49</v>
+        <v>34.99</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B167" s="1" t="s">
         <v>344</v>
       </c>
       <c r="C167" s="1" t="s">
         <v>345</v>
       </c>
       <c r="D167" s="3">
-        <v>4.39</v>
+        <v>34.99</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B168" s="1" t="s">
         <v>346</v>
       </c>
       <c r="C168" s="1" t="s">
         <v>347</v>
       </c>
       <c r="D168" s="3">
-        <v>34.99</v>
+        <v>27.99</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B169" s="1" t="s">
         <v>348</v>
       </c>
       <c r="C169" s="1" t="s">
         <v>349</v>
       </c>
       <c r="D169" s="3">
-        <v>34.99</v>
+        <v>35.49</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B170" s="1" t="s">
         <v>350</v>
       </c>
       <c r="C170" s="1" t="s">
         <v>351</v>
       </c>
       <c r="D170" s="3">
-        <v>27.99</v>
+        <v>28.49</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B171" s="1" t="s">
         <v>352</v>
       </c>
       <c r="C171" s="1" t="s">
         <v>353</v>
       </c>
       <c r="D171" s="3">
-        <v>35.49</v>
+        <v>32.49</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B172" s="1" t="s">
         <v>354</v>
       </c>
       <c r="C172" s="1" t="s">
         <v>355</v>
       </c>
       <c r="D172" s="3">
-        <v>28.49</v>
+        <v>36.99</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B173" s="1" t="s">
         <v>356</v>
       </c>
       <c r="C173" s="1" t="s">
         <v>357</v>
       </c>
       <c r="D173" s="3">
-        <v>32.49</v>
+        <v>37.49</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B174" s="1" t="s">
         <v>358</v>
       </c>
       <c r="C174" s="1" t="s">
         <v>359</v>
       </c>
       <c r="D174" s="3">
-        <v>36.99</v>
+        <v>37.49</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B175" s="1" t="s">
         <v>360</v>
       </c>
       <c r="C175" s="1" t="s">
         <v>361</v>
       </c>
       <c r="D175" s="3">
-        <v>37.49</v>
+        <v>35.49</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B176" s="1" t="s">
         <v>362</v>
       </c>
       <c r="C176" s="1" t="s">
         <v>363</v>
       </c>
       <c r="D176" s="3">
-        <v>37.49</v>
+        <v>36.49</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B177" s="1" t="s">
         <v>364</v>
       </c>
       <c r="C177" s="1" t="s">
         <v>365</v>
       </c>
       <c r="D177" s="3">
-        <v>35.49</v>
+        <v>34.49</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B178" s="1" t="s">
         <v>366</v>
       </c>
       <c r="C178" s="1" t="s">
         <v>367</v>
       </c>
       <c r="D178" s="3">
-        <v>34.49</v>
+        <v>39.49</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B179" s="1" t="s">
         <v>368</v>
       </c>
       <c r="C179" s="1" t="s">
         <v>369</v>
       </c>
       <c r="D179" s="3">
-        <v>36.49</v>
+        <v>38.49</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B180" s="1" t="s">
         <v>370</v>
       </c>
       <c r="C180" s="1" t="s">
         <v>371</v>
       </c>
       <c r="D180" s="3">
-        <v>34.49</v>
+        <v>34.99</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B181" s="1" t="s">
         <v>372</v>
       </c>
       <c r="C181" s="1" t="s">
         <v>373</v>
       </c>
       <c r="D181" s="3">
         <v>39.49</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B182" s="1" t="s">
         <v>374</v>
       </c>
       <c r="C182" s="1" t="s">
         <v>375</v>
       </c>
       <c r="D182" s="3">
-        <v>38.49</v>
+        <v>34.49</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B183" s="1" t="s">
         <v>376</v>
       </c>
       <c r="C183" s="1" t="s">
         <v>377</v>
       </c>
       <c r="D183" s="3">
-        <v>34.99</v>
+        <v>24.49</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B184" s="1" t="s">
         <v>378</v>
       </c>
       <c r="C184" s="1" t="s">
         <v>379</v>
       </c>
       <c r="D184" s="3">
         <v>39.49</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B185" s="1" t="s">
         <v>380</v>
       </c>
       <c r="C185" s="1" t="s">
         <v>381</v>
       </c>
       <c r="D185" s="3">
         <v>34.49</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B186" s="1" t="s">
         <v>382</v>
       </c>
       <c r="C186" s="1" t="s">
         <v>383</v>
       </c>
       <c r="D186" s="3">
-        <v>24.49</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B187" s="1" t="s">
         <v>384</v>
       </c>
       <c r="C187" s="1" t="s">
         <v>385</v>
       </c>
       <c r="D187" s="3">
-        <v>39.49</v>
+        <v>44.49</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B188" s="1" t="s">
         <v>386</v>
       </c>
       <c r="C188" s="1" t="s">
         <v>387</v>
       </c>
       <c r="D188" s="3">
-        <v>34.49</v>
+        <v>29.99</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B189" s="1" t="s">
         <v>388</v>
       </c>
       <c r="C189" s="1" t="s">
         <v>389</v>
       </c>
       <c r="D189" s="3">
-        <v>21.99</v>
+        <v>38.49</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B190" s="1" t="s">
         <v>390</v>
       </c>
       <c r="C190" s="1" t="s">
         <v>391</v>
       </c>
       <c r="D190" s="3">
-        <v>44.49</v>
+        <v>39.99</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B191" s="1" t="s">
         <v>392</v>
       </c>
       <c r="C191" s="1" t="s">
         <v>393</v>
       </c>
       <c r="D191" s="3">
-        <v>29.99</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B192" s="1" t="s">
         <v>394</v>
       </c>
       <c r="C192" s="1" t="s">
         <v>395</v>
       </c>
       <c r="D192" s="3">
-        <v>38.49</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B193" s="1" t="s">
         <v>396</v>
       </c>
       <c r="C193" s="1" t="s">
         <v>397</v>
       </c>
       <c r="D193" s="3">
-        <v>39.99</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B194" s="1" t="s">
         <v>398</v>
       </c>
       <c r="C194" s="1" t="s">
         <v>399</v>
       </c>
       <c r="D194" s="3">
         <v>24.99</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B195" s="1" t="s">
         <v>400</v>
       </c>
       <c r="C195" s="1" t="s">
         <v>401</v>
@@ -6551,5509 +6509,5411 @@
     <row r="197">
       <c r="A197" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B197" s="1" t="s">
         <v>404</v>
       </c>
       <c r="C197" s="1" t="s">
         <v>405</v>
       </c>
       <c r="D197" s="3">
         <v>24.99</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B198" s="1" t="s">
         <v>406</v>
       </c>
       <c r="C198" s="1" t="s">
         <v>407</v>
       </c>
       <c r="D198" s="3">
-        <v>24.99</v>
+        <v>20.49</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B199" s="1" t="s">
         <v>408</v>
       </c>
       <c r="C199" s="1" t="s">
         <v>409</v>
       </c>
       <c r="D199" s="3">
         <v>24.99</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B200" s="1" t="s">
         <v>410</v>
       </c>
       <c r="C200" s="1" t="s">
         <v>411</v>
       </c>
       <c r="D200" s="3">
-        <v>24.99</v>
+        <v>29.99</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B201" s="1" t="s">
         <v>412</v>
       </c>
       <c r="C201" s="1" t="s">
         <v>413</v>
       </c>
       <c r="D201" s="3">
-        <v>20.49</v>
+        <v>36.49</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="1" t="s">
-        <v>239</v>
+        <v>414</v>
       </c>
       <c r="B202" s="1" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="D202" s="3">
-        <v>24.99</v>
+        <v>25.99</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="1" t="s">
-        <v>239</v>
+        <v>414</v>
       </c>
       <c r="B203" s="1" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="D203" s="3">
-        <v>29.99</v>
+        <v>22.99</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="1" t="s">
-        <v>239</v>
+        <v>414</v>
       </c>
       <c r="B204" s="1" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="D204" s="3">
-        <v>36.49</v>
+        <v>35.99</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="1" t="s">
-        <v>420</v>
+        <v>414</v>
       </c>
       <c r="B205" s="1" t="s">
         <v>421</v>
       </c>
       <c r="C205" s="1" t="s">
         <v>422</v>
       </c>
       <c r="D205" s="3">
-        <v>25.99</v>
+        <v>29.99</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="1" t="s">
-        <v>420</v>
+        <v>414</v>
       </c>
       <c r="B206" s="1" t="s">
         <v>423</v>
       </c>
       <c r="C206" s="1" t="s">
         <v>424</v>
       </c>
       <c r="D206" s="3">
-        <v>22.99</v>
+        <v>31.99</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="1" t="s">
-        <v>420</v>
+        <v>414</v>
       </c>
       <c r="B207" s="1" t="s">
         <v>425</v>
       </c>
       <c r="C207" s="1" t="s">
         <v>426</v>
       </c>
       <c r="D207" s="3">
-        <v>35.99</v>
+        <v>31.99</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="1" t="s">
-        <v>420</v>
+        <v>414</v>
       </c>
       <c r="B208" s="1" t="s">
         <v>427</v>
       </c>
       <c r="C208" s="1" t="s">
         <v>428</v>
       </c>
       <c r="D208" s="3">
-        <v>29.99</v>
+        <v>39.99</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="1" t="s">
-        <v>420</v>
+        <v>414</v>
       </c>
       <c r="B209" s="1" t="s">
         <v>429</v>
       </c>
       <c r="C209" s="1" t="s">
         <v>430</v>
       </c>
       <c r="D209" s="3">
-        <v>31.99</v>
+        <v>26.99</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="1" t="s">
-        <v>420</v>
+        <v>414</v>
       </c>
       <c r="B210" s="1" t="s">
         <v>431</v>
       </c>
       <c r="C210" s="1" t="s">
         <v>432</v>
       </c>
       <c r="D210" s="3">
-        <v>31.99</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="1" t="s">
-        <v>420</v>
+        <v>414</v>
       </c>
       <c r="B211" s="1" t="s">
         <v>433</v>
       </c>
       <c r="C211" s="1" t="s">
         <v>434</v>
       </c>
       <c r="D211" s="3">
         <v>39.99</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="1" t="s">
-        <v>420</v>
+        <v>414</v>
       </c>
       <c r="B212" s="1" t="s">
         <v>435</v>
       </c>
       <c r="C212" s="1" t="s">
         <v>436</v>
       </c>
       <c r="D212" s="3">
-        <v>26.99</v>
+        <v>41.99</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="1" t="s">
-        <v>420</v>
+        <v>414</v>
       </c>
       <c r="B213" s="1" t="s">
         <v>437</v>
       </c>
       <c r="C213" s="1" t="s">
         <v>438</v>
       </c>
       <c r="D213" s="3">
-        <v>24.99</v>
+        <v>29.99</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="1" t="s">
-        <v>420</v>
+        <v>414</v>
       </c>
       <c r="B214" s="1" t="s">
         <v>439</v>
       </c>
       <c r="C214" s="1" t="s">
         <v>440</v>
       </c>
       <c r="D214" s="3">
-        <v>39.99</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="1" t="s">
-        <v>420</v>
+        <v>414</v>
       </c>
       <c r="B215" s="1" t="s">
         <v>441</v>
       </c>
       <c r="C215" s="1" t="s">
         <v>442</v>
       </c>
       <c r="D215" s="3">
-        <v>41.99</v>
+        <v>39.99</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="1" t="s">
-        <v>420</v>
+        <v>414</v>
       </c>
       <c r="B216" s="1" t="s">
         <v>443</v>
       </c>
       <c r="C216" s="1" t="s">
         <v>444</v>
       </c>
       <c r="D216" s="3">
-        <v>29.99</v>
+        <v>26.99</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="1" t="s">
-        <v>420</v>
+        <v>414</v>
       </c>
       <c r="B217" s="1" t="s">
         <v>445</v>
       </c>
       <c r="C217" s="1" t="s">
         <v>446</v>
       </c>
       <c r="D217" s="3">
-        <v>24.99</v>
+        <v>31.99</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="1" t="s">
-        <v>420</v>
+        <v>414</v>
       </c>
       <c r="B218" s="1" t="s">
         <v>447</v>
       </c>
       <c r="C218" s="1" t="s">
         <v>448</v>
       </c>
       <c r="D218" s="3">
-        <v>39.99</v>
+        <v>43.99</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="1" t="s">
-        <v>420</v>
+        <v>414</v>
       </c>
       <c r="B219" s="1" t="s">
         <v>449</v>
       </c>
       <c r="C219" s="1" t="s">
         <v>450</v>
       </c>
       <c r="D219" s="3">
-        <v>26.99</v>
+        <v>33.99</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="1" t="s">
-        <v>420</v>
+        <v>414</v>
       </c>
       <c r="B220" s="1" t="s">
         <v>451</v>
       </c>
       <c r="C220" s="1" t="s">
         <v>452</v>
       </c>
       <c r="D220" s="3">
-        <v>31.99</v>
+        <v>36.99</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="1" t="s">
-        <v>420</v>
+        <v>414</v>
       </c>
       <c r="B221" s="1" t="s">
         <v>453</v>
       </c>
       <c r="C221" s="1" t="s">
         <v>454</v>
       </c>
       <c r="D221" s="3">
-        <v>43.99</v>
+        <v>49.99</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="1" t="s">
-        <v>420</v>
+        <v>455</v>
       </c>
       <c r="B222" s="1" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="D222" s="3">
-        <v>33.99</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="1" t="s">
-        <v>420</v>
+        <v>455</v>
       </c>
       <c r="B223" s="1" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="D223" s="3">
-        <v>36.99</v>
+        <v>23.49</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="1" t="s">
-        <v>420</v>
+        <v>455</v>
       </c>
       <c r="B224" s="1" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="D224" s="3">
-        <v>49.99</v>
+        <v>23.49</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="1" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
       <c r="B225" s="1" t="s">
         <v>462</v>
       </c>
       <c r="C225" s="1" t="s">
         <v>463</v>
       </c>
       <c r="D225" s="3">
-        <v>19.99</v>
+        <v>17.49</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="1" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
       <c r="B226" s="1" t="s">
         <v>464</v>
       </c>
       <c r="C226" s="1" t="s">
         <v>465</v>
       </c>
       <c r="D226" s="3">
-        <v>23.49</v>
+        <v>17.49</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="1" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
       <c r="B227" s="1" t="s">
         <v>466</v>
       </c>
       <c r="C227" s="1" t="s">
         <v>467</v>
       </c>
       <c r="D227" s="3">
-        <v>23.49</v>
+        <v>17.49</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="1" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
       <c r="B228" s="1" t="s">
         <v>468</v>
       </c>
       <c r="C228" s="1" t="s">
         <v>469</v>
       </c>
       <c r="D228" s="3">
-        <v>17.49</v>
+        <v>18.49</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="1" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
       <c r="B229" s="1" t="s">
         <v>470</v>
       </c>
       <c r="C229" s="1" t="s">
         <v>471</v>
       </c>
       <c r="D229" s="3">
-        <v>17.49</v>
+        <v>32.49</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="1" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
       <c r="B230" s="1" t="s">
         <v>472</v>
       </c>
       <c r="C230" s="1" t="s">
         <v>473</v>
       </c>
       <c r="D230" s="3">
-        <v>17.49</v>
+        <v>67.99</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="1" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
       <c r="B231" s="1" t="s">
         <v>474</v>
       </c>
       <c r="C231" s="1" t="s">
         <v>475</v>
       </c>
       <c r="D231" s="3">
-        <v>18.49</v>
+        <v>26.49</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="1" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
       <c r="B232" s="1" t="s">
         <v>476</v>
       </c>
       <c r="C232" s="1" t="s">
         <v>477</v>
       </c>
       <c r="D232" s="3">
-        <v>32.49</v>
+        <v>23.49</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="1" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
       <c r="B233" s="1" t="s">
         <v>478</v>
       </c>
       <c r="C233" s="1" t="s">
         <v>479</v>
       </c>
       <c r="D233" s="3">
-        <v>67.99</v>
+        <v>32.49</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="1" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
       <c r="B234" s="1" t="s">
         <v>480</v>
       </c>
       <c r="C234" s="1" t="s">
         <v>481</v>
       </c>
       <c r="D234" s="3">
-        <v>26.49</v>
+        <v>25.49</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="1" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
       <c r="B235" s="1" t="s">
         <v>482</v>
       </c>
       <c r="C235" s="1" t="s">
         <v>483</v>
       </c>
       <c r="D235" s="3">
-        <v>23.49</v>
+        <v>22.99</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="1" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
       <c r="B236" s="1" t="s">
         <v>484</v>
       </c>
       <c r="C236" s="1" t="s">
         <v>485</v>
       </c>
       <c r="D236" s="3">
-        <v>32.49</v>
+        <v>23.49</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="1" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
       <c r="B237" s="1" t="s">
         <v>486</v>
       </c>
       <c r="C237" s="1" t="s">
         <v>487</v>
       </c>
       <c r="D237" s="3">
-        <v>25.49</v>
+        <v>24.49</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="1" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
       <c r="B238" s="1" t="s">
         <v>488</v>
       </c>
       <c r="C238" s="1" t="s">
         <v>489</v>
       </c>
       <c r="D238" s="3">
-        <v>22.99</v>
+        <v>23.49</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="1" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
       <c r="B239" s="1" t="s">
         <v>490</v>
       </c>
       <c r="C239" s="1" t="s">
         <v>491</v>
       </c>
       <c r="D239" s="3">
-        <v>23.49</v>
+        <v>27.49</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="1" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
       <c r="B240" s="1" t="s">
         <v>492</v>
       </c>
       <c r="C240" s="1" t="s">
         <v>493</v>
       </c>
       <c r="D240" s="3">
-        <v>24.49</v>
+        <v>26.49</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" s="1" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
       <c r="B241" s="1" t="s">
         <v>494</v>
       </c>
       <c r="C241" s="1" t="s">
         <v>495</v>
       </c>
       <c r="D241" s="3">
         <v>23.49</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="1" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
       <c r="B242" s="1" t="s">
         <v>496</v>
       </c>
       <c r="C242" s="1" t="s">
         <v>497</v>
       </c>
       <c r="D242" s="3">
-        <v>27.49</v>
+        <v>28.49</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" s="1" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
       <c r="B243" s="1" t="s">
         <v>498</v>
       </c>
       <c r="C243" s="1" t="s">
         <v>499</v>
       </c>
       <c r="D243" s="3">
-        <v>26.49</v>
+        <v>50.49</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" s="1" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
       <c r="B244" s="1" t="s">
         <v>500</v>
       </c>
       <c r="C244" s="1" t="s">
         <v>501</v>
       </c>
       <c r="D244" s="3">
-        <v>23.49</v>
+        <v>30.49</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" s="1" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
       <c r="B245" s="1" t="s">
         <v>502</v>
       </c>
       <c r="C245" s="1" t="s">
         <v>503</v>
       </c>
       <c r="D245" s="3">
-        <v>28.49</v>
+        <v>26.49</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" s="1" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
       <c r="B246" s="1" t="s">
         <v>504</v>
       </c>
       <c r="C246" s="1" t="s">
         <v>505</v>
       </c>
       <c r="D246" s="3">
-        <v>50.49</v>
+        <v>33.49</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" s="1" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
       <c r="B247" s="1" t="s">
         <v>506</v>
       </c>
       <c r="C247" s="1" t="s">
         <v>507</v>
       </c>
       <c r="D247" s="3">
-        <v>30.49</v>
+        <v>19.49</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" s="1" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
       <c r="B248" s="1" t="s">
         <v>508</v>
       </c>
       <c r="C248" s="1" t="s">
         <v>509</v>
       </c>
       <c r="D248" s="3">
-        <v>26.49</v>
+        <v>19.49</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" s="1" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
       <c r="B249" s="1" t="s">
         <v>510</v>
       </c>
       <c r="C249" s="1" t="s">
         <v>511</v>
       </c>
       <c r="D249" s="3">
-        <v>33.49</v>
+        <v>28.99</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" s="1" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
       <c r="B250" s="1" t="s">
         <v>512</v>
       </c>
       <c r="C250" s="1" t="s">
         <v>513</v>
       </c>
       <c r="D250" s="3">
-        <v>19.49</v>
+        <v>25.49</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" s="1" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
       <c r="B251" s="1" t="s">
         <v>514</v>
       </c>
       <c r="C251" s="1" t="s">
         <v>515</v>
       </c>
       <c r="D251" s="3">
-        <v>19.49</v>
+        <v>25.49</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" s="1" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
       <c r="B252" s="1" t="s">
         <v>516</v>
       </c>
       <c r="C252" s="1" t="s">
         <v>517</v>
       </c>
       <c r="D252" s="3">
-        <v>28.99</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="1" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
       <c r="B253" s="1" t="s">
         <v>518</v>
       </c>
       <c r="C253" s="1" t="s">
         <v>519</v>
       </c>
       <c r="D253" s="3">
-        <v>25.49</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="1" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
       <c r="B254" s="1" t="s">
         <v>520</v>
       </c>
       <c r="C254" s="1" t="s">
         <v>521</v>
       </c>
       <c r="D254" s="3">
-        <v>25.49</v>
+        <v>28.49</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" s="1" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
       <c r="B255" s="1" t="s">
         <v>522</v>
       </c>
       <c r="C255" s="1" t="s">
         <v>523</v>
       </c>
       <c r="D255" s="3">
-        <v>24.99</v>
+        <v>31.49</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" s="1" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
       <c r="B256" s="1" t="s">
         <v>524</v>
       </c>
       <c r="C256" s="1" t="s">
         <v>525</v>
       </c>
       <c r="D256" s="3">
-        <v>19.99</v>
+        <v>27.49</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" s="1" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
       <c r="B257" s="1" t="s">
         <v>526</v>
       </c>
       <c r="C257" s="1" t="s">
         <v>527</v>
       </c>
       <c r="D257" s="3">
-        <v>28.49</v>
+        <v>22.49</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" s="1" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
       <c r="B258" s="1" t="s">
         <v>528</v>
       </c>
       <c r="C258" s="1" t="s">
         <v>529</v>
       </c>
       <c r="D258" s="3">
-        <v>31.49</v>
+        <v>22.49</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" s="1" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
       <c r="B259" s="1" t="s">
         <v>530</v>
       </c>
       <c r="C259" s="1" t="s">
         <v>531</v>
       </c>
       <c r="D259" s="3">
-        <v>27.49</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" s="1" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
       <c r="B260" s="1" t="s">
         <v>532</v>
       </c>
       <c r="C260" s="1" t="s">
         <v>533</v>
       </c>
       <c r="D260" s="3">
-        <v>22.49</v>
+        <v>26.49</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" s="1" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
       <c r="B261" s="1" t="s">
         <v>534</v>
       </c>
       <c r="C261" s="1" t="s">
         <v>535</v>
       </c>
       <c r="D261" s="3">
-        <v>22.49</v>
+        <v>20.49</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" s="1" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
       <c r="B262" s="1" t="s">
         <v>536</v>
       </c>
       <c r="C262" s="1" t="s">
         <v>537</v>
       </c>
       <c r="D262" s="3">
-        <v>24.99</v>
+        <v>19.49</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" s="1" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
       <c r="B263" s="1" t="s">
         <v>538</v>
       </c>
       <c r="C263" s="1" t="s">
         <v>539</v>
       </c>
       <c r="D263" s="3">
-        <v>26.49</v>
+        <v>24.49</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" s="1" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
       <c r="B264" s="1" t="s">
         <v>540</v>
       </c>
       <c r="C264" s="1" t="s">
         <v>541</v>
       </c>
       <c r="D264" s="3">
-        <v>20.49</v>
+        <v>17.49</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" s="1" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
       <c r="B265" s="1" t="s">
         <v>542</v>
       </c>
       <c r="C265" s="1" t="s">
         <v>543</v>
       </c>
       <c r="D265" s="3">
         <v>19.49</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" s="1" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
       <c r="B266" s="1" t="s">
         <v>544</v>
       </c>
       <c r="C266" s="1" t="s">
         <v>545</v>
       </c>
       <c r="D266" s="3">
-        <v>24.49</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="1" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
       <c r="B267" s="1" t="s">
         <v>546</v>
       </c>
       <c r="C267" s="1" t="s">
         <v>547</v>
       </c>
       <c r="D267" s="3">
-        <v>17.49</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="1" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
       <c r="B268" s="1" t="s">
         <v>548</v>
       </c>
       <c r="C268" s="1" t="s">
         <v>549</v>
       </c>
       <c r="D268" s="3">
-        <v>19.49</v>
+        <v>33.49</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" s="1" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
       <c r="B269" s="1" t="s">
         <v>550</v>
       </c>
       <c r="C269" s="1" t="s">
         <v>551</v>
       </c>
       <c r="D269" s="3">
-        <v>18.99</v>
+        <v>28.49</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" s="1" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
       <c r="B270" s="1" t="s">
         <v>552</v>
       </c>
       <c r="C270" s="1" t="s">
         <v>553</v>
       </c>
       <c r="D270" s="3">
-        <v>18.99</v>
+        <v>17.49</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="1" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
       <c r="B271" s="1" t="s">
         <v>554</v>
       </c>
       <c r="C271" s="1" t="s">
         <v>555</v>
       </c>
       <c r="D271" s="3">
-        <v>33.49</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="1" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
       <c r="B272" s="1" t="s">
         <v>556</v>
       </c>
       <c r="C272" s="1" t="s">
         <v>557</v>
       </c>
       <c r="D272" s="3">
-        <v>28.49</v>
+        <v>3.99</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="1" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
       <c r="B273" s="1" t="s">
         <v>558</v>
       </c>
       <c r="C273" s="1" t="s">
         <v>559</v>
       </c>
       <c r="D273" s="3">
-        <v>17.49</v>
+        <v>11.49</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="1" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
       <c r="B274" s="1" t="s">
         <v>560</v>
       </c>
       <c r="C274" s="1" t="s">
         <v>561</v>
       </c>
       <c r="D274" s="3">
         <v>21.99</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" s="1" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
       <c r="B275" s="1" t="s">
         <v>562</v>
       </c>
       <c r="C275" s="1" t="s">
         <v>563</v>
       </c>
       <c r="D275" s="3">
-        <v>3.99</v>
+        <v>11.99</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="1" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
       <c r="B276" s="1" t="s">
         <v>564</v>
       </c>
       <c r="C276" s="1" t="s">
         <v>565</v>
       </c>
       <c r="D276" s="3">
-        <v>11.49</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="1" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
       <c r="B277" s="1" t="s">
         <v>566</v>
       </c>
       <c r="C277" s="1" t="s">
         <v>567</v>
       </c>
       <c r="D277" s="3">
-        <v>21.99</v>
+        <v>3.99</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" s="1" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
       <c r="B278" s="1" t="s">
         <v>568</v>
       </c>
       <c r="C278" s="1" t="s">
         <v>569</v>
       </c>
       <c r="D278" s="3">
-        <v>11.99</v>
+        <v>28.49</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" s="1" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
       <c r="B279" s="1" t="s">
         <v>570</v>
       </c>
       <c r="C279" s="1" t="s">
         <v>571</v>
       </c>
       <c r="D279" s="3">
-        <v>21.99</v>
+        <v>27.99</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" s="1" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
       <c r="B280" s="1" t="s">
         <v>572</v>
       </c>
       <c r="C280" s="1" t="s">
         <v>573</v>
       </c>
       <c r="D280" s="3">
-        <v>3.99</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" s="1" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
       <c r="B281" s="1" t="s">
         <v>574</v>
       </c>
       <c r="C281" s="1" t="s">
         <v>575</v>
       </c>
       <c r="D281" s="3">
-        <v>28.49</v>
+        <v>24.49</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" s="1" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
       <c r="B282" s="1" t="s">
         <v>576</v>
       </c>
       <c r="C282" s="1" t="s">
         <v>577</v>
       </c>
       <c r="D282" s="3">
-        <v>27.99</v>
+        <v>27</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" s="1" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
       <c r="B283" s="1" t="s">
         <v>578</v>
       </c>
       <c r="C283" s="1" t="s">
         <v>579</v>
       </c>
       <c r="D283" s="3">
-        <v>11.5</v>
+        <v>31.99</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" s="1" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
       <c r="B284" s="1" t="s">
         <v>580</v>
       </c>
       <c r="C284" s="1" t="s">
         <v>581</v>
       </c>
       <c r="D284" s="3">
-        <v>24.49</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" s="1" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
       <c r="B285" s="1" t="s">
         <v>582</v>
       </c>
       <c r="C285" s="1" t="s">
         <v>583</v>
       </c>
       <c r="D285" s="3">
-        <v>27</v>
+        <v>18.49</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" s="1" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
       <c r="B286" s="1" t="s">
         <v>584</v>
       </c>
       <c r="C286" s="1" t="s">
         <v>585</v>
       </c>
       <c r="D286" s="3">
-        <v>31.99</v>
+        <v>27.49</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" s="1" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
       <c r="B287" s="1" t="s">
         <v>586</v>
       </c>
       <c r="C287" s="1" t="s">
         <v>587</v>
       </c>
       <c r="D287" s="3">
-        <v>19.99</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" s="1" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
       <c r="B288" s="1" t="s">
         <v>588</v>
       </c>
       <c r="C288" s="1" t="s">
         <v>589</v>
       </c>
       <c r="D288" s="3">
-        <v>18.49</v>
+        <v>31.49</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" s="1" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
       <c r="B289" s="1" t="s">
         <v>590</v>
       </c>
       <c r="C289" s="1" t="s">
         <v>591</v>
       </c>
       <c r="D289" s="3">
-        <v>27.49</v>
+        <v>59.5</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" s="1" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
       <c r="B290" s="1" t="s">
         <v>592</v>
       </c>
       <c r="C290" s="1" t="s">
         <v>593</v>
       </c>
       <c r="D290" s="3">
-        <v>49.5</v>
+        <v>20.49</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" s="1" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
       <c r="B291" s="1" t="s">
         <v>594</v>
       </c>
       <c r="C291" s="1" t="s">
         <v>595</v>
       </c>
       <c r="D291" s="3">
         <v>31.49</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" s="1" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
       <c r="B292" s="1" t="s">
         <v>596</v>
       </c>
       <c r="C292" s="1" t="s">
         <v>597</v>
       </c>
       <c r="D292" s="3">
-        <v>59.5</v>
+        <v>27.49</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" s="1" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
       <c r="B293" s="1" t="s">
         <v>598</v>
       </c>
       <c r="C293" s="1" t="s">
         <v>599</v>
       </c>
       <c r="D293" s="3">
-        <v>20.49</v>
+        <v>31.49</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" s="1" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
       <c r="B294" s="1" t="s">
         <v>600</v>
       </c>
       <c r="C294" s="1" t="s">
         <v>601</v>
       </c>
       <c r="D294" s="3">
-        <v>31.49</v>
+        <v>36.49</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" s="1" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
       <c r="B295" s="1" t="s">
         <v>602</v>
       </c>
       <c r="C295" s="1" t="s">
         <v>603</v>
       </c>
       <c r="D295" s="3">
-        <v>27.49</v>
+        <v>37.49</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" s="1" t="s">
-        <v>461</v>
+        <v>604</v>
       </c>
       <c r="B296" s="1" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="C296" s="1" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="D296" s="3">
-        <v>31.49</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" s="1" t="s">
-        <v>461</v>
+        <v>604</v>
       </c>
       <c r="B297" s="1" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="C297" s="1" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="D297" s="3">
-        <v>36.49</v>
+        <v>15.99</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" s="1" t="s">
-        <v>461</v>
+        <v>604</v>
       </c>
       <c r="B298" s="1" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="C298" s="1" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="D298" s="3">
-        <v>37.49</v>
+        <v>15.99</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" s="1" t="s">
-        <v>610</v>
+        <v>604</v>
       </c>
       <c r="B299" s="1" t="s">
         <v>611</v>
       </c>
       <c r="C299" s="1" t="s">
         <v>612</v>
       </c>
       <c r="D299" s="3">
-        <v>21.99</v>
+        <v>14.49</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" s="1" t="s">
-        <v>610</v>
+        <v>604</v>
       </c>
       <c r="B300" s="1" t="s">
         <v>613</v>
       </c>
       <c r="C300" s="1" t="s">
         <v>614</v>
       </c>
       <c r="D300" s="3">
         <v>15.99</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" s="1" t="s">
-        <v>610</v>
+        <v>604</v>
       </c>
       <c r="B301" s="1" t="s">
         <v>615</v>
       </c>
       <c r="C301" s="1" t="s">
         <v>616</v>
       </c>
       <c r="D301" s="3">
         <v>15.99</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="1" t="s">
-        <v>610</v>
+        <v>604</v>
       </c>
       <c r="B302" s="1" t="s">
         <v>617</v>
       </c>
       <c r="C302" s="1" t="s">
         <v>618</v>
       </c>
       <c r="D302" s="3">
-        <v>14.49</v>
+        <v>17.99</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" s="1" t="s">
-        <v>610</v>
+        <v>604</v>
       </c>
       <c r="B303" s="1" t="s">
         <v>619</v>
       </c>
       <c r="C303" s="1" t="s">
         <v>620</v>
       </c>
       <c r="D303" s="3">
         <v>15.99</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" s="1" t="s">
-        <v>610</v>
+        <v>604</v>
       </c>
       <c r="B304" s="1" t="s">
         <v>621</v>
       </c>
       <c r="C304" s="1" t="s">
         <v>622</v>
       </c>
       <c r="D304" s="3">
-        <v>15.99</v>
+        <v>17.99</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" s="1" t="s">
-        <v>610</v>
+        <v>604</v>
       </c>
       <c r="B305" s="1" t="s">
         <v>623</v>
       </c>
       <c r="C305" s="1" t="s">
         <v>624</v>
       </c>
       <c r="D305" s="3">
-        <v>17.99</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" s="1" t="s">
-        <v>610</v>
+        <v>604</v>
       </c>
       <c r="B306" s="1" t="s">
         <v>625</v>
       </c>
       <c r="C306" s="1" t="s">
         <v>626</v>
       </c>
       <c r="D306" s="3">
-        <v>15.99</v>
+        <v>13.99</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" s="1" t="s">
-        <v>610</v>
+        <v>604</v>
       </c>
       <c r="B307" s="1" t="s">
         <v>627</v>
       </c>
       <c r="C307" s="1" t="s">
         <v>628</v>
       </c>
       <c r="D307" s="3">
-        <v>17.99</v>
+        <v>14.99</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" s="1" t="s">
-        <v>610</v>
+        <v>604</v>
       </c>
       <c r="B308" s="1" t="s">
         <v>629</v>
       </c>
       <c r="C308" s="1" t="s">
         <v>630</v>
       </c>
       <c r="D308" s="3">
-        <v>18.99</v>
+        <v>13.99</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" s="1" t="s">
-        <v>610</v>
+        <v>604</v>
       </c>
       <c r="B309" s="1" t="s">
         <v>631</v>
       </c>
       <c r="C309" s="1" t="s">
         <v>632</v>
       </c>
       <c r="D309" s="3">
-        <v>13.99</v>
+        <v>14.99</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="1" t="s">
-        <v>610</v>
+        <v>604</v>
       </c>
       <c r="B310" s="1" t="s">
         <v>633</v>
       </c>
       <c r="C310" s="1" t="s">
         <v>634</v>
       </c>
       <c r="D310" s="3">
-        <v>14.99</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="1" t="s">
-        <v>610</v>
+        <v>604</v>
       </c>
       <c r="B311" s="1" t="s">
         <v>635</v>
       </c>
       <c r="C311" s="1" t="s">
         <v>636</v>
       </c>
       <c r="D311" s="3">
         <v>13.99</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" s="1" t="s">
-        <v>610</v>
+        <v>604</v>
       </c>
       <c r="B312" s="1" t="s">
         <v>637</v>
       </c>
       <c r="C312" s="1" t="s">
         <v>638</v>
       </c>
       <c r="D312" s="3">
-        <v>14.99</v>
+        <v>16.99</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" s="1" t="s">
-        <v>610</v>
+        <v>604</v>
       </c>
       <c r="B313" s="1" t="s">
         <v>639</v>
       </c>
       <c r="C313" s="1" t="s">
         <v>640</v>
       </c>
       <c r="D313" s="3">
         <v>13.99</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" s="1" t="s">
-        <v>610</v>
+        <v>604</v>
       </c>
       <c r="B314" s="1" t="s">
         <v>641</v>
       </c>
       <c r="C314" s="1" t="s">
         <v>642</v>
       </c>
       <c r="D314" s="3">
-        <v>19.99</v>
+        <v>16.99</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" s="1" t="s">
-        <v>610</v>
+        <v>643</v>
       </c>
       <c r="B315" s="1" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="C315" s="1" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="D315" s="3">
-        <v>21.99</v>
+        <v>31.99</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" s="1" t="s">
-        <v>610</v>
+        <v>643</v>
       </c>
       <c r="B316" s="1" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="C316" s="1" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="D316" s="3">
-        <v>13.99</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" s="1" t="s">
-        <v>610</v>
+        <v>643</v>
       </c>
       <c r="B317" s="1" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="C317" s="1" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="D317" s="3">
-        <v>16.99</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" s="1" t="s">
-        <v>610</v>
+        <v>643</v>
       </c>
       <c r="B318" s="1" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="C318" s="1" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="D318" s="3">
-        <v>13.99</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" s="1" t="s">
-        <v>610</v>
+        <v>643</v>
       </c>
       <c r="B319" s="1" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="C319" s="1" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="D319" s="3">
-        <v>16.99</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" s="1" t="s">
-        <v>653</v>
+        <v>643</v>
       </c>
       <c r="B320" s="1" t="s">
         <v>654</v>
       </c>
       <c r="C320" s="1" t="s">
         <v>655</v>
       </c>
       <c r="D320" s="3">
-        <v>31.99</v>
+        <v>17.99</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" s="1" t="s">
-        <v>653</v>
+        <v>643</v>
       </c>
       <c r="B321" s="1" t="s">
         <v>656</v>
       </c>
       <c r="C321" s="1" t="s">
         <v>657</v>
       </c>
       <c r="D321" s="3">
-        <v>6.5</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" s="1" t="s">
-        <v>653</v>
+        <v>643</v>
       </c>
       <c r="B322" s="1" t="s">
         <v>658</v>
       </c>
       <c r="C322" s="1" t="s">
         <v>659</v>
       </c>
       <c r="D322" s="3">
-        <v>18.99</v>
+        <v>31.99</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" s="1" t="s">
-        <v>653</v>
+        <v>643</v>
       </c>
       <c r="B323" s="1" t="s">
         <v>660</v>
       </c>
       <c r="C323" s="1" t="s">
         <v>661</v>
       </c>
       <c r="D323" s="3">
         <v>18.99</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" s="1" t="s">
-        <v>653</v>
+        <v>643</v>
       </c>
       <c r="B324" s="1" t="s">
         <v>662</v>
       </c>
       <c r="C324" s="1" t="s">
         <v>663</v>
       </c>
       <c r="D324" s="3">
-        <v>18.99</v>
+        <v>26.99</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" s="1" t="s">
-        <v>653</v>
+        <v>643</v>
       </c>
       <c r="B325" s="1" t="s">
         <v>664</v>
       </c>
       <c r="C325" s="1" t="s">
         <v>665</v>
       </c>
       <c r="D325" s="3">
-        <v>17.99</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" s="1" t="s">
-        <v>653</v>
+        <v>643</v>
       </c>
       <c r="B326" s="1" t="s">
         <v>666</v>
       </c>
       <c r="C326" s="1" t="s">
         <v>667</v>
       </c>
       <c r="D326" s="3">
-        <v>21.99</v>
+        <v>26.99</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" s="1" t="s">
-        <v>653</v>
+        <v>643</v>
       </c>
       <c r="B327" s="1" t="s">
         <v>668</v>
       </c>
       <c r="C327" s="1" t="s">
         <v>669</v>
       </c>
       <c r="D327" s="3">
-        <v>31.99</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" s="1" t="s">
-        <v>653</v>
+        <v>643</v>
       </c>
       <c r="B328" s="1" t="s">
         <v>670</v>
       </c>
       <c r="C328" s="1" t="s">
         <v>671</v>
       </c>
       <c r="D328" s="3">
-        <v>18.99</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" s="1" t="s">
-        <v>653</v>
+        <v>643</v>
       </c>
       <c r="B329" s="1" t="s">
         <v>672</v>
       </c>
       <c r="C329" s="1" t="s">
         <v>673</v>
       </c>
       <c r="D329" s="3">
-        <v>26.99</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" s="1" t="s">
-        <v>653</v>
+        <v>643</v>
       </c>
       <c r="B330" s="1" t="s">
         <v>674</v>
       </c>
       <c r="C330" s="1" t="s">
         <v>675</v>
       </c>
       <c r="D330" s="3">
-        <v>18.99</v>
+        <v>20.99</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" s="1" t="s">
-        <v>653</v>
+        <v>643</v>
       </c>
       <c r="B331" s="1" t="s">
         <v>676</v>
       </c>
       <c r="C331" s="1" t="s">
         <v>677</v>
       </c>
       <c r="D331" s="3">
-        <v>26.99</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" s="1" t="s">
-        <v>653</v>
+        <v>643</v>
       </c>
       <c r="B332" s="1" t="s">
         <v>678</v>
       </c>
       <c r="C332" s="1" t="s">
         <v>679</v>
       </c>
       <c r="D332" s="3">
-        <v>21.99</v>
+        <v>20.99</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" s="1" t="s">
-        <v>653</v>
+        <v>643</v>
       </c>
       <c r="B333" s="1" t="s">
         <v>680</v>
       </c>
       <c r="C333" s="1" t="s">
         <v>681</v>
       </c>
       <c r="D333" s="3">
-        <v>21.99</v>
+        <v>23.99</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" s="1" t="s">
-        <v>653</v>
+        <v>643</v>
       </c>
       <c r="B334" s="1" t="s">
         <v>682</v>
       </c>
       <c r="C334" s="1" t="s">
         <v>683</v>
       </c>
       <c r="D334" s="3">
-        <v>21.99</v>
+        <v>23.99</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" s="1" t="s">
-        <v>653</v>
+        <v>643</v>
       </c>
       <c r="B335" s="1" t="s">
         <v>684</v>
       </c>
       <c r="C335" s="1" t="s">
         <v>685</v>
       </c>
       <c r="D335" s="3">
-        <v>20.99</v>
+        <v>23.99</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" s="1" t="s">
-        <v>653</v>
+        <v>643</v>
       </c>
       <c r="B336" s="1" t="s">
         <v>686</v>
       </c>
       <c r="C336" s="1" t="s">
         <v>687</v>
       </c>
       <c r="D336" s="3">
-        <v>21.99</v>
+        <v>23.99</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" s="1" t="s">
-        <v>653</v>
+        <v>643</v>
       </c>
       <c r="B337" s="1" t="s">
         <v>688</v>
       </c>
       <c r="C337" s="1" t="s">
         <v>689</v>
       </c>
       <c r="D337" s="3">
-        <v>20.99</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" s="1" t="s">
-        <v>653</v>
+        <v>643</v>
       </c>
       <c r="B338" s="1" t="s">
         <v>690</v>
       </c>
       <c r="C338" s="1" t="s">
         <v>691</v>
       </c>
       <c r="D338" s="3">
         <v>23.99</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" s="1" t="s">
-        <v>653</v>
+        <v>643</v>
       </c>
       <c r="B339" s="1" t="s">
         <v>692</v>
       </c>
       <c r="C339" s="1" t="s">
         <v>693</v>
       </c>
       <c r="D339" s="3">
         <v>23.99</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" s="1" t="s">
-        <v>653</v>
+        <v>643</v>
       </c>
       <c r="B340" s="1" t="s">
         <v>694</v>
       </c>
       <c r="C340" s="1" t="s">
         <v>695</v>
       </c>
       <c r="D340" s="3">
-        <v>23.99</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" s="1" t="s">
-        <v>653</v>
+        <v>643</v>
       </c>
       <c r="B341" s="1" t="s">
         <v>696</v>
       </c>
       <c r="C341" s="1" t="s">
         <v>697</v>
       </c>
       <c r="D341" s="3">
-        <v>23.99</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" s="1" t="s">
-        <v>653</v>
+        <v>643</v>
       </c>
       <c r="B342" s="1" t="s">
         <v>698</v>
       </c>
       <c r="C342" s="1" t="s">
         <v>699</v>
       </c>
       <c r="D342" s="3">
         <v>21.99</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" s="1" t="s">
-        <v>653</v>
+        <v>643</v>
       </c>
       <c r="B343" s="1" t="s">
         <v>700</v>
       </c>
       <c r="C343" s="1" t="s">
         <v>701</v>
       </c>
       <c r="D343" s="3">
         <v>23.99</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" s="1" t="s">
-        <v>653</v>
+        <v>643</v>
       </c>
       <c r="B344" s="1" t="s">
         <v>702</v>
       </c>
       <c r="C344" s="1" t="s">
         <v>703</v>
       </c>
       <c r="D344" s="3">
-        <v>23.99</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" s="1" t="s">
-        <v>653</v>
+        <v>643</v>
       </c>
       <c r="B345" s="1" t="s">
         <v>704</v>
       </c>
       <c r="C345" s="1" t="s">
         <v>705</v>
       </c>
       <c r="D345" s="3">
-        <v>21.99</v>
+        <v>23.99</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" s="1" t="s">
-        <v>653</v>
+        <v>643</v>
       </c>
       <c r="B346" s="1" t="s">
         <v>706</v>
       </c>
       <c r="C346" s="1" t="s">
         <v>707</v>
       </c>
       <c r="D346" s="3">
         <v>19.99</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" s="1" t="s">
-        <v>653</v>
+        <v>643</v>
       </c>
       <c r="B347" s="1" t="s">
         <v>708</v>
       </c>
       <c r="C347" s="1" t="s">
         <v>709</v>
       </c>
       <c r="D347" s="3">
-        <v>21.99</v>
+        <v>23.99</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" s="1" t="s">
-        <v>653</v>
+        <v>643</v>
       </c>
       <c r="B348" s="1" t="s">
         <v>710</v>
       </c>
       <c r="C348" s="1" t="s">
         <v>711</v>
       </c>
       <c r="D348" s="3">
         <v>23.99</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" s="1" t="s">
-        <v>653</v>
+        <v>643</v>
       </c>
       <c r="B349" s="1" t="s">
         <v>712</v>
       </c>
       <c r="C349" s="1" t="s">
         <v>713</v>
       </c>
       <c r="D349" s="3">
         <v>18.99</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" s="1" t="s">
-        <v>653</v>
+        <v>643</v>
       </c>
       <c r="B350" s="1" t="s">
         <v>714</v>
       </c>
       <c r="C350" s="1" t="s">
         <v>715</v>
       </c>
       <c r="D350" s="3">
         <v>23.99</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" s="1" t="s">
-        <v>653</v>
+        <v>643</v>
       </c>
       <c r="B351" s="1" t="s">
         <v>716</v>
       </c>
       <c r="C351" s="1" t="s">
         <v>717</v>
       </c>
       <c r="D351" s="3">
-        <v>19.99</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" s="1" t="s">
-        <v>653</v>
+        <v>643</v>
       </c>
       <c r="B352" s="1" t="s">
         <v>718</v>
       </c>
       <c r="C352" s="1" t="s">
         <v>719</v>
       </c>
       <c r="D352" s="3">
-        <v>23.99</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" s="1" t="s">
-        <v>653</v>
+        <v>643</v>
       </c>
       <c r="B353" s="1" t="s">
         <v>720</v>
       </c>
       <c r="C353" s="1" t="s">
         <v>721</v>
       </c>
       <c r="D353" s="3">
-        <v>23.99</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" s="1" t="s">
-        <v>653</v>
+        <v>643</v>
       </c>
       <c r="B354" s="1" t="s">
         <v>722</v>
       </c>
       <c r="C354" s="1" t="s">
         <v>723</v>
       </c>
       <c r="D354" s="3">
         <v>18.99</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" s="1" t="s">
-        <v>653</v>
+        <v>643</v>
       </c>
       <c r="B355" s="1" t="s">
         <v>724</v>
       </c>
       <c r="C355" s="1" t="s">
         <v>725</v>
       </c>
       <c r="D355" s="3">
-        <v>23.99</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" s="1" t="s">
-        <v>653</v>
+        <v>643</v>
       </c>
       <c r="B356" s="1" t="s">
         <v>726</v>
       </c>
       <c r="C356" s="1" t="s">
         <v>727</v>
       </c>
       <c r="D356" s="3">
-        <v>21.99</v>
+        <v>29.99</v>
       </c>
     </row>
     <row r="357">
       <c r="A357" s="1" t="s">
-        <v>653</v>
+        <v>643</v>
       </c>
       <c r="B357" s="1" t="s">
         <v>728</v>
       </c>
       <c r="C357" s="1" t="s">
         <v>729</v>
       </c>
       <c r="D357" s="3">
-        <v>18.99</v>
+        <v>4.99</v>
       </c>
     </row>
     <row r="358">
       <c r="A358" s="1" t="s">
-        <v>653</v>
+        <v>643</v>
       </c>
       <c r="B358" s="1" t="s">
         <v>730</v>
       </c>
       <c r="C358" s="1" t="s">
         <v>731</v>
       </c>
       <c r="D358" s="3">
-        <v>18.99</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="359">
       <c r="A359" s="1" t="s">
-        <v>653</v>
+        <v>643</v>
       </c>
       <c r="B359" s="1" t="s">
         <v>732</v>
       </c>
       <c r="C359" s="1" t="s">
         <v>733</v>
       </c>
       <c r="D359" s="3">
-        <v>18.99</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="360">
       <c r="A360" s="1" t="s">
-        <v>653</v>
+        <v>643</v>
       </c>
       <c r="B360" s="1" t="s">
         <v>734</v>
       </c>
       <c r="C360" s="1" t="s">
         <v>735</v>
       </c>
       <c r="D360" s="3">
-        <v>21.99</v>
+        <v>4.99</v>
       </c>
     </row>
     <row r="361">
       <c r="A361" s="1" t="s">
-        <v>653</v>
+        <v>643</v>
       </c>
       <c r="B361" s="1" t="s">
         <v>736</v>
       </c>
       <c r="C361" s="1" t="s">
         <v>737</v>
       </c>
       <c r="D361" s="3">
-        <v>29.99</v>
+        <v>4.99</v>
       </c>
     </row>
     <row r="362">
       <c r="A362" s="1" t="s">
-        <v>653</v>
+        <v>643</v>
       </c>
       <c r="B362" s="1" t="s">
         <v>738</v>
       </c>
       <c r="C362" s="1" t="s">
         <v>739</v>
       </c>
       <c r="D362" s="3">
-        <v>4.99</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="363">
       <c r="A363" s="1" t="s">
-        <v>653</v>
+        <v>643</v>
       </c>
       <c r="B363" s="1" t="s">
         <v>740</v>
       </c>
       <c r="C363" s="1" t="s">
         <v>741</v>
       </c>
       <c r="D363" s="3">
-        <v>19.99</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="364">
       <c r="A364" s="1" t="s">
-        <v>653</v>
+        <v>643</v>
       </c>
       <c r="B364" s="1" t="s">
         <v>742</v>
       </c>
       <c r="C364" s="1" t="s">
         <v>743</v>
       </c>
       <c r="D364" s="3">
         <v>19.99</v>
       </c>
     </row>
     <row r="365">
       <c r="A365" s="1" t="s">
-        <v>653</v>
+        <v>643</v>
       </c>
       <c r="B365" s="1" t="s">
         <v>744</v>
       </c>
       <c r="C365" s="1" t="s">
         <v>745</v>
       </c>
       <c r="D365" s="3">
-        <v>4.99</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="366">
       <c r="A366" s="1" t="s">
-        <v>653</v>
+        <v>643</v>
       </c>
       <c r="B366" s="1" t="s">
         <v>746</v>
       </c>
       <c r="C366" s="1" t="s">
         <v>747</v>
       </c>
       <c r="D366" s="3">
-        <v>4.99</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="367">
       <c r="A367" s="1" t="s">
-        <v>653</v>
+        <v>643</v>
       </c>
       <c r="B367" s="1" t="s">
         <v>748</v>
       </c>
       <c r="C367" s="1" t="s">
         <v>749</v>
       </c>
       <c r="D367" s="3">
-        <v>18.99</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="368">
       <c r="A368" s="1" t="s">
-        <v>653</v>
+        <v>750</v>
       </c>
       <c r="B368" s="1" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="C368" s="1" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="D368" s="3">
-        <v>18.99</v>
+        <v>18.49</v>
       </c>
     </row>
     <row r="369">
       <c r="A369" s="1" t="s">
-        <v>653</v>
+        <v>750</v>
       </c>
       <c r="B369" s="1" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="C369" s="1" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="D369" s="3">
-        <v>19.99</v>
+        <v>18.49</v>
       </c>
     </row>
     <row r="370">
       <c r="A370" s="1" t="s">
-        <v>653</v>
+        <v>755</v>
       </c>
       <c r="B370" s="1" t="s">
-        <v>754</v>
+        <v>756</v>
       </c>
       <c r="C370" s="1" t="s">
-        <v>755</v>
+        <v>757</v>
       </c>
       <c r="D370" s="3">
-        <v>19.99</v>
+        <v>22.49</v>
       </c>
     </row>
     <row r="371">
       <c r="A371" s="1" t="s">
-        <v>653</v>
+        <v>755</v>
       </c>
       <c r="B371" s="1" t="s">
-        <v>756</v>
+        <v>758</v>
       </c>
       <c r="C371" s="1" t="s">
-        <v>757</v>
+        <v>759</v>
       </c>
       <c r="D371" s="3">
-        <v>19.99</v>
+        <v>46.49</v>
       </c>
     </row>
     <row r="372">
       <c r="A372" s="1" t="s">
-        <v>653</v>
+        <v>755</v>
       </c>
       <c r="B372" s="1" t="s">
-        <v>758</v>
+        <v>760</v>
       </c>
       <c r="C372" s="1" t="s">
-        <v>759</v>
+        <v>761</v>
       </c>
       <c r="D372" s="3">
-        <v>19.99</v>
+        <v>20.49</v>
       </c>
     </row>
     <row r="373">
       <c r="A373" s="1" t="s">
-        <v>760</v>
+        <v>755</v>
       </c>
       <c r="B373" s="1" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="C373" s="1" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="D373" s="3">
-        <v>18.49</v>
+        <v>19.49</v>
       </c>
     </row>
     <row r="374">
       <c r="A374" s="1" t="s">
-        <v>760</v>
+        <v>755</v>
       </c>
       <c r="B374" s="1" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
       <c r="C374" s="1" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="D374" s="3">
-        <v>18.49</v>
+        <v>32.99</v>
       </c>
     </row>
     <row r="375">
       <c r="A375" s="1" t="s">
-        <v>760</v>
+        <v>755</v>
       </c>
       <c r="B375" s="1" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="C375" s="1" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="D375" s="3">
-        <v>18.49</v>
+        <v>32.99</v>
       </c>
     </row>
     <row r="376">
       <c r="A376" s="1" t="s">
-        <v>767</v>
+        <v>755</v>
       </c>
       <c r="B376" s="1" t="s">
         <v>768</v>
       </c>
       <c r="C376" s="1" t="s">
         <v>769</v>
       </c>
       <c r="D376" s="3">
-        <v>22.49</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="377">
       <c r="A377" s="1" t="s">
-        <v>767</v>
+        <v>755</v>
       </c>
       <c r="B377" s="1" t="s">
         <v>770</v>
       </c>
       <c r="C377" s="1" t="s">
         <v>771</v>
       </c>
       <c r="D377" s="3">
-        <v>46.49</v>
+        <v>26.99</v>
       </c>
     </row>
     <row r="378">
       <c r="A378" s="1" t="s">
-        <v>767</v>
+        <v>755</v>
       </c>
       <c r="B378" s="1" t="s">
         <v>772</v>
       </c>
       <c r="C378" s="1" t="s">
         <v>773</v>
       </c>
       <c r="D378" s="3">
-        <v>20.49</v>
+        <v>29.49</v>
       </c>
     </row>
     <row r="379">
       <c r="A379" s="1" t="s">
-        <v>767</v>
+        <v>755</v>
       </c>
       <c r="B379" s="1" t="s">
         <v>774</v>
       </c>
       <c r="C379" s="1" t="s">
         <v>775</v>
       </c>
       <c r="D379" s="3">
-        <v>19.49</v>
+        <v>64.99</v>
       </c>
     </row>
     <row r="380">
       <c r="A380" s="1" t="s">
-        <v>767</v>
+        <v>755</v>
       </c>
       <c r="B380" s="1" t="s">
         <v>776</v>
       </c>
       <c r="C380" s="1" t="s">
         <v>777</v>
       </c>
       <c r="D380" s="3">
-        <v>32.99</v>
+        <v>24.49</v>
       </c>
     </row>
     <row r="381">
       <c r="A381" s="1" t="s">
-        <v>767</v>
+        <v>755</v>
       </c>
       <c r="B381" s="1" t="s">
         <v>778</v>
       </c>
       <c r="C381" s="1" t="s">
         <v>779</v>
       </c>
       <c r="D381" s="3">
-        <v>32.99</v>
+        <v>29.49</v>
       </c>
     </row>
     <row r="382">
       <c r="A382" s="1" t="s">
-        <v>767</v>
+        <v>755</v>
       </c>
       <c r="B382" s="1" t="s">
         <v>780</v>
       </c>
       <c r="C382" s="1" t="s">
         <v>781</v>
       </c>
       <c r="D382" s="3">
-        <v>24.99</v>
+        <v>24.49</v>
       </c>
     </row>
     <row r="383">
       <c r="A383" s="1" t="s">
-        <v>767</v>
+        <v>755</v>
       </c>
       <c r="B383" s="1" t="s">
         <v>782</v>
       </c>
       <c r="C383" s="1" t="s">
         <v>783</v>
       </c>
       <c r="D383" s="3">
-        <v>26.99</v>
+        <v>29.49</v>
       </c>
     </row>
     <row r="384">
       <c r="A384" s="1" t="s">
-        <v>767</v>
+        <v>755</v>
       </c>
       <c r="B384" s="1" t="s">
         <v>784</v>
       </c>
       <c r="C384" s="1" t="s">
         <v>785</v>
       </c>
       <c r="D384" s="3">
-        <v>29.49</v>
+        <v>30.49</v>
       </c>
     </row>
     <row r="385">
       <c r="A385" s="1" t="s">
-        <v>767</v>
+        <v>755</v>
       </c>
       <c r="B385" s="1" t="s">
         <v>786</v>
       </c>
       <c r="C385" s="1" t="s">
         <v>787</v>
       </c>
       <c r="D385" s="3">
-        <v>64.99</v>
+        <v>30.49</v>
       </c>
     </row>
     <row r="386">
       <c r="A386" s="1" t="s">
-        <v>767</v>
+        <v>755</v>
       </c>
       <c r="B386" s="1" t="s">
         <v>788</v>
       </c>
       <c r="C386" s="1" t="s">
         <v>789</v>
       </c>
       <c r="D386" s="3">
-        <v>24.49</v>
+        <v>20.99</v>
       </c>
     </row>
     <row r="387">
       <c r="A387" s="1" t="s">
-        <v>767</v>
+        <v>755</v>
       </c>
       <c r="B387" s="1" t="s">
         <v>790</v>
       </c>
       <c r="C387" s="1" t="s">
         <v>791</v>
       </c>
       <c r="D387" s="3">
-        <v>29.49</v>
+        <v>24.49</v>
       </c>
     </row>
     <row r="388">
       <c r="A388" s="1" t="s">
-        <v>767</v>
+        <v>755</v>
       </c>
       <c r="B388" s="1" t="s">
         <v>792</v>
       </c>
       <c r="C388" s="1" t="s">
         <v>793</v>
       </c>
       <c r="D388" s="3">
         <v>24.49</v>
       </c>
     </row>
     <row r="389">
       <c r="A389" s="1" t="s">
-        <v>767</v>
+        <v>755</v>
       </c>
       <c r="B389" s="1" t="s">
         <v>794</v>
       </c>
       <c r="C389" s="1" t="s">
         <v>795</v>
       </c>
       <c r="D389" s="3">
-        <v>29.49</v>
+        <v>24.49</v>
       </c>
     </row>
     <row r="390">
       <c r="A390" s="1" t="s">
-        <v>767</v>
+        <v>755</v>
       </c>
       <c r="B390" s="1" t="s">
         <v>796</v>
       </c>
       <c r="C390" s="1" t="s">
         <v>797</v>
       </c>
       <c r="D390" s="3">
-        <v>30.49</v>
+        <v>24.49</v>
       </c>
     </row>
     <row r="391">
       <c r="A391" s="1" t="s">
-        <v>767</v>
+        <v>755</v>
       </c>
       <c r="B391" s="1" t="s">
         <v>798</v>
       </c>
       <c r="C391" s="1" t="s">
         <v>799</v>
       </c>
       <c r="D391" s="3">
-        <v>30.49</v>
+        <v>25.49</v>
       </c>
     </row>
     <row r="392">
       <c r="A392" s="1" t="s">
-        <v>767</v>
+        <v>755</v>
       </c>
       <c r="B392" s="1" t="s">
         <v>800</v>
       </c>
       <c r="C392" s="1" t="s">
         <v>801</v>
       </c>
       <c r="D392" s="3">
-        <v>20.99</v>
+        <v>31.99</v>
       </c>
     </row>
     <row r="393">
       <c r="A393" s="1" t="s">
-        <v>767</v>
+        <v>755</v>
       </c>
       <c r="B393" s="1" t="s">
         <v>802</v>
       </c>
       <c r="C393" s="1" t="s">
         <v>803</v>
       </c>
       <c r="D393" s="3">
         <v>24.49</v>
       </c>
     </row>
     <row r="394">
       <c r="A394" s="1" t="s">
-        <v>767</v>
+        <v>755</v>
       </c>
       <c r="B394" s="1" t="s">
         <v>804</v>
       </c>
       <c r="C394" s="1" t="s">
         <v>805</v>
       </c>
       <c r="D394" s="3">
-        <v>24.49</v>
+        <v>53.49</v>
       </c>
     </row>
     <row r="395">
       <c r="A395" s="1" t="s">
-        <v>767</v>
+        <v>755</v>
       </c>
       <c r="B395" s="1" t="s">
         <v>806</v>
       </c>
       <c r="C395" s="1" t="s">
         <v>807</v>
       </c>
       <c r="D395" s="3">
-        <v>24.49</v>
+        <v>23.99</v>
       </c>
     </row>
     <row r="396">
       <c r="A396" s="1" t="s">
-        <v>767</v>
+        <v>755</v>
       </c>
       <c r="B396" s="1" t="s">
         <v>808</v>
       </c>
       <c r="C396" s="1" t="s">
         <v>809</v>
       </c>
       <c r="D396" s="3">
-        <v>24.49</v>
+        <v>27.99</v>
       </c>
     </row>
     <row r="397">
       <c r="A397" s="1" t="s">
-        <v>767</v>
+        <v>755</v>
       </c>
       <c r="B397" s="1" t="s">
         <v>810</v>
       </c>
       <c r="C397" s="1" t="s">
         <v>811</v>
       </c>
       <c r="D397" s="3">
-        <v>25.49</v>
+        <v>31.99</v>
       </c>
     </row>
     <row r="398">
       <c r="A398" s="1" t="s">
-        <v>767</v>
+        <v>812</v>
       </c>
       <c r="B398" s="1" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="C398" s="1" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="D398" s="3">
-        <v>31.99</v>
+        <v>47.99</v>
       </c>
     </row>
     <row r="399">
       <c r="A399" s="1" t="s">
-        <v>767</v>
+        <v>812</v>
       </c>
       <c r="B399" s="1" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="C399" s="1" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="D399" s="3">
-        <v>24.49</v>
+        <v>61.75</v>
       </c>
     </row>
     <row r="400">
       <c r="A400" s="1" t="s">
-        <v>767</v>
+        <v>812</v>
       </c>
       <c r="B400" s="1" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="C400" s="1" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
       <c r="D400" s="3">
-        <v>53.49</v>
+        <v>63.99</v>
       </c>
     </row>
     <row r="401">
       <c r="A401" s="1" t="s">
-        <v>767</v>
+        <v>812</v>
       </c>
       <c r="B401" s="1" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
       <c r="C401" s="1" t="s">
-        <v>819</v>
+        <v>820</v>
       </c>
       <c r="D401" s="3">
-        <v>23.99</v>
+        <v>79.99</v>
       </c>
     </row>
     <row r="402">
       <c r="A402" s="1" t="s">
-        <v>767</v>
+        <v>812</v>
       </c>
       <c r="B402" s="1" t="s">
-        <v>820</v>
+        <v>821</v>
       </c>
       <c r="C402" s="1" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
       <c r="D402" s="3">
-        <v>27.99</v>
+        <v>105</v>
       </c>
     </row>
     <row r="403">
       <c r="A403" s="1" t="s">
-        <v>767</v>
+        <v>812</v>
       </c>
       <c r="B403" s="1" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
       <c r="C403" s="1" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="D403" s="3">
-        <v>31.99</v>
+        <v>22.49</v>
       </c>
     </row>
     <row r="404">
       <c r="A404" s="1" t="s">
-        <v>824</v>
+        <v>812</v>
       </c>
       <c r="B404" s="1" t="s">
         <v>825</v>
       </c>
       <c r="C404" s="1" t="s">
         <v>826</v>
       </c>
       <c r="D404" s="3">
-        <v>47.99</v>
+        <v>25.49</v>
       </c>
     </row>
     <row r="405">
       <c r="A405" s="1" t="s">
-        <v>824</v>
+        <v>812</v>
       </c>
       <c r="B405" s="1" t="s">
         <v>827</v>
       </c>
       <c r="C405" s="1" t="s">
         <v>828</v>
       </c>
       <c r="D405" s="3">
-        <v>61.75</v>
+        <v>24.49</v>
       </c>
     </row>
     <row r="406">
       <c r="A406" s="1" t="s">
-        <v>824</v>
+        <v>812</v>
       </c>
       <c r="B406" s="1" t="s">
         <v>829</v>
       </c>
       <c r="C406" s="1" t="s">
         <v>830</v>
       </c>
       <c r="D406" s="3">
-        <v>63.99</v>
+        <v>42.99</v>
       </c>
     </row>
     <row r="407">
       <c r="A407" s="1" t="s">
-        <v>824</v>
+        <v>812</v>
       </c>
       <c r="B407" s="1" t="s">
         <v>831</v>
       </c>
       <c r="C407" s="1" t="s">
         <v>832</v>
       </c>
       <c r="D407" s="3">
-        <v>79.99</v>
+        <v>46.99</v>
       </c>
     </row>
     <row r="408">
       <c r="A408" s="1" t="s">
-        <v>824</v>
+        <v>812</v>
       </c>
       <c r="B408" s="1" t="s">
         <v>833</v>
       </c>
       <c r="C408" s="1" t="s">
         <v>834</v>
       </c>
       <c r="D408" s="3">
-        <v>105</v>
+        <v>37.49</v>
       </c>
     </row>
     <row r="409">
       <c r="A409" s="1" t="s">
-        <v>824</v>
+        <v>812</v>
       </c>
       <c r="B409" s="1" t="s">
         <v>835</v>
       </c>
       <c r="C409" s="1" t="s">
         <v>836</v>
       </c>
       <c r="D409" s="3">
-        <v>22.49</v>
+        <v>28.49</v>
       </c>
     </row>
     <row r="410">
       <c r="A410" s="1" t="s">
-        <v>824</v>
+        <v>812</v>
       </c>
       <c r="B410" s="1" t="s">
         <v>837</v>
       </c>
       <c r="C410" s="1" t="s">
         <v>838</v>
       </c>
       <c r="D410" s="3">
-        <v>25.49</v>
+        <v>30.49</v>
       </c>
     </row>
     <row r="411">
       <c r="A411" s="1" t="s">
-        <v>824</v>
+        <v>839</v>
       </c>
       <c r="B411" s="1" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
       <c r="C411" s="1" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
       <c r="D411" s="3">
-        <v>24.49</v>
+        <v>22.49</v>
       </c>
     </row>
     <row r="412">
       <c r="A412" s="1" t="s">
-        <v>824</v>
+        <v>839</v>
       </c>
       <c r="B412" s="1" t="s">
-        <v>841</v>
+        <v>842</v>
       </c>
       <c r="C412" s="1" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
       <c r="D412" s="3">
-        <v>42.99</v>
+        <v>23.49</v>
       </c>
     </row>
     <row r="413">
       <c r="A413" s="1" t="s">
-        <v>824</v>
+        <v>839</v>
       </c>
       <c r="B413" s="1" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="C413" s="1" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="D413" s="3">
-        <v>46.99</v>
+        <v>22.49</v>
       </c>
     </row>
     <row r="414">
       <c r="A414" s="1" t="s">
-        <v>824</v>
+        <v>839</v>
       </c>
       <c r="B414" s="1" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
       <c r="C414" s="1" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="D414" s="3">
-        <v>37.49</v>
+        <v>22.49</v>
       </c>
     </row>
     <row r="415">
       <c r="A415" s="1" t="s">
-        <v>824</v>
+        <v>839</v>
       </c>
       <c r="B415" s="1" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
       <c r="C415" s="1" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="D415" s="3">
-        <v>28.49</v>
+        <v>39.49</v>
       </c>
     </row>
     <row r="416">
       <c r="A416" s="1" t="s">
-        <v>824</v>
+        <v>839</v>
       </c>
       <c r="B416" s="1" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="C416" s="1" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
       <c r="D416" s="3">
-        <v>30.49</v>
+        <v>49.99</v>
       </c>
     </row>
     <row r="417">
       <c r="A417" s="1" t="s">
-        <v>851</v>
+        <v>839</v>
       </c>
       <c r="B417" s="1" t="s">
         <v>852</v>
       </c>
       <c r="C417" s="1" t="s">
         <v>853</v>
       </c>
       <c r="D417" s="3">
-        <v>22.49</v>
+        <v>35.49</v>
       </c>
     </row>
     <row r="418">
       <c r="A418" s="1" t="s">
-        <v>851</v>
+        <v>839</v>
       </c>
       <c r="B418" s="1" t="s">
         <v>854</v>
       </c>
       <c r="C418" s="1" t="s">
         <v>855</v>
       </c>
       <c r="D418" s="3">
-        <v>23.49</v>
+        <v>35.49</v>
       </c>
     </row>
     <row r="419">
       <c r="A419" s="1" t="s">
-        <v>851</v>
+        <v>839</v>
       </c>
       <c r="B419" s="1" t="s">
         <v>856</v>
       </c>
       <c r="C419" s="1" t="s">
         <v>857</v>
       </c>
       <c r="D419" s="3">
-        <v>22.49</v>
+        <v>41.5</v>
       </c>
     </row>
     <row r="420">
       <c r="A420" s="1" t="s">
-        <v>851</v>
+        <v>839</v>
       </c>
       <c r="B420" s="1" t="s">
         <v>858</v>
       </c>
       <c r="C420" s="1" t="s">
         <v>859</v>
       </c>
       <c r="D420" s="3">
-        <v>22.49</v>
+        <v>40.49</v>
       </c>
     </row>
     <row r="421">
       <c r="A421" s="1" t="s">
-        <v>851</v>
+        <v>839</v>
       </c>
       <c r="B421" s="1" t="s">
         <v>860</v>
       </c>
       <c r="C421" s="1" t="s">
         <v>861</v>
       </c>
       <c r="D421" s="3">
-        <v>39.49</v>
+        <v>26.49</v>
       </c>
     </row>
     <row r="422">
       <c r="A422" s="1" t="s">
-        <v>851</v>
+        <v>839</v>
       </c>
       <c r="B422" s="1" t="s">
         <v>862</v>
       </c>
       <c r="C422" s="1" t="s">
         <v>863</v>
       </c>
       <c r="D422" s="3">
-        <v>49.99</v>
+        <v>21.49</v>
       </c>
     </row>
     <row r="423">
       <c r="A423" s="1" t="s">
-        <v>851</v>
+        <v>839</v>
       </c>
       <c r="B423" s="1" t="s">
         <v>864</v>
       </c>
       <c r="C423" s="1" t="s">
         <v>865</v>
       </c>
       <c r="D423" s="3">
-        <v>35.49</v>
+        <v>43.49</v>
       </c>
     </row>
     <row r="424">
       <c r="A424" s="1" t="s">
-        <v>851</v>
+        <v>839</v>
       </c>
       <c r="B424" s="1" t="s">
         <v>866</v>
       </c>
       <c r="C424" s="1" t="s">
         <v>867</v>
       </c>
       <c r="D424" s="3">
-        <v>35.49</v>
+        <v>15.49</v>
       </c>
     </row>
     <row r="425">
       <c r="A425" s="1" t="s">
-        <v>851</v>
+        <v>839</v>
       </c>
       <c r="B425" s="1" t="s">
         <v>868</v>
       </c>
       <c r="C425" s="1" t="s">
         <v>869</v>
       </c>
       <c r="D425" s="3">
-        <v>41.5</v>
+        <v>2.99</v>
       </c>
     </row>
     <row r="426">
       <c r="A426" s="1" t="s">
-        <v>851</v>
+        <v>839</v>
       </c>
       <c r="B426" s="1" t="s">
         <v>870</v>
       </c>
       <c r="C426" s="1" t="s">
         <v>871</v>
       </c>
       <c r="D426" s="3">
-        <v>40.49</v>
+        <v>15.49</v>
       </c>
     </row>
     <row r="427">
       <c r="A427" s="1" t="s">
-        <v>851</v>
+        <v>839</v>
       </c>
       <c r="B427" s="1" t="s">
         <v>872</v>
       </c>
       <c r="C427" s="1" t="s">
         <v>873</v>
       </c>
       <c r="D427" s="3">
-        <v>26.49</v>
+        <v>2.99</v>
       </c>
     </row>
     <row r="428">
       <c r="A428" s="1" t="s">
-        <v>851</v>
+        <v>839</v>
       </c>
       <c r="B428" s="1" t="s">
         <v>874</v>
       </c>
       <c r="C428" s="1" t="s">
         <v>875</v>
       </c>
       <c r="D428" s="3">
-        <v>21.49</v>
+        <v>20.99</v>
       </c>
     </row>
     <row r="429">
       <c r="A429" s="1" t="s">
-        <v>851</v>
+        <v>839</v>
       </c>
       <c r="B429" s="1" t="s">
         <v>876</v>
       </c>
       <c r="C429" s="1" t="s">
         <v>877</v>
       </c>
       <c r="D429" s="3">
-        <v>43.49</v>
+        <v>8.99</v>
       </c>
     </row>
     <row r="430">
       <c r="A430" s="1" t="s">
-        <v>851</v>
+        <v>839</v>
       </c>
       <c r="B430" s="1" t="s">
         <v>878</v>
       </c>
       <c r="C430" s="1" t="s">
         <v>879</v>
       </c>
       <c r="D430" s="3">
-        <v>15.49</v>
+        <v>2.99</v>
       </c>
     </row>
     <row r="431">
       <c r="A431" s="1" t="s">
-        <v>851</v>
+        <v>839</v>
       </c>
       <c r="B431" s="1" t="s">
         <v>880</v>
       </c>
       <c r="C431" s="1" t="s">
         <v>881</v>
       </c>
       <c r="D431" s="3">
-        <v>2.99</v>
+        <v>41.99</v>
       </c>
     </row>
     <row r="432">
       <c r="A432" s="1" t="s">
-        <v>851</v>
+        <v>839</v>
       </c>
       <c r="B432" s="1" t="s">
         <v>882</v>
       </c>
       <c r="C432" s="1" t="s">
         <v>883</v>
       </c>
       <c r="D432" s="3">
-        <v>15.49</v>
+        <v>37.49</v>
       </c>
     </row>
     <row r="433">
       <c r="A433" s="1" t="s">
-        <v>851</v>
+        <v>839</v>
       </c>
       <c r="B433" s="1" t="s">
         <v>884</v>
       </c>
       <c r="C433" s="1" t="s">
         <v>885</v>
       </c>
       <c r="D433" s="3">
-        <v>2.99</v>
+        <v>5.49</v>
       </c>
     </row>
     <row r="434">
       <c r="A434" s="1" t="s">
-        <v>851</v>
+        <v>839</v>
       </c>
       <c r="B434" s="1" t="s">
         <v>886</v>
       </c>
       <c r="C434" s="1" t="s">
         <v>887</v>
       </c>
       <c r="D434" s="3">
-        <v>20.99</v>
+        <v>33.49</v>
       </c>
     </row>
     <row r="435">
       <c r="A435" s="1" t="s">
-        <v>851</v>
+        <v>839</v>
       </c>
       <c r="B435" s="1" t="s">
         <v>888</v>
       </c>
       <c r="C435" s="1" t="s">
         <v>889</v>
       </c>
       <c r="D435" s="3">
-        <v>8.99</v>
+        <v>33.49</v>
       </c>
     </row>
     <row r="436">
       <c r="A436" s="1" t="s">
-        <v>851</v>
+        <v>839</v>
       </c>
       <c r="B436" s="1" t="s">
         <v>890</v>
       </c>
       <c r="C436" s="1" t="s">
         <v>891</v>
       </c>
       <c r="D436" s="3">
-        <v>2.99</v>
+        <v>33.49</v>
       </c>
     </row>
     <row r="437">
       <c r="A437" s="1" t="s">
-        <v>851</v>
+        <v>839</v>
       </c>
       <c r="B437" s="1" t="s">
         <v>892</v>
       </c>
       <c r="C437" s="1" t="s">
         <v>893</v>
       </c>
       <c r="D437" s="3">
-        <v>41.99</v>
+        <v>5.49</v>
       </c>
     </row>
     <row r="438">
       <c r="A438" s="1" t="s">
-        <v>851</v>
+        <v>839</v>
       </c>
       <c r="B438" s="1" t="s">
         <v>894</v>
       </c>
       <c r="C438" s="1" t="s">
         <v>895</v>
       </c>
       <c r="D438" s="3">
-        <v>37.49</v>
+        <v>34.99</v>
       </c>
     </row>
     <row r="439">
       <c r="A439" s="1" t="s">
-        <v>851</v>
+        <v>839</v>
       </c>
       <c r="B439" s="1" t="s">
         <v>896</v>
       </c>
       <c r="C439" s="1" t="s">
         <v>897</v>
       </c>
       <c r="D439" s="3">
-        <v>5.49</v>
+        <v>18.49</v>
       </c>
     </row>
     <row r="440">
       <c r="A440" s="1" t="s">
-        <v>851</v>
+        <v>839</v>
       </c>
       <c r="B440" s="1" t="s">
         <v>898</v>
       </c>
       <c r="C440" s="1" t="s">
         <v>899</v>
       </c>
       <c r="D440" s="3">
-        <v>33.49</v>
+        <v>37.49</v>
       </c>
     </row>
     <row r="441">
       <c r="A441" s="1" t="s">
-        <v>851</v>
+        <v>839</v>
       </c>
       <c r="B441" s="1" t="s">
         <v>900</v>
       </c>
       <c r="C441" s="1" t="s">
         <v>901</v>
       </c>
       <c r="D441" s="3">
-        <v>33.49</v>
+        <v>20.49</v>
       </c>
     </row>
     <row r="442">
       <c r="A442" s="1" t="s">
-        <v>851</v>
+        <v>839</v>
       </c>
       <c r="B442" s="1" t="s">
         <v>902</v>
       </c>
       <c r="C442" s="1" t="s">
         <v>903</v>
       </c>
       <c r="D442" s="3">
-        <v>33.49</v>
+        <v>41.49</v>
       </c>
     </row>
     <row r="443">
       <c r="A443" s="1" t="s">
-        <v>851</v>
+        <v>839</v>
       </c>
       <c r="B443" s="1" t="s">
         <v>904</v>
       </c>
       <c r="C443" s="1" t="s">
         <v>905</v>
       </c>
       <c r="D443" s="3">
-        <v>5.49</v>
+        <v>21.49</v>
       </c>
     </row>
     <row r="444">
       <c r="A444" s="1" t="s">
-        <v>851</v>
+        <v>906</v>
       </c>
       <c r="B444" s="1" t="s">
-        <v>906</v>
+        <v>907</v>
       </c>
       <c r="C444" s="1" t="s">
-        <v>907</v>
+        <v>908</v>
       </c>
       <c r="D444" s="3">
-        <v>34.99</v>
+        <v>59.99</v>
       </c>
     </row>
     <row r="445">
       <c r="A445" s="1" t="s">
-        <v>851</v>
+        <v>906</v>
       </c>
       <c r="B445" s="1" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
       <c r="C445" s="1" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="D445" s="3">
-        <v>18.49</v>
+        <v>52.49</v>
       </c>
     </row>
     <row r="446">
       <c r="A446" s="1" t="s">
-        <v>851</v>
+        <v>906</v>
       </c>
       <c r="B446" s="1" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="C446" s="1" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
       <c r="D446" s="3">
-        <v>37.49</v>
+        <v>140</v>
       </c>
     </row>
     <row r="447">
       <c r="A447" s="1" t="s">
-        <v>851</v>
+        <v>906</v>
       </c>
       <c r="B447" s="1" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="C447" s="1" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
       <c r="D447" s="3">
-        <v>20.49</v>
+        <v>120</v>
       </c>
     </row>
     <row r="448">
       <c r="A448" s="1" t="s">
-        <v>851</v>
+        <v>906</v>
       </c>
       <c r="B448" s="1" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="C448" s="1" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
       <c r="D448" s="3">
-        <v>41.49</v>
+        <v>670</v>
       </c>
     </row>
     <row r="449">
       <c r="A449" s="1" t="s">
-        <v>851</v>
+        <v>906</v>
       </c>
       <c r="B449" s="1" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="C449" s="1" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
       <c r="D449" s="3">
-        <v>21.49</v>
+        <v>70.49</v>
       </c>
     </row>
     <row r="450">
       <c r="A450" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B450" s="1" t="s">
         <v>919</v>
       </c>
       <c r="C450" s="1" t="s">
         <v>920</v>
       </c>
       <c r="D450" s="3">
-        <v>59.99</v>
+        <v>52.5</v>
       </c>
     </row>
     <row r="451">
       <c r="A451" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B451" s="1" t="s">
         <v>921</v>
       </c>
       <c r="C451" s="1" t="s">
         <v>922</v>
       </c>
       <c r="D451" s="3">
-        <v>52.49</v>
+        <v>57.99</v>
       </c>
     </row>
     <row r="452">
       <c r="A452" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B452" s="1" t="s">
         <v>923</v>
       </c>
       <c r="C452" s="1" t="s">
         <v>924</v>
       </c>
       <c r="D452" s="3">
-        <v>140</v>
+        <v>22.49</v>
       </c>
     </row>
     <row r="453">
       <c r="A453" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B453" s="1" t="s">
         <v>925</v>
       </c>
       <c r="C453" s="1" t="s">
         <v>926</v>
       </c>
       <c r="D453" s="3">
-        <v>120</v>
+        <v>44.49</v>
       </c>
     </row>
     <row r="454">
       <c r="A454" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B454" s="1" t="s">
         <v>927</v>
       </c>
       <c r="C454" s="1" t="s">
         <v>928</v>
       </c>
       <c r="D454" s="3">
-        <v>670</v>
+        <v>295</v>
       </c>
     </row>
     <row r="455">
       <c r="A455" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B455" s="1" t="s">
         <v>929</v>
       </c>
       <c r="C455" s="1" t="s">
         <v>930</v>
       </c>
       <c r="D455" s="3">
-        <v>70.49</v>
+        <v>150</v>
       </c>
     </row>
     <row r="456">
       <c r="A456" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B456" s="1" t="s">
         <v>931</v>
       </c>
       <c r="C456" s="1" t="s">
         <v>932</v>
       </c>
       <c r="D456" s="3">
-        <v>52.5</v>
+        <v>191.5</v>
       </c>
     </row>
     <row r="457">
       <c r="A457" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B457" s="1" t="s">
         <v>933</v>
       </c>
       <c r="C457" s="1" t="s">
         <v>934</v>
       </c>
       <c r="D457" s="3">
-        <v>57.99</v>
+        <v>32.49</v>
       </c>
     </row>
     <row r="458">
       <c r="A458" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B458" s="1" t="s">
         <v>935</v>
       </c>
       <c r="C458" s="1" t="s">
         <v>936</v>
       </c>
       <c r="D458" s="3">
-        <v>22.49</v>
+        <v>32.4</v>
       </c>
     </row>
     <row r="459">
       <c r="A459" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B459" s="1" t="s">
         <v>937</v>
       </c>
       <c r="C459" s="1" t="s">
         <v>938</v>
       </c>
       <c r="D459" s="3">
-        <v>44.49</v>
+        <v>45.49</v>
       </c>
     </row>
     <row r="460">
       <c r="A460" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B460" s="1" t="s">
         <v>939</v>
       </c>
       <c r="C460" s="1" t="s">
         <v>940</v>
       </c>
       <c r="D460" s="3">
-        <v>295</v>
+        <v>30.99</v>
       </c>
     </row>
     <row r="461">
       <c r="A461" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B461" s="1" t="s">
         <v>941</v>
       </c>
       <c r="C461" s="1" t="s">
         <v>942</v>
       </c>
       <c r="D461" s="3">
-        <v>150</v>
+        <v>27.49</v>
       </c>
     </row>
     <row r="462">
       <c r="A462" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B462" s="1" t="s">
         <v>943</v>
       </c>
       <c r="C462" s="1" t="s">
         <v>944</v>
       </c>
       <c r="D462" s="3">
-        <v>191.5</v>
+        <v>300</v>
       </c>
     </row>
     <row r="463">
       <c r="A463" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B463" s="1" t="s">
         <v>945</v>
       </c>
       <c r="C463" s="1" t="s">
         <v>946</v>
       </c>
       <c r="D463" s="3">
-        <v>32.49</v>
+        <v>85</v>
       </c>
     </row>
     <row r="464">
       <c r="A464" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B464" s="1" t="s">
         <v>947</v>
       </c>
       <c r="C464" s="1" t="s">
         <v>948</v>
       </c>
       <c r="D464" s="3">
-        <v>32.4</v>
+        <v>59.99</v>
       </c>
     </row>
     <row r="465">
       <c r="A465" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B465" s="1" t="s">
         <v>949</v>
       </c>
       <c r="C465" s="1" t="s">
         <v>950</v>
       </c>
       <c r="D465" s="3">
-        <v>45.49</v>
+        <v>49.99</v>
       </c>
     </row>
     <row r="466">
       <c r="A466" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B466" s="1" t="s">
         <v>951</v>
       </c>
       <c r="C466" s="1" t="s">
         <v>952</v>
       </c>
       <c r="D466" s="3">
-        <v>30.99</v>
+        <v>63.5</v>
       </c>
     </row>
     <row r="467">
       <c r="A467" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B467" s="1" t="s">
         <v>953</v>
       </c>
       <c r="C467" s="1" t="s">
         <v>954</v>
       </c>
       <c r="D467" s="3">
-        <v>27.49</v>
+        <v>95.49</v>
       </c>
     </row>
     <row r="468">
       <c r="A468" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B468" s="1" t="s">
         <v>955</v>
       </c>
       <c r="C468" s="1" t="s">
         <v>956</v>
       </c>
       <c r="D468" s="3">
-        <v>300</v>
+        <v>60.49</v>
       </c>
     </row>
     <row r="469">
       <c r="A469" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B469" s="1" t="s">
         <v>957</v>
       </c>
       <c r="C469" s="1" t="s">
         <v>958</v>
       </c>
       <c r="D469" s="3">
-        <v>59.99</v>
+        <v>30</v>
       </c>
     </row>
     <row r="470">
       <c r="A470" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B470" s="1" t="s">
         <v>959</v>
       </c>
       <c r="C470" s="1" t="s">
         <v>960</v>
       </c>
       <c r="D470" s="3">
-        <v>49.99</v>
+        <v>70.49</v>
       </c>
     </row>
     <row r="471">
       <c r="A471" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B471" s="1" t="s">
         <v>961</v>
       </c>
       <c r="C471" s="1" t="s">
         <v>962</v>
       </c>
       <c r="D471" s="3">
-        <v>63.5</v>
+        <v>115</v>
       </c>
     </row>
     <row r="472">
       <c r="A472" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B472" s="1" t="s">
         <v>963</v>
       </c>
       <c r="C472" s="1" t="s">
         <v>964</v>
       </c>
       <c r="D472" s="3">
-        <v>95.49</v>
+        <v>315</v>
       </c>
     </row>
     <row r="473">
       <c r="A473" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B473" s="1" t="s">
         <v>965</v>
       </c>
       <c r="C473" s="1" t="s">
         <v>966</v>
       </c>
       <c r="D473" s="3">
-        <v>60.49</v>
+        <v>275</v>
       </c>
     </row>
     <row r="474">
       <c r="A474" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B474" s="1" t="s">
         <v>967</v>
       </c>
       <c r="C474" s="1" t="s">
         <v>968</v>
       </c>
       <c r="D474" s="3">
-        <v>30</v>
+        <v>79.99</v>
       </c>
     </row>
     <row r="475">
       <c r="A475" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B475" s="1" t="s">
         <v>969</v>
       </c>
       <c r="C475" s="1" t="s">
         <v>970</v>
       </c>
       <c r="D475" s="3">
-        <v>70.49</v>
+        <v>400</v>
       </c>
     </row>
     <row r="476">
       <c r="A476" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B476" s="1" t="s">
         <v>971</v>
       </c>
       <c r="C476" s="1" t="s">
         <v>972</v>
       </c>
       <c r="D476" s="3">
-        <v>115</v>
+        <v>150</v>
       </c>
     </row>
     <row r="477">
       <c r="A477" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B477" s="1" t="s">
         <v>973</v>
       </c>
       <c r="C477" s="1" t="s">
         <v>974</v>
       </c>
       <c r="D477" s="3">
-        <v>315</v>
+        <v>175</v>
       </c>
     </row>
     <row r="478">
       <c r="A478" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B478" s="1" t="s">
         <v>975</v>
       </c>
       <c r="C478" s="1" t="s">
         <v>976</v>
       </c>
       <c r="D478" s="3">
-        <v>275</v>
+        <v>48.49</v>
       </c>
     </row>
     <row r="479">
       <c r="A479" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B479" s="1" t="s">
         <v>977</v>
       </c>
       <c r="C479" s="1" t="s">
         <v>978</v>
       </c>
       <c r="D479" s="3">
-        <v>79.99</v>
+        <v>20.49</v>
       </c>
     </row>
     <row r="480">
       <c r="A480" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B480" s="1" t="s">
         <v>979</v>
       </c>
       <c r="C480" s="1" t="s">
         <v>980</v>
       </c>
       <c r="D480" s="3">
-        <v>400</v>
+        <v>49.99</v>
       </c>
     </row>
     <row r="481">
       <c r="A481" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B481" s="1" t="s">
         <v>981</v>
       </c>
       <c r="C481" s="1" t="s">
         <v>982</v>
       </c>
       <c r="D481" s="3">
-        <v>150</v>
+        <v>70.5</v>
       </c>
     </row>
     <row r="482">
       <c r="A482" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B482" s="1" t="s">
         <v>983</v>
       </c>
       <c r="C482" s="1" t="s">
         <v>984</v>
       </c>
       <c r="D482" s="3">
-        <v>175</v>
+        <v>56.5</v>
       </c>
     </row>
     <row r="483">
       <c r="A483" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B483" s="1" t="s">
         <v>985</v>
       </c>
       <c r="C483" s="1" t="s">
         <v>986</v>
       </c>
       <c r="D483" s="3">
-        <v>48.49</v>
+        <v>65</v>
       </c>
     </row>
     <row r="484">
       <c r="A484" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B484" s="1" t="s">
         <v>987</v>
       </c>
       <c r="C484" s="1" t="s">
         <v>988</v>
       </c>
       <c r="D484" s="3">
-        <v>20.49</v>
+        <v>61.5</v>
       </c>
     </row>
     <row r="485">
       <c r="A485" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B485" s="1" t="s">
         <v>989</v>
       </c>
       <c r="C485" s="1" t="s">
         <v>990</v>
       </c>
       <c r="D485" s="3">
-        <v>49.99</v>
+        <v>65.5</v>
       </c>
     </row>
     <row r="486">
       <c r="A486" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B486" s="1" t="s">
         <v>991</v>
       </c>
       <c r="C486" s="1" t="s">
         <v>992</v>
       </c>
       <c r="D486" s="3">
-        <v>70.5</v>
+        <v>80.49</v>
       </c>
     </row>
     <row r="487">
       <c r="A487" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B487" s="1" t="s">
         <v>993</v>
       </c>
       <c r="C487" s="1" t="s">
         <v>994</v>
       </c>
       <c r="D487" s="3">
-        <v>56.5</v>
+        <v>80.5</v>
       </c>
     </row>
     <row r="488">
       <c r="A488" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B488" s="1" t="s">
         <v>995</v>
       </c>
       <c r="C488" s="1" t="s">
         <v>996</v>
       </c>
       <c r="D488" s="3">
-        <v>65</v>
+        <v>65.49</v>
       </c>
     </row>
     <row r="489">
       <c r="A489" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B489" s="1" t="s">
         <v>997</v>
       </c>
       <c r="C489" s="1" t="s">
         <v>998</v>
       </c>
       <c r="D489" s="3">
-        <v>61.5</v>
+        <v>65</v>
       </c>
     </row>
     <row r="490">
       <c r="A490" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B490" s="1" t="s">
         <v>999</v>
       </c>
       <c r="C490" s="1" t="s">
         <v>1000</v>
       </c>
       <c r="D490" s="3">
-        <v>65.5</v>
+        <v>530</v>
       </c>
     </row>
     <row r="491">
       <c r="A491" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B491" s="1" t="s">
         <v>1001</v>
       </c>
       <c r="C491" s="1" t="s">
         <v>1002</v>
       </c>
       <c r="D491" s="3">
-        <v>80.49</v>
+        <v>40.49</v>
       </c>
     </row>
     <row r="492">
       <c r="A492" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B492" s="1" t="s">
         <v>1003</v>
       </c>
       <c r="C492" s="1" t="s">
         <v>1004</v>
       </c>
       <c r="D492" s="3">
-        <v>70.5</v>
+        <v>45.49</v>
       </c>
     </row>
     <row r="493">
       <c r="A493" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B493" s="1" t="s">
         <v>1005</v>
       </c>
       <c r="C493" s="1" t="s">
         <v>1006</v>
       </c>
       <c r="D493" s="3">
-        <v>80.5</v>
+        <v>75.49</v>
       </c>
     </row>
     <row r="494">
       <c r="A494" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B494" s="1" t="s">
         <v>1007</v>
       </c>
       <c r="C494" s="1" t="s">
         <v>1008</v>
       </c>
       <c r="D494" s="3">
-        <v>65.49</v>
+        <v>60.49</v>
       </c>
     </row>
     <row r="495">
       <c r="A495" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B495" s="1" t="s">
         <v>1009</v>
       </c>
       <c r="C495" s="1" t="s">
         <v>1010</v>
       </c>
       <c r="D495" s="3">
-        <v>65</v>
+        <v>80.49</v>
       </c>
     </row>
     <row r="496">
       <c r="A496" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B496" s="1" t="s">
         <v>1011</v>
       </c>
       <c r="C496" s="1" t="s">
         <v>1012</v>
       </c>
       <c r="D496" s="3">
-        <v>530</v>
+        <v>125</v>
       </c>
     </row>
     <row r="497">
       <c r="A497" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B497" s="1" t="s">
         <v>1013</v>
       </c>
       <c r="C497" s="1" t="s">
         <v>1014</v>
       </c>
       <c r="D497" s="3">
-        <v>40.49</v>
+        <v>320</v>
       </c>
     </row>
     <row r="498">
       <c r="A498" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B498" s="1" t="s">
         <v>1015</v>
       </c>
       <c r="C498" s="1" t="s">
         <v>1016</v>
       </c>
       <c r="D498" s="3">
-        <v>45.49</v>
+        <v>38.49</v>
       </c>
     </row>
     <row r="499">
       <c r="A499" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B499" s="1" t="s">
         <v>1017</v>
       </c>
       <c r="C499" s="1" t="s">
         <v>1018</v>
       </c>
       <c r="D499" s="3">
-        <v>75.49</v>
+        <v>47.49</v>
       </c>
     </row>
     <row r="500">
       <c r="A500" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B500" s="1" t="s">
         <v>1019</v>
       </c>
       <c r="C500" s="1" t="s">
         <v>1020</v>
       </c>
       <c r="D500" s="3">
-        <v>60.49</v>
+        <v>85.49</v>
       </c>
     </row>
     <row r="501">
       <c r="A501" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B501" s="1" t="s">
         <v>1021</v>
       </c>
       <c r="C501" s="1" t="s">
         <v>1022</v>
       </c>
       <c r="D501" s="3">
-        <v>80.49</v>
+        <v>210</v>
       </c>
     </row>
     <row r="502">
       <c r="A502" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B502" s="1" t="s">
         <v>1023</v>
       </c>
       <c r="C502" s="1" t="s">
         <v>1024</v>
       </c>
       <c r="D502" s="3">
-        <v>125</v>
+        <v>43.49</v>
       </c>
     </row>
     <row r="503">
       <c r="A503" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B503" s="1" t="s">
         <v>1025</v>
       </c>
       <c r="C503" s="1" t="s">
         <v>1026</v>
       </c>
       <c r="D503" s="3">
-        <v>320</v>
+        <v>400</v>
       </c>
     </row>
     <row r="504">
       <c r="A504" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B504" s="1" t="s">
         <v>1027</v>
       </c>
       <c r="C504" s="1" t="s">
         <v>1028</v>
       </c>
       <c r="D504" s="3">
-        <v>38.49</v>
+        <v>50.49</v>
       </c>
     </row>
     <row r="505">
       <c r="A505" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B505" s="1" t="s">
         <v>1029</v>
       </c>
       <c r="C505" s="1" t="s">
         <v>1030</v>
       </c>
       <c r="D505" s="3">
-        <v>47.49</v>
+        <v>38.49</v>
       </c>
     </row>
     <row r="506">
       <c r="A506" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B506" s="1" t="s">
         <v>1031</v>
       </c>
       <c r="C506" s="1" t="s">
         <v>1032</v>
       </c>
       <c r="D506" s="3">
-        <v>85.49</v>
+        <v>38.49</v>
       </c>
     </row>
     <row r="507">
       <c r="A507" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B507" s="1" t="s">
         <v>1033</v>
       </c>
       <c r="C507" s="1" t="s">
         <v>1034</v>
       </c>
       <c r="D507" s="3">
-        <v>210</v>
+        <v>125</v>
       </c>
     </row>
     <row r="508">
       <c r="A508" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B508" s="1" t="s">
         <v>1035</v>
       </c>
       <c r="C508" s="1" t="s">
         <v>1036</v>
       </c>
       <c r="D508" s="3">
-        <v>43.49</v>
+        <v>83.49</v>
       </c>
     </row>
     <row r="509">
       <c r="A509" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B509" s="1" t="s">
         <v>1037</v>
       </c>
       <c r="C509" s="1" t="s">
         <v>1038</v>
       </c>
       <c r="D509" s="3">
-        <v>400</v>
+        <v>80.49</v>
       </c>
     </row>
     <row r="510">
       <c r="A510" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B510" s="1" t="s">
         <v>1039</v>
       </c>
       <c r="C510" s="1" t="s">
         <v>1040</v>
       </c>
       <c r="D510" s="3">
-        <v>50.49</v>
+        <v>75.49</v>
       </c>
     </row>
     <row r="511">
       <c r="A511" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B511" s="1" t="s">
         <v>1041</v>
       </c>
       <c r="C511" s="1" t="s">
         <v>1042</v>
       </c>
       <c r="D511" s="3">
-        <v>38.49</v>
+        <v>45.49</v>
       </c>
     </row>
     <row r="512">
       <c r="A512" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B512" s="1" t="s">
         <v>1043</v>
       </c>
       <c r="C512" s="1" t="s">
         <v>1044</v>
       </c>
       <c r="D512" s="3">
-        <v>38.49</v>
+        <v>70.49</v>
       </c>
     </row>
     <row r="513">
       <c r="A513" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B513" s="1" t="s">
         <v>1045</v>
       </c>
       <c r="C513" s="1" t="s">
         <v>1046</v>
       </c>
       <c r="D513" s="3">
-        <v>125</v>
+        <v>85.49</v>
       </c>
     </row>
     <row r="514">
       <c r="A514" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B514" s="1" t="s">
         <v>1047</v>
       </c>
       <c r="C514" s="1" t="s">
         <v>1048</v>
       </c>
       <c r="D514" s="3">
-        <v>83.49</v>
+        <v>57.49</v>
       </c>
     </row>
     <row r="515">
       <c r="A515" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B515" s="1" t="s">
         <v>1049</v>
       </c>
       <c r="C515" s="1" t="s">
         <v>1050</v>
       </c>
       <c r="D515" s="3">
-        <v>80.49</v>
+        <v>39.49</v>
       </c>
     </row>
     <row r="516">
       <c r="A516" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B516" s="1" t="s">
         <v>1051</v>
       </c>
       <c r="C516" s="1" t="s">
         <v>1052</v>
       </c>
       <c r="D516" s="3">
-        <v>75.49</v>
+        <v>27.49</v>
       </c>
     </row>
     <row r="517">
       <c r="A517" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B517" s="1" t="s">
         <v>1053</v>
       </c>
       <c r="C517" s="1" t="s">
         <v>1054</v>
       </c>
       <c r="D517" s="3">
-        <v>45.49</v>
+        <v>26.49</v>
       </c>
     </row>
     <row r="518">
       <c r="A518" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B518" s="1" t="s">
         <v>1055</v>
       </c>
       <c r="C518" s="1" t="s">
         <v>1056</v>
       </c>
       <c r="D518" s="3">
-        <v>70.49</v>
+        <v>23.49</v>
       </c>
     </row>
     <row r="519">
       <c r="A519" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B519" s="1" t="s">
         <v>1057</v>
       </c>
       <c r="C519" s="1" t="s">
         <v>1058</v>
       </c>
       <c r="D519" s="3">
-        <v>85.49</v>
+        <v>32.99</v>
       </c>
     </row>
     <row r="520">
       <c r="A520" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B520" s="1" t="s">
         <v>1059</v>
       </c>
       <c r="C520" s="1" t="s">
         <v>1060</v>
       </c>
       <c r="D520" s="3">
-        <v>57.49</v>
+        <v>225</v>
       </c>
     </row>
     <row r="521">
       <c r="A521" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B521" s="1" t="s">
         <v>1061</v>
       </c>
       <c r="C521" s="1" t="s">
         <v>1062</v>
       </c>
       <c r="D521" s="3">
-        <v>39.49</v>
+        <v>265</v>
       </c>
     </row>
     <row r="522">
       <c r="A522" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B522" s="1" t="s">
         <v>1063</v>
       </c>
       <c r="C522" s="1" t="s">
         <v>1064</v>
       </c>
       <c r="D522" s="3">
-        <v>27.49</v>
+        <v>320</v>
       </c>
     </row>
     <row r="523">
       <c r="A523" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B523" s="1" t="s">
         <v>1065</v>
       </c>
       <c r="C523" s="1" t="s">
         <v>1066</v>
       </c>
       <c r="D523" s="3">
-        <v>26.49</v>
+        <v>265</v>
       </c>
     </row>
     <row r="524">
       <c r="A524" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B524" s="1" t="s">
         <v>1067</v>
       </c>
       <c r="C524" s="1" t="s">
         <v>1068</v>
       </c>
       <c r="D524" s="3">
-        <v>23.49</v>
+        <v>80</v>
       </c>
     </row>
     <row r="525">
       <c r="A525" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B525" s="1" t="s">
         <v>1069</v>
       </c>
       <c r="C525" s="1" t="s">
         <v>1070</v>
       </c>
       <c r="D525" s="3">
-        <v>32.99</v>
+        <v>40</v>
       </c>
     </row>
     <row r="526">
       <c r="A526" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B526" s="1" t="s">
         <v>1071</v>
       </c>
       <c r="C526" s="1" t="s">
         <v>1072</v>
       </c>
       <c r="D526" s="3">
-        <v>225</v>
+        <v>7.49</v>
       </c>
     </row>
     <row r="527">
       <c r="A527" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B527" s="1" t="s">
         <v>1073</v>
       </c>
       <c r="C527" s="1" t="s">
         <v>1074</v>
       </c>
       <c r="D527" s="3">
-        <v>265</v>
+        <v>84.99</v>
       </c>
     </row>
     <row r="528">
       <c r="A528" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B528" s="1" t="s">
         <v>1075</v>
       </c>
       <c r="C528" s="1" t="s">
         <v>1076</v>
       </c>
       <c r="D528" s="3">
-        <v>320</v>
+        <v>175</v>
       </c>
     </row>
     <row r="529">
       <c r="A529" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B529" s="1" t="s">
         <v>1077</v>
       </c>
       <c r="C529" s="1" t="s">
         <v>1078</v>
       </c>
       <c r="D529" s="3">
-        <v>265</v>
+        <v>95</v>
       </c>
     </row>
     <row r="530">
       <c r="A530" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B530" s="1" t="s">
         <v>1079</v>
       </c>
       <c r="C530" s="1" t="s">
         <v>1080</v>
       </c>
       <c r="D530" s="3">
-        <v>80</v>
+        <v>74.99</v>
       </c>
     </row>
     <row r="531">
       <c r="A531" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B531" s="1" t="s">
         <v>1081</v>
       </c>
       <c r="C531" s="1" t="s">
         <v>1082</v>
       </c>
       <c r="D531" s="3">
-        <v>40</v>
+        <v>79.99</v>
       </c>
     </row>
     <row r="532">
       <c r="A532" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B532" s="1" t="s">
         <v>1083</v>
       </c>
       <c r="C532" s="1" t="s">
         <v>1084</v>
       </c>
       <c r="D532" s="3">
-        <v>7.49</v>
+        <v>79.99</v>
       </c>
     </row>
     <row r="533">
       <c r="A533" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B533" s="1" t="s">
         <v>1085</v>
       </c>
       <c r="C533" s="1" t="s">
         <v>1086</v>
       </c>
       <c r="D533" s="3">
-        <v>84.99</v>
+        <v>79.99</v>
       </c>
     </row>
     <row r="534">
       <c r="A534" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B534" s="1" t="s">
         <v>1087</v>
       </c>
       <c r="C534" s="1" t="s">
         <v>1088</v>
       </c>
       <c r="D534" s="3">
-        <v>175</v>
+        <v>64.99</v>
       </c>
     </row>
     <row r="535">
       <c r="A535" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B535" s="1" t="s">
         <v>1089</v>
       </c>
       <c r="C535" s="1" t="s">
         <v>1090</v>
       </c>
       <c r="D535" s="3">
-        <v>95</v>
+        <v>51.49</v>
       </c>
     </row>
     <row r="536">
       <c r="A536" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B536" s="1" t="s">
         <v>1091</v>
       </c>
       <c r="C536" s="1" t="s">
         <v>1092</v>
       </c>
       <c r="D536" s="3">
-        <v>74.99</v>
+        <v>69.99</v>
       </c>
     </row>
     <row r="537">
       <c r="A537" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B537" s="1" t="s">
         <v>1093</v>
       </c>
       <c r="C537" s="1" t="s">
         <v>1094</v>
       </c>
       <c r="D537" s="3">
-        <v>79.99</v>
+        <v>69.99</v>
       </c>
     </row>
     <row r="538">
       <c r="A538" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B538" s="1" t="s">
         <v>1095</v>
       </c>
       <c r="C538" s="1" t="s">
         <v>1096</v>
       </c>
       <c r="D538" s="3">
-        <v>79.99</v>
+        <v>65.49</v>
       </c>
     </row>
     <row r="539">
       <c r="A539" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B539" s="1" t="s">
         <v>1097</v>
       </c>
       <c r="C539" s="1" t="s">
         <v>1098</v>
       </c>
       <c r="D539" s="3">
-        <v>79.99</v>
+        <v>67</v>
       </c>
     </row>
     <row r="540">
       <c r="A540" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B540" s="1" t="s">
         <v>1099</v>
       </c>
       <c r="C540" s="1" t="s">
         <v>1100</v>
       </c>
       <c r="D540" s="3">
-        <v>64.99</v>
+        <v>52.49</v>
       </c>
     </row>
     <row r="541">
       <c r="A541" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B541" s="1" t="s">
         <v>1101</v>
       </c>
       <c r="C541" s="1" t="s">
         <v>1102</v>
       </c>
       <c r="D541" s="3">
-        <v>51.49</v>
+        <v>52.49</v>
       </c>
     </row>
     <row r="542">
       <c r="A542" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B542" s="1" t="s">
         <v>1103</v>
       </c>
       <c r="C542" s="1" t="s">
         <v>1104</v>
       </c>
       <c r="D542" s="3">
-        <v>69.99</v>
+        <v>45.49</v>
       </c>
     </row>
     <row r="543">
       <c r="A543" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B543" s="1" t="s">
         <v>1105</v>
       </c>
       <c r="C543" s="1" t="s">
         <v>1106</v>
       </c>
       <c r="D543" s="3">
-        <v>69.99</v>
+        <v>50.49</v>
       </c>
     </row>
     <row r="544">
       <c r="A544" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B544" s="1" t="s">
         <v>1107</v>
       </c>
       <c r="C544" s="1" t="s">
         <v>1108</v>
       </c>
       <c r="D544" s="3">
-        <v>65.49</v>
+        <v>52.49</v>
       </c>
     </row>
     <row r="545">
       <c r="A545" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B545" s="1" t="s">
         <v>1109</v>
       </c>
       <c r="C545" s="1" t="s">
         <v>1110</v>
       </c>
       <c r="D545" s="3">
-        <v>67</v>
+        <v>55</v>
       </c>
     </row>
     <row r="546">
       <c r="A546" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B546" s="1" t="s">
         <v>1111</v>
       </c>
       <c r="C546" s="1" t="s">
         <v>1112</v>
       </c>
       <c r="D546" s="3">
         <v>52.49</v>
       </c>
     </row>
     <row r="547">
       <c r="A547" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B547" s="1" t="s">
         <v>1113</v>
       </c>
       <c r="C547" s="1" t="s">
         <v>1114</v>
       </c>
       <c r="D547" s="3">
-        <v>52.49</v>
+        <v>34.49</v>
       </c>
     </row>
     <row r="548">
       <c r="A548" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B548" s="1" t="s">
         <v>1115</v>
       </c>
       <c r="C548" s="1" t="s">
         <v>1116</v>
       </c>
       <c r="D548" s="3">
-        <v>45.49</v>
+        <v>59.99</v>
       </c>
     </row>
     <row r="549">
       <c r="A549" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B549" s="1" t="s">
         <v>1117</v>
       </c>
       <c r="C549" s="1" t="s">
         <v>1118</v>
       </c>
       <c r="D549" s="3">
-        <v>50.49</v>
+        <v>96.49</v>
       </c>
     </row>
     <row r="550">
       <c r="A550" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B550" s="1" t="s">
         <v>1119</v>
       </c>
       <c r="C550" s="1" t="s">
         <v>1120</v>
       </c>
       <c r="D550" s="3">
-        <v>52.49</v>
+        <v>300</v>
       </c>
     </row>
     <row r="551">
       <c r="A551" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B551" s="1" t="s">
         <v>1121</v>
       </c>
       <c r="C551" s="1" t="s">
         <v>1122</v>
       </c>
       <c r="D551" s="3">
-        <v>55</v>
+        <v>46.49</v>
       </c>
     </row>
     <row r="552">
       <c r="A552" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B552" s="1" t="s">
         <v>1123</v>
       </c>
       <c r="C552" s="1" t="s">
         <v>1124</v>
       </c>
       <c r="D552" s="3">
-        <v>52.49</v>
+        <v>80.49</v>
       </c>
     </row>
     <row r="553">
       <c r="A553" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B553" s="1" t="s">
         <v>1125</v>
       </c>
       <c r="C553" s="1" t="s">
         <v>1126</v>
       </c>
       <c r="D553" s="3">
-        <v>34.49</v>
+        <v>23.49</v>
       </c>
     </row>
     <row r="554">
       <c r="A554" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B554" s="1" t="s">
         <v>1127</v>
       </c>
       <c r="C554" s="1" t="s">
         <v>1128</v>
       </c>
       <c r="D554" s="3">
-        <v>59.99</v>
+        <v>55.49</v>
       </c>
     </row>
     <row r="555">
       <c r="A555" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B555" s="1" t="s">
         <v>1129</v>
       </c>
       <c r="C555" s="1" t="s">
         <v>1130</v>
       </c>
       <c r="D555" s="3">
-        <v>96.49</v>
+        <v>40.49</v>
       </c>
     </row>
     <row r="556">
       <c r="A556" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B556" s="1" t="s">
         <v>1131</v>
       </c>
       <c r="C556" s="1" t="s">
         <v>1132</v>
       </c>
       <c r="D556" s="3">
-        <v>300</v>
+        <v>44.99</v>
       </c>
     </row>
     <row r="557">
       <c r="A557" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B557" s="1" t="s">
         <v>1133</v>
       </c>
       <c r="C557" s="1" t="s">
         <v>1134</v>
       </c>
       <c r="D557" s="3">
-        <v>46.49</v>
+        <v>59.99</v>
       </c>
     </row>
     <row r="558">
       <c r="A558" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B558" s="1" t="s">
         <v>1135</v>
       </c>
       <c r="C558" s="1" t="s">
         <v>1136</v>
       </c>
       <c r="D558" s="3">
-        <v>80.49</v>
+        <v>50.49</v>
       </c>
     </row>
     <row r="559">
       <c r="A559" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B559" s="1" t="s">
         <v>1137</v>
       </c>
       <c r="C559" s="1" t="s">
         <v>1138</v>
       </c>
       <c r="D559" s="3">
-        <v>23.49</v>
+        <v>50.49</v>
       </c>
     </row>
     <row r="560">
       <c r="A560" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B560" s="1" t="s">
         <v>1139</v>
       </c>
       <c r="C560" s="1" t="s">
         <v>1140</v>
       </c>
       <c r="D560" s="3">
-        <v>55.49</v>
+        <v>100</v>
       </c>
     </row>
     <row r="561">
       <c r="A561" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B561" s="1" t="s">
         <v>1141</v>
       </c>
       <c r="C561" s="1" t="s">
         <v>1142</v>
       </c>
       <c r="D561" s="3">
-        <v>40.49</v>
+        <v>175</v>
       </c>
     </row>
     <row r="562">
       <c r="A562" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B562" s="1" t="s">
         <v>1143</v>
       </c>
       <c r="C562" s="1" t="s">
         <v>1144</v>
       </c>
       <c r="D562" s="3">
-        <v>44.99</v>
+        <v>95.49</v>
       </c>
     </row>
     <row r="563">
       <c r="A563" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B563" s="1" t="s">
         <v>1145</v>
       </c>
       <c r="C563" s="1" t="s">
         <v>1146</v>
       </c>
       <c r="D563" s="3">
-        <v>59.99</v>
+        <v>66.99</v>
       </c>
     </row>
     <row r="564">
       <c r="A564" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B564" s="1" t="s">
         <v>1147</v>
       </c>
       <c r="C564" s="1" t="s">
         <v>1148</v>
       </c>
       <c r="D564" s="3">
-        <v>50.49</v>
+        <v>71.49</v>
       </c>
     </row>
     <row r="565">
       <c r="A565" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B565" s="1" t="s">
         <v>1149</v>
       </c>
       <c r="C565" s="1" t="s">
         <v>1150</v>
       </c>
       <c r="D565" s="3">
-        <v>50.49</v>
+        <v>59.99</v>
       </c>
     </row>
     <row r="566">
       <c r="A566" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B566" s="1" t="s">
         <v>1151</v>
       </c>
       <c r="C566" s="1" t="s">
         <v>1152</v>
       </c>
       <c r="D566" s="3">
-        <v>100</v>
+        <v>59.99</v>
       </c>
     </row>
     <row r="567">
       <c r="A567" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B567" s="1" t="s">
         <v>1153</v>
       </c>
       <c r="C567" s="1" t="s">
         <v>1154</v>
       </c>
       <c r="D567" s="3">
-        <v>175</v>
+        <v>145</v>
       </c>
     </row>
     <row r="568">
       <c r="A568" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B568" s="1" t="s">
         <v>1155</v>
       </c>
       <c r="C568" s="1" t="s">
         <v>1156</v>
       </c>
       <c r="D568" s="3">
-        <v>95.49</v>
+        <v>59.99</v>
       </c>
     </row>
     <row r="569">
       <c r="A569" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B569" s="1" t="s">
         <v>1157</v>
       </c>
       <c r="C569" s="1" t="s">
         <v>1158</v>
       </c>
       <c r="D569" s="3">
-        <v>66.99</v>
+        <v>42.49</v>
       </c>
     </row>
     <row r="570">
       <c r="A570" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B570" s="1" t="s">
         <v>1159</v>
       </c>
       <c r="C570" s="1" t="s">
         <v>1160</v>
       </c>
       <c r="D570" s="3">
-        <v>71.49</v>
+        <v>39.99</v>
       </c>
     </row>
     <row r="571">
       <c r="A571" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B571" s="1" t="s">
         <v>1161</v>
       </c>
       <c r="C571" s="1" t="s">
         <v>1162</v>
       </c>
       <c r="D571" s="3">
-        <v>79.99</v>
+        <v>35.49</v>
       </c>
     </row>
     <row r="572">
       <c r="A572" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B572" s="1" t="s">
         <v>1163</v>
       </c>
       <c r="C572" s="1" t="s">
         <v>1164</v>
       </c>
       <c r="D572" s="3">
-        <v>59.99</v>
+        <v>64.99</v>
       </c>
     </row>
     <row r="573">
       <c r="A573" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B573" s="1" t="s">
         <v>1165</v>
       </c>
       <c r="C573" s="1" t="s">
         <v>1166</v>
       </c>
       <c r="D573" s="3">
-        <v>59.99</v>
+        <v>64.99</v>
       </c>
     </row>
     <row r="574">
       <c r="A574" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B574" s="1" t="s">
         <v>1167</v>
       </c>
       <c r="C574" s="1" t="s">
         <v>1168</v>
       </c>
       <c r="D574" s="3">
-        <v>145</v>
+        <v>64.99</v>
       </c>
     </row>
     <row r="575">
       <c r="A575" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B575" s="1" t="s">
         <v>1169</v>
       </c>
       <c r="C575" s="1" t="s">
         <v>1170</v>
       </c>
       <c r="D575" s="3">
-        <v>59.99</v>
+        <v>85.49</v>
       </c>
     </row>
     <row r="576">
       <c r="A576" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B576" s="1" t="s">
         <v>1171</v>
       </c>
       <c r="C576" s="1" t="s">
         <v>1172</v>
       </c>
       <c r="D576" s="3">
-        <v>42.49</v>
+        <v>69.99</v>
       </c>
     </row>
     <row r="577">
       <c r="A577" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B577" s="1" t="s">
         <v>1173</v>
       </c>
       <c r="C577" s="1" t="s">
         <v>1174</v>
       </c>
       <c r="D577" s="3">
-        <v>39.99</v>
+        <v>60.49</v>
       </c>
     </row>
     <row r="578">
       <c r="A578" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B578" s="1" t="s">
         <v>1175</v>
       </c>
       <c r="C578" s="1" t="s">
         <v>1176</v>
       </c>
       <c r="D578" s="3">
-        <v>35.49</v>
+        <v>64</v>
       </c>
     </row>
     <row r="579">
       <c r="A579" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B579" s="1" t="s">
         <v>1177</v>
       </c>
       <c r="C579" s="1" t="s">
         <v>1178</v>
       </c>
       <c r="D579" s="3">
-        <v>64.99</v>
+        <v>60.49</v>
       </c>
     </row>
     <row r="580">
       <c r="A580" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B580" s="1" t="s">
         <v>1179</v>
       </c>
       <c r="C580" s="1" t="s">
         <v>1180</v>
       </c>
       <c r="D580" s="3">
-        <v>64.99</v>
+        <v>65</v>
       </c>
     </row>
     <row r="581">
       <c r="A581" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B581" s="1" t="s">
         <v>1181</v>
       </c>
       <c r="C581" s="1" t="s">
         <v>1182</v>
       </c>
       <c r="D581" s="3">
-        <v>64.99</v>
+        <v>60.49</v>
       </c>
     </row>
     <row r="582">
       <c r="A582" s="1" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="B582" s="1" t="s">
         <v>1183</v>
       </c>
       <c r="C582" s="1" t="s">
         <v>1184</v>
       </c>
       <c r="D582" s="3">
-        <v>85.49</v>
-[...96 lines deleted...]
-      <c r="D589" s="3">
         <v>39.49</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>