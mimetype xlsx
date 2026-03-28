--- v7 (2026-03-08)
+++ v8 (2026-03-28)
@@ -5,51 +5,51 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="House of Townend" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1185" uniqueCount="1185">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1177" uniqueCount="1177">
   <si>
     <t>Category</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>ProductCode</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Ale</t>
   </si>
   <si>
     <t>Black Sheep Ale 8 x 500ml</t>
   </si>
   <si>
     <t>BLSH002</t>
   </si>
   <si>
     <t>Bowness Bay Brewing Fell Walker Pale Ale 8 x 500ml</t>
   </si>
   <si>
@@ -739,56 +739,50 @@
   <si>
     <t>FROB035</t>
   </si>
   <si>
     <t>Frobishers Tomato 24 x 250ml</t>
   </si>
   <si>
     <t>FROB015</t>
   </si>
   <si>
     <t>Gin</t>
   </si>
   <si>
     <t>Ableforth's Bathtub Gin</t>
   </si>
   <si>
     <t>BATH001</t>
   </si>
   <si>
     <t>Bedrock Gin</t>
   </si>
   <si>
     <t>BEDR001</t>
   </si>
   <si>
-    <t>Bedrock Gooseberry &amp; Elderflower Gin</t>
-[...4 lines deleted...]
-  <si>
     <t>Beefeater Gin</t>
   </si>
   <si>
     <t>BEEF005</t>
   </si>
   <si>
     <t>Bombay Sapphire Gin</t>
   </si>
   <si>
     <t>BOMB001</t>
   </si>
   <si>
     <t>Brockmans Intensely Smooth Gin</t>
   </si>
   <si>
     <t>BROC001</t>
   </si>
   <si>
     <t>Cooper King Gin</t>
   </si>
   <si>
     <t>COOP010</t>
   </si>
   <si>
     <t>Cotton Garden Gin</t>
@@ -1075,56 +1069,50 @@
   <si>
     <t>Pinkster Gin</t>
   </si>
   <si>
     <t>PINK001</t>
   </si>
   <si>
     <t>Plymouth Gin</t>
   </si>
   <si>
     <t>PLYM001</t>
   </si>
   <si>
     <t>Puerto de Indias Strawberry Gin</t>
   </si>
   <si>
     <t>PUER001</t>
   </si>
   <si>
     <t>Rare Bird Gin</t>
   </si>
   <si>
     <t>RARE001</t>
   </si>
   <si>
-    <t>Rock Rose Gin</t>
-[...4 lines deleted...]
-  <si>
     <t>Sipsmith London Dry Gin</t>
   </si>
   <si>
     <t>SLIP001</t>
   </si>
   <si>
     <t>Sir Robin of Locksley Gin</t>
   </si>
   <si>
     <t>LOCK001</t>
   </si>
   <si>
     <t>Slingsby Gin</t>
   </si>
   <si>
     <t>SLING001</t>
   </si>
   <si>
     <t>Slingsby Rhubarb Gin</t>
   </si>
   <si>
     <t>SLIN005</t>
   </si>
   <si>
     <t>Sloemotion Blackberry &amp; Apple Gin</t>
@@ -1171,56 +1159,50 @@
   <si>
     <t>Tanqueray Rangpur Gin</t>
   </si>
   <si>
     <t>TANQ020</t>
   </si>
   <si>
     <t>That Boutique-y Gin Company Strawberry and Balsamico Gin</t>
   </si>
   <si>
     <t>BOUT045</t>
   </si>
   <si>
     <t>The Botanist Islay Dry Gin</t>
   </si>
   <si>
     <t>BOTA001</t>
   </si>
   <si>
     <t>Warner Edwards Harrington Elderflower Gin</t>
   </si>
   <si>
     <t>HARR025</t>
   </si>
   <si>
-    <t>Warner Edwards Victoria's Rhubarb Gin</t>
-[...4 lines deleted...]
-  <si>
     <t>Whitby Gin</t>
   </si>
   <si>
     <t>WHIT095</t>
   </si>
   <si>
     <t>Whitley Neill Black Cherry Gin</t>
   </si>
   <si>
     <t>WHIT160</t>
   </si>
   <si>
     <t>Whitley Neill Blackberry Gin</t>
   </si>
   <si>
     <t>WHIT140</t>
   </si>
   <si>
     <t>Whitley Neill Blood Orange Gin</t>
   </si>
   <si>
     <t>WHIT090</t>
   </si>
   <si>
     <t>Whitley Neill Gin</t>
@@ -1375,56 +1357,50 @@
   <si>
     <t>PERO020</t>
   </si>
   <si>
     <t>Peroni Nastro Azzurro Lager 24 x 330ml</t>
   </si>
   <si>
     <t>PERO001</t>
   </si>
   <si>
     <t>Peroni Red Label Lager 24 x 330ml</t>
   </si>
   <si>
     <t>PERO015</t>
   </si>
   <si>
     <t>Veltins German Pilsener, 24 x 500ml</t>
   </si>
   <si>
     <t>VELT001</t>
   </si>
   <si>
     <t>Liqueurs</t>
   </si>
   <si>
-    <t>Akashi-Tai Junmai Ginjo Yuzushu (Citrus) Sake</t>
-[...4 lines deleted...]
-  <si>
     <t>Akashi-Tai Shiruame Umeshu Sake</t>
   </si>
   <si>
     <t>UMES001</t>
   </si>
   <si>
     <t>Amaretto Disarrono Liqueur</t>
   </si>
   <si>
     <t>AMAR010</t>
   </si>
   <si>
     <t>Angostorus Bitters Orange 10cl</t>
   </si>
   <si>
     <t>ANGO005</t>
   </si>
   <si>
     <t>Angostura Bitters 200ml</t>
   </si>
   <si>
     <t>ANGO001</t>
   </si>
   <si>
     <t>Archers Peach Schnapps Liqueur</t>
@@ -2260,56 +2236,50 @@
   <si>
     <t>SCHW010</t>
   </si>
   <si>
     <t>Schweppes Soda Water 24 x 200ml</t>
   </si>
   <si>
     <t>SCHW060</t>
   </si>
   <si>
     <t>Schweppes Tomato Juice 24 x 200ml</t>
   </si>
   <si>
     <t>STOM005</t>
   </si>
   <si>
     <t>Schweppes Tonic Water 24 x 200ml</t>
   </si>
   <si>
     <t>SCHW015</t>
   </si>
   <si>
     <t>Non Alcoholic</t>
   </si>
   <si>
-    <t>Bax Botanics Verbena Alcohol Free Spirit</t>
-[...4 lines deleted...]
-  <si>
     <t>Tanqueray Alcohol Free Spirit</t>
   </si>
   <si>
     <t>TANQ040</t>
   </si>
   <si>
     <t>Rum</t>
   </si>
   <si>
     <t>Bacardi Carta Blanca Rum</t>
   </si>
   <si>
     <t>BACA020</t>
   </si>
   <si>
     <t>Bacardi Carta Blanca Rum 1.5Ltr</t>
   </si>
   <si>
     <t>RBAC001</t>
   </si>
   <si>
     <t>Captain Morgan Rum</t>
   </si>
   <si>
     <t>CAPT001</t>
@@ -2956,74 +2926,80 @@
   <si>
     <t>Dalwhinnie 15 Year Old Highland Single Malt Whisky</t>
   </si>
   <si>
     <t>DALW001</t>
   </si>
   <si>
     <t>Famous Grouse Scotch Whisky</t>
   </si>
   <si>
     <t>FAGR020</t>
   </si>
   <si>
     <t>Fettercairn 12 Year Old Highland Single Malt Whisky</t>
   </si>
   <si>
     <t>FETT015</t>
   </si>
   <si>
     <t>Filey Bay Double Oak #2 Single Malt Whisky</t>
   </si>
   <si>
     <t>FILE055</t>
   </si>
   <si>
+    <t>Filey Bay Flagship Marrying Strength Single Malt Whisky</t>
+  </si>
+  <si>
+    <t>FILE110</t>
+  </si>
+  <si>
     <t>Filey Bay Flagship Single Malt Whisky</t>
   </si>
   <si>
     <t>FILE015</t>
   </si>
   <si>
     <t>Filey Bay Moscatel Sherry Cask Single Malt Whisky</t>
   </si>
   <si>
     <t>FILE025</t>
   </si>
   <si>
-    <t>Filey Bay Peated Finish Single Malt Whisky</t>
-[...4 lines deleted...]
-  <si>
     <t>Filey Bay Port Cask Finish #1 Single Malt Whisky</t>
   </si>
   <si>
     <t>FILE050</t>
   </si>
   <si>
+    <t>Filey Bay Porter Cask #2 Single Malt Whisky</t>
+  </si>
+  <si>
+    <t>FILE105</t>
+  </si>
+  <si>
     <t>Filey Bay Porter Cask Special Release Single Malt Whisky</t>
   </si>
   <si>
     <t>FILE070</t>
   </si>
   <si>
     <t>Filey Bay Sherry Cask #5 Single Malt Whisky</t>
   </si>
   <si>
     <t>FILE085</t>
   </si>
   <si>
     <t>Filey Bay STR Finish Single Malt Whisky</t>
   </si>
   <si>
     <t>FILE020</t>
   </si>
   <si>
     <t>Filey Bay STR Red Wine Cask Single Malt Whisky</t>
   </si>
   <si>
     <t>FILE100</t>
   </si>
   <si>
     <t>Glen Scotia 25 Year Old Campbeltown, Single Malt Whisky</t>
@@ -3136,54 +3112,54 @@
   <si>
     <t>Glenmorangie Cadboll Estate 15 Year Old Highland Single Malt Whisky</t>
   </si>
   <si>
     <t>GMOR105</t>
   </si>
   <si>
     <t>Glenmorangie Cognac Cask Highland Single Malt Whisky</t>
   </si>
   <si>
     <t>GMOR080</t>
   </si>
   <si>
     <t>Glenmorangie Palo Cortado Cask Highland Single Malt Whisky</t>
   </si>
   <si>
     <t>GMOR100</t>
   </si>
   <si>
     <t>Highland Park 12 Year Old Island Single Malt Whisky</t>
   </si>
   <si>
     <t>HIGH001</t>
   </si>
   <si>
-    <t>Isle of Jura Perspective No. 01 16 Year Old Island Single Malt Whisky</t>
-[...2 lines deleted...]
-    <t>JURA005</t>
+    <t>Isle of Jura 12 Year Old Island Single Malt Whisky</t>
+  </si>
+  <si>
+    <t>ISLE030</t>
   </si>
   <si>
     <t>Isle of Raasay Oak Species Maturation Series Single Malt Whisky</t>
   </si>
   <si>
     <t>RAAS020</t>
   </si>
   <si>
     <t>Isle of Raasay Signature Single Malt Whisky</t>
   </si>
   <si>
     <t>RAAS010</t>
   </si>
   <si>
     <t>Jack Daniel's Gentleman Jack Tennessee Whiskey</t>
   </si>
   <si>
     <t>JDAN025</t>
   </si>
   <si>
     <t>Jack Daniel's Tennessee Whiskey</t>
   </si>
   <si>
     <t>JDAN005</t>
   </si>
@@ -3616,68 +3592,68 @@
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="164" applyNumberFormat="1" fontId="1" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:D582">
-  <autoFilter ref="A1:D582"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:D578">
+  <autoFilter ref="A1:D578"/>
   <tableColumns count="4">
     <tableColumn id="1" name="Category"/>
     <tableColumn id="2" name="Name"/>
     <tableColumn id="3" name="ProductCode"/>
     <tableColumn id="4" name="Price"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight1" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:D582"/>
+  <dimension ref="A1:D578"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="18.4488330841064" customWidth="1"/>
     <col min="2" max="2" width="55" customWidth="1"/>
     <col min="3" max="3" width="14.0665775299072" customWidth="1"/>
     <col min="4" max="4" width="9.240625" customWidth="1" style="2"/>
     <col min="5" max="5" width="9.240625" customWidth="1"/>
     <col min="6" max="6" width="9.240625" customWidth="1"/>
     <col min="7" max="7" width="9.240625" customWidth="1"/>
     <col min="8" max="8" width="9.240625" customWidth="1"/>
     <col min="9" max="9" width="9.240625" customWidth="1"/>
     <col min="10" max="10" width="9.240625" customWidth="1"/>
     <col min="11" max="11" width="9.240625" customWidth="1"/>
     <col min="12" max="12" width="9.240625" customWidth="1"/>
     <col min="13" max="13" width="9.240625" customWidth="1"/>
     <col min="14" max="14" width="9.240625" customWidth="1"/>
     <col min="15" max="15" width="9.240625" customWidth="1"/>
     <col min="16" max="16" width="9.240625" customWidth="1"/>
     <col min="17" max="17" width="9.240625" customWidth="1"/>
     <col min="18" max="18" width="9.240625" customWidth="1"/>
     <col min="19" max="19" width="9.240625" customWidth="1"/>
     <col min="20" max="20" width="9.240625" customWidth="1"/>
@@ -5375,569 +5351,569 @@
     <row r="116">
       <c r="A116" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B116" s="1" t="s">
         <v>242</v>
       </c>
       <c r="C116" s="1" t="s">
         <v>243</v>
       </c>
       <c r="D116" s="3">
         <v>33.99</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B117" s="1" t="s">
         <v>244</v>
       </c>
       <c r="C117" s="1" t="s">
         <v>245</v>
       </c>
       <c r="D117" s="3">
-        <v>28.99</v>
+        <v>21.49</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B118" s="1" t="s">
         <v>246</v>
       </c>
       <c r="C118" s="1" t="s">
         <v>247</v>
       </c>
       <c r="D118" s="3">
-        <v>21.49</v>
+        <v>25.49</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B119" s="1" t="s">
         <v>248</v>
       </c>
       <c r="C119" s="1" t="s">
         <v>249</v>
       </c>
       <c r="D119" s="3">
-        <v>25.49</v>
+        <v>36.49</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B120" s="1" t="s">
         <v>250</v>
       </c>
       <c r="C120" s="1" t="s">
         <v>251</v>
       </c>
       <c r="D120" s="3">
         <v>36.49</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B121" s="1" t="s">
         <v>252</v>
       </c>
       <c r="C121" s="1" t="s">
         <v>253</v>
       </c>
       <c r="D121" s="3">
-        <v>36.49</v>
+        <v>29.99</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B122" s="1" t="s">
         <v>254</v>
       </c>
       <c r="C122" s="1" t="s">
         <v>255</v>
       </c>
       <c r="D122" s="3">
-        <v>29.99</v>
+        <v>35.49</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B123" s="1" t="s">
         <v>256</v>
       </c>
       <c r="C123" s="1" t="s">
         <v>257</v>
       </c>
       <c r="D123" s="3">
         <v>35.49</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B124" s="1" t="s">
         <v>258</v>
       </c>
       <c r="C124" s="1" t="s">
         <v>259</v>
       </c>
       <c r="D124" s="3">
         <v>35.49</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B125" s="1" t="s">
         <v>260</v>
       </c>
       <c r="C125" s="1" t="s">
         <v>261</v>
       </c>
       <c r="D125" s="3">
-        <v>35.49</v>
+        <v>39.49</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B126" s="1" t="s">
         <v>262</v>
       </c>
       <c r="C126" s="1" t="s">
         <v>263</v>
       </c>
       <c r="D126" s="3">
-        <v>39.49</v>
+        <v>27.49</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B127" s="1" t="s">
         <v>264</v>
       </c>
       <c r="C127" s="1" t="s">
         <v>265</v>
       </c>
       <c r="D127" s="3">
-        <v>27.49</v>
+        <v>19.49</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B128" s="1" t="s">
         <v>266</v>
       </c>
       <c r="C128" s="1" t="s">
         <v>267</v>
       </c>
       <c r="D128" s="3">
-        <v>19.49</v>
+        <v>27.49</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B129" s="1" t="s">
         <v>268</v>
       </c>
       <c r="C129" s="1" t="s">
         <v>269</v>
       </c>
       <c r="D129" s="3">
         <v>27.49</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B130" s="1" t="s">
         <v>270</v>
       </c>
       <c r="C130" s="1" t="s">
         <v>271</v>
       </c>
       <c r="D130" s="3">
         <v>27.49</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B131" s="1" t="s">
         <v>272</v>
       </c>
       <c r="C131" s="1" t="s">
         <v>273</v>
       </c>
       <c r="D131" s="3">
-        <v>27.49</v>
+        <v>30.49</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B132" s="1" t="s">
         <v>274</v>
       </c>
       <c r="C132" s="1" t="s">
         <v>275</v>
       </c>
       <c r="D132" s="3">
-        <v>30.49</v>
+        <v>32.49</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B133" s="1" t="s">
         <v>276</v>
       </c>
       <c r="C133" s="1" t="s">
         <v>277</v>
       </c>
       <c r="D133" s="3">
-        <v>32.49</v>
+        <v>40.49</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B134" s="1" t="s">
         <v>278</v>
       </c>
       <c r="C134" s="1" t="s">
         <v>279</v>
       </c>
       <c r="D134" s="3">
-        <v>40.49</v>
+        <v>51.49</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B135" s="1" t="s">
         <v>280</v>
       </c>
       <c r="C135" s="1" t="s">
         <v>281</v>
       </c>
       <c r="D135" s="3">
-        <v>51.49</v>
+        <v>19.49</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B136" s="1" t="s">
         <v>282</v>
       </c>
       <c r="C136" s="1" t="s">
         <v>283</v>
       </c>
       <c r="D136" s="3">
-        <v>19.49</v>
+        <v>39.49</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B137" s="1" t="s">
         <v>284</v>
       </c>
       <c r="C137" s="1" t="s">
         <v>285</v>
       </c>
       <c r="D137" s="3">
-        <v>39.49</v>
+        <v>21.49</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B138" s="1" t="s">
         <v>286</v>
       </c>
       <c r="C138" s="1" t="s">
         <v>287</v>
       </c>
       <c r="D138" s="3">
         <v>21.49</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B139" s="1" t="s">
         <v>288</v>
       </c>
       <c r="C139" s="1" t="s">
         <v>289</v>
       </c>
       <c r="D139" s="3">
-        <v>21.49</v>
+        <v>35.49</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B140" s="1" t="s">
         <v>290</v>
       </c>
       <c r="C140" s="1" t="s">
         <v>291</v>
       </c>
       <c r="D140" s="3">
-        <v>35.49</v>
+        <v>27.99</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B141" s="1" t="s">
         <v>292</v>
       </c>
       <c r="C141" s="1" t="s">
         <v>293</v>
       </c>
       <c r="D141" s="3">
-        <v>27.99</v>
+        <v>2.99</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B142" s="1" t="s">
         <v>294</v>
       </c>
       <c r="C142" s="1" t="s">
         <v>295</v>
       </c>
       <c r="D142" s="3">
-        <v>2.99</v>
+        <v>37.49</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B143" s="1" t="s">
         <v>296</v>
       </c>
       <c r="C143" s="1" t="s">
         <v>297</v>
       </c>
       <c r="D143" s="3">
-        <v>37.49</v>
+        <v>5.49</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B144" s="1" t="s">
         <v>298</v>
       </c>
       <c r="C144" s="1" t="s">
         <v>299</v>
       </c>
       <c r="D144" s="3">
-        <v>5.49</v>
+        <v>34.99</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B145" s="1" t="s">
         <v>300</v>
       </c>
       <c r="C145" s="1" t="s">
         <v>301</v>
       </c>
       <c r="D145" s="3">
-        <v>34.99</v>
+        <v>37.49</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B146" s="1" t="s">
         <v>302</v>
       </c>
       <c r="C146" s="1" t="s">
         <v>303</v>
       </c>
       <c r="D146" s="3">
-        <v>37.49</v>
+        <v>5.49</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B147" s="1" t="s">
         <v>304</v>
       </c>
       <c r="C147" s="1" t="s">
         <v>305</v>
       </c>
       <c r="D147" s="3">
-        <v>5.49</v>
+        <v>42.99</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B148" s="1" t="s">
         <v>306</v>
       </c>
       <c r="C148" s="1" t="s">
         <v>307</v>
       </c>
       <c r="D148" s="3">
-        <v>42.99</v>
+        <v>32.49</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B149" s="1" t="s">
         <v>308</v>
       </c>
       <c r="C149" s="1" t="s">
         <v>309</v>
       </c>
       <c r="D149" s="3">
         <v>32.49</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B150" s="1" t="s">
         <v>310</v>
       </c>
       <c r="C150" s="1" t="s">
         <v>311</v>
       </c>
       <c r="D150" s="3">
         <v>32.49</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B151" s="1" t="s">
         <v>312</v>
       </c>
       <c r="C151" s="1" t="s">
         <v>313</v>
       </c>
       <c r="D151" s="3">
-        <v>32.49</v>
+        <v>35.49</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B152" s="1" t="s">
         <v>314</v>
       </c>
       <c r="C152" s="1" t="s">
         <v>315</v>
       </c>
       <c r="D152" s="3">
-        <v>35.49</v>
+        <v>39.49</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B153" s="1" t="s">
         <v>316</v>
       </c>
       <c r="C153" s="1" t="s">
         <v>317</v>
       </c>
       <c r="D153" s="3">
-        <v>39.49</v>
+        <v>37.99</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B154" s="1" t="s">
         <v>318</v>
       </c>
       <c r="C154" s="1" t="s">
         <v>319</v>
       </c>
       <c r="D154" s="3">
-        <v>37.99</v>
+        <v>33.49</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B155" s="1" t="s">
         <v>320</v>
       </c>
       <c r="C155" s="1" t="s">
         <v>321</v>
       </c>
       <c r="D155" s="3">
         <v>33.49</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B156" s="1" t="s">
         <v>322</v>
       </c>
       <c r="C156" s="1" t="s">
         <v>323</v>
@@ -5963,485 +5939,485 @@
     <row r="158">
       <c r="A158" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B158" s="1" t="s">
         <v>326</v>
       </c>
       <c r="C158" s="1" t="s">
         <v>327</v>
       </c>
       <c r="D158" s="3">
         <v>33.49</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B159" s="1" t="s">
         <v>328</v>
       </c>
       <c r="C159" s="1" t="s">
         <v>329</v>
       </c>
       <c r="D159" s="3">
-        <v>33.49</v>
+        <v>46.49</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B160" s="1" t="s">
         <v>330</v>
       </c>
       <c r="C160" s="1" t="s">
         <v>331</v>
       </c>
       <c r="D160" s="3">
-        <v>46.49</v>
+        <v>40.99</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B161" s="1" t="s">
         <v>332</v>
       </c>
       <c r="C161" s="1" t="s">
         <v>333</v>
       </c>
       <c r="D161" s="3">
-        <v>40.99</v>
+        <v>36.99</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B162" s="1" t="s">
         <v>334</v>
       </c>
       <c r="C162" s="1" t="s">
         <v>335</v>
       </c>
       <c r="D162" s="3">
-        <v>36.99</v>
+        <v>28.49</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B163" s="1" t="s">
         <v>336</v>
       </c>
       <c r="C163" s="1" t="s">
         <v>337</v>
       </c>
       <c r="D163" s="3">
-        <v>28.49</v>
+        <v>16.49</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B164" s="1" t="s">
         <v>338</v>
       </c>
       <c r="C164" s="1" t="s">
         <v>339</v>
       </c>
       <c r="D164" s="3">
-        <v>16.49</v>
+        <v>4.39</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B165" s="1" t="s">
         <v>340</v>
       </c>
       <c r="C165" s="1" t="s">
         <v>341</v>
       </c>
       <c r="D165" s="3">
-        <v>4.39</v>
+        <v>34.99</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B166" s="1" t="s">
         <v>342</v>
       </c>
       <c r="C166" s="1" t="s">
         <v>343</v>
       </c>
       <c r="D166" s="3">
         <v>34.99</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B167" s="1" t="s">
         <v>344</v>
       </c>
       <c r="C167" s="1" t="s">
         <v>345</v>
       </c>
       <c r="D167" s="3">
-        <v>34.99</v>
+        <v>27.99</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B168" s="1" t="s">
         <v>346</v>
       </c>
       <c r="C168" s="1" t="s">
         <v>347</v>
       </c>
       <c r="D168" s="3">
-        <v>27.99</v>
+        <v>35.49</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B169" s="1" t="s">
         <v>348</v>
       </c>
       <c r="C169" s="1" t="s">
         <v>349</v>
       </c>
       <c r="D169" s="3">
-        <v>35.49</v>
+        <v>28.49</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B170" s="1" t="s">
         <v>350</v>
       </c>
       <c r="C170" s="1" t="s">
         <v>351</v>
       </c>
       <c r="D170" s="3">
-        <v>28.49</v>
+        <v>32.49</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B171" s="1" t="s">
         <v>352</v>
       </c>
       <c r="C171" s="1" t="s">
         <v>353</v>
       </c>
       <c r="D171" s="3">
-        <v>32.49</v>
+        <v>36.99</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B172" s="1" t="s">
         <v>354</v>
       </c>
       <c r="C172" s="1" t="s">
         <v>355</v>
       </c>
       <c r="D172" s="3">
-        <v>36.99</v>
+        <v>37.49</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B173" s="1" t="s">
         <v>356</v>
       </c>
       <c r="C173" s="1" t="s">
         <v>357</v>
       </c>
       <c r="D173" s="3">
-        <v>37.49</v>
+        <v>35.49</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B174" s="1" t="s">
         <v>358</v>
       </c>
       <c r="C174" s="1" t="s">
         <v>359</v>
       </c>
       <c r="D174" s="3">
-        <v>37.49</v>
+        <v>36.49</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B175" s="1" t="s">
         <v>360</v>
       </c>
       <c r="C175" s="1" t="s">
         <v>361</v>
       </c>
       <c r="D175" s="3">
-        <v>35.49</v>
+        <v>34.49</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B176" s="1" t="s">
         <v>362</v>
       </c>
       <c r="C176" s="1" t="s">
         <v>363</v>
       </c>
       <c r="D176" s="3">
-        <v>36.49</v>
+        <v>39.49</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B177" s="1" t="s">
         <v>364</v>
       </c>
       <c r="C177" s="1" t="s">
         <v>365</v>
       </c>
       <c r="D177" s="3">
-        <v>34.49</v>
+        <v>38.49</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B178" s="1" t="s">
         <v>366</v>
       </c>
       <c r="C178" s="1" t="s">
         <v>367</v>
       </c>
       <c r="D178" s="3">
-        <v>39.49</v>
+        <v>34.99</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B179" s="1" t="s">
         <v>368</v>
       </c>
       <c r="C179" s="1" t="s">
         <v>369</v>
       </c>
       <c r="D179" s="3">
-        <v>38.49</v>
+        <v>39.49</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B180" s="1" t="s">
         <v>370</v>
       </c>
       <c r="C180" s="1" t="s">
         <v>371</v>
       </c>
       <c r="D180" s="3">
-        <v>34.99</v>
+        <v>34.49</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B181" s="1" t="s">
         <v>372</v>
       </c>
       <c r="C181" s="1" t="s">
         <v>373</v>
       </c>
       <c r="D181" s="3">
-        <v>39.49</v>
+        <v>24.49</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B182" s="1" t="s">
         <v>374</v>
       </c>
       <c r="C182" s="1" t="s">
         <v>375</v>
       </c>
       <c r="D182" s="3">
-        <v>34.49</v>
+        <v>39.49</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B183" s="1" t="s">
         <v>376</v>
       </c>
       <c r="C183" s="1" t="s">
         <v>377</v>
       </c>
       <c r="D183" s="3">
-        <v>24.49</v>
+        <v>34.49</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B184" s="1" t="s">
         <v>378</v>
       </c>
       <c r="C184" s="1" t="s">
         <v>379</v>
       </c>
       <c r="D184" s="3">
-        <v>39.49</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B185" s="1" t="s">
         <v>380</v>
       </c>
       <c r="C185" s="1" t="s">
         <v>381</v>
       </c>
       <c r="D185" s="3">
-        <v>34.49</v>
+        <v>44.49</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B186" s="1" t="s">
         <v>382</v>
       </c>
       <c r="C186" s="1" t="s">
         <v>383</v>
       </c>
       <c r="D186" s="3">
-        <v>21.99</v>
+        <v>29.99</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B187" s="1" t="s">
         <v>384</v>
       </c>
       <c r="C187" s="1" t="s">
         <v>385</v>
       </c>
       <c r="D187" s="3">
-        <v>44.49</v>
+        <v>39.99</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B188" s="1" t="s">
         <v>386</v>
       </c>
       <c r="C188" s="1" t="s">
         <v>387</v>
       </c>
       <c r="D188" s="3">
-        <v>29.99</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B189" s="1" t="s">
         <v>388</v>
       </c>
       <c r="C189" s="1" t="s">
         <v>389</v>
       </c>
       <c r="D189" s="3">
-        <v>38.49</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B190" s="1" t="s">
         <v>390</v>
       </c>
       <c r="C190" s="1" t="s">
         <v>391</v>
       </c>
       <c r="D190" s="3">
-        <v>39.99</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B191" s="1" t="s">
         <v>392</v>
       </c>
       <c r="C191" s="1" t="s">
         <v>393</v>
       </c>
       <c r="D191" s="3">
         <v>24.99</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B192" s="1" t="s">
         <v>394</v>
       </c>
       <c r="C192" s="1" t="s">
         <v>395</v>
@@ -6467,5453 +6443,5397 @@
     <row r="194">
       <c r="A194" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B194" s="1" t="s">
         <v>398</v>
       </c>
       <c r="C194" s="1" t="s">
         <v>399</v>
       </c>
       <c r="D194" s="3">
         <v>24.99</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B195" s="1" t="s">
         <v>400</v>
       </c>
       <c r="C195" s="1" t="s">
         <v>401</v>
       </c>
       <c r="D195" s="3">
-        <v>24.99</v>
+        <v>20.49</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B196" s="1" t="s">
         <v>402</v>
       </c>
       <c r="C196" s="1" t="s">
         <v>403</v>
       </c>
       <c r="D196" s="3">
         <v>24.99</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B197" s="1" t="s">
         <v>404</v>
       </c>
       <c r="C197" s="1" t="s">
         <v>405</v>
       </c>
       <c r="D197" s="3">
-        <v>24.99</v>
+        <v>29.99</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="1" t="s">
         <v>239</v>
       </c>
       <c r="B198" s="1" t="s">
         <v>406</v>
       </c>
       <c r="C198" s="1" t="s">
         <v>407</v>
       </c>
       <c r="D198" s="3">
-        <v>20.49</v>
+        <v>36.49</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="1" t="s">
-        <v>239</v>
+        <v>408</v>
       </c>
       <c r="B199" s="1" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="D199" s="3">
-        <v>24.99</v>
+        <v>25.99</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="1" t="s">
-        <v>239</v>
+        <v>408</v>
       </c>
       <c r="B200" s="1" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="D200" s="3">
-        <v>29.99</v>
+        <v>22.99</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="1" t="s">
-        <v>239</v>
+        <v>408</v>
       </c>
       <c r="B201" s="1" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="D201" s="3">
-        <v>36.49</v>
+        <v>35.99</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="1" t="s">
-        <v>414</v>
+        <v>408</v>
       </c>
       <c r="B202" s="1" t="s">
         <v>415</v>
       </c>
       <c r="C202" s="1" t="s">
         <v>416</v>
       </c>
       <c r="D202" s="3">
-        <v>25.99</v>
+        <v>29.99</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="1" t="s">
-        <v>414</v>
+        <v>408</v>
       </c>
       <c r="B203" s="1" t="s">
         <v>417</v>
       </c>
       <c r="C203" s="1" t="s">
         <v>418</v>
       </c>
       <c r="D203" s="3">
-        <v>22.99</v>
+        <v>31.99</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="1" t="s">
-        <v>414</v>
+        <v>408</v>
       </c>
       <c r="B204" s="1" t="s">
         <v>419</v>
       </c>
       <c r="C204" s="1" t="s">
         <v>420</v>
       </c>
       <c r="D204" s="3">
-        <v>35.99</v>
+        <v>31.99</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="1" t="s">
-        <v>414</v>
+        <v>408</v>
       </c>
       <c r="B205" s="1" t="s">
         <v>421</v>
       </c>
       <c r="C205" s="1" t="s">
         <v>422</v>
       </c>
       <c r="D205" s="3">
-        <v>29.99</v>
+        <v>39.99</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="1" t="s">
-        <v>414</v>
+        <v>408</v>
       </c>
       <c r="B206" s="1" t="s">
         <v>423</v>
       </c>
       <c r="C206" s="1" t="s">
         <v>424</v>
       </c>
       <c r="D206" s="3">
-        <v>31.99</v>
+        <v>26.99</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="1" t="s">
-        <v>414</v>
+        <v>408</v>
       </c>
       <c r="B207" s="1" t="s">
         <v>425</v>
       </c>
       <c r="C207" s="1" t="s">
         <v>426</v>
       </c>
       <c r="D207" s="3">
-        <v>31.99</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="1" t="s">
-        <v>414</v>
+        <v>408</v>
       </c>
       <c r="B208" s="1" t="s">
         <v>427</v>
       </c>
       <c r="C208" s="1" t="s">
         <v>428</v>
       </c>
       <c r="D208" s="3">
         <v>39.99</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="1" t="s">
-        <v>414</v>
+        <v>408</v>
       </c>
       <c r="B209" s="1" t="s">
         <v>429</v>
       </c>
       <c r="C209" s="1" t="s">
         <v>430</v>
       </c>
       <c r="D209" s="3">
-        <v>26.99</v>
+        <v>41.99</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="1" t="s">
-        <v>414</v>
+        <v>408</v>
       </c>
       <c r="B210" s="1" t="s">
         <v>431</v>
       </c>
       <c r="C210" s="1" t="s">
         <v>432</v>
       </c>
       <c r="D210" s="3">
-        <v>24.99</v>
+        <v>29.99</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="1" t="s">
-        <v>414</v>
+        <v>408</v>
       </c>
       <c r="B211" s="1" t="s">
         <v>433</v>
       </c>
       <c r="C211" s="1" t="s">
         <v>434</v>
       </c>
       <c r="D211" s="3">
-        <v>39.99</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="1" t="s">
-        <v>414</v>
+        <v>408</v>
       </c>
       <c r="B212" s="1" t="s">
         <v>435</v>
       </c>
       <c r="C212" s="1" t="s">
         <v>436</v>
       </c>
       <c r="D212" s="3">
-        <v>41.99</v>
+        <v>39.99</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="1" t="s">
-        <v>414</v>
+        <v>408</v>
       </c>
       <c r="B213" s="1" t="s">
         <v>437</v>
       </c>
       <c r="C213" s="1" t="s">
         <v>438</v>
       </c>
       <c r="D213" s="3">
-        <v>29.99</v>
+        <v>26.99</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="1" t="s">
-        <v>414</v>
+        <v>408</v>
       </c>
       <c r="B214" s="1" t="s">
         <v>439</v>
       </c>
       <c r="C214" s="1" t="s">
         <v>440</v>
       </c>
       <c r="D214" s="3">
-        <v>24.99</v>
+        <v>31.99</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="1" t="s">
-        <v>414</v>
+        <v>408</v>
       </c>
       <c r="B215" s="1" t="s">
         <v>441</v>
       </c>
       <c r="C215" s="1" t="s">
         <v>442</v>
       </c>
       <c r="D215" s="3">
-        <v>39.99</v>
+        <v>43.99</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="1" t="s">
-        <v>414</v>
+        <v>408</v>
       </c>
       <c r="B216" s="1" t="s">
         <v>443</v>
       </c>
       <c r="C216" s="1" t="s">
         <v>444</v>
       </c>
       <c r="D216" s="3">
-        <v>26.99</v>
+        <v>33.99</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="1" t="s">
-        <v>414</v>
+        <v>408</v>
       </c>
       <c r="B217" s="1" t="s">
         <v>445</v>
       </c>
       <c r="C217" s="1" t="s">
         <v>446</v>
       </c>
       <c r="D217" s="3">
-        <v>31.99</v>
+        <v>36.99</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="1" t="s">
-        <v>414</v>
+        <v>408</v>
       </c>
       <c r="B218" s="1" t="s">
         <v>447</v>
       </c>
       <c r="C218" s="1" t="s">
         <v>448</v>
       </c>
       <c r="D218" s="3">
-        <v>43.99</v>
+        <v>49.99</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="1" t="s">
-        <v>414</v>
+        <v>449</v>
       </c>
       <c r="B219" s="1" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="D219" s="3">
-        <v>33.99</v>
+        <v>23.49</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="1" t="s">
-        <v>414</v>
+        <v>449</v>
       </c>
       <c r="B220" s="1" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="D220" s="3">
-        <v>36.99</v>
+        <v>23.49</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="1" t="s">
-        <v>414</v>
+        <v>449</v>
       </c>
       <c r="B221" s="1" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="D221" s="3">
-        <v>49.99</v>
+        <v>17.49</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="1" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
       <c r="B222" s="1" t="s">
         <v>456</v>
       </c>
       <c r="C222" s="1" t="s">
         <v>457</v>
       </c>
       <c r="D222" s="3">
-        <v>19.99</v>
+        <v>17.49</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="1" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
       <c r="B223" s="1" t="s">
         <v>458</v>
       </c>
       <c r="C223" s="1" t="s">
         <v>459</v>
       </c>
       <c r="D223" s="3">
-        <v>23.49</v>
+        <v>17.49</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="1" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
       <c r="B224" s="1" t="s">
         <v>460</v>
       </c>
       <c r="C224" s="1" t="s">
         <v>461</v>
       </c>
       <c r="D224" s="3">
-        <v>23.49</v>
+        <v>18.49</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="1" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
       <c r="B225" s="1" t="s">
         <v>462</v>
       </c>
       <c r="C225" s="1" t="s">
         <v>463</v>
       </c>
       <c r="D225" s="3">
-        <v>17.49</v>
+        <v>32.49</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="1" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
       <c r="B226" s="1" t="s">
         <v>464</v>
       </c>
       <c r="C226" s="1" t="s">
         <v>465</v>
       </c>
       <c r="D226" s="3">
-        <v>17.49</v>
+        <v>67.99</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="1" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
       <c r="B227" s="1" t="s">
         <v>466</v>
       </c>
       <c r="C227" s="1" t="s">
         <v>467</v>
       </c>
       <c r="D227" s="3">
-        <v>17.49</v>
+        <v>26.49</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="1" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
       <c r="B228" s="1" t="s">
         <v>468</v>
       </c>
       <c r="C228" s="1" t="s">
         <v>469</v>
       </c>
       <c r="D228" s="3">
-        <v>18.49</v>
+        <v>23.49</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="1" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
       <c r="B229" s="1" t="s">
         <v>470</v>
       </c>
       <c r="C229" s="1" t="s">
         <v>471</v>
       </c>
       <c r="D229" s="3">
         <v>32.49</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="1" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
       <c r="B230" s="1" t="s">
         <v>472</v>
       </c>
       <c r="C230" s="1" t="s">
         <v>473</v>
       </c>
       <c r="D230" s="3">
-        <v>67.99</v>
+        <v>25.49</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="1" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
       <c r="B231" s="1" t="s">
         <v>474</v>
       </c>
       <c r="C231" s="1" t="s">
         <v>475</v>
       </c>
       <c r="D231" s="3">
-        <v>26.49</v>
+        <v>22.99</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="1" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
       <c r="B232" s="1" t="s">
         <v>476</v>
       </c>
       <c r="C232" s="1" t="s">
         <v>477</v>
       </c>
       <c r="D232" s="3">
         <v>23.49</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="1" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
       <c r="B233" s="1" t="s">
         <v>478</v>
       </c>
       <c r="C233" s="1" t="s">
         <v>479</v>
       </c>
       <c r="D233" s="3">
-        <v>32.49</v>
+        <v>24.49</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="1" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
       <c r="B234" s="1" t="s">
         <v>480</v>
       </c>
       <c r="C234" s="1" t="s">
         <v>481</v>
       </c>
       <c r="D234" s="3">
-        <v>25.49</v>
+        <v>23.49</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="1" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
       <c r="B235" s="1" t="s">
         <v>482</v>
       </c>
       <c r="C235" s="1" t="s">
         <v>483</v>
       </c>
       <c r="D235" s="3">
-        <v>22.99</v>
+        <v>27.49</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="1" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
       <c r="B236" s="1" t="s">
         <v>484</v>
       </c>
       <c r="C236" s="1" t="s">
         <v>485</v>
       </c>
       <c r="D236" s="3">
-        <v>23.49</v>
+        <v>26.49</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="1" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
       <c r="B237" s="1" t="s">
         <v>486</v>
       </c>
       <c r="C237" s="1" t="s">
         <v>487</v>
       </c>
       <c r="D237" s="3">
-        <v>24.49</v>
+        <v>23.49</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="1" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
       <c r="B238" s="1" t="s">
         <v>488</v>
       </c>
       <c r="C238" s="1" t="s">
         <v>489</v>
       </c>
       <c r="D238" s="3">
-        <v>23.49</v>
+        <v>28.49</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="1" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
       <c r="B239" s="1" t="s">
         <v>490</v>
       </c>
       <c r="C239" s="1" t="s">
         <v>491</v>
       </c>
       <c r="D239" s="3">
-        <v>27.49</v>
+        <v>50.49</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="1" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
       <c r="B240" s="1" t="s">
         <v>492</v>
       </c>
       <c r="C240" s="1" t="s">
         <v>493</v>
       </c>
       <c r="D240" s="3">
-        <v>26.49</v>
+        <v>30.49</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" s="1" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
       <c r="B241" s="1" t="s">
         <v>494</v>
       </c>
       <c r="C241" s="1" t="s">
         <v>495</v>
       </c>
       <c r="D241" s="3">
-        <v>23.49</v>
+        <v>26.49</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="1" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
       <c r="B242" s="1" t="s">
         <v>496</v>
       </c>
       <c r="C242" s="1" t="s">
         <v>497</v>
       </c>
       <c r="D242" s="3">
-        <v>28.49</v>
+        <v>33.49</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" s="1" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
       <c r="B243" s="1" t="s">
         <v>498</v>
       </c>
       <c r="C243" s="1" t="s">
         <v>499</v>
       </c>
       <c r="D243" s="3">
-        <v>50.49</v>
+        <v>19.49</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" s="1" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
       <c r="B244" s="1" t="s">
         <v>500</v>
       </c>
       <c r="C244" s="1" t="s">
         <v>501</v>
       </c>
       <c r="D244" s="3">
-        <v>30.49</v>
+        <v>19.49</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" s="1" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
       <c r="B245" s="1" t="s">
         <v>502</v>
       </c>
       <c r="C245" s="1" t="s">
         <v>503</v>
       </c>
       <c r="D245" s="3">
-        <v>26.49</v>
+        <v>28.99</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" s="1" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
       <c r="B246" s="1" t="s">
         <v>504</v>
       </c>
       <c r="C246" s="1" t="s">
         <v>505</v>
       </c>
       <c r="D246" s="3">
-        <v>33.49</v>
+        <v>25.49</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" s="1" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
       <c r="B247" s="1" t="s">
         <v>506</v>
       </c>
       <c r="C247" s="1" t="s">
         <v>507</v>
       </c>
       <c r="D247" s="3">
-        <v>19.49</v>
+        <v>25.49</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" s="1" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
       <c r="B248" s="1" t="s">
         <v>508</v>
       </c>
       <c r="C248" s="1" t="s">
         <v>509</v>
       </c>
       <c r="D248" s="3">
-        <v>19.49</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" s="1" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
       <c r="B249" s="1" t="s">
         <v>510</v>
       </c>
       <c r="C249" s="1" t="s">
         <v>511</v>
       </c>
       <c r="D249" s="3">
-        <v>28.99</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" s="1" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
       <c r="B250" s="1" t="s">
         <v>512</v>
       </c>
       <c r="C250" s="1" t="s">
         <v>513</v>
       </c>
       <c r="D250" s="3">
-        <v>25.49</v>
+        <v>28.49</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" s="1" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
       <c r="B251" s="1" t="s">
         <v>514</v>
       </c>
       <c r="C251" s="1" t="s">
         <v>515</v>
       </c>
       <c r="D251" s="3">
-        <v>25.49</v>
+        <v>31.49</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" s="1" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
       <c r="B252" s="1" t="s">
         <v>516</v>
       </c>
       <c r="C252" s="1" t="s">
         <v>517</v>
       </c>
       <c r="D252" s="3">
-        <v>24.99</v>
+        <v>27.49</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="1" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
       <c r="B253" s="1" t="s">
         <v>518</v>
       </c>
       <c r="C253" s="1" t="s">
         <v>519</v>
       </c>
       <c r="D253" s="3">
-        <v>19.99</v>
+        <v>22.49</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="1" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
       <c r="B254" s="1" t="s">
         <v>520</v>
       </c>
       <c r="C254" s="1" t="s">
         <v>521</v>
       </c>
       <c r="D254" s="3">
-        <v>28.49</v>
+        <v>22.49</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" s="1" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
       <c r="B255" s="1" t="s">
         <v>522</v>
       </c>
       <c r="C255" s="1" t="s">
         <v>523</v>
       </c>
       <c r="D255" s="3">
-        <v>31.49</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" s="1" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
       <c r="B256" s="1" t="s">
         <v>524</v>
       </c>
       <c r="C256" s="1" t="s">
         <v>525</v>
       </c>
       <c r="D256" s="3">
-        <v>27.49</v>
+        <v>26.49</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" s="1" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
       <c r="B257" s="1" t="s">
         <v>526</v>
       </c>
       <c r="C257" s="1" t="s">
         <v>527</v>
       </c>
       <c r="D257" s="3">
-        <v>22.49</v>
+        <v>20.49</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" s="1" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
       <c r="B258" s="1" t="s">
         <v>528</v>
       </c>
       <c r="C258" s="1" t="s">
         <v>529</v>
       </c>
       <c r="D258" s="3">
-        <v>22.49</v>
+        <v>19.49</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" s="1" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
       <c r="B259" s="1" t="s">
         <v>530</v>
       </c>
       <c r="C259" s="1" t="s">
         <v>531</v>
       </c>
       <c r="D259" s="3">
-        <v>24.99</v>
+        <v>24.49</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" s="1" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
       <c r="B260" s="1" t="s">
         <v>532</v>
       </c>
       <c r="C260" s="1" t="s">
         <v>533</v>
       </c>
       <c r="D260" s="3">
-        <v>26.49</v>
+        <v>17.49</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" s="1" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
       <c r="B261" s="1" t="s">
         <v>534</v>
       </c>
       <c r="C261" s="1" t="s">
         <v>535</v>
       </c>
       <c r="D261" s="3">
-        <v>20.49</v>
+        <v>19.49</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" s="1" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
       <c r="B262" s="1" t="s">
         <v>536</v>
       </c>
       <c r="C262" s="1" t="s">
         <v>537</v>
       </c>
       <c r="D262" s="3">
-        <v>19.49</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" s="1" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
       <c r="B263" s="1" t="s">
         <v>538</v>
       </c>
       <c r="C263" s="1" t="s">
         <v>539</v>
       </c>
       <c r="D263" s="3">
-        <v>24.49</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" s="1" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
       <c r="B264" s="1" t="s">
         <v>540</v>
       </c>
       <c r="C264" s="1" t="s">
         <v>541</v>
       </c>
       <c r="D264" s="3">
-        <v>17.49</v>
+        <v>33.49</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" s="1" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
       <c r="B265" s="1" t="s">
         <v>542</v>
       </c>
       <c r="C265" s="1" t="s">
         <v>543</v>
       </c>
       <c r="D265" s="3">
-        <v>19.49</v>
+        <v>28.49</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" s="1" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
       <c r="B266" s="1" t="s">
         <v>544</v>
       </c>
       <c r="C266" s="1" t="s">
         <v>545</v>
       </c>
       <c r="D266" s="3">
-        <v>18.99</v>
+        <v>17.49</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="1" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
       <c r="B267" s="1" t="s">
         <v>546</v>
       </c>
       <c r="C267" s="1" t="s">
         <v>547</v>
       </c>
       <c r="D267" s="3">
-        <v>18.99</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="1" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
       <c r="B268" s="1" t="s">
         <v>548</v>
       </c>
       <c r="C268" s="1" t="s">
         <v>549</v>
       </c>
       <c r="D268" s="3">
-        <v>33.49</v>
+        <v>3.99</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" s="1" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
       <c r="B269" s="1" t="s">
         <v>550</v>
       </c>
       <c r="C269" s="1" t="s">
         <v>551</v>
       </c>
       <c r="D269" s="3">
-        <v>28.49</v>
+        <v>11.49</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" s="1" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
       <c r="B270" s="1" t="s">
         <v>552</v>
       </c>
       <c r="C270" s="1" t="s">
         <v>553</v>
       </c>
       <c r="D270" s="3">
-        <v>17.49</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="1" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
       <c r="B271" s="1" t="s">
         <v>554</v>
       </c>
       <c r="C271" s="1" t="s">
         <v>555</v>
       </c>
       <c r="D271" s="3">
-        <v>21.99</v>
+        <v>11.99</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="1" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
       <c r="B272" s="1" t="s">
         <v>556</v>
       </c>
       <c r="C272" s="1" t="s">
         <v>557</v>
       </c>
       <c r="D272" s="3">
-        <v>3.99</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="1" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
       <c r="B273" s="1" t="s">
         <v>558</v>
       </c>
       <c r="C273" s="1" t="s">
         <v>559</v>
       </c>
       <c r="D273" s="3">
-        <v>11.49</v>
+        <v>3.99</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="1" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
       <c r="B274" s="1" t="s">
         <v>560</v>
       </c>
       <c r="C274" s="1" t="s">
         <v>561</v>
       </c>
       <c r="D274" s="3">
-        <v>21.99</v>
+        <v>28.49</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" s="1" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
       <c r="B275" s="1" t="s">
         <v>562</v>
       </c>
       <c r="C275" s="1" t="s">
         <v>563</v>
       </c>
       <c r="D275" s="3">
-        <v>11.99</v>
+        <v>27.99</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="1" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
       <c r="B276" s="1" t="s">
         <v>564</v>
       </c>
       <c r="C276" s="1" t="s">
         <v>565</v>
       </c>
       <c r="D276" s="3">
-        <v>21.99</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="1" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
       <c r="B277" s="1" t="s">
         <v>566</v>
       </c>
       <c r="C277" s="1" t="s">
         <v>567</v>
       </c>
       <c r="D277" s="3">
-        <v>3.99</v>
+        <v>24.49</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" s="1" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
       <c r="B278" s="1" t="s">
         <v>568</v>
       </c>
       <c r="C278" s="1" t="s">
         <v>569</v>
       </c>
       <c r="D278" s="3">
-        <v>28.49</v>
+        <v>27</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" s="1" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
       <c r="B279" s="1" t="s">
         <v>570</v>
       </c>
       <c r="C279" s="1" t="s">
         <v>571</v>
       </c>
       <c r="D279" s="3">
-        <v>27.99</v>
+        <v>31.99</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" s="1" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
       <c r="B280" s="1" t="s">
         <v>572</v>
       </c>
       <c r="C280" s="1" t="s">
         <v>573</v>
       </c>
       <c r="D280" s="3">
-        <v>11.5</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" s="1" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
       <c r="B281" s="1" t="s">
         <v>574</v>
       </c>
       <c r="C281" s="1" t="s">
         <v>575</v>
       </c>
       <c r="D281" s="3">
-        <v>24.49</v>
+        <v>18.49</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" s="1" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
       <c r="B282" s="1" t="s">
         <v>576</v>
       </c>
       <c r="C282" s="1" t="s">
         <v>577</v>
       </c>
       <c r="D282" s="3">
-        <v>27</v>
+        <v>27.49</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" s="1" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
       <c r="B283" s="1" t="s">
         <v>578</v>
       </c>
       <c r="C283" s="1" t="s">
         <v>579</v>
       </c>
       <c r="D283" s="3">
-        <v>31.99</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" s="1" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
       <c r="B284" s="1" t="s">
         <v>580</v>
       </c>
       <c r="C284" s="1" t="s">
         <v>581</v>
       </c>
       <c r="D284" s="3">
-        <v>19.99</v>
+        <v>31.49</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" s="1" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
       <c r="B285" s="1" t="s">
         <v>582</v>
       </c>
       <c r="C285" s="1" t="s">
         <v>583</v>
       </c>
       <c r="D285" s="3">
-        <v>18.49</v>
+        <v>59.5</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" s="1" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
       <c r="B286" s="1" t="s">
         <v>584</v>
       </c>
       <c r="C286" s="1" t="s">
         <v>585</v>
       </c>
       <c r="D286" s="3">
-        <v>27.49</v>
+        <v>20.49</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" s="1" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
       <c r="B287" s="1" t="s">
         <v>586</v>
       </c>
       <c r="C287" s="1" t="s">
         <v>587</v>
       </c>
       <c r="D287" s="3">
-        <v>49.5</v>
+        <v>31.49</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" s="1" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
       <c r="B288" s="1" t="s">
         <v>588</v>
       </c>
       <c r="C288" s="1" t="s">
         <v>589</v>
       </c>
       <c r="D288" s="3">
-        <v>31.49</v>
+        <v>27.49</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" s="1" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
       <c r="B289" s="1" t="s">
         <v>590</v>
       </c>
       <c r="C289" s="1" t="s">
         <v>591</v>
       </c>
       <c r="D289" s="3">
-        <v>59.5</v>
+        <v>31.49</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" s="1" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
       <c r="B290" s="1" t="s">
         <v>592</v>
       </c>
       <c r="C290" s="1" t="s">
         <v>593</v>
       </c>
       <c r="D290" s="3">
-        <v>20.49</v>
+        <v>36.49</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" s="1" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
       <c r="B291" s="1" t="s">
         <v>594</v>
       </c>
       <c r="C291" s="1" t="s">
         <v>595</v>
       </c>
       <c r="D291" s="3">
-        <v>31.49</v>
+        <v>37.49</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" s="1" t="s">
-        <v>455</v>
+        <v>596</v>
       </c>
       <c r="B292" s="1" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="C292" s="1" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="D292" s="3">
-        <v>27.49</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" s="1" t="s">
-        <v>455</v>
+        <v>596</v>
       </c>
       <c r="B293" s="1" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="C293" s="1" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="D293" s="3">
-        <v>31.49</v>
+        <v>15.99</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" s="1" t="s">
-        <v>455</v>
+        <v>596</v>
       </c>
       <c r="B294" s="1" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="C294" s="1" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="D294" s="3">
-        <v>36.49</v>
+        <v>15.99</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" s="1" t="s">
-        <v>455</v>
+        <v>596</v>
       </c>
       <c r="B295" s="1" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="C295" s="1" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="D295" s="3">
-        <v>37.49</v>
+        <v>14.49</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" s="1" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="B296" s="1" t="s">
         <v>605</v>
       </c>
       <c r="C296" s="1" t="s">
         <v>606</v>
       </c>
       <c r="D296" s="3">
-        <v>21.99</v>
+        <v>15.99</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" s="1" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="B297" s="1" t="s">
         <v>607</v>
       </c>
       <c r="C297" s="1" t="s">
         <v>608</v>
       </c>
       <c r="D297" s="3">
         <v>15.99</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" s="1" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="B298" s="1" t="s">
         <v>609</v>
       </c>
       <c r="C298" s="1" t="s">
         <v>610</v>
       </c>
       <c r="D298" s="3">
-        <v>15.99</v>
+        <v>17.99</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" s="1" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="B299" s="1" t="s">
         <v>611</v>
       </c>
       <c r="C299" s="1" t="s">
         <v>612</v>
       </c>
       <c r="D299" s="3">
-        <v>14.49</v>
+        <v>15.99</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" s="1" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="B300" s="1" t="s">
         <v>613</v>
       </c>
       <c r="C300" s="1" t="s">
         <v>614</v>
       </c>
       <c r="D300" s="3">
-        <v>15.99</v>
+        <v>17.99</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" s="1" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="B301" s="1" t="s">
         <v>615</v>
       </c>
       <c r="C301" s="1" t="s">
         <v>616</v>
       </c>
       <c r="D301" s="3">
-        <v>15.99</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="1" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="B302" s="1" t="s">
         <v>617</v>
       </c>
       <c r="C302" s="1" t="s">
         <v>618</v>
       </c>
       <c r="D302" s="3">
-        <v>17.99</v>
+        <v>13.99</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" s="1" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="B303" s="1" t="s">
         <v>619</v>
       </c>
       <c r="C303" s="1" t="s">
         <v>620</v>
       </c>
       <c r="D303" s="3">
-        <v>15.99</v>
+        <v>14.99</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" s="1" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="B304" s="1" t="s">
         <v>621</v>
       </c>
       <c r="C304" s="1" t="s">
         <v>622</v>
       </c>
       <c r="D304" s="3">
-        <v>17.99</v>
+        <v>13.99</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" s="1" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="B305" s="1" t="s">
         <v>623</v>
       </c>
       <c r="C305" s="1" t="s">
         <v>624</v>
       </c>
       <c r="D305" s="3">
-        <v>18.99</v>
+        <v>14.99</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" s="1" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="B306" s="1" t="s">
         <v>625</v>
       </c>
       <c r="C306" s="1" t="s">
         <v>626</v>
       </c>
       <c r="D306" s="3">
-        <v>13.99</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" s="1" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="B307" s="1" t="s">
         <v>627</v>
       </c>
       <c r="C307" s="1" t="s">
         <v>628</v>
       </c>
       <c r="D307" s="3">
-        <v>14.99</v>
+        <v>13.99</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" s="1" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="B308" s="1" t="s">
         <v>629</v>
       </c>
       <c r="C308" s="1" t="s">
         <v>630</v>
       </c>
       <c r="D308" s="3">
-        <v>13.99</v>
+        <v>16.99</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" s="1" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="B309" s="1" t="s">
         <v>631</v>
       </c>
       <c r="C309" s="1" t="s">
         <v>632</v>
       </c>
       <c r="D309" s="3">
-        <v>14.99</v>
+        <v>13.99</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="1" t="s">
-        <v>604</v>
+        <v>596</v>
       </c>
       <c r="B310" s="1" t="s">
         <v>633</v>
       </c>
       <c r="C310" s="1" t="s">
         <v>634</v>
       </c>
       <c r="D310" s="3">
-        <v>21.99</v>
+        <v>16.99</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="1" t="s">
-        <v>604</v>
+        <v>635</v>
       </c>
       <c r="B311" s="1" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="C311" s="1" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="D311" s="3">
-        <v>13.99</v>
+        <v>31.99</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" s="1" t="s">
-        <v>604</v>
+        <v>635</v>
       </c>
       <c r="B312" s="1" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="C312" s="1" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="D312" s="3">
-        <v>16.99</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" s="1" t="s">
-        <v>604</v>
+        <v>635</v>
       </c>
       <c r="B313" s="1" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="C313" s="1" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="D313" s="3">
-        <v>13.99</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" s="1" t="s">
-        <v>604</v>
+        <v>635</v>
       </c>
       <c r="B314" s="1" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="C314" s="1" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="D314" s="3">
-        <v>16.99</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" s="1" t="s">
-        <v>643</v>
+        <v>635</v>
       </c>
       <c r="B315" s="1" t="s">
         <v>644</v>
       </c>
       <c r="C315" s="1" t="s">
         <v>645</v>
       </c>
       <c r="D315" s="3">
-        <v>31.99</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" s="1" t="s">
-        <v>643</v>
+        <v>635</v>
       </c>
       <c r="B316" s="1" t="s">
         <v>646</v>
       </c>
       <c r="C316" s="1" t="s">
         <v>647</v>
       </c>
       <c r="D316" s="3">
-        <v>6.5</v>
+        <v>17.99</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" s="1" t="s">
-        <v>643</v>
+        <v>635</v>
       </c>
       <c r="B317" s="1" t="s">
         <v>648</v>
       </c>
       <c r="C317" s="1" t="s">
         <v>649</v>
       </c>
       <c r="D317" s="3">
-        <v>18.99</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" s="1" t="s">
-        <v>643</v>
+        <v>635</v>
       </c>
       <c r="B318" s="1" t="s">
         <v>650</v>
       </c>
       <c r="C318" s="1" t="s">
         <v>651</v>
       </c>
       <c r="D318" s="3">
-        <v>18.99</v>
+        <v>31.99</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" s="1" t="s">
-        <v>643</v>
+        <v>635</v>
       </c>
       <c r="B319" s="1" t="s">
         <v>652</v>
       </c>
       <c r="C319" s="1" t="s">
         <v>653</v>
       </c>
       <c r="D319" s="3">
         <v>18.99</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" s="1" t="s">
-        <v>643</v>
+        <v>635</v>
       </c>
       <c r="B320" s="1" t="s">
         <v>654</v>
       </c>
       <c r="C320" s="1" t="s">
         <v>655</v>
       </c>
       <c r="D320" s="3">
-        <v>17.99</v>
+        <v>26.99</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" s="1" t="s">
-        <v>643</v>
+        <v>635</v>
       </c>
       <c r="B321" s="1" t="s">
         <v>656</v>
       </c>
       <c r="C321" s="1" t="s">
         <v>657</v>
       </c>
       <c r="D321" s="3">
-        <v>21.99</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" s="1" t="s">
-        <v>643</v>
+        <v>635</v>
       </c>
       <c r="B322" s="1" t="s">
         <v>658</v>
       </c>
       <c r="C322" s="1" t="s">
         <v>659</v>
       </c>
       <c r="D322" s="3">
-        <v>31.99</v>
+        <v>26.99</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" s="1" t="s">
-        <v>643</v>
+        <v>635</v>
       </c>
       <c r="B323" s="1" t="s">
         <v>660</v>
       </c>
       <c r="C323" s="1" t="s">
         <v>661</v>
       </c>
       <c r="D323" s="3">
-        <v>18.99</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" s="1" t="s">
-        <v>643</v>
+        <v>635</v>
       </c>
       <c r="B324" s="1" t="s">
         <v>662</v>
       </c>
       <c r="C324" s="1" t="s">
         <v>663</v>
       </c>
       <c r="D324" s="3">
-        <v>26.99</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" s="1" t="s">
-        <v>643</v>
+        <v>635</v>
       </c>
       <c r="B325" s="1" t="s">
         <v>664</v>
       </c>
       <c r="C325" s="1" t="s">
         <v>665</v>
       </c>
       <c r="D325" s="3">
-        <v>18.99</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" s="1" t="s">
-        <v>643</v>
+        <v>635</v>
       </c>
       <c r="B326" s="1" t="s">
         <v>666</v>
       </c>
       <c r="C326" s="1" t="s">
         <v>667</v>
       </c>
       <c r="D326" s="3">
-        <v>26.99</v>
+        <v>20.99</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" s="1" t="s">
-        <v>643</v>
+        <v>635</v>
       </c>
       <c r="B327" s="1" t="s">
         <v>668</v>
       </c>
       <c r="C327" s="1" t="s">
         <v>669</v>
       </c>
       <c r="D327" s="3">
         <v>21.99</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" s="1" t="s">
-        <v>643</v>
+        <v>635</v>
       </c>
       <c r="B328" s="1" t="s">
         <v>670</v>
       </c>
       <c r="C328" s="1" t="s">
         <v>671</v>
       </c>
       <c r="D328" s="3">
-        <v>21.99</v>
+        <v>20.99</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" s="1" t="s">
-        <v>643</v>
+        <v>635</v>
       </c>
       <c r="B329" s="1" t="s">
         <v>672</v>
       </c>
       <c r="C329" s="1" t="s">
         <v>673</v>
       </c>
       <c r="D329" s="3">
-        <v>21.99</v>
+        <v>23.99</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" s="1" t="s">
-        <v>643</v>
+        <v>635</v>
       </c>
       <c r="B330" s="1" t="s">
         <v>674</v>
       </c>
       <c r="C330" s="1" t="s">
         <v>675</v>
       </c>
       <c r="D330" s="3">
-        <v>20.99</v>
+        <v>23.99</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" s="1" t="s">
-        <v>643</v>
+        <v>635</v>
       </c>
       <c r="B331" s="1" t="s">
         <v>676</v>
       </c>
       <c r="C331" s="1" t="s">
         <v>677</v>
       </c>
       <c r="D331" s="3">
-        <v>21.99</v>
+        <v>23.99</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" s="1" t="s">
-        <v>643</v>
+        <v>635</v>
       </c>
       <c r="B332" s="1" t="s">
         <v>678</v>
       </c>
       <c r="C332" s="1" t="s">
         <v>679</v>
       </c>
       <c r="D332" s="3">
-        <v>20.99</v>
+        <v>23.99</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" s="1" t="s">
-        <v>643</v>
+        <v>635</v>
       </c>
       <c r="B333" s="1" t="s">
         <v>680</v>
       </c>
       <c r="C333" s="1" t="s">
         <v>681</v>
       </c>
       <c r="D333" s="3">
-        <v>23.99</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" s="1" t="s">
-        <v>643</v>
+        <v>635</v>
       </c>
       <c r="B334" s="1" t="s">
         <v>682</v>
       </c>
       <c r="C334" s="1" t="s">
         <v>683</v>
       </c>
       <c r="D334" s="3">
         <v>23.99</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" s="1" t="s">
-        <v>643</v>
+        <v>635</v>
       </c>
       <c r="B335" s="1" t="s">
         <v>684</v>
       </c>
       <c r="C335" s="1" t="s">
         <v>685</v>
       </c>
       <c r="D335" s="3">
         <v>23.99</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" s="1" t="s">
-        <v>643</v>
+        <v>635</v>
       </c>
       <c r="B336" s="1" t="s">
         <v>686</v>
       </c>
       <c r="C336" s="1" t="s">
         <v>687</v>
       </c>
       <c r="D336" s="3">
-        <v>23.99</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" s="1" t="s">
-        <v>643</v>
+        <v>635</v>
       </c>
       <c r="B337" s="1" t="s">
         <v>688</v>
       </c>
       <c r="C337" s="1" t="s">
         <v>689</v>
       </c>
       <c r="D337" s="3">
-        <v>21.99</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" s="1" t="s">
-        <v>643</v>
+        <v>635</v>
       </c>
       <c r="B338" s="1" t="s">
         <v>690</v>
       </c>
       <c r="C338" s="1" t="s">
         <v>691</v>
       </c>
       <c r="D338" s="3">
-        <v>23.99</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" s="1" t="s">
-        <v>643</v>
+        <v>635</v>
       </c>
       <c r="B339" s="1" t="s">
         <v>692</v>
       </c>
       <c r="C339" s="1" t="s">
         <v>693</v>
       </c>
       <c r="D339" s="3">
         <v>23.99</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" s="1" t="s">
-        <v>643</v>
+        <v>635</v>
       </c>
       <c r="B340" s="1" t="s">
         <v>694</v>
       </c>
       <c r="C340" s="1" t="s">
         <v>695</v>
       </c>
       <c r="D340" s="3">
-        <v>21.99</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" s="1" t="s">
-        <v>643</v>
+        <v>635</v>
       </c>
       <c r="B341" s="1" t="s">
         <v>696</v>
       </c>
       <c r="C341" s="1" t="s">
         <v>697</v>
       </c>
       <c r="D341" s="3">
-        <v>19.99</v>
+        <v>23.99</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" s="1" t="s">
-        <v>643</v>
+        <v>635</v>
       </c>
       <c r="B342" s="1" t="s">
         <v>698</v>
       </c>
       <c r="C342" s="1" t="s">
         <v>699</v>
       </c>
       <c r="D342" s="3">
-        <v>21.99</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" s="1" t="s">
-        <v>643</v>
+        <v>635</v>
       </c>
       <c r="B343" s="1" t="s">
         <v>700</v>
       </c>
       <c r="C343" s="1" t="s">
         <v>701</v>
       </c>
       <c r="D343" s="3">
         <v>23.99</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" s="1" t="s">
-        <v>643</v>
+        <v>635</v>
       </c>
       <c r="B344" s="1" t="s">
         <v>702</v>
       </c>
       <c r="C344" s="1" t="s">
         <v>703</v>
       </c>
       <c r="D344" s="3">
-        <v>18.99</v>
+        <v>23.99</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" s="1" t="s">
-        <v>643</v>
+        <v>635</v>
       </c>
       <c r="B345" s="1" t="s">
         <v>704</v>
       </c>
       <c r="C345" s="1" t="s">
         <v>705</v>
       </c>
       <c r="D345" s="3">
-        <v>23.99</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" s="1" t="s">
-        <v>643</v>
+        <v>635</v>
       </c>
       <c r="B346" s="1" t="s">
         <v>706</v>
       </c>
       <c r="C346" s="1" t="s">
         <v>707</v>
       </c>
       <c r="D346" s="3">
-        <v>19.99</v>
+        <v>23.99</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" s="1" t="s">
-        <v>643</v>
+        <v>635</v>
       </c>
       <c r="B347" s="1" t="s">
         <v>708</v>
       </c>
       <c r="C347" s="1" t="s">
         <v>709</v>
       </c>
       <c r="D347" s="3">
-        <v>23.99</v>
+        <v>21.99</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" s="1" t="s">
-        <v>643</v>
+        <v>635</v>
       </c>
       <c r="B348" s="1" t="s">
         <v>710</v>
       </c>
       <c r="C348" s="1" t="s">
         <v>711</v>
       </c>
       <c r="D348" s="3">
-        <v>23.99</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" s="1" t="s">
-        <v>643</v>
+        <v>635</v>
       </c>
       <c r="B349" s="1" t="s">
         <v>712</v>
       </c>
       <c r="C349" s="1" t="s">
         <v>713</v>
       </c>
       <c r="D349" s="3">
         <v>18.99</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" s="1" t="s">
-        <v>643</v>
+        <v>635</v>
       </c>
       <c r="B350" s="1" t="s">
         <v>714</v>
       </c>
       <c r="C350" s="1" t="s">
         <v>715</v>
       </c>
       <c r="D350" s="3">
-        <v>23.99</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" s="1" t="s">
-        <v>643</v>
+        <v>635</v>
       </c>
       <c r="B351" s="1" t="s">
         <v>716</v>
       </c>
       <c r="C351" s="1" t="s">
         <v>717</v>
       </c>
       <c r="D351" s="3">
         <v>21.99</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" s="1" t="s">
-        <v>643</v>
+        <v>635</v>
       </c>
       <c r="B352" s="1" t="s">
         <v>718</v>
       </c>
       <c r="C352" s="1" t="s">
         <v>719</v>
       </c>
       <c r="D352" s="3">
-        <v>18.99</v>
+        <v>29.99</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" s="1" t="s">
-        <v>643</v>
+        <v>635</v>
       </c>
       <c r="B353" s="1" t="s">
         <v>720</v>
       </c>
       <c r="C353" s="1" t="s">
         <v>721</v>
       </c>
       <c r="D353" s="3">
-        <v>18.99</v>
+        <v>4.99</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" s="1" t="s">
-        <v>643</v>
+        <v>635</v>
       </c>
       <c r="B354" s="1" t="s">
         <v>722</v>
       </c>
       <c r="C354" s="1" t="s">
         <v>723</v>
       </c>
       <c r="D354" s="3">
-        <v>18.99</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" s="1" t="s">
-        <v>643</v>
+        <v>635</v>
       </c>
       <c r="B355" s="1" t="s">
         <v>724</v>
       </c>
       <c r="C355" s="1" t="s">
         <v>725</v>
       </c>
       <c r="D355" s="3">
-        <v>21.99</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" s="1" t="s">
-        <v>643</v>
+        <v>635</v>
       </c>
       <c r="B356" s="1" t="s">
         <v>726</v>
       </c>
       <c r="C356" s="1" t="s">
         <v>727</v>
       </c>
       <c r="D356" s="3">
-        <v>29.99</v>
+        <v>4.99</v>
       </c>
     </row>
     <row r="357">
       <c r="A357" s="1" t="s">
-        <v>643</v>
+        <v>635</v>
       </c>
       <c r="B357" s="1" t="s">
         <v>728</v>
       </c>
       <c r="C357" s="1" t="s">
         <v>729</v>
       </c>
       <c r="D357" s="3">
         <v>4.99</v>
       </c>
     </row>
     <row r="358">
       <c r="A358" s="1" t="s">
-        <v>643</v>
+        <v>635</v>
       </c>
       <c r="B358" s="1" t="s">
         <v>730</v>
       </c>
       <c r="C358" s="1" t="s">
         <v>731</v>
       </c>
       <c r="D358" s="3">
-        <v>19.99</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="359">
       <c r="A359" s="1" t="s">
-        <v>643</v>
+        <v>635</v>
       </c>
       <c r="B359" s="1" t="s">
         <v>732</v>
       </c>
       <c r="C359" s="1" t="s">
         <v>733</v>
       </c>
       <c r="D359" s="3">
-        <v>19.99</v>
+        <v>18.99</v>
       </c>
     </row>
     <row r="360">
       <c r="A360" s="1" t="s">
-        <v>643</v>
+        <v>635</v>
       </c>
       <c r="B360" s="1" t="s">
         <v>734</v>
       </c>
       <c r="C360" s="1" t="s">
         <v>735</v>
       </c>
       <c r="D360" s="3">
-        <v>4.99</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="361">
       <c r="A361" s="1" t="s">
-        <v>643</v>
+        <v>635</v>
       </c>
       <c r="B361" s="1" t="s">
         <v>736</v>
       </c>
       <c r="C361" s="1" t="s">
         <v>737</v>
       </c>
       <c r="D361" s="3">
-        <v>4.99</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="362">
       <c r="A362" s="1" t="s">
-        <v>643</v>
+        <v>635</v>
       </c>
       <c r="B362" s="1" t="s">
         <v>738</v>
       </c>
       <c r="C362" s="1" t="s">
         <v>739</v>
       </c>
       <c r="D362" s="3">
-        <v>18.99</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="363">
       <c r="A363" s="1" t="s">
-        <v>643</v>
+        <v>635</v>
       </c>
       <c r="B363" s="1" t="s">
         <v>740</v>
       </c>
       <c r="C363" s="1" t="s">
         <v>741</v>
       </c>
       <c r="D363" s="3">
-        <v>18.99</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="364">
       <c r="A364" s="1" t="s">
-        <v>643</v>
+        <v>742</v>
       </c>
       <c r="B364" s="1" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="C364" s="1" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="D364" s="3">
-        <v>19.99</v>
+        <v>18.49</v>
       </c>
     </row>
     <row r="365">
       <c r="A365" s="1" t="s">
-        <v>643</v>
+        <v>745</v>
       </c>
       <c r="B365" s="1" t="s">
-        <v>744</v>
+        <v>746</v>
       </c>
       <c r="C365" s="1" t="s">
-        <v>745</v>
+        <v>747</v>
       </c>
       <c r="D365" s="3">
-        <v>19.99</v>
+        <v>22.49</v>
       </c>
     </row>
     <row r="366">
       <c r="A366" s="1" t="s">
-        <v>643</v>
+        <v>745</v>
       </c>
       <c r="B366" s="1" t="s">
-        <v>746</v>
+        <v>748</v>
       </c>
       <c r="C366" s="1" t="s">
-        <v>747</v>
+        <v>749</v>
       </c>
       <c r="D366" s="3">
-        <v>19.99</v>
+        <v>46.49</v>
       </c>
     </row>
     <row r="367">
       <c r="A367" s="1" t="s">
-        <v>643</v>
+        <v>745</v>
       </c>
       <c r="B367" s="1" t="s">
-        <v>748</v>
+        <v>750</v>
       </c>
       <c r="C367" s="1" t="s">
-        <v>749</v>
+        <v>751</v>
       </c>
       <c r="D367" s="3">
-        <v>19.99</v>
+        <v>20.49</v>
       </c>
     </row>
     <row r="368">
       <c r="A368" s="1" t="s">
-        <v>750</v>
+        <v>745</v>
       </c>
       <c r="B368" s="1" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="C368" s="1" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="D368" s="3">
-        <v>18.49</v>
+        <v>19.49</v>
       </c>
     </row>
     <row r="369">
       <c r="A369" s="1" t="s">
-        <v>750</v>
+        <v>745</v>
       </c>
       <c r="B369" s="1" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="C369" s="1" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="D369" s="3">
-        <v>18.49</v>
+        <v>32.99</v>
       </c>
     </row>
     <row r="370">
       <c r="A370" s="1" t="s">
-        <v>755</v>
+        <v>745</v>
       </c>
       <c r="B370" s="1" t="s">
         <v>756</v>
       </c>
       <c r="C370" s="1" t="s">
         <v>757</v>
       </c>
       <c r="D370" s="3">
-        <v>22.49</v>
+        <v>32.99</v>
       </c>
     </row>
     <row r="371">
       <c r="A371" s="1" t="s">
-        <v>755</v>
+        <v>745</v>
       </c>
       <c r="B371" s="1" t="s">
         <v>758</v>
       </c>
       <c r="C371" s="1" t="s">
         <v>759</v>
       </c>
       <c r="D371" s="3">
-        <v>46.49</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="372">
       <c r="A372" s="1" t="s">
-        <v>755</v>
+        <v>745</v>
       </c>
       <c r="B372" s="1" t="s">
         <v>760</v>
       </c>
       <c r="C372" s="1" t="s">
         <v>761</v>
       </c>
       <c r="D372" s="3">
-        <v>20.49</v>
+        <v>26.99</v>
       </c>
     </row>
     <row r="373">
       <c r="A373" s="1" t="s">
-        <v>755</v>
+        <v>745</v>
       </c>
       <c r="B373" s="1" t="s">
         <v>762</v>
       </c>
       <c r="C373" s="1" t="s">
         <v>763</v>
       </c>
       <c r="D373" s="3">
-        <v>19.49</v>
+        <v>29.49</v>
       </c>
     </row>
     <row r="374">
       <c r="A374" s="1" t="s">
-        <v>755</v>
+        <v>745</v>
       </c>
       <c r="B374" s="1" t="s">
         <v>764</v>
       </c>
       <c r="C374" s="1" t="s">
         <v>765</v>
       </c>
       <c r="D374" s="3">
-        <v>32.99</v>
+        <v>64.99</v>
       </c>
     </row>
     <row r="375">
       <c r="A375" s="1" t="s">
-        <v>755</v>
+        <v>745</v>
       </c>
       <c r="B375" s="1" t="s">
         <v>766</v>
       </c>
       <c r="C375" s="1" t="s">
         <v>767</v>
       </c>
       <c r="D375" s="3">
-        <v>32.99</v>
+        <v>24.49</v>
       </c>
     </row>
     <row r="376">
       <c r="A376" s="1" t="s">
-        <v>755</v>
+        <v>745</v>
       </c>
       <c r="B376" s="1" t="s">
         <v>768</v>
       </c>
       <c r="C376" s="1" t="s">
         <v>769</v>
       </c>
       <c r="D376" s="3">
-        <v>24.99</v>
+        <v>29.49</v>
       </c>
     </row>
     <row r="377">
       <c r="A377" s="1" t="s">
-        <v>755</v>
+        <v>745</v>
       </c>
       <c r="B377" s="1" t="s">
         <v>770</v>
       </c>
       <c r="C377" s="1" t="s">
         <v>771</v>
       </c>
       <c r="D377" s="3">
-        <v>26.99</v>
+        <v>24.49</v>
       </c>
     </row>
     <row r="378">
       <c r="A378" s="1" t="s">
-        <v>755</v>
+        <v>745</v>
       </c>
       <c r="B378" s="1" t="s">
         <v>772</v>
       </c>
       <c r="C378" s="1" t="s">
         <v>773</v>
       </c>
       <c r="D378" s="3">
         <v>29.49</v>
       </c>
     </row>
     <row r="379">
       <c r="A379" s="1" t="s">
-        <v>755</v>
+        <v>745</v>
       </c>
       <c r="B379" s="1" t="s">
         <v>774</v>
       </c>
       <c r="C379" s="1" t="s">
         <v>775</v>
       </c>
       <c r="D379" s="3">
-        <v>64.99</v>
+        <v>30.49</v>
       </c>
     </row>
     <row r="380">
       <c r="A380" s="1" t="s">
-        <v>755</v>
+        <v>745</v>
       </c>
       <c r="B380" s="1" t="s">
         <v>776</v>
       </c>
       <c r="C380" s="1" t="s">
         <v>777</v>
       </c>
       <c r="D380" s="3">
-        <v>24.49</v>
+        <v>30.49</v>
       </c>
     </row>
     <row r="381">
       <c r="A381" s="1" t="s">
-        <v>755</v>
+        <v>745</v>
       </c>
       <c r="B381" s="1" t="s">
         <v>778</v>
       </c>
       <c r="C381" s="1" t="s">
         <v>779</v>
       </c>
       <c r="D381" s="3">
-        <v>29.49</v>
+        <v>20.99</v>
       </c>
     </row>
     <row r="382">
       <c r="A382" s="1" t="s">
-        <v>755</v>
+        <v>745</v>
       </c>
       <c r="B382" s="1" t="s">
         <v>780</v>
       </c>
       <c r="C382" s="1" t="s">
         <v>781</v>
       </c>
       <c r="D382" s="3">
         <v>24.49</v>
       </c>
     </row>
     <row r="383">
       <c r="A383" s="1" t="s">
-        <v>755</v>
+        <v>745</v>
       </c>
       <c r="B383" s="1" t="s">
         <v>782</v>
       </c>
       <c r="C383" s="1" t="s">
         <v>783</v>
       </c>
       <c r="D383" s="3">
-        <v>29.49</v>
+        <v>24.49</v>
       </c>
     </row>
     <row r="384">
       <c r="A384" s="1" t="s">
-        <v>755</v>
+        <v>745</v>
       </c>
       <c r="B384" s="1" t="s">
         <v>784</v>
       </c>
       <c r="C384" s="1" t="s">
         <v>785</v>
       </c>
       <c r="D384" s="3">
-        <v>30.49</v>
+        <v>24.49</v>
       </c>
     </row>
     <row r="385">
       <c r="A385" s="1" t="s">
-        <v>755</v>
+        <v>745</v>
       </c>
       <c r="B385" s="1" t="s">
         <v>786</v>
       </c>
       <c r="C385" s="1" t="s">
         <v>787</v>
       </c>
       <c r="D385" s="3">
-        <v>30.49</v>
+        <v>24.49</v>
       </c>
     </row>
     <row r="386">
       <c r="A386" s="1" t="s">
-        <v>755</v>
+        <v>745</v>
       </c>
       <c r="B386" s="1" t="s">
         <v>788</v>
       </c>
       <c r="C386" s="1" t="s">
         <v>789</v>
       </c>
       <c r="D386" s="3">
-        <v>20.99</v>
+        <v>25.49</v>
       </c>
     </row>
     <row r="387">
       <c r="A387" s="1" t="s">
-        <v>755</v>
+        <v>745</v>
       </c>
       <c r="B387" s="1" t="s">
         <v>790</v>
       </c>
       <c r="C387" s="1" t="s">
         <v>791</v>
       </c>
       <c r="D387" s="3">
-        <v>24.49</v>
+        <v>31.99</v>
       </c>
     </row>
     <row r="388">
       <c r="A388" s="1" t="s">
-        <v>755</v>
+        <v>745</v>
       </c>
       <c r="B388" s="1" t="s">
         <v>792</v>
       </c>
       <c r="C388" s="1" t="s">
         <v>793</v>
       </c>
       <c r="D388" s="3">
         <v>24.49</v>
       </c>
     </row>
     <row r="389">
       <c r="A389" s="1" t="s">
-        <v>755</v>
+        <v>745</v>
       </c>
       <c r="B389" s="1" t="s">
         <v>794</v>
       </c>
       <c r="C389" s="1" t="s">
         <v>795</v>
       </c>
       <c r="D389" s="3">
-        <v>24.49</v>
+        <v>53.49</v>
       </c>
     </row>
     <row r="390">
       <c r="A390" s="1" t="s">
-        <v>755</v>
+        <v>745</v>
       </c>
       <c r="B390" s="1" t="s">
         <v>796</v>
       </c>
       <c r="C390" s="1" t="s">
         <v>797</v>
       </c>
       <c r="D390" s="3">
-        <v>24.49</v>
+        <v>23.99</v>
       </c>
     </row>
     <row r="391">
       <c r="A391" s="1" t="s">
-        <v>755</v>
+        <v>745</v>
       </c>
       <c r="B391" s="1" t="s">
         <v>798</v>
       </c>
       <c r="C391" s="1" t="s">
         <v>799</v>
       </c>
       <c r="D391" s="3">
-        <v>25.49</v>
+        <v>27.99</v>
       </c>
     </row>
     <row r="392">
       <c r="A392" s="1" t="s">
-        <v>755</v>
+        <v>745</v>
       </c>
       <c r="B392" s="1" t="s">
         <v>800</v>
       </c>
       <c r="C392" s="1" t="s">
         <v>801</v>
       </c>
       <c r="D392" s="3">
         <v>31.99</v>
       </c>
     </row>
     <row r="393">
       <c r="A393" s="1" t="s">
-        <v>755</v>
+        <v>802</v>
       </c>
       <c r="B393" s="1" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
       <c r="C393" s="1" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="D393" s="3">
-        <v>24.49</v>
+        <v>47.99</v>
       </c>
     </row>
     <row r="394">
       <c r="A394" s="1" t="s">
-        <v>755</v>
+        <v>802</v>
       </c>
       <c r="B394" s="1" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="C394" s="1" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="D394" s="3">
-        <v>53.49</v>
+        <v>61.75</v>
       </c>
     </row>
     <row r="395">
       <c r="A395" s="1" t="s">
-        <v>755</v>
+        <v>802</v>
       </c>
       <c r="B395" s="1" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="C395" s="1" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="D395" s="3">
-        <v>23.99</v>
+        <v>63.99</v>
       </c>
     </row>
     <row r="396">
       <c r="A396" s="1" t="s">
-        <v>755</v>
+        <v>802</v>
       </c>
       <c r="B396" s="1" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="C396" s="1" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
       <c r="D396" s="3">
-        <v>27.99</v>
+        <v>79.99</v>
       </c>
     </row>
     <row r="397">
       <c r="A397" s="1" t="s">
-        <v>755</v>
+        <v>802</v>
       </c>
       <c r="B397" s="1" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="C397" s="1" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
       <c r="D397" s="3">
-        <v>31.99</v>
+        <v>105</v>
       </c>
     </row>
     <row r="398">
       <c r="A398" s="1" t="s">
-        <v>812</v>
+        <v>802</v>
       </c>
       <c r="B398" s="1" t="s">
         <v>813</v>
       </c>
       <c r="C398" s="1" t="s">
         <v>814</v>
       </c>
       <c r="D398" s="3">
-        <v>47.99</v>
+        <v>22.49</v>
       </c>
     </row>
     <row r="399">
       <c r="A399" s="1" t="s">
-        <v>812</v>
+        <v>802</v>
       </c>
       <c r="B399" s="1" t="s">
         <v>815</v>
       </c>
       <c r="C399" s="1" t="s">
         <v>816</v>
       </c>
       <c r="D399" s="3">
-        <v>61.75</v>
+        <v>25.49</v>
       </c>
     </row>
     <row r="400">
       <c r="A400" s="1" t="s">
-        <v>812</v>
+        <v>802</v>
       </c>
       <c r="B400" s="1" t="s">
         <v>817</v>
       </c>
       <c r="C400" s="1" t="s">
         <v>818</v>
       </c>
       <c r="D400" s="3">
-        <v>63.99</v>
+        <v>24.49</v>
       </c>
     </row>
     <row r="401">
       <c r="A401" s="1" t="s">
-        <v>812</v>
+        <v>802</v>
       </c>
       <c r="B401" s="1" t="s">
         <v>819</v>
       </c>
       <c r="C401" s="1" t="s">
         <v>820</v>
       </c>
       <c r="D401" s="3">
-        <v>79.99</v>
+        <v>42.99</v>
       </c>
     </row>
     <row r="402">
       <c r="A402" s="1" t="s">
-        <v>812</v>
+        <v>802</v>
       </c>
       <c r="B402" s="1" t="s">
         <v>821</v>
       </c>
       <c r="C402" s="1" t="s">
         <v>822</v>
       </c>
       <c r="D402" s="3">
-        <v>105</v>
+        <v>46.99</v>
       </c>
     </row>
     <row r="403">
       <c r="A403" s="1" t="s">
-        <v>812</v>
+        <v>802</v>
       </c>
       <c r="B403" s="1" t="s">
         <v>823</v>
       </c>
       <c r="C403" s="1" t="s">
         <v>824</v>
       </c>
       <c r="D403" s="3">
-        <v>22.49</v>
+        <v>37.49</v>
       </c>
     </row>
     <row r="404">
       <c r="A404" s="1" t="s">
-        <v>812</v>
+        <v>802</v>
       </c>
       <c r="B404" s="1" t="s">
         <v>825</v>
       </c>
       <c r="C404" s="1" t="s">
         <v>826</v>
       </c>
       <c r="D404" s="3">
-        <v>25.49</v>
+        <v>28.49</v>
       </c>
     </row>
     <row r="405">
       <c r="A405" s="1" t="s">
-        <v>812</v>
+        <v>802</v>
       </c>
       <c r="B405" s="1" t="s">
         <v>827</v>
       </c>
       <c r="C405" s="1" t="s">
         <v>828</v>
       </c>
       <c r="D405" s="3">
-        <v>24.49</v>
+        <v>30.49</v>
       </c>
     </row>
     <row r="406">
       <c r="A406" s="1" t="s">
-        <v>812</v>
+        <v>829</v>
       </c>
       <c r="B406" s="1" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
       <c r="C406" s="1" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="D406" s="3">
-        <v>42.99</v>
+        <v>22.49</v>
       </c>
     </row>
     <row r="407">
       <c r="A407" s="1" t="s">
-        <v>812</v>
+        <v>829</v>
       </c>
       <c r="B407" s="1" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
       <c r="C407" s="1" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="D407" s="3">
-        <v>46.99</v>
+        <v>23.49</v>
       </c>
     </row>
     <row r="408">
       <c r="A408" s="1" t="s">
-        <v>812</v>
+        <v>829</v>
       </c>
       <c r="B408" s="1" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
       <c r="C408" s="1" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="D408" s="3">
-        <v>37.49</v>
+        <v>22.49</v>
       </c>
     </row>
     <row r="409">
       <c r="A409" s="1" t="s">
-        <v>812</v>
+        <v>829</v>
       </c>
       <c r="B409" s="1" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="C409" s="1" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="D409" s="3">
-        <v>28.49</v>
+        <v>22.49</v>
       </c>
     </row>
     <row r="410">
       <c r="A410" s="1" t="s">
-        <v>812</v>
+        <v>829</v>
       </c>
       <c r="B410" s="1" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="C410" s="1" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
       <c r="D410" s="3">
-        <v>30.49</v>
+        <v>39.49</v>
       </c>
     </row>
     <row r="411">
       <c r="A411" s="1" t="s">
-        <v>839</v>
+        <v>829</v>
       </c>
       <c r="B411" s="1" t="s">
         <v>840</v>
       </c>
       <c r="C411" s="1" t="s">
         <v>841</v>
       </c>
       <c r="D411" s="3">
-        <v>22.49</v>
+        <v>49.99</v>
       </c>
     </row>
     <row r="412">
       <c r="A412" s="1" t="s">
-        <v>839</v>
+        <v>829</v>
       </c>
       <c r="B412" s="1" t="s">
         <v>842</v>
       </c>
       <c r="C412" s="1" t="s">
         <v>843</v>
       </c>
       <c r="D412" s="3">
-        <v>23.49</v>
+        <v>35.49</v>
       </c>
     </row>
     <row r="413">
       <c r="A413" s="1" t="s">
-        <v>839</v>
+        <v>829</v>
       </c>
       <c r="B413" s="1" t="s">
         <v>844</v>
       </c>
       <c r="C413" s="1" t="s">
         <v>845</v>
       </c>
       <c r="D413" s="3">
-        <v>22.49</v>
+        <v>35.49</v>
       </c>
     </row>
     <row r="414">
       <c r="A414" s="1" t="s">
-        <v>839</v>
+        <v>829</v>
       </c>
       <c r="B414" s="1" t="s">
         <v>846</v>
       </c>
       <c r="C414" s="1" t="s">
         <v>847</v>
       </c>
       <c r="D414" s="3">
-        <v>22.49</v>
+        <v>41.5</v>
       </c>
     </row>
     <row r="415">
       <c r="A415" s="1" t="s">
-        <v>839</v>
+        <v>829</v>
       </c>
       <c r="B415" s="1" t="s">
         <v>848</v>
       </c>
       <c r="C415" s="1" t="s">
         <v>849</v>
       </c>
       <c r="D415" s="3">
-        <v>39.49</v>
+        <v>40.49</v>
       </c>
     </row>
     <row r="416">
       <c r="A416" s="1" t="s">
-        <v>839</v>
+        <v>829</v>
       </c>
       <c r="B416" s="1" t="s">
         <v>850</v>
       </c>
       <c r="C416" s="1" t="s">
         <v>851</v>
       </c>
       <c r="D416" s="3">
-        <v>49.99</v>
+        <v>26.49</v>
       </c>
     </row>
     <row r="417">
       <c r="A417" s="1" t="s">
-        <v>839</v>
+        <v>829</v>
       </c>
       <c r="B417" s="1" t="s">
         <v>852</v>
       </c>
       <c r="C417" s="1" t="s">
         <v>853</v>
       </c>
       <c r="D417" s="3">
-        <v>35.49</v>
+        <v>21.49</v>
       </c>
     </row>
     <row r="418">
       <c r="A418" s="1" t="s">
-        <v>839</v>
+        <v>829</v>
       </c>
       <c r="B418" s="1" t="s">
         <v>854</v>
       </c>
       <c r="C418" s="1" t="s">
         <v>855</v>
       </c>
       <c r="D418" s="3">
-        <v>35.49</v>
+        <v>43.49</v>
       </c>
     </row>
     <row r="419">
       <c r="A419" s="1" t="s">
-        <v>839</v>
+        <v>829</v>
       </c>
       <c r="B419" s="1" t="s">
         <v>856</v>
       </c>
       <c r="C419" s="1" t="s">
         <v>857</v>
       </c>
       <c r="D419" s="3">
-        <v>41.5</v>
+        <v>15.49</v>
       </c>
     </row>
     <row r="420">
       <c r="A420" s="1" t="s">
-        <v>839</v>
+        <v>829</v>
       </c>
       <c r="B420" s="1" t="s">
         <v>858</v>
       </c>
       <c r="C420" s="1" t="s">
         <v>859</v>
       </c>
       <c r="D420" s="3">
-        <v>40.49</v>
+        <v>2.99</v>
       </c>
     </row>
     <row r="421">
       <c r="A421" s="1" t="s">
-        <v>839</v>
+        <v>829</v>
       </c>
       <c r="B421" s="1" t="s">
         <v>860</v>
       </c>
       <c r="C421" s="1" t="s">
         <v>861</v>
       </c>
       <c r="D421" s="3">
-        <v>26.49</v>
+        <v>15.49</v>
       </c>
     </row>
     <row r="422">
       <c r="A422" s="1" t="s">
-        <v>839</v>
+        <v>829</v>
       </c>
       <c r="B422" s="1" t="s">
         <v>862</v>
       </c>
       <c r="C422" s="1" t="s">
         <v>863</v>
       </c>
       <c r="D422" s="3">
-        <v>21.49</v>
+        <v>2.99</v>
       </c>
     </row>
     <row r="423">
       <c r="A423" s="1" t="s">
-        <v>839</v>
+        <v>829</v>
       </c>
       <c r="B423" s="1" t="s">
         <v>864</v>
       </c>
       <c r="C423" s="1" t="s">
         <v>865</v>
       </c>
       <c r="D423" s="3">
-        <v>43.49</v>
+        <v>20.99</v>
       </c>
     </row>
     <row r="424">
       <c r="A424" s="1" t="s">
-        <v>839</v>
+        <v>829</v>
       </c>
       <c r="B424" s="1" t="s">
         <v>866</v>
       </c>
       <c r="C424" s="1" t="s">
         <v>867</v>
       </c>
       <c r="D424" s="3">
-        <v>15.49</v>
+        <v>8.99</v>
       </c>
     </row>
     <row r="425">
       <c r="A425" s="1" t="s">
-        <v>839</v>
+        <v>829</v>
       </c>
       <c r="B425" s="1" t="s">
         <v>868</v>
       </c>
       <c r="C425" s="1" t="s">
         <v>869</v>
       </c>
       <c r="D425" s="3">
         <v>2.99</v>
       </c>
     </row>
     <row r="426">
       <c r="A426" s="1" t="s">
-        <v>839</v>
+        <v>829</v>
       </c>
       <c r="B426" s="1" t="s">
         <v>870</v>
       </c>
       <c r="C426" s="1" t="s">
         <v>871</v>
       </c>
       <c r="D426" s="3">
-        <v>15.49</v>
+        <v>41.99</v>
       </c>
     </row>
     <row r="427">
       <c r="A427" s="1" t="s">
-        <v>839</v>
+        <v>829</v>
       </c>
       <c r="B427" s="1" t="s">
         <v>872</v>
       </c>
       <c r="C427" s="1" t="s">
         <v>873</v>
       </c>
       <c r="D427" s="3">
-        <v>2.99</v>
+        <v>37.49</v>
       </c>
     </row>
     <row r="428">
       <c r="A428" s="1" t="s">
-        <v>839</v>
+        <v>829</v>
       </c>
       <c r="B428" s="1" t="s">
         <v>874</v>
       </c>
       <c r="C428" s="1" t="s">
         <v>875</v>
       </c>
       <c r="D428" s="3">
-        <v>20.99</v>
+        <v>5.49</v>
       </c>
     </row>
     <row r="429">
       <c r="A429" s="1" t="s">
-        <v>839</v>
+        <v>829</v>
       </c>
       <c r="B429" s="1" t="s">
         <v>876</v>
       </c>
       <c r="C429" s="1" t="s">
         <v>877</v>
       </c>
       <c r="D429" s="3">
-        <v>8.99</v>
+        <v>33.49</v>
       </c>
     </row>
     <row r="430">
       <c r="A430" s="1" t="s">
-        <v>839</v>
+        <v>829</v>
       </c>
       <c r="B430" s="1" t="s">
         <v>878</v>
       </c>
       <c r="C430" s="1" t="s">
         <v>879</v>
       </c>
       <c r="D430" s="3">
-        <v>2.99</v>
+        <v>33.49</v>
       </c>
     </row>
     <row r="431">
       <c r="A431" s="1" t="s">
-        <v>839</v>
+        <v>829</v>
       </c>
       <c r="B431" s="1" t="s">
         <v>880</v>
       </c>
       <c r="C431" s="1" t="s">
         <v>881</v>
       </c>
       <c r="D431" s="3">
-        <v>41.99</v>
+        <v>33.49</v>
       </c>
     </row>
     <row r="432">
       <c r="A432" s="1" t="s">
-        <v>839</v>
+        <v>829</v>
       </c>
       <c r="B432" s="1" t="s">
         <v>882</v>
       </c>
       <c r="C432" s="1" t="s">
         <v>883</v>
       </c>
       <c r="D432" s="3">
-        <v>37.49</v>
+        <v>5.49</v>
       </c>
     </row>
     <row r="433">
       <c r="A433" s="1" t="s">
-        <v>839</v>
+        <v>829</v>
       </c>
       <c r="B433" s="1" t="s">
         <v>884</v>
       </c>
       <c r="C433" s="1" t="s">
         <v>885</v>
       </c>
       <c r="D433" s="3">
-        <v>5.49</v>
+        <v>34.99</v>
       </c>
     </row>
     <row r="434">
       <c r="A434" s="1" t="s">
-        <v>839</v>
+        <v>829</v>
       </c>
       <c r="B434" s="1" t="s">
         <v>886</v>
       </c>
       <c r="C434" s="1" t="s">
         <v>887</v>
       </c>
       <c r="D434" s="3">
-        <v>33.49</v>
+        <v>18.49</v>
       </c>
     </row>
     <row r="435">
       <c r="A435" s="1" t="s">
-        <v>839</v>
+        <v>829</v>
       </c>
       <c r="B435" s="1" t="s">
         <v>888</v>
       </c>
       <c r="C435" s="1" t="s">
         <v>889</v>
       </c>
       <c r="D435" s="3">
-        <v>33.49</v>
+        <v>37.49</v>
       </c>
     </row>
     <row r="436">
       <c r="A436" s="1" t="s">
-        <v>839</v>
+        <v>829</v>
       </c>
       <c r="B436" s="1" t="s">
         <v>890</v>
       </c>
       <c r="C436" s="1" t="s">
         <v>891</v>
       </c>
       <c r="D436" s="3">
-        <v>33.49</v>
+        <v>20.49</v>
       </c>
     </row>
     <row r="437">
       <c r="A437" s="1" t="s">
-        <v>839</v>
+        <v>829</v>
       </c>
       <c r="B437" s="1" t="s">
         <v>892</v>
       </c>
       <c r="C437" s="1" t="s">
         <v>893</v>
       </c>
       <c r="D437" s="3">
-        <v>5.49</v>
+        <v>41.49</v>
       </c>
     </row>
     <row r="438">
       <c r="A438" s="1" t="s">
-        <v>839</v>
+        <v>829</v>
       </c>
       <c r="B438" s="1" t="s">
         <v>894</v>
       </c>
       <c r="C438" s="1" t="s">
         <v>895</v>
       </c>
       <c r="D438" s="3">
-        <v>34.99</v>
+        <v>21.49</v>
       </c>
     </row>
     <row r="439">
       <c r="A439" s="1" t="s">
-        <v>839</v>
+        <v>896</v>
       </c>
       <c r="B439" s="1" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="C439" s="1" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="D439" s="3">
-        <v>18.49</v>
+        <v>59.99</v>
       </c>
     </row>
     <row r="440">
       <c r="A440" s="1" t="s">
-        <v>839</v>
+        <v>896</v>
       </c>
       <c r="B440" s="1" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
       <c r="C440" s="1" t="s">
-        <v>899</v>
+        <v>900</v>
       </c>
       <c r="D440" s="3">
-        <v>37.49</v>
+        <v>52.49</v>
       </c>
     </row>
     <row r="441">
       <c r="A441" s="1" t="s">
-        <v>839</v>
+        <v>896</v>
       </c>
       <c r="B441" s="1" t="s">
-        <v>900</v>
+        <v>901</v>
       </c>
       <c r="C441" s="1" t="s">
-        <v>901</v>
+        <v>902</v>
       </c>
       <c r="D441" s="3">
-        <v>20.49</v>
+        <v>140</v>
       </c>
     </row>
     <row r="442">
       <c r="A442" s="1" t="s">
-        <v>839</v>
+        <v>896</v>
       </c>
       <c r="B442" s="1" t="s">
-        <v>902</v>
+        <v>903</v>
       </c>
       <c r="C442" s="1" t="s">
-        <v>903</v>
+        <v>904</v>
       </c>
       <c r="D442" s="3">
-        <v>41.49</v>
+        <v>120</v>
       </c>
     </row>
     <row r="443">
       <c r="A443" s="1" t="s">
-        <v>839</v>
+        <v>896</v>
       </c>
       <c r="B443" s="1" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
       <c r="C443" s="1" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
       <c r="D443" s="3">
-        <v>21.49</v>
+        <v>670</v>
       </c>
     </row>
     <row r="444">
       <c r="A444" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B444" s="1" t="s">
         <v>907</v>
       </c>
       <c r="C444" s="1" t="s">
         <v>908</v>
       </c>
       <c r="D444" s="3">
-        <v>59.99</v>
+        <v>70.49</v>
       </c>
     </row>
     <row r="445">
       <c r="A445" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B445" s="1" t="s">
         <v>909</v>
       </c>
       <c r="C445" s="1" t="s">
         <v>910</v>
       </c>
       <c r="D445" s="3">
-        <v>52.49</v>
+        <v>52.5</v>
       </c>
     </row>
     <row r="446">
       <c r="A446" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B446" s="1" t="s">
         <v>911</v>
       </c>
       <c r="C446" s="1" t="s">
         <v>912</v>
       </c>
       <c r="D446" s="3">
-        <v>140</v>
+        <v>57.99</v>
       </c>
     </row>
     <row r="447">
       <c r="A447" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B447" s="1" t="s">
         <v>913</v>
       </c>
       <c r="C447" s="1" t="s">
         <v>914</v>
       </c>
       <c r="D447" s="3">
-        <v>120</v>
+        <v>22.49</v>
       </c>
     </row>
     <row r="448">
       <c r="A448" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B448" s="1" t="s">
         <v>915</v>
       </c>
       <c r="C448" s="1" t="s">
         <v>916</v>
       </c>
       <c r="D448" s="3">
-        <v>670</v>
+        <v>44.49</v>
       </c>
     </row>
     <row r="449">
       <c r="A449" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B449" s="1" t="s">
         <v>917</v>
       </c>
       <c r="C449" s="1" t="s">
         <v>918</v>
       </c>
       <c r="D449" s="3">
-        <v>70.49</v>
+        <v>295</v>
       </c>
     </row>
     <row r="450">
       <c r="A450" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B450" s="1" t="s">
         <v>919</v>
       </c>
       <c r="C450" s="1" t="s">
         <v>920</v>
       </c>
       <c r="D450" s="3">
-        <v>52.5</v>
+        <v>150</v>
       </c>
     </row>
     <row r="451">
       <c r="A451" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B451" s="1" t="s">
         <v>921</v>
       </c>
       <c r="C451" s="1" t="s">
         <v>922</v>
       </c>
       <c r="D451" s="3">
-        <v>57.99</v>
+        <v>191.5</v>
       </c>
     </row>
     <row r="452">
       <c r="A452" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B452" s="1" t="s">
         <v>923</v>
       </c>
       <c r="C452" s="1" t="s">
         <v>924</v>
       </c>
       <c r="D452" s="3">
-        <v>22.49</v>
+        <v>32.49</v>
       </c>
     </row>
     <row r="453">
       <c r="A453" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B453" s="1" t="s">
         <v>925</v>
       </c>
       <c r="C453" s="1" t="s">
         <v>926</v>
       </c>
       <c r="D453" s="3">
-        <v>44.49</v>
+        <v>32.4</v>
       </c>
     </row>
     <row r="454">
       <c r="A454" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B454" s="1" t="s">
         <v>927</v>
       </c>
       <c r="C454" s="1" t="s">
         <v>928</v>
       </c>
       <c r="D454" s="3">
-        <v>295</v>
+        <v>45.49</v>
       </c>
     </row>
     <row r="455">
       <c r="A455" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B455" s="1" t="s">
         <v>929</v>
       </c>
       <c r="C455" s="1" t="s">
         <v>930</v>
       </c>
       <c r="D455" s="3">
-        <v>150</v>
+        <v>30.99</v>
       </c>
     </row>
     <row r="456">
       <c r="A456" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B456" s="1" t="s">
         <v>931</v>
       </c>
       <c r="C456" s="1" t="s">
         <v>932</v>
       </c>
       <c r="D456" s="3">
-        <v>191.5</v>
+        <v>27.49</v>
       </c>
     </row>
     <row r="457">
       <c r="A457" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B457" s="1" t="s">
         <v>933</v>
       </c>
       <c r="C457" s="1" t="s">
         <v>934</v>
       </c>
       <c r="D457" s="3">
-        <v>32.49</v>
+        <v>300</v>
       </c>
     </row>
     <row r="458">
       <c r="A458" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B458" s="1" t="s">
         <v>935</v>
       </c>
       <c r="C458" s="1" t="s">
         <v>936</v>
       </c>
       <c r="D458" s="3">
-        <v>32.4</v>
+        <v>85</v>
       </c>
     </row>
     <row r="459">
       <c r="A459" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B459" s="1" t="s">
         <v>937</v>
       </c>
       <c r="C459" s="1" t="s">
         <v>938</v>
       </c>
       <c r="D459" s="3">
-        <v>45.49</v>
+        <v>59.99</v>
       </c>
     </row>
     <row r="460">
       <c r="A460" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B460" s="1" t="s">
         <v>939</v>
       </c>
       <c r="C460" s="1" t="s">
         <v>940</v>
       </c>
       <c r="D460" s="3">
-        <v>30.99</v>
+        <v>49.99</v>
       </c>
     </row>
     <row r="461">
       <c r="A461" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B461" s="1" t="s">
         <v>941</v>
       </c>
       <c r="C461" s="1" t="s">
         <v>942</v>
       </c>
       <c r="D461" s="3">
-        <v>27.49</v>
+        <v>63.5</v>
       </c>
     </row>
     <row r="462">
       <c r="A462" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B462" s="1" t="s">
         <v>943</v>
       </c>
       <c r="C462" s="1" t="s">
         <v>944</v>
       </c>
       <c r="D462" s="3">
-        <v>300</v>
+        <v>95.49</v>
       </c>
     </row>
     <row r="463">
       <c r="A463" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B463" s="1" t="s">
         <v>945</v>
       </c>
       <c r="C463" s="1" t="s">
         <v>946</v>
       </c>
       <c r="D463" s="3">
-        <v>85</v>
+        <v>60.49</v>
       </c>
     </row>
     <row r="464">
       <c r="A464" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B464" s="1" t="s">
         <v>947</v>
       </c>
       <c r="C464" s="1" t="s">
         <v>948</v>
       </c>
       <c r="D464" s="3">
-        <v>59.99</v>
+        <v>30</v>
       </c>
     </row>
     <row r="465">
       <c r="A465" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B465" s="1" t="s">
         <v>949</v>
       </c>
       <c r="C465" s="1" t="s">
         <v>950</v>
       </c>
       <c r="D465" s="3">
-        <v>49.99</v>
+        <v>70.49</v>
       </c>
     </row>
     <row r="466">
       <c r="A466" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B466" s="1" t="s">
         <v>951</v>
       </c>
       <c r="C466" s="1" t="s">
         <v>952</v>
       </c>
       <c r="D466" s="3">
-        <v>63.5</v>
+        <v>115</v>
       </c>
     </row>
     <row r="467">
       <c r="A467" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B467" s="1" t="s">
         <v>953</v>
       </c>
       <c r="C467" s="1" t="s">
         <v>954</v>
       </c>
       <c r="D467" s="3">
-        <v>95.49</v>
+        <v>315</v>
       </c>
     </row>
     <row r="468">
       <c r="A468" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B468" s="1" t="s">
         <v>955</v>
       </c>
       <c r="C468" s="1" t="s">
         <v>956</v>
       </c>
       <c r="D468" s="3">
-        <v>60.49</v>
+        <v>275</v>
       </c>
     </row>
     <row r="469">
       <c r="A469" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B469" s="1" t="s">
         <v>957</v>
       </c>
       <c r="C469" s="1" t="s">
         <v>958</v>
       </c>
       <c r="D469" s="3">
-        <v>30</v>
+        <v>79.99</v>
       </c>
     </row>
     <row r="470">
       <c r="A470" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B470" s="1" t="s">
         <v>959</v>
       </c>
       <c r="C470" s="1" t="s">
         <v>960</v>
       </c>
       <c r="D470" s="3">
-        <v>70.49</v>
+        <v>400</v>
       </c>
     </row>
     <row r="471">
       <c r="A471" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B471" s="1" t="s">
         <v>961</v>
       </c>
       <c r="C471" s="1" t="s">
         <v>962</v>
       </c>
       <c r="D471" s="3">
-        <v>115</v>
+        <v>150</v>
       </c>
     </row>
     <row r="472">
       <c r="A472" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B472" s="1" t="s">
         <v>963</v>
       </c>
       <c r="C472" s="1" t="s">
         <v>964</v>
       </c>
       <c r="D472" s="3">
-        <v>315</v>
+        <v>175</v>
       </c>
     </row>
     <row r="473">
       <c r="A473" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B473" s="1" t="s">
         <v>965</v>
       </c>
       <c r="C473" s="1" t="s">
         <v>966</v>
       </c>
       <c r="D473" s="3">
-        <v>275</v>
+        <v>48.49</v>
       </c>
     </row>
     <row r="474">
       <c r="A474" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B474" s="1" t="s">
         <v>967</v>
       </c>
       <c r="C474" s="1" t="s">
         <v>968</v>
       </c>
       <c r="D474" s="3">
-        <v>79.99</v>
+        <v>20.49</v>
       </c>
     </row>
     <row r="475">
       <c r="A475" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B475" s="1" t="s">
         <v>969</v>
       </c>
       <c r="C475" s="1" t="s">
         <v>970</v>
       </c>
       <c r="D475" s="3">
-        <v>400</v>
+        <v>49.99</v>
       </c>
     </row>
     <row r="476">
       <c r="A476" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B476" s="1" t="s">
         <v>971</v>
       </c>
       <c r="C476" s="1" t="s">
         <v>972</v>
       </c>
       <c r="D476" s="3">
-        <v>150</v>
+        <v>70.5</v>
       </c>
     </row>
     <row r="477">
       <c r="A477" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B477" s="1" t="s">
         <v>973</v>
       </c>
       <c r="C477" s="1" t="s">
         <v>974</v>
       </c>
       <c r="D477" s="3">
-        <v>175</v>
+        <v>64.99</v>
       </c>
     </row>
     <row r="478">
       <c r="A478" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B478" s="1" t="s">
         <v>975</v>
       </c>
       <c r="C478" s="1" t="s">
         <v>976</v>
       </c>
       <c r="D478" s="3">
-        <v>48.49</v>
+        <v>56.5</v>
       </c>
     </row>
     <row r="479">
       <c r="A479" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B479" s="1" t="s">
         <v>977</v>
       </c>
       <c r="C479" s="1" t="s">
         <v>978</v>
       </c>
       <c r="D479" s="3">
-        <v>20.49</v>
+        <v>65</v>
       </c>
     </row>
     <row r="480">
       <c r="A480" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B480" s="1" t="s">
         <v>979</v>
       </c>
       <c r="C480" s="1" t="s">
         <v>980</v>
       </c>
       <c r="D480" s="3">
-        <v>49.99</v>
+        <v>65.5</v>
       </c>
     </row>
     <row r="481">
       <c r="A481" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B481" s="1" t="s">
         <v>981</v>
       </c>
       <c r="C481" s="1" t="s">
         <v>982</v>
       </c>
       <c r="D481" s="3">
-        <v>70.5</v>
+        <v>79.99</v>
       </c>
     </row>
     <row r="482">
       <c r="A482" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B482" s="1" t="s">
         <v>983</v>
       </c>
       <c r="C482" s="1" t="s">
         <v>984</v>
       </c>
       <c r="D482" s="3">
-        <v>56.5</v>
+        <v>80.49</v>
       </c>
     </row>
     <row r="483">
       <c r="A483" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B483" s="1" t="s">
         <v>985</v>
       </c>
       <c r="C483" s="1" t="s">
         <v>986</v>
       </c>
       <c r="D483" s="3">
-        <v>65</v>
+        <v>80.5</v>
       </c>
     </row>
     <row r="484">
       <c r="A484" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B484" s="1" t="s">
         <v>987</v>
       </c>
       <c r="C484" s="1" t="s">
         <v>988</v>
       </c>
       <c r="D484" s="3">
-        <v>61.5</v>
+        <v>65.49</v>
       </c>
     </row>
     <row r="485">
       <c r="A485" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B485" s="1" t="s">
         <v>989</v>
       </c>
       <c r="C485" s="1" t="s">
         <v>990</v>
       </c>
       <c r="D485" s="3">
-        <v>65.5</v>
+        <v>65</v>
       </c>
     </row>
     <row r="486">
       <c r="A486" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B486" s="1" t="s">
         <v>991</v>
       </c>
       <c r="C486" s="1" t="s">
         <v>992</v>
       </c>
       <c r="D486" s="3">
-        <v>80.49</v>
+        <v>530</v>
       </c>
     </row>
     <row r="487">
       <c r="A487" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B487" s="1" t="s">
         <v>993</v>
       </c>
       <c r="C487" s="1" t="s">
         <v>994</v>
       </c>
       <c r="D487" s="3">
-        <v>80.5</v>
+        <v>40.49</v>
       </c>
     </row>
     <row r="488">
       <c r="A488" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B488" s="1" t="s">
         <v>995</v>
       </c>
       <c r="C488" s="1" t="s">
         <v>996</v>
       </c>
       <c r="D488" s="3">
-        <v>65.49</v>
+        <v>45.49</v>
       </c>
     </row>
     <row r="489">
       <c r="A489" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B489" s="1" t="s">
         <v>997</v>
       </c>
       <c r="C489" s="1" t="s">
         <v>998</v>
       </c>
       <c r="D489" s="3">
-        <v>65</v>
+        <v>75.49</v>
       </c>
     </row>
     <row r="490">
       <c r="A490" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B490" s="1" t="s">
         <v>999</v>
       </c>
       <c r="C490" s="1" t="s">
         <v>1000</v>
       </c>
       <c r="D490" s="3">
-        <v>530</v>
+        <v>60.49</v>
       </c>
     </row>
     <row r="491">
       <c r="A491" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B491" s="1" t="s">
         <v>1001</v>
       </c>
       <c r="C491" s="1" t="s">
         <v>1002</v>
       </c>
       <c r="D491" s="3">
-        <v>40.49</v>
+        <v>80.49</v>
       </c>
     </row>
     <row r="492">
       <c r="A492" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B492" s="1" t="s">
         <v>1003</v>
       </c>
       <c r="C492" s="1" t="s">
         <v>1004</v>
       </c>
       <c r="D492" s="3">
-        <v>45.49</v>
+        <v>125</v>
       </c>
     </row>
     <row r="493">
       <c r="A493" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B493" s="1" t="s">
         <v>1005</v>
       </c>
       <c r="C493" s="1" t="s">
         <v>1006</v>
       </c>
       <c r="D493" s="3">
-        <v>75.49</v>
+        <v>320</v>
       </c>
     </row>
     <row r="494">
       <c r="A494" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B494" s="1" t="s">
         <v>1007</v>
       </c>
       <c r="C494" s="1" t="s">
         <v>1008</v>
       </c>
       <c r="D494" s="3">
-        <v>60.49</v>
+        <v>38.49</v>
       </c>
     </row>
     <row r="495">
       <c r="A495" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B495" s="1" t="s">
         <v>1009</v>
       </c>
       <c r="C495" s="1" t="s">
         <v>1010</v>
       </c>
       <c r="D495" s="3">
-        <v>80.49</v>
+        <v>47.49</v>
       </c>
     </row>
     <row r="496">
       <c r="A496" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B496" s="1" t="s">
         <v>1011</v>
       </c>
       <c r="C496" s="1" t="s">
         <v>1012</v>
       </c>
       <c r="D496" s="3">
-        <v>125</v>
+        <v>85.49</v>
       </c>
     </row>
     <row r="497">
       <c r="A497" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B497" s="1" t="s">
         <v>1013</v>
       </c>
       <c r="C497" s="1" t="s">
         <v>1014</v>
       </c>
       <c r="D497" s="3">
-        <v>320</v>
+        <v>210</v>
       </c>
     </row>
     <row r="498">
       <c r="A498" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B498" s="1" t="s">
         <v>1015</v>
       </c>
       <c r="C498" s="1" t="s">
         <v>1016</v>
       </c>
       <c r="D498" s="3">
-        <v>38.49</v>
+        <v>43.49</v>
       </c>
     </row>
     <row r="499">
       <c r="A499" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B499" s="1" t="s">
         <v>1017</v>
       </c>
       <c r="C499" s="1" t="s">
         <v>1018</v>
       </c>
       <c r="D499" s="3">
-        <v>47.49</v>
+        <v>400</v>
       </c>
     </row>
     <row r="500">
       <c r="A500" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B500" s="1" t="s">
         <v>1019</v>
       </c>
       <c r="C500" s="1" t="s">
         <v>1020</v>
       </c>
       <c r="D500" s="3">
-        <v>85.49</v>
+        <v>50.49</v>
       </c>
     </row>
     <row r="501">
       <c r="A501" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B501" s="1" t="s">
         <v>1021</v>
       </c>
       <c r="C501" s="1" t="s">
         <v>1022</v>
       </c>
       <c r="D501" s="3">
-        <v>210</v>
+        <v>38.49</v>
       </c>
     </row>
     <row r="502">
       <c r="A502" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B502" s="1" t="s">
         <v>1023</v>
       </c>
       <c r="C502" s="1" t="s">
         <v>1024</v>
       </c>
       <c r="D502" s="3">
-        <v>43.49</v>
+        <v>38.49</v>
       </c>
     </row>
     <row r="503">
       <c r="A503" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B503" s="1" t="s">
         <v>1025</v>
       </c>
       <c r="C503" s="1" t="s">
         <v>1026</v>
       </c>
       <c r="D503" s="3">
-        <v>400</v>
+        <v>125</v>
       </c>
     </row>
     <row r="504">
       <c r="A504" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B504" s="1" t="s">
         <v>1027</v>
       </c>
       <c r="C504" s="1" t="s">
         <v>1028</v>
       </c>
       <c r="D504" s="3">
-        <v>50.49</v>
+        <v>83.49</v>
       </c>
     </row>
     <row r="505">
       <c r="A505" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B505" s="1" t="s">
         <v>1029</v>
       </c>
       <c r="C505" s="1" t="s">
         <v>1030</v>
       </c>
       <c r="D505" s="3">
-        <v>38.49</v>
+        <v>80.49</v>
       </c>
     </row>
     <row r="506">
       <c r="A506" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B506" s="1" t="s">
         <v>1031</v>
       </c>
       <c r="C506" s="1" t="s">
         <v>1032</v>
       </c>
       <c r="D506" s="3">
-        <v>38.49</v>
+        <v>75.49</v>
       </c>
     </row>
     <row r="507">
       <c r="A507" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B507" s="1" t="s">
         <v>1033</v>
       </c>
       <c r="C507" s="1" t="s">
         <v>1034</v>
       </c>
       <c r="D507" s="3">
-        <v>125</v>
+        <v>45.49</v>
       </c>
     </row>
     <row r="508">
       <c r="A508" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B508" s="1" t="s">
         <v>1035</v>
       </c>
       <c r="C508" s="1" t="s">
         <v>1036</v>
       </c>
       <c r="D508" s="3">
-        <v>83.49</v>
+        <v>44.99</v>
       </c>
     </row>
     <row r="509">
       <c r="A509" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B509" s="1" t="s">
         <v>1037</v>
       </c>
       <c r="C509" s="1" t="s">
         <v>1038</v>
       </c>
       <c r="D509" s="3">
-        <v>80.49</v>
+        <v>85.49</v>
       </c>
     </row>
     <row r="510">
       <c r="A510" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B510" s="1" t="s">
         <v>1039</v>
       </c>
       <c r="C510" s="1" t="s">
         <v>1040</v>
       </c>
       <c r="D510" s="3">
-        <v>75.49</v>
+        <v>57.49</v>
       </c>
     </row>
     <row r="511">
       <c r="A511" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B511" s="1" t="s">
         <v>1041</v>
       </c>
       <c r="C511" s="1" t="s">
         <v>1042</v>
       </c>
       <c r="D511" s="3">
-        <v>45.49</v>
+        <v>39.49</v>
       </c>
     </row>
     <row r="512">
       <c r="A512" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B512" s="1" t="s">
         <v>1043</v>
       </c>
       <c r="C512" s="1" t="s">
         <v>1044</v>
       </c>
       <c r="D512" s="3">
-        <v>70.49</v>
+        <v>27.49</v>
       </c>
     </row>
     <row r="513">
       <c r="A513" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B513" s="1" t="s">
         <v>1045</v>
       </c>
       <c r="C513" s="1" t="s">
         <v>1046</v>
       </c>
       <c r="D513" s="3">
-        <v>85.49</v>
+        <v>26.49</v>
       </c>
     </row>
     <row r="514">
       <c r="A514" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B514" s="1" t="s">
         <v>1047</v>
       </c>
       <c r="C514" s="1" t="s">
         <v>1048</v>
       </c>
       <c r="D514" s="3">
-        <v>57.49</v>
+        <v>23.49</v>
       </c>
     </row>
     <row r="515">
       <c r="A515" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B515" s="1" t="s">
         <v>1049</v>
       </c>
       <c r="C515" s="1" t="s">
         <v>1050</v>
       </c>
       <c r="D515" s="3">
-        <v>39.49</v>
+        <v>32.99</v>
       </c>
     </row>
     <row r="516">
       <c r="A516" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B516" s="1" t="s">
         <v>1051</v>
       </c>
       <c r="C516" s="1" t="s">
         <v>1052</v>
       </c>
       <c r="D516" s="3">
-        <v>27.49</v>
+        <v>225</v>
       </c>
     </row>
     <row r="517">
       <c r="A517" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B517" s="1" t="s">
         <v>1053</v>
       </c>
       <c r="C517" s="1" t="s">
         <v>1054</v>
       </c>
       <c r="D517" s="3">
-        <v>26.49</v>
+        <v>265</v>
       </c>
     </row>
     <row r="518">
       <c r="A518" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B518" s="1" t="s">
         <v>1055</v>
       </c>
       <c r="C518" s="1" t="s">
         <v>1056</v>
       </c>
       <c r="D518" s="3">
-        <v>23.49</v>
+        <v>320</v>
       </c>
     </row>
     <row r="519">
       <c r="A519" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B519" s="1" t="s">
         <v>1057</v>
       </c>
       <c r="C519" s="1" t="s">
         <v>1058</v>
       </c>
       <c r="D519" s="3">
-        <v>32.99</v>
+        <v>265</v>
       </c>
     </row>
     <row r="520">
       <c r="A520" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B520" s="1" t="s">
         <v>1059</v>
       </c>
       <c r="C520" s="1" t="s">
         <v>1060</v>
       </c>
       <c r="D520" s="3">
-        <v>225</v>
+        <v>80</v>
       </c>
     </row>
     <row r="521">
       <c r="A521" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B521" s="1" t="s">
         <v>1061</v>
       </c>
       <c r="C521" s="1" t="s">
         <v>1062</v>
       </c>
       <c r="D521" s="3">
-        <v>265</v>
+        <v>40</v>
       </c>
     </row>
     <row r="522">
       <c r="A522" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B522" s="1" t="s">
         <v>1063</v>
       </c>
       <c r="C522" s="1" t="s">
         <v>1064</v>
       </c>
       <c r="D522" s="3">
-        <v>320</v>
+        <v>7.49</v>
       </c>
     </row>
     <row r="523">
       <c r="A523" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B523" s="1" t="s">
         <v>1065</v>
       </c>
       <c r="C523" s="1" t="s">
         <v>1066</v>
       </c>
       <c r="D523" s="3">
-        <v>265</v>
+        <v>84.99</v>
       </c>
     </row>
     <row r="524">
       <c r="A524" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B524" s="1" t="s">
         <v>1067</v>
       </c>
       <c r="C524" s="1" t="s">
         <v>1068</v>
       </c>
       <c r="D524" s="3">
-        <v>80</v>
+        <v>175</v>
       </c>
     </row>
     <row r="525">
       <c r="A525" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B525" s="1" t="s">
         <v>1069</v>
       </c>
       <c r="C525" s="1" t="s">
         <v>1070</v>
       </c>
       <c r="D525" s="3">
-        <v>40</v>
+        <v>95</v>
       </c>
     </row>
     <row r="526">
       <c r="A526" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B526" s="1" t="s">
         <v>1071</v>
       </c>
       <c r="C526" s="1" t="s">
         <v>1072</v>
       </c>
       <c r="D526" s="3">
-        <v>7.49</v>
+        <v>74.99</v>
       </c>
     </row>
     <row r="527">
       <c r="A527" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B527" s="1" t="s">
         <v>1073</v>
       </c>
       <c r="C527" s="1" t="s">
         <v>1074</v>
       </c>
       <c r="D527" s="3">
-        <v>84.99</v>
+        <v>79.99</v>
       </c>
     </row>
     <row r="528">
       <c r="A528" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B528" s="1" t="s">
         <v>1075</v>
       </c>
       <c r="C528" s="1" t="s">
         <v>1076</v>
       </c>
       <c r="D528" s="3">
-        <v>175</v>
+        <v>79.99</v>
       </c>
     </row>
     <row r="529">
       <c r="A529" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B529" s="1" t="s">
         <v>1077</v>
       </c>
       <c r="C529" s="1" t="s">
         <v>1078</v>
       </c>
       <c r="D529" s="3">
-        <v>95</v>
+        <v>79.99</v>
       </c>
     </row>
     <row r="530">
       <c r="A530" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B530" s="1" t="s">
         <v>1079</v>
       </c>
       <c r="C530" s="1" t="s">
         <v>1080</v>
       </c>
       <c r="D530" s="3">
-        <v>74.99</v>
+        <v>64.99</v>
       </c>
     </row>
     <row r="531">
       <c r="A531" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B531" s="1" t="s">
         <v>1081</v>
       </c>
       <c r="C531" s="1" t="s">
         <v>1082</v>
       </c>
       <c r="D531" s="3">
-        <v>79.99</v>
+        <v>51.49</v>
       </c>
     </row>
     <row r="532">
       <c r="A532" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B532" s="1" t="s">
         <v>1083</v>
       </c>
       <c r="C532" s="1" t="s">
         <v>1084</v>
       </c>
       <c r="D532" s="3">
-        <v>79.99</v>
+        <v>69.99</v>
       </c>
     </row>
     <row r="533">
       <c r="A533" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B533" s="1" t="s">
         <v>1085</v>
       </c>
       <c r="C533" s="1" t="s">
         <v>1086</v>
       </c>
       <c r="D533" s="3">
-        <v>79.99</v>
+        <v>69.99</v>
       </c>
     </row>
     <row r="534">
       <c r="A534" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B534" s="1" t="s">
         <v>1087</v>
       </c>
       <c r="C534" s="1" t="s">
         <v>1088</v>
       </c>
       <c r="D534" s="3">
-        <v>64.99</v>
+        <v>65.49</v>
       </c>
     </row>
     <row r="535">
       <c r="A535" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B535" s="1" t="s">
         <v>1089</v>
       </c>
       <c r="C535" s="1" t="s">
         <v>1090</v>
       </c>
       <c r="D535" s="3">
-        <v>51.49</v>
+        <v>67</v>
       </c>
     </row>
     <row r="536">
       <c r="A536" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B536" s="1" t="s">
         <v>1091</v>
       </c>
       <c r="C536" s="1" t="s">
         <v>1092</v>
       </c>
       <c r="D536" s="3">
-        <v>69.99</v>
+        <v>52.49</v>
       </c>
     </row>
     <row r="537">
       <c r="A537" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B537" s="1" t="s">
         <v>1093</v>
       </c>
       <c r="C537" s="1" t="s">
         <v>1094</v>
       </c>
       <c r="D537" s="3">
-        <v>69.99</v>
+        <v>52.49</v>
       </c>
     </row>
     <row r="538">
       <c r="A538" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B538" s="1" t="s">
         <v>1095</v>
       </c>
       <c r="C538" s="1" t="s">
         <v>1096</v>
       </c>
       <c r="D538" s="3">
-        <v>65.49</v>
+        <v>45.49</v>
       </c>
     </row>
     <row r="539">
       <c r="A539" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B539" s="1" t="s">
         <v>1097</v>
       </c>
       <c r="C539" s="1" t="s">
         <v>1098</v>
       </c>
       <c r="D539" s="3">
-        <v>67</v>
+        <v>50.49</v>
       </c>
     </row>
     <row r="540">
       <c r="A540" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B540" s="1" t="s">
         <v>1099</v>
       </c>
       <c r="C540" s="1" t="s">
         <v>1100</v>
       </c>
       <c r="D540" s="3">
         <v>52.49</v>
       </c>
     </row>
     <row r="541">
       <c r="A541" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B541" s="1" t="s">
         <v>1101</v>
       </c>
       <c r="C541" s="1" t="s">
         <v>1102</v>
       </c>
       <c r="D541" s="3">
-        <v>52.49</v>
+        <v>55</v>
       </c>
     </row>
     <row r="542">
       <c r="A542" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B542" s="1" t="s">
         <v>1103</v>
       </c>
       <c r="C542" s="1" t="s">
         <v>1104</v>
       </c>
       <c r="D542" s="3">
-        <v>45.49</v>
+        <v>52.49</v>
       </c>
     </row>
     <row r="543">
       <c r="A543" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B543" s="1" t="s">
         <v>1105</v>
       </c>
       <c r="C543" s="1" t="s">
         <v>1106</v>
       </c>
       <c r="D543" s="3">
-        <v>50.49</v>
+        <v>34.49</v>
       </c>
     </row>
     <row r="544">
       <c r="A544" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B544" s="1" t="s">
         <v>1107</v>
       </c>
       <c r="C544" s="1" t="s">
         <v>1108</v>
       </c>
       <c r="D544" s="3">
-        <v>52.49</v>
+        <v>59.99</v>
       </c>
     </row>
     <row r="545">
       <c r="A545" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B545" s="1" t="s">
         <v>1109</v>
       </c>
       <c r="C545" s="1" t="s">
         <v>1110</v>
       </c>
       <c r="D545" s="3">
-        <v>55</v>
+        <v>96.49</v>
       </c>
     </row>
     <row r="546">
       <c r="A546" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B546" s="1" t="s">
         <v>1111</v>
       </c>
       <c r="C546" s="1" t="s">
         <v>1112</v>
       </c>
       <c r="D546" s="3">
-        <v>52.49</v>
+        <v>300</v>
       </c>
     </row>
     <row r="547">
       <c r="A547" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B547" s="1" t="s">
         <v>1113</v>
       </c>
       <c r="C547" s="1" t="s">
         <v>1114</v>
       </c>
       <c r="D547" s="3">
-        <v>34.49</v>
+        <v>46.49</v>
       </c>
     </row>
     <row r="548">
       <c r="A548" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B548" s="1" t="s">
         <v>1115</v>
       </c>
       <c r="C548" s="1" t="s">
         <v>1116</v>
       </c>
       <c r="D548" s="3">
-        <v>59.99</v>
+        <v>80.49</v>
       </c>
     </row>
     <row r="549">
       <c r="A549" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B549" s="1" t="s">
         <v>1117</v>
       </c>
       <c r="C549" s="1" t="s">
         <v>1118</v>
       </c>
       <c r="D549" s="3">
-        <v>96.49</v>
+        <v>23.49</v>
       </c>
     </row>
     <row r="550">
       <c r="A550" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B550" s="1" t="s">
         <v>1119</v>
       </c>
       <c r="C550" s="1" t="s">
         <v>1120</v>
       </c>
       <c r="D550" s="3">
-        <v>300</v>
+        <v>55.49</v>
       </c>
     </row>
     <row r="551">
       <c r="A551" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B551" s="1" t="s">
         <v>1121</v>
       </c>
       <c r="C551" s="1" t="s">
         <v>1122</v>
       </c>
       <c r="D551" s="3">
-        <v>46.49</v>
+        <v>40.49</v>
       </c>
     </row>
     <row r="552">
       <c r="A552" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B552" s="1" t="s">
         <v>1123</v>
       </c>
       <c r="C552" s="1" t="s">
         <v>1124</v>
       </c>
       <c r="D552" s="3">
-        <v>80.49</v>
+        <v>44.99</v>
       </c>
     </row>
     <row r="553">
       <c r="A553" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B553" s="1" t="s">
         <v>1125</v>
       </c>
       <c r="C553" s="1" t="s">
         <v>1126</v>
       </c>
       <c r="D553" s="3">
-        <v>23.49</v>
+        <v>59.99</v>
       </c>
     </row>
     <row r="554">
       <c r="A554" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B554" s="1" t="s">
         <v>1127</v>
       </c>
       <c r="C554" s="1" t="s">
         <v>1128</v>
       </c>
       <c r="D554" s="3">
-        <v>55.49</v>
+        <v>50.49</v>
       </c>
     </row>
     <row r="555">
       <c r="A555" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B555" s="1" t="s">
         <v>1129</v>
       </c>
       <c r="C555" s="1" t="s">
         <v>1130</v>
       </c>
       <c r="D555" s="3">
-        <v>40.49</v>
+        <v>50.49</v>
       </c>
     </row>
     <row r="556">
       <c r="A556" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B556" s="1" t="s">
         <v>1131</v>
       </c>
       <c r="C556" s="1" t="s">
         <v>1132</v>
       </c>
       <c r="D556" s="3">
-        <v>44.99</v>
+        <v>100</v>
       </c>
     </row>
     <row r="557">
       <c r="A557" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B557" s="1" t="s">
         <v>1133</v>
       </c>
       <c r="C557" s="1" t="s">
         <v>1134</v>
       </c>
       <c r="D557" s="3">
-        <v>59.99</v>
+        <v>175</v>
       </c>
     </row>
     <row r="558">
       <c r="A558" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B558" s="1" t="s">
         <v>1135</v>
       </c>
       <c r="C558" s="1" t="s">
         <v>1136</v>
       </c>
       <c r="D558" s="3">
-        <v>50.49</v>
+        <v>95.49</v>
       </c>
     </row>
     <row r="559">
       <c r="A559" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B559" s="1" t="s">
         <v>1137</v>
       </c>
       <c r="C559" s="1" t="s">
         <v>1138</v>
       </c>
       <c r="D559" s="3">
-        <v>50.49</v>
+        <v>66.99</v>
       </c>
     </row>
     <row r="560">
       <c r="A560" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B560" s="1" t="s">
         <v>1139</v>
       </c>
       <c r="C560" s="1" t="s">
         <v>1140</v>
       </c>
       <c r="D560" s="3">
-        <v>100</v>
+        <v>71.49</v>
       </c>
     </row>
     <row r="561">
       <c r="A561" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B561" s="1" t="s">
         <v>1141</v>
       </c>
       <c r="C561" s="1" t="s">
         <v>1142</v>
       </c>
       <c r="D561" s="3">
-        <v>175</v>
+        <v>59.99</v>
       </c>
     </row>
     <row r="562">
       <c r="A562" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B562" s="1" t="s">
         <v>1143</v>
       </c>
       <c r="C562" s="1" t="s">
         <v>1144</v>
       </c>
       <c r="D562" s="3">
-        <v>95.49</v>
+        <v>59.99</v>
       </c>
     </row>
     <row r="563">
       <c r="A563" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B563" s="1" t="s">
         <v>1145</v>
       </c>
       <c r="C563" s="1" t="s">
         <v>1146</v>
       </c>
       <c r="D563" s="3">
-        <v>66.99</v>
+        <v>145</v>
       </c>
     </row>
     <row r="564">
       <c r="A564" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B564" s="1" t="s">
         <v>1147</v>
       </c>
       <c r="C564" s="1" t="s">
         <v>1148</v>
       </c>
       <c r="D564" s="3">
-        <v>71.49</v>
+        <v>59.99</v>
       </c>
     </row>
     <row r="565">
       <c r="A565" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B565" s="1" t="s">
         <v>1149</v>
       </c>
       <c r="C565" s="1" t="s">
         <v>1150</v>
       </c>
       <c r="D565" s="3">
-        <v>59.99</v>
+        <v>42.49</v>
       </c>
     </row>
     <row r="566">
       <c r="A566" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B566" s="1" t="s">
         <v>1151</v>
       </c>
       <c r="C566" s="1" t="s">
         <v>1152</v>
       </c>
       <c r="D566" s="3">
-        <v>59.99</v>
+        <v>39.99</v>
       </c>
     </row>
     <row r="567">
       <c r="A567" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B567" s="1" t="s">
         <v>1153</v>
       </c>
       <c r="C567" s="1" t="s">
         <v>1154</v>
       </c>
       <c r="D567" s="3">
-        <v>145</v>
+        <v>35.49</v>
       </c>
     </row>
     <row r="568">
       <c r="A568" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B568" s="1" t="s">
         <v>1155</v>
       </c>
       <c r="C568" s="1" t="s">
         <v>1156</v>
       </c>
       <c r="D568" s="3">
-        <v>59.99</v>
+        <v>64.99</v>
       </c>
     </row>
     <row r="569">
       <c r="A569" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B569" s="1" t="s">
         <v>1157</v>
       </c>
       <c r="C569" s="1" t="s">
         <v>1158</v>
       </c>
       <c r="D569" s="3">
-        <v>42.49</v>
+        <v>64.99</v>
       </c>
     </row>
     <row r="570">
       <c r="A570" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B570" s="1" t="s">
         <v>1159</v>
       </c>
       <c r="C570" s="1" t="s">
         <v>1160</v>
       </c>
       <c r="D570" s="3">
-        <v>39.99</v>
+        <v>64.99</v>
       </c>
     </row>
     <row r="571">
       <c r="A571" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B571" s="1" t="s">
         <v>1161</v>
       </c>
       <c r="C571" s="1" t="s">
         <v>1162</v>
       </c>
       <c r="D571" s="3">
-        <v>35.49</v>
+        <v>85.49</v>
       </c>
     </row>
     <row r="572">
       <c r="A572" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B572" s="1" t="s">
         <v>1163</v>
       </c>
       <c r="C572" s="1" t="s">
         <v>1164</v>
       </c>
       <c r="D572" s="3">
-        <v>64.99</v>
+        <v>69.99</v>
       </c>
     </row>
     <row r="573">
       <c r="A573" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B573" s="1" t="s">
         <v>1165</v>
       </c>
       <c r="C573" s="1" t="s">
         <v>1166</v>
       </c>
       <c r="D573" s="3">
-        <v>64.99</v>
+        <v>60.49</v>
       </c>
     </row>
     <row r="574">
       <c r="A574" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B574" s="1" t="s">
         <v>1167</v>
       </c>
       <c r="C574" s="1" t="s">
         <v>1168</v>
       </c>
       <c r="D574" s="3">
-        <v>64.99</v>
+        <v>64</v>
       </c>
     </row>
     <row r="575">
       <c r="A575" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B575" s="1" t="s">
         <v>1169</v>
       </c>
       <c r="C575" s="1" t="s">
         <v>1170</v>
       </c>
       <c r="D575" s="3">
-        <v>85.49</v>
+        <v>60.49</v>
       </c>
     </row>
     <row r="576">
       <c r="A576" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B576" s="1" t="s">
         <v>1171</v>
       </c>
       <c r="C576" s="1" t="s">
         <v>1172</v>
       </c>
       <c r="D576" s="3">
-        <v>69.99</v>
+        <v>65</v>
       </c>
     </row>
     <row r="577">
       <c r="A577" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B577" s="1" t="s">
         <v>1173</v>
       </c>
       <c r="C577" s="1" t="s">
         <v>1174</v>
       </c>
       <c r="D577" s="3">
         <v>60.49</v>
       </c>
     </row>
     <row r="578">
       <c r="A578" s="1" t="s">
-        <v>906</v>
+        <v>896</v>
       </c>
       <c r="B578" s="1" t="s">
         <v>1175</v>
       </c>
       <c r="C578" s="1" t="s">
         <v>1176</v>
       </c>
       <c r="D578" s="3">
-        <v>64</v>
-[...54 lines deleted...]
-      <c r="D582" s="3">
         <v>39.49</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>